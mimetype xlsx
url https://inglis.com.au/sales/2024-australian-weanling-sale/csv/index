--- v0 (2025-11-14)
+++ v1 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1292">
   <si>
     <t>Lot</t>
   </si>
   <si>
     <t>Colour</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Vendor</t>
   </si>
   <si>
     <t>Sire</t>
   </si>
   <si>
     <t>Dam</t>
   </si>
   <si>
     <t>Purchaser Name</t>
   </si>
   <si>
@@ -2313,50 +2313,53 @@
     <t>Shantou</t>
   </si>
   <si>
     <t>A Farmer</t>
   </si>
   <si>
     <t>Sepoy</t>
   </si>
   <si>
     <t>Sharpest</t>
   </si>
   <si>
     <t>Husson</t>
   </si>
   <si>
     <t>Shawan (NZ)</t>
   </si>
   <si>
     <t>E Temple</t>
   </si>
   <si>
     <t>She Has Arrived</t>
   </si>
   <si>
     <t>She's on Time (NZ)</t>
+  </si>
+  <si>
+    <t>Shane McGrath Bloodstock</t>
   </si>
   <si>
     <t>2023-09-19</t>
   </si>
   <si>
     <t>Sheer Lightning</t>
   </si>
   <si>
     <t>Shirley</t>
   </si>
   <si>
     <t>Yabby Dam Farms Pty Ltd</t>
   </si>
   <si>
     <t>$125,000</t>
   </si>
   <si>
     <t>2023-11-14</t>
   </si>
   <si>
     <t>Shojiki</t>
   </si>
   <si>
     <t>2023-11-05</t>
   </si>
@@ -12705,11690 +12708,11690 @@
       </c>
       <c r="R191" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="192" spans="1:18">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
         <v>44</v>
       </c>
       <c r="C192" t="s">
         <v>33</v>
       </c>
       <c r="E192" t="s">
         <v>318</v>
       </c>
       <c r="F192" t="s">
         <v>155</v>
       </c>
       <c r="G192" t="s">
         <v>766</v>
       </c>
       <c r="H192" t="s">
-        <v>388</v>
+        <v>767</v>
       </c>
       <c r="I192" t="s">
         <v>38</v>
       </c>
       <c r="J192" t="s">
         <v>25</v>
       </c>
       <c r="K192" t="s">
         <v>120</v>
       </c>
       <c r="L192" t="s">
         <v>150</v>
       </c>
       <c r="M192" t="s">
         <v>321</v>
       </c>
       <c r="P192" t="s">
         <v>490</v>
       </c>
       <c r="Q192" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="R192" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="193" spans="1:18">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
         <v>44</v>
       </c>
       <c r="C193" t="s">
         <v>19</v>
       </c>
       <c r="E193" t="s">
         <v>81</v>
       </c>
       <c r="F193" t="s">
         <v>124</v>
       </c>
       <c r="G193" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="H193" t="s">
         <v>340</v>
       </c>
       <c r="I193" t="s">
         <v>57</v>
       </c>
       <c r="J193" t="s">
         <v>25</v>
       </c>
       <c r="K193" t="s">
         <v>292</v>
       </c>
       <c r="L193" t="s">
         <v>77</v>
       </c>
       <c r="M193" t="s">
         <v>87</v>
       </c>
       <c r="P193" t="s">
         <v>523</v>
       </c>
       <c r="Q193" t="s">
         <v>473</v>
       </c>
       <c r="R193" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="194" spans="1:18">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
         <v>44</v>
       </c>
       <c r="C194" t="s">
         <v>33</v>
       </c>
       <c r="E194" t="s">
         <v>182</v>
       </c>
       <c r="F194" t="s">
         <v>541</v>
       </c>
       <c r="G194" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="H194" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="I194" t="s">
         <v>24</v>
       </c>
       <c r="J194" t="s">
         <v>25</v>
       </c>
       <c r="K194" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="L194" t="s">
         <v>187</v>
       </c>
       <c r="M194" t="s">
         <v>188</v>
       </c>
       <c r="P194" t="s">
         <v>295</v>
       </c>
       <c r="Q194" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="R194" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="195" spans="1:18">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
         <v>44</v>
       </c>
       <c r="C195" t="s">
         <v>19</v>
       </c>
       <c r="E195" t="s">
         <v>229</v>
       </c>
       <c r="F195" t="s">
         <v>247</v>
       </c>
       <c r="G195" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="H195" t="s">
         <v>195</v>
       </c>
       <c r="I195" t="s">
         <v>196</v>
       </c>
       <c r="J195" t="s">
         <v>25</v>
       </c>
       <c r="K195" t="s">
         <v>67</v>
       </c>
       <c r="L195" t="s">
         <v>59</v>
       </c>
       <c r="M195" t="s">
         <v>232</v>
       </c>
       <c r="P195" t="s">
         <v>258</v>
       </c>
       <c r="Q195" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="R195" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="196" spans="1:18">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
         <v>44</v>
       </c>
       <c r="C196" t="s">
         <v>33</v>
       </c>
       <c r="E196" t="s">
         <v>90</v>
       </c>
       <c r="F196" t="s">
         <v>29</v>
       </c>
       <c r="G196" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="H196" t="s">
         <v>241</v>
       </c>
       <c r="I196" t="s">
         <v>57</v>
       </c>
       <c r="J196" t="s">
         <v>25</v>
       </c>
       <c r="K196" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="L196" t="s">
         <v>49</v>
       </c>
       <c r="M196" t="s">
         <v>95</v>
       </c>
       <c r="P196" t="s">
         <v>523</v>
       </c>
       <c r="Q196" t="s">
         <v>233</v>
       </c>
       <c r="R196" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="197" spans="1:18">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
         <v>44</v>
       </c>
       <c r="C197" t="s">
         <v>33</v>
       </c>
       <c r="E197" t="s">
         <v>63</v>
       </c>
       <c r="F197" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="G197" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="H197" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="I197" t="s">
         <v>24</v>
       </c>
       <c r="J197" t="s">
         <v>25</v>
       </c>
       <c r="K197" t="s">
         <v>432</v>
       </c>
       <c r="L197" t="s">
         <v>68</v>
       </c>
       <c r="M197" t="s">
         <v>69</v>
       </c>
       <c r="P197" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="Q197" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="198" spans="1:18">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
         <v>44</v>
       </c>
       <c r="C198" t="s">
         <v>19</v>
       </c>
       <c r="E198" t="s">
         <v>182</v>
       </c>
       <c r="F198" t="s">
         <v>344</v>
       </c>
       <c r="G198" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="H198" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="I198" t="s">
         <v>85</v>
       </c>
       <c r="J198" t="s">
         <v>25</v>
       </c>
       <c r="K198" t="s">
         <v>58</v>
       </c>
       <c r="L198" t="s">
         <v>187</v>
       </c>
       <c r="M198" t="s">
         <v>188</v>
       </c>
       <c r="P198" t="s">
         <v>29</v>
       </c>
       <c r="Q198" t="s">
         <v>636</v>
       </c>
       <c r="R198" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="199" spans="1:18">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
         <v>44</v>
       </c>
       <c r="C199" t="s">
         <v>19</v>
       </c>
       <c r="E199" t="s">
         <v>662</v>
       </c>
       <c r="F199" t="s">
         <v>314</v>
       </c>
       <c r="G199" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="H199" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="I199" t="s">
         <v>38</v>
       </c>
       <c r="J199" t="s">
         <v>25</v>
       </c>
       <c r="K199" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="L199" t="s">
         <v>49</v>
       </c>
       <c r="M199" t="s">
         <v>664</v>
       </c>
       <c r="P199" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="Q199" t="s">
         <v>360</v>
       </c>
       <c r="R199" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="200" spans="1:18">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
         <v>112</v>
       </c>
       <c r="C200" t="s">
         <v>19</v>
       </c>
       <c r="E200" t="s">
         <v>600</v>
       </c>
       <c r="F200" t="s">
         <v>300</v>
       </c>
       <c r="G200" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="J200" t="s">
         <v>48</v>
       </c>
       <c r="L200" t="s">
         <v>77</v>
       </c>
       <c r="M200" t="s">
         <v>605</v>
       </c>
       <c r="P200" t="s">
         <v>402</v>
       </c>
       <c r="Q200" t="s">
         <v>252</v>
       </c>
       <c r="R200" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="201" spans="1:18">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
         <v>44</v>
       </c>
       <c r="C201" t="s">
         <v>19</v>
       </c>
       <c r="E201" t="s">
         <v>229</v>
       </c>
       <c r="F201" t="s">
         <v>235</v>
       </c>
       <c r="G201" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="J201" t="s">
         <v>256</v>
       </c>
       <c r="L201" t="s">
         <v>59</v>
       </c>
       <c r="M201" t="s">
         <v>232</v>
       </c>
       <c r="P201" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="Q201" t="s">
         <v>441</v>
       </c>
       <c r="R201" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="202" spans="1:18">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
         <v>44</v>
       </c>
       <c r="C202" t="s">
         <v>33</v>
       </c>
       <c r="E202" t="s">
         <v>215</v>
       </c>
       <c r="F202" t="s">
         <v>453</v>
       </c>
       <c r="G202" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="H202" t="s">
         <v>126</v>
       </c>
       <c r="I202" t="s">
         <v>38</v>
       </c>
       <c r="J202" t="s">
         <v>25</v>
       </c>
       <c r="K202" t="s">
         <v>471</v>
       </c>
       <c r="L202" t="s">
         <v>68</v>
       </c>
       <c r="M202" t="s">
         <v>218</v>
       </c>
       <c r="P202" t="s">
         <v>601</v>
       </c>
       <c r="Q202" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="R202" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="203" spans="1:18">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
         <v>44</v>
       </c>
       <c r="C203" t="s">
         <v>19</v>
       </c>
       <c r="E203" t="s">
         <v>45</v>
       </c>
       <c r="F203" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="G203" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="H203" t="s">
         <v>346</v>
       </c>
       <c r="I203" t="s">
         <v>38</v>
       </c>
       <c r="J203" t="s">
         <v>25</v>
       </c>
       <c r="K203" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="L203" t="s">
         <v>49</v>
       </c>
       <c r="M203" t="s">
         <v>50</v>
       </c>
       <c r="P203" t="s">
         <v>311</v>
       </c>
       <c r="Q203" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="R203" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="204" spans="1:18">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
         <v>590</v>
       </c>
       <c r="C204" t="s">
         <v>33</v>
       </c>
       <c r="E204" t="s">
         <v>136</v>
       </c>
       <c r="F204" t="s">
         <v>124</v>
       </c>
       <c r="G204" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="H204" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="I204" t="s">
         <v>38</v>
       </c>
       <c r="J204" t="s">
         <v>25</v>
       </c>
       <c r="K204" t="s">
         <v>292</v>
       </c>
       <c r="L204" t="s">
         <v>49</v>
       </c>
       <c r="M204" t="s">
         <v>138</v>
       </c>
       <c r="P204" t="s">
         <v>762</v>
       </c>
       <c r="Q204" t="s">
         <v>52</v>
       </c>
       <c r="R204" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="205" spans="1:18">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
         <v>112</v>
       </c>
       <c r="C205" t="s">
         <v>33</v>
       </c>
       <c r="E205" t="s">
         <v>63</v>
       </c>
       <c r="F205" t="s">
         <v>220</v>
       </c>
       <c r="G205" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="H205" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="I205" t="s">
         <v>85</v>
       </c>
       <c r="J205" t="s">
         <v>25</v>
       </c>
       <c r="K205" t="s">
         <v>456</v>
       </c>
       <c r="L205" t="s">
         <v>68</v>
       </c>
       <c r="M205" t="s">
         <v>69</v>
       </c>
       <c r="P205" t="s">
         <v>29</v>
       </c>
       <c r="Q205" t="s">
         <v>458</v>
       </c>
       <c r="R205" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="206" spans="1:18">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
         <v>392</v>
       </c>
       <c r="C206" t="s">
         <v>19</v>
       </c>
       <c r="E206" t="s">
         <v>72</v>
       </c>
       <c r="F206" t="s">
         <v>73</v>
       </c>
       <c r="G206" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="H206" t="s">
         <v>431</v>
       </c>
       <c r="I206" t="s">
         <v>38</v>
       </c>
       <c r="J206" t="s">
         <v>25</v>
       </c>
       <c r="K206" t="s">
         <v>298</v>
       </c>
       <c r="L206" t="s">
         <v>77</v>
       </c>
       <c r="M206" t="s">
         <v>78</v>
       </c>
       <c r="P206" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="Q206" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="R206" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="207" spans="1:18">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
         <v>89</v>
       </c>
       <c r="C207" t="s">
         <v>33</v>
       </c>
       <c r="E207" t="s">
         <v>361</v>
       </c>
       <c r="F207" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="G207" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="H207" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="I207" t="s">
         <v>38</v>
       </c>
       <c r="J207" t="s">
         <v>25</v>
       </c>
       <c r="K207" t="s">
         <v>134</v>
       </c>
       <c r="L207" t="s">
         <v>198</v>
       </c>
       <c r="M207" t="s">
         <v>364</v>
       </c>
       <c r="P207" t="s">
         <v>115</v>
       </c>
       <c r="Q207" t="s">
         <v>420</v>
       </c>
       <c r="R207" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="208" spans="1:18">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
         <v>112</v>
       </c>
       <c r="C208" t="s">
         <v>33</v>
       </c>
       <c r="E208" t="s">
         <v>332</v>
       </c>
       <c r="F208" t="s">
         <v>394</v>
       </c>
       <c r="G208" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="J208" t="s">
         <v>517</v>
       </c>
       <c r="L208" t="s">
         <v>150</v>
       </c>
       <c r="M208" t="s">
         <v>336</v>
       </c>
       <c r="P208" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="Q208" t="s">
         <v>161</v>
       </c>
       <c r="R208" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="209" spans="1:18">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
         <v>18</v>
       </c>
       <c r="C209" t="s">
         <v>19</v>
       </c>
       <c r="E209" t="s">
         <v>637</v>
       </c>
       <c r="F209" t="s">
         <v>208</v>
       </c>
       <c r="G209" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="H209" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I209" t="s">
         <v>24</v>
       </c>
       <c r="J209" t="s">
         <v>25</v>
       </c>
       <c r="K209" t="s">
         <v>566</v>
       </c>
       <c r="L209" t="s">
         <v>187</v>
       </c>
       <c r="M209" t="s">
         <v>237</v>
       </c>
       <c r="P209" t="s">
         <v>263</v>
       </c>
       <c r="Q209" t="s">
         <v>88</v>
       </c>
       <c r="R209" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="210" spans="1:18">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
         <v>18</v>
       </c>
       <c r="C210" t="s">
         <v>19</v>
       </c>
       <c r="E210" t="s">
         <v>393</v>
       </c>
       <c r="F210" t="s">
         <v>533</v>
       </c>
       <c r="G210" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="H210" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="I210" t="s">
         <v>38</v>
       </c>
       <c r="J210" t="s">
         <v>25</v>
       </c>
       <c r="K210" t="s">
         <v>604</v>
       </c>
       <c r="L210" t="s">
         <v>187</v>
       </c>
       <c r="M210" t="s">
         <v>398</v>
       </c>
       <c r="P210" t="s">
         <v>378</v>
       </c>
       <c r="Q210" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="R210" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="211" spans="1:18">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
         <v>44</v>
       </c>
       <c r="C211" t="s">
         <v>19</v>
       </c>
       <c r="E211" t="s">
         <v>90</v>
       </c>
       <c r="F211" t="s">
         <v>124</v>
       </c>
       <c r="G211" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="J211" t="s">
         <v>48</v>
       </c>
       <c r="L211" t="s">
         <v>49</v>
       </c>
       <c r="M211" t="s">
         <v>95</v>
       </c>
       <c r="P211" t="s">
         <v>378</v>
       </c>
       <c r="Q211" t="s">
         <v>181</v>
       </c>
       <c r="R211" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="212" spans="1:18">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
         <v>44</v>
       </c>
       <c r="C212" t="s">
         <v>33</v>
       </c>
       <c r="E212" t="s">
         <v>361</v>
       </c>
       <c r="F212" t="s">
         <v>462</v>
       </c>
       <c r="G212" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="H212" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="I212" t="s">
         <v>38</v>
       </c>
       <c r="J212" t="s">
         <v>25</v>
       </c>
       <c r="K212" t="s">
         <v>566</v>
       </c>
       <c r="L212" t="s">
         <v>198</v>
       </c>
       <c r="M212" t="s">
         <v>364</v>
       </c>
       <c r="P212" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="Q212" t="s">
         <v>674</v>
       </c>
       <c r="R212" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="213" spans="1:18">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
         <v>18</v>
       </c>
       <c r="C213" t="s">
         <v>19</v>
       </c>
       <c r="E213" t="s">
         <v>182</v>
       </c>
       <c r="F213" t="s">
         <v>176</v>
       </c>
       <c r="G213" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="J213" t="s">
         <v>100</v>
       </c>
       <c r="L213" t="s">
         <v>187</v>
       </c>
       <c r="M213" t="s">
         <v>188</v>
       </c>
       <c r="P213" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="Q213" t="s">
         <v>434</v>
       </c>
       <c r="R213" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="214" spans="1:18">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
         <v>44</v>
       </c>
       <c r="C214" t="s">
         <v>33</v>
       </c>
       <c r="E214" t="s">
         <v>361</v>
       </c>
       <c r="F214" t="s">
         <v>274</v>
       </c>
       <c r="G214" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="H214" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="I214" t="s">
         <v>38</v>
       </c>
       <c r="J214" t="s">
         <v>25</v>
       </c>
       <c r="K214" t="s">
         <v>456</v>
       </c>
       <c r="L214" t="s">
         <v>198</v>
       </c>
       <c r="M214" t="s">
         <v>364</v>
       </c>
       <c r="P214" t="s">
         <v>102</v>
       </c>
       <c r="Q214" t="s">
         <v>447</v>
       </c>
       <c r="R214" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="215" spans="1:18">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
         <v>44</v>
       </c>
       <c r="C215" t="s">
         <v>33</v>
       </c>
       <c r="E215" t="s">
         <v>175</v>
       </c>
       <c r="F215" t="s">
         <v>208</v>
       </c>
       <c r="G215" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="J215" t="s">
         <v>48</v>
       </c>
       <c r="L215" t="s">
         <v>150</v>
       </c>
       <c r="M215" t="s">
         <v>179</v>
       </c>
       <c r="P215" t="s">
         <v>213</v>
       </c>
       <c r="Q215" t="s">
         <v>625</v>
       </c>
       <c r="R215" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="216" spans="1:18">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
         <v>18</v>
       </c>
       <c r="C216" t="s">
         <v>19</v>
       </c>
       <c r="E216" t="s">
         <v>207</v>
       </c>
       <c r="F216" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="G216" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="H216" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="I216" t="s">
         <v>38</v>
       </c>
       <c r="J216" t="s">
         <v>25</v>
       </c>
       <c r="K216" t="s">
         <v>287</v>
       </c>
       <c r="L216" t="s">
         <v>49</v>
       </c>
       <c r="M216" t="s">
         <v>210</v>
       </c>
       <c r="P216" t="s">
         <v>129</v>
       </c>
       <c r="Q216" t="s">
         <v>61</v>
       </c>
       <c r="R216" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="217" spans="1:18">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
         <v>44</v>
       </c>
       <c r="C217" t="s">
         <v>33</v>
       </c>
       <c r="E217" t="s">
         <v>281</v>
       </c>
       <c r="F217" t="s">
         <v>176</v>
       </c>
       <c r="G217" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="J217" t="s">
         <v>48</v>
       </c>
       <c r="L217" t="s">
         <v>27</v>
       </c>
       <c r="M217" t="s">
         <v>284</v>
       </c>
       <c r="P217" t="s">
         <v>378</v>
       </c>
       <c r="Q217" t="s">
         <v>481</v>
       </c>
       <c r="R217" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="218" spans="1:18">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
         <v>44</v>
       </c>
       <c r="C218" t="s">
         <v>19</v>
       </c>
       <c r="E218" t="s">
         <v>289</v>
       </c>
       <c r="F218" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="G218" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="H218" t="s">
         <v>222</v>
       </c>
       <c r="I218" t="s">
         <v>38</v>
       </c>
       <c r="J218" t="s">
         <v>25</v>
       </c>
       <c r="K218" t="s">
         <v>409</v>
       </c>
       <c r="L218" t="s">
         <v>293</v>
       </c>
       <c r="M218" t="s">
         <v>294</v>
       </c>
       <c r="P218" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="Q218" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="219" spans="1:18">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
         <v>89</v>
       </c>
       <c r="C219" t="s">
         <v>19</v>
       </c>
       <c r="E219" t="s">
         <v>193</v>
       </c>
       <c r="F219" t="s">
         <v>314</v>
       </c>
       <c r="G219" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="J219" t="s">
         <v>517</v>
       </c>
       <c r="L219" t="s">
         <v>198</v>
       </c>
       <c r="M219" t="s">
         <v>199</v>
       </c>
       <c r="P219" t="s">
         <v>533</v>
       </c>
       <c r="Q219" t="s">
         <v>709</v>
       </c>
       <c r="R219" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="220" spans="1:18">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
         <v>112</v>
       </c>
       <c r="C220" t="s">
         <v>19</v>
       </c>
       <c r="E220" t="s">
         <v>20</v>
       </c>
       <c r="F220" t="s">
         <v>533</v>
       </c>
       <c r="G220" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="H220" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="I220" t="s">
         <v>57</v>
       </c>
       <c r="J220" t="s">
         <v>25</v>
       </c>
       <c r="K220" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="L220" t="s">
         <v>27</v>
       </c>
       <c r="M220" t="s">
         <v>28</v>
       </c>
       <c r="P220" t="s">
         <v>29</v>
       </c>
       <c r="Q220" t="s">
         <v>674</v>
       </c>
       <c r="R220" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="221" spans="1:18">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
         <v>112</v>
       </c>
       <c r="C221" t="s">
         <v>33</v>
       </c>
       <c r="E221" t="s">
         <v>45</v>
       </c>
       <c r="F221" t="s">
         <v>529</v>
       </c>
       <c r="G221" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="H221" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="I221" t="s">
         <v>38</v>
       </c>
       <c r="J221" t="s">
         <v>25</v>
       </c>
       <c r="K221" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="L221" t="s">
         <v>49</v>
       </c>
       <c r="M221" t="s">
         <v>50</v>
       </c>
       <c r="P221" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="Q221" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="R221" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="222" spans="1:18">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
         <v>44</v>
       </c>
       <c r="C222" t="s">
         <v>33</v>
       </c>
       <c r="E222" t="s">
         <v>45</v>
       </c>
       <c r="F222" t="s">
         <v>421</v>
       </c>
       <c r="G222" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="H222" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="I222" t="s">
         <v>24</v>
       </c>
       <c r="J222" t="s">
         <v>25</v>
       </c>
       <c r="K222" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="L222" t="s">
         <v>49</v>
       </c>
       <c r="M222" t="s">
         <v>50</v>
       </c>
       <c r="P222" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="Q222" t="s">
         <v>42</v>
       </c>
       <c r="R222" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="223" spans="1:18">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
         <v>44</v>
       </c>
       <c r="C223" t="s">
         <v>19</v>
       </c>
       <c r="E223" t="s">
         <v>45</v>
       </c>
       <c r="F223" t="s">
         <v>73</v>
       </c>
       <c r="G223" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="H223" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="I223" t="s">
         <v>383</v>
       </c>
       <c r="J223" t="s">
         <v>25</v>
       </c>
       <c r="K223" t="s">
         <v>327</v>
       </c>
       <c r="L223" t="s">
         <v>49</v>
       </c>
       <c r="M223" t="s">
         <v>50</v>
       </c>
       <c r="P223" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="Q223" t="s">
         <v>429</v>
       </c>
       <c r="R223" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="224" spans="1:18">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
         <v>44</v>
       </c>
       <c r="C224" t="s">
         <v>19</v>
       </c>
       <c r="E224" t="s">
         <v>600</v>
       </c>
       <c r="F224" t="s">
         <v>508</v>
       </c>
       <c r="G224" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="H224" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="I224" t="s">
         <v>24</v>
       </c>
       <c r="J224" t="s">
         <v>25</v>
       </c>
       <c r="K224" t="s">
         <v>615</v>
       </c>
       <c r="L224" t="s">
         <v>77</v>
       </c>
       <c r="M224" t="s">
         <v>605</v>
       </c>
       <c r="P224" t="s">
         <v>160</v>
       </c>
       <c r="Q224" t="s">
         <v>273</v>
       </c>
       <c r="R224" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="225" spans="1:18">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
         <v>112</v>
       </c>
       <c r="C225" t="s">
         <v>33</v>
       </c>
       <c r="E225" t="s">
         <v>281</v>
       </c>
       <c r="F225" t="s">
         <v>421</v>
       </c>
       <c r="G225" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="J225" t="s">
         <v>48</v>
       </c>
       <c r="L225" t="s">
         <v>27</v>
       </c>
       <c r="M225" t="s">
         <v>284</v>
       </c>
       <c r="P225" t="s">
         <v>378</v>
       </c>
       <c r="Q225" t="s">
         <v>379</v>
       </c>
       <c r="R225" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="226" spans="1:18">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
         <v>44</v>
       </c>
       <c r="C226" t="s">
         <v>33</v>
       </c>
       <c r="E226" t="s">
         <v>175</v>
       </c>
       <c r="F226" t="s">
         <v>208</v>
       </c>
       <c r="G226" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="J226" t="s">
         <v>48</v>
       </c>
       <c r="L226" t="s">
         <v>150</v>
       </c>
       <c r="M226" t="s">
         <v>179</v>
       </c>
       <c r="P226" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="Q226" t="s">
         <v>420</v>
       </c>
       <c r="R226" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="227" spans="1:18">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
         <v>112</v>
       </c>
       <c r="C227" t="s">
         <v>33</v>
       </c>
       <c r="E227" t="s">
         <v>175</v>
       </c>
       <c r="F227" t="s">
         <v>21</v>
       </c>
       <c r="G227" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="J227" t="s">
         <v>48</v>
       </c>
       <c r="L227" t="s">
         <v>150</v>
       </c>
       <c r="M227" t="s">
         <v>179</v>
       </c>
       <c r="P227" t="s">
         <v>152</v>
       </c>
       <c r="Q227" t="s">
         <v>280</v>
       </c>
       <c r="R227" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="228" spans="1:18">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
         <v>44</v>
       </c>
       <c r="C228" t="s">
         <v>19</v>
       </c>
       <c r="E228" t="s">
         <v>169</v>
       </c>
       <c r="F228" t="s">
         <v>254</v>
       </c>
       <c r="G228" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="J228" t="s">
         <v>48</v>
       </c>
       <c r="L228" t="s">
         <v>68</v>
       </c>
       <c r="M228" t="s">
         <v>173</v>
       </c>
       <c r="P228" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="Q228" t="s">
         <v>709</v>
       </c>
       <c r="R228" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="229" spans="1:18">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
         <v>44</v>
       </c>
       <c r="C229" t="s">
         <v>19</v>
       </c>
       <c r="E229" t="s">
         <v>246</v>
       </c>
       <c r="F229" t="s">
         <v>282</v>
       </c>
       <c r="G229" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="H229" t="s">
         <v>278</v>
       </c>
       <c r="I229" t="s">
         <v>38</v>
       </c>
       <c r="J229" t="s">
         <v>25</v>
       </c>
       <c r="K229" t="s">
         <v>58</v>
       </c>
       <c r="L229" t="s">
         <v>59</v>
       </c>
       <c r="M229" t="s">
         <v>250</v>
       </c>
       <c r="P229" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="Q229" t="s">
         <v>348</v>
       </c>
       <c r="R229" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="230" spans="1:18">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
         <v>18</v>
       </c>
       <c r="C230" t="s">
         <v>19</v>
       </c>
       <c r="E230" t="s">
         <v>182</v>
       </c>
       <c r="F230" t="s">
         <v>421</v>
       </c>
       <c r="G230" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="H230" t="s">
         <v>690</v>
       </c>
       <c r="I230" t="s">
         <v>38</v>
       </c>
       <c r="J230" t="s">
         <v>25</v>
       </c>
       <c r="K230" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="L230" t="s">
         <v>187</v>
       </c>
       <c r="M230" t="s">
         <v>188</v>
       </c>
       <c r="P230" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="Q230" t="s">
         <v>625</v>
       </c>
       <c r="R230" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="231" spans="1:18">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
         <v>89</v>
       </c>
       <c r="C231" t="s">
         <v>19</v>
       </c>
       <c r="E231" t="s">
         <v>370</v>
       </c>
       <c r="F231" t="s">
         <v>155</v>
       </c>
       <c r="G231" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="H231" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="I231" t="s">
         <v>24</v>
       </c>
       <c r="J231" t="s">
         <v>25</v>
       </c>
       <c r="K231" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="L231" t="s">
         <v>49</v>
       </c>
       <c r="M231" t="s">
         <v>374</v>
       </c>
       <c r="P231" t="s">
         <v>410</v>
       </c>
       <c r="Q231" t="s">
         <v>122</v>
       </c>
       <c r="R231" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="232" spans="1:18">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
         <v>89</v>
       </c>
       <c r="C232" t="s">
         <v>33</v>
       </c>
       <c r="E232" t="s">
         <v>662</v>
       </c>
       <c r="F232" t="s">
         <v>468</v>
       </c>
       <c r="G232" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="H232" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="I232" t="s">
         <v>24</v>
       </c>
       <c r="J232" t="s">
         <v>25</v>
       </c>
       <c r="K232" t="s">
         <v>303</v>
       </c>
       <c r="L232" t="s">
         <v>49</v>
       </c>
       <c r="M232" t="s">
         <v>664</v>
       </c>
       <c r="P232" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="Q232" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="R232" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="233" spans="1:18">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
         <v>44</v>
       </c>
       <c r="C233" t="s">
         <v>19</v>
       </c>
       <c r="E233" t="s">
         <v>162</v>
       </c>
       <c r="F233" t="s">
         <v>733</v>
       </c>
       <c r="G233" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="J233" t="s">
         <v>217</v>
       </c>
       <c r="L233" t="s">
         <v>77</v>
       </c>
       <c r="M233" t="s">
         <v>166</v>
       </c>
       <c r="P233" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="Q233" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="R233" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="234" spans="1:18">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
         <v>112</v>
       </c>
       <c r="C234" t="s">
         <v>19</v>
       </c>
       <c r="E234" t="s">
         <v>162</v>
       </c>
       <c r="F234" t="s">
         <v>300</v>
       </c>
       <c r="G234" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="H234" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="I234" t="s">
         <v>38</v>
       </c>
       <c r="J234" t="s">
         <v>25</v>
       </c>
       <c r="K234" t="s">
         <v>120</v>
       </c>
       <c r="L234" t="s">
         <v>77</v>
       </c>
       <c r="M234" t="s">
         <v>166</v>
       </c>
       <c r="P234" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="Q234" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="R234" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="235" spans="1:18">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
         <v>44</v>
       </c>
       <c r="C235" t="s">
         <v>33</v>
       </c>
       <c r="E235" t="s">
         <v>393</v>
       </c>
       <c r="F235" t="s">
         <v>541</v>
       </c>
       <c r="G235" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="H235" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="I235" t="s">
         <v>196</v>
       </c>
       <c r="J235" t="s">
         <v>25</v>
       </c>
       <c r="K235" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="L235" t="s">
         <v>187</v>
       </c>
       <c r="M235" t="s">
         <v>398</v>
       </c>
       <c r="P235" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="Q235" t="s">
         <v>495</v>
       </c>
       <c r="R235" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="236" spans="1:18">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
         <v>44</v>
       </c>
       <c r="C236" t="s">
         <v>19</v>
       </c>
       <c r="E236" t="s">
         <v>162</v>
       </c>
       <c r="F236" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="G236" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="H236" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="I236" t="s">
         <v>450</v>
       </c>
       <c r="J236" t="s">
         <v>25</v>
       </c>
       <c r="K236" t="s">
         <v>120</v>
       </c>
       <c r="L236" t="s">
         <v>77</v>
       </c>
       <c r="M236" t="s">
         <v>166</v>
       </c>
       <c r="P236" t="s">
         <v>144</v>
       </c>
       <c r="Q236" t="s">
         <v>596</v>
       </c>
       <c r="R236" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="237" spans="1:18">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
         <v>44</v>
       </c>
       <c r="C237" t="s">
         <v>19</v>
       </c>
       <c r="E237" t="s">
         <v>182</v>
       </c>
       <c r="F237" t="s">
         <v>314</v>
       </c>
       <c r="G237" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="J237" t="s">
         <v>178</v>
       </c>
       <c r="L237" t="s">
         <v>187</v>
       </c>
       <c r="M237" t="s">
         <v>188</v>
       </c>
       <c r="P237" t="s">
         <v>523</v>
       </c>
       <c r="Q237" t="s">
         <v>636</v>
       </c>
       <c r="R237" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="238" spans="1:18">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
         <v>44</v>
       </c>
       <c r="C238" t="s">
         <v>33</v>
       </c>
       <c r="E238" t="s">
         <v>90</v>
       </c>
       <c r="F238" t="s">
         <v>344</v>
       </c>
       <c r="G238" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="H238" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="I238" t="s">
         <v>196</v>
       </c>
       <c r="J238" t="s">
         <v>25</v>
       </c>
       <c r="K238" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="L238" t="s">
         <v>49</v>
       </c>
       <c r="M238" t="s">
         <v>95</v>
       </c>
       <c r="P238" t="s">
         <v>688</v>
       </c>
       <c r="Q238" t="s">
         <v>280</v>
       </c>
       <c r="R238" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="239" spans="1:18">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
         <v>44</v>
       </c>
       <c r="C239" t="s">
         <v>19</v>
       </c>
       <c r="E239" t="s">
         <v>169</v>
       </c>
       <c r="F239" t="s">
         <v>46</v>
       </c>
       <c r="G239" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="J239" t="s">
         <v>48</v>
       </c>
       <c r="L239" t="s">
         <v>68</v>
       </c>
       <c r="M239" t="s">
         <v>173</v>
       </c>
       <c r="P239" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="Q239" t="s">
         <v>630</v>
       </c>
       <c r="R239" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="240" spans="1:18">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
         <v>44</v>
       </c>
       <c r="C240" t="s">
         <v>19</v>
       </c>
       <c r="E240" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="F240" t="s">
         <v>208</v>
       </c>
       <c r="G240" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="J240" t="s">
         <v>48</v>
       </c>
       <c r="L240" t="s">
         <v>68</v>
       </c>
       <c r="M240" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="P240" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="Q240" t="s">
         <v>267</v>
       </c>
       <c r="R240" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="241" spans="1:18">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
         <v>18</v>
       </c>
       <c r="C241" t="s">
         <v>19</v>
       </c>
       <c r="E241" t="s">
         <v>154</v>
       </c>
       <c r="F241" t="s">
         <v>176</v>
       </c>
       <c r="G241" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="H241" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I241" t="s">
         <v>24</v>
       </c>
       <c r="J241" t="s">
         <v>25</v>
       </c>
       <c r="K241" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="L241" t="s">
         <v>77</v>
       </c>
       <c r="M241" t="s">
         <v>159</v>
       </c>
       <c r="P241" t="s">
         <v>129</v>
       </c>
       <c r="Q241" t="s">
         <v>273</v>
       </c>
       <c r="R241" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="242" spans="1:18">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
         <v>44</v>
       </c>
       <c r="C242" t="s">
         <v>19</v>
       </c>
       <c r="E242" t="s">
         <v>34</v>
       </c>
       <c r="F242" t="s">
         <v>98</v>
       </c>
       <c r="G242" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="H242" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="I242" t="s">
         <v>196</v>
       </c>
       <c r="J242" t="s">
         <v>25</v>
       </c>
       <c r="K242" t="s">
         <v>298</v>
       </c>
       <c r="L242" t="s">
         <v>40</v>
       </c>
       <c r="M242" t="s">
         <v>41</v>
       </c>
       <c r="P242" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="Q242" t="s">
         <v>88</v>
       </c>
       <c r="R242" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="243" spans="1:18">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
         <v>112</v>
       </c>
       <c r="C243" t="s">
         <v>19</v>
       </c>
       <c r="E243" t="s">
         <v>72</v>
       </c>
       <c r="F243" t="s">
         <v>421</v>
       </c>
       <c r="G243" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="H243" t="s">
         <v>449</v>
       </c>
       <c r="I243" t="s">
         <v>450</v>
       </c>
       <c r="J243" t="s">
         <v>25</v>
       </c>
       <c r="K243" t="s">
         <v>456</v>
       </c>
       <c r="L243" t="s">
         <v>77</v>
       </c>
       <c r="M243" t="s">
         <v>78</v>
       </c>
       <c r="P243" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="Q243" t="s">
         <v>501</v>
       </c>
       <c r="R243" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="244" spans="1:18">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
         <v>18</v>
       </c>
       <c r="C244" t="s">
         <v>33</v>
       </c>
       <c r="E244" t="s">
         <v>207</v>
       </c>
       <c r="F244" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="G244" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="H244" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="I244" t="s">
         <v>38</v>
       </c>
       <c r="J244" t="s">
         <v>25</v>
       </c>
       <c r="K244" t="s">
         <v>120</v>
       </c>
       <c r="L244" t="s">
         <v>49</v>
       </c>
       <c r="M244" t="s">
         <v>210</v>
       </c>
       <c r="P244" t="s">
         <v>399</v>
       </c>
       <c r="Q244" t="s">
         <v>233</v>
       </c>
       <c r="R244" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="245" spans="1:18">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
         <v>44</v>
       </c>
       <c r="C245" t="s">
         <v>33</v>
       </c>
       <c r="E245" t="s">
         <v>154</v>
       </c>
       <c r="F245" t="s">
         <v>300</v>
       </c>
       <c r="G245" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="H245" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="I245" t="s">
         <v>38</v>
       </c>
       <c r="J245" t="s">
         <v>25</v>
       </c>
       <c r="K245" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="L245" t="s">
         <v>77</v>
       </c>
       <c r="M245" t="s">
         <v>159</v>
       </c>
       <c r="P245" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="Q245" t="s">
         <v>429</v>
       </c>
       <c r="R245" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="246" spans="1:18">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
         <v>44</v>
       </c>
       <c r="C246" t="s">
         <v>33</v>
       </c>
       <c r="E246" t="s">
         <v>246</v>
       </c>
       <c r="F246" t="s">
         <v>394</v>
       </c>
       <c r="G246" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="H246" t="s">
         <v>126</v>
       </c>
       <c r="I246" t="s">
         <v>38</v>
       </c>
       <c r="J246" t="s">
         <v>25</v>
       </c>
       <c r="K246" t="s">
         <v>134</v>
       </c>
       <c r="L246" t="s">
         <v>59</v>
       </c>
       <c r="M246" t="s">
         <v>250</v>
       </c>
       <c r="P246" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="Q246" t="s">
         <v>30</v>
       </c>
       <c r="R246" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="247" spans="1:18">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
         <v>44</v>
       </c>
       <c r="C247" t="s">
         <v>19</v>
       </c>
       <c r="E247" t="s">
         <v>162</v>
       </c>
       <c r="F247" t="s">
         <v>64</v>
       </c>
       <c r="G247" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="H247" t="s">
         <v>388</v>
       </c>
       <c r="I247" t="s">
         <v>38</v>
       </c>
       <c r="J247" t="s">
         <v>25</v>
       </c>
       <c r="K247" t="s">
         <v>134</v>
       </c>
       <c r="L247" t="s">
         <v>77</v>
       </c>
       <c r="M247" t="s">
         <v>166</v>
       </c>
       <c r="P247" t="s">
         <v>70</v>
       </c>
       <c r="Q247" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="R247" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="248" spans="1:18">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
         <v>392</v>
       </c>
       <c r="C248" t="s">
         <v>19</v>
       </c>
       <c r="E248" t="s">
         <v>361</v>
       </c>
       <c r="F248" t="s">
         <v>612</v>
       </c>
       <c r="G248" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="H248" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="I248" t="s">
         <v>38</v>
       </c>
       <c r="J248" t="s">
         <v>25</v>
       </c>
       <c r="K248" t="s">
         <v>303</v>
       </c>
       <c r="L248" t="s">
         <v>198</v>
       </c>
       <c r="M248" t="s">
         <v>364</v>
       </c>
       <c r="P248" t="s">
         <v>375</v>
       </c>
       <c r="Q248" t="s">
         <v>228</v>
       </c>
       <c r="R248" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="249" spans="1:18">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
         <v>44</v>
       </c>
       <c r="C249" t="s">
         <v>33</v>
       </c>
       <c r="E249" t="s">
         <v>281</v>
       </c>
       <c r="F249" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="G249" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="J249" t="s">
         <v>100</v>
       </c>
       <c r="L249" t="s">
         <v>27</v>
       </c>
       <c r="M249" t="s">
         <v>284</v>
       </c>
       <c r="P249" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="Q249" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="R249" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="250" spans="1:18">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
         <v>18</v>
       </c>
       <c r="C250" t="s">
         <v>19</v>
       </c>
       <c r="E250" t="s">
         <v>318</v>
       </c>
       <c r="F250" t="s">
         <v>612</v>
       </c>
       <c r="G250" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="H250" t="s">
         <v>449</v>
       </c>
       <c r="I250" t="s">
         <v>450</v>
       </c>
       <c r="J250" t="s">
         <v>25</v>
       </c>
       <c r="K250" t="s">
         <v>134</v>
       </c>
       <c r="L250" t="s">
         <v>150</v>
       </c>
       <c r="M250" t="s">
         <v>321</v>
       </c>
       <c r="P250" t="s">
         <v>378</v>
       </c>
       <c r="Q250" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="R250" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="251" spans="1:18">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
         <v>44</v>
       </c>
       <c r="C251" t="s">
         <v>19</v>
       </c>
       <c r="E251" t="s">
         <v>90</v>
       </c>
       <c r="F251" t="s">
         <v>73</v>
       </c>
       <c r="G251" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="H251" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="I251" t="s">
         <v>196</v>
       </c>
       <c r="J251" t="s">
         <v>25</v>
       </c>
       <c r="K251" t="s">
         <v>471</v>
       </c>
       <c r="L251" t="s">
         <v>49</v>
       </c>
       <c r="M251" t="s">
         <v>95</v>
       </c>
       <c r="P251" t="s">
         <v>760</v>
       </c>
       <c r="Q251" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="R251" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="252" spans="1:18">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
         <v>44</v>
       </c>
       <c r="C252" t="s">
         <v>19</v>
       </c>
       <c r="E252" t="s">
         <v>117</v>
       </c>
       <c r="F252" t="s">
         <v>46</v>
       </c>
       <c r="G252" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="H252" t="s">
         <v>579</v>
       </c>
       <c r="I252" t="s">
         <v>38</v>
       </c>
       <c r="J252" t="s">
         <v>25</v>
       </c>
       <c r="K252" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="L252" t="s">
         <v>40</v>
       </c>
       <c r="M252" t="s">
         <v>121</v>
       </c>
       <c r="P252" t="s">
         <v>375</v>
       </c>
       <c r="Q252" t="s">
         <v>42</v>
       </c>
       <c r="R252" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="253" spans="1:18">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
         <v>89</v>
       </c>
       <c r="C253" t="s">
         <v>19</v>
       </c>
       <c r="E253" t="s">
         <v>600</v>
       </c>
       <c r="F253" t="s">
         <v>445</v>
       </c>
       <c r="G253" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="H253" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="I253" t="s">
         <v>57</v>
       </c>
       <c r="J253" t="s">
         <v>25</v>
       </c>
       <c r="K253" t="s">
         <v>594</v>
       </c>
       <c r="L253" t="s">
         <v>77</v>
       </c>
       <c r="M253" t="s">
         <v>605</v>
       </c>
       <c r="P253" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="Q253" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="R253" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="254" spans="1:18">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
         <v>44</v>
       </c>
       <c r="C254" t="s">
         <v>33</v>
       </c>
       <c r="E254" t="s">
         <v>63</v>
       </c>
       <c r="F254" t="s">
         <v>220</v>
       </c>
       <c r="G254" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="H254" t="s">
         <v>241</v>
       </c>
       <c r="I254" t="s">
         <v>57</v>
       </c>
       <c r="J254" t="s">
         <v>25</v>
       </c>
       <c r="K254" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="L254" t="s">
         <v>68</v>
       </c>
       <c r="M254" t="s">
         <v>69</v>
       </c>
       <c r="P254" t="s">
         <v>629</v>
       </c>
       <c r="Q254" t="s">
         <v>42</v>
       </c>
       <c r="R254" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="255" spans="1:18">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
         <v>44</v>
       </c>
       <c r="C255" t="s">
         <v>19</v>
       </c>
       <c r="E255" t="s">
         <v>484</v>
       </c>
       <c r="F255" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="G255" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="H255" t="s">
         <v>143</v>
       </c>
       <c r="I255" t="s">
         <v>38</v>
       </c>
       <c r="J255" t="s">
         <v>25</v>
       </c>
       <c r="K255" t="s">
         <v>409</v>
       </c>
       <c r="L255" t="s">
         <v>77</v>
       </c>
       <c r="M255" t="s">
         <v>487</v>
       </c>
       <c r="P255" t="s">
         <v>263</v>
       </c>
       <c r="Q255" t="s">
         <v>411</v>
       </c>
       <c r="R255" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="256" spans="1:18">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
         <v>44</v>
       </c>
       <c r="C256" t="s">
         <v>33</v>
       </c>
       <c r="E256" t="s">
         <v>289</v>
       </c>
       <c r="F256" t="s">
         <v>445</v>
       </c>
       <c r="G256" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="H256" t="s">
         <v>553</v>
       </c>
       <c r="I256" t="s">
         <v>57</v>
       </c>
       <c r="J256" t="s">
         <v>25</v>
       </c>
       <c r="K256" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="L256" t="s">
         <v>293</v>
       </c>
       <c r="M256" t="s">
         <v>294</v>
       </c>
       <c r="P256" t="s">
         <v>540</v>
       </c>
       <c r="Q256" t="s">
         <v>273</v>
       </c>
       <c r="R256" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="257" spans="1:18">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
         <v>112</v>
       </c>
       <c r="C257" t="s">
         <v>33</v>
       </c>
       <c r="E257" t="s">
         <v>354</v>
       </c>
       <c r="F257" t="s">
         <v>46</v>
       </c>
       <c r="G257" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="J257" t="s">
         <v>100</v>
       </c>
       <c r="L257" t="s">
         <v>293</v>
       </c>
       <c r="M257" t="s">
         <v>358</v>
       </c>
       <c r="P257" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="Q257" t="s">
         <v>437</v>
       </c>
       <c r="R257" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="258" spans="1:18">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
         <v>44</v>
       </c>
       <c r="C258" t="s">
         <v>19</v>
       </c>
       <c r="E258" t="s">
         <v>354</v>
       </c>
       <c r="F258" t="s">
         <v>73</v>
       </c>
       <c r="G258" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="J258" t="s">
         <v>48</v>
       </c>
       <c r="L258" t="s">
         <v>293</v>
       </c>
       <c r="M258" t="s">
         <v>358</v>
       </c>
       <c r="P258" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="Q258" t="s">
         <v>219</v>
       </c>
       <c r="R258" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="259" spans="1:18">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
         <v>44</v>
       </c>
       <c r="C259" t="s">
         <v>19</v>
       </c>
       <c r="E259" t="s">
         <v>620</v>
       </c>
       <c r="F259" t="s">
         <v>147</v>
       </c>
       <c r="G259" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="J259" t="s">
         <v>231</v>
       </c>
       <c r="L259" t="s">
         <v>150</v>
       </c>
       <c r="M259" t="s">
         <v>622</v>
       </c>
       <c r="P259" t="s">
         <v>433</v>
       </c>
       <c r="Q259" t="s">
         <v>348</v>
       </c>
       <c r="R259" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="260" spans="1:18">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
         <v>18</v>
       </c>
       <c r="C260" t="s">
         <v>19</v>
       </c>
       <c r="E260" t="s">
         <v>207</v>
       </c>
       <c r="F260" t="s">
         <v>91</v>
       </c>
       <c r="G260" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="J260" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="L260" t="s">
         <v>49</v>
       </c>
       <c r="M260" t="s">
         <v>210</v>
       </c>
       <c r="P260" t="s">
         <v>743</v>
       </c>
       <c r="Q260" t="s">
         <v>331</v>
       </c>
       <c r="R260" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="261" spans="1:18">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
         <v>18</v>
       </c>
       <c r="C261" t="s">
         <v>19</v>
       </c>
       <c r="E261" t="s">
         <v>318</v>
       </c>
       <c r="F261" t="s">
         <v>314</v>
       </c>
       <c r="G261" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="J261" t="s">
         <v>414</v>
       </c>
       <c r="L261" t="s">
         <v>150</v>
       </c>
       <c r="M261" t="s">
         <v>321</v>
       </c>
       <c r="P261" t="s">
         <v>523</v>
       </c>
       <c r="Q261" t="s">
         <v>42</v>
       </c>
       <c r="R261" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="262" spans="1:18">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
         <v>44</v>
       </c>
       <c r="C262" t="s">
         <v>33</v>
       </c>
       <c r="E262" t="s">
         <v>354</v>
       </c>
       <c r="F262" t="s">
         <v>73</v>
       </c>
       <c r="G262" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="J262" t="s">
         <v>48</v>
       </c>
       <c r="L262" t="s">
         <v>293</v>
       </c>
       <c r="M262" t="s">
         <v>358</v>
       </c>
       <c r="P262" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="Q262" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="R262" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="263" spans="1:18">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
         <v>44</v>
       </c>
       <c r="C263" t="s">
         <v>33</v>
       </c>
       <c r="E263" t="s">
         <v>620</v>
       </c>
       <c r="F263" t="s">
         <v>324</v>
       </c>
       <c r="G263" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="J263" t="s">
         <v>48</v>
       </c>
       <c r="L263" t="s">
         <v>150</v>
       </c>
       <c r="M263" t="s">
         <v>622</v>
       </c>
       <c r="P263" t="s">
         <v>152</v>
       </c>
       <c r="Q263" t="s">
         <v>280</v>
       </c>
       <c r="R263" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="264" spans="1:18">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
         <v>89</v>
       </c>
       <c r="C264" t="s">
         <v>33</v>
       </c>
       <c r="E264" t="s">
         <v>72</v>
       </c>
       <c r="F264" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="G264" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="J264" t="s">
         <v>100</v>
       </c>
       <c r="L264" t="s">
         <v>77</v>
       </c>
       <c r="M264" t="s">
         <v>78</v>
       </c>
       <c r="P264" t="s">
         <v>523</v>
       </c>
       <c r="Q264" t="s">
         <v>596</v>
       </c>
       <c r="R264" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="265" spans="1:18">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
         <v>44</v>
       </c>
       <c r="C265" t="s">
         <v>19</v>
       </c>
       <c r="E265" t="s">
         <v>90</v>
       </c>
       <c r="F265" t="s">
         <v>394</v>
       </c>
       <c r="G265" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="J265" t="s">
         <v>48</v>
       </c>
       <c r="L265" t="s">
         <v>49</v>
       </c>
       <c r="M265" t="s">
         <v>95</v>
       </c>
       <c r="P265" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="Q265" t="s">
         <v>276</v>
       </c>
       <c r="R265" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="266" spans="1:18">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
         <v>18</v>
       </c>
       <c r="C266" t="s">
         <v>33</v>
       </c>
       <c r="E266" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="F266" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="G266" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="J266" t="s">
         <v>48</v>
       </c>
       <c r="L266" t="s">
         <v>68</v>
       </c>
       <c r="M266" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="P266" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="Q266" t="s">
         <v>262</v>
       </c>
       <c r="R266" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="267" spans="1:18">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
         <v>18</v>
       </c>
       <c r="C267" t="s">
         <v>19</v>
       </c>
       <c r="E267" t="s">
         <v>162</v>
       </c>
       <c r="F267" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="G267" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="H267" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="I267" t="s">
         <v>85</v>
       </c>
       <c r="J267" t="s">
         <v>25</v>
       </c>
       <c r="K267" t="s">
         <v>327</v>
       </c>
       <c r="L267" t="s">
         <v>77</v>
       </c>
       <c r="M267" t="s">
         <v>166</v>
       </c>
       <c r="P267" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="Q267" t="s">
         <v>88</v>
       </c>
       <c r="R267" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="268" spans="1:18">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
         <v>18</v>
       </c>
       <c r="C268" t="s">
         <v>19</v>
       </c>
       <c r="E268" t="s">
         <v>637</v>
       </c>
       <c r="F268" t="s">
         <v>616</v>
       </c>
       <c r="G268" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="H268" t="s">
         <v>593</v>
       </c>
       <c r="I268" t="s">
         <v>196</v>
       </c>
       <c r="J268" t="s">
         <v>25</v>
       </c>
       <c r="K268" t="s">
         <v>566</v>
       </c>
       <c r="L268" t="s">
         <v>187</v>
       </c>
       <c r="M268" t="s">
         <v>237</v>
       </c>
       <c r="P268" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="Q268" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="R268" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="269" spans="1:18">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
         <v>32</v>
       </c>
       <c r="C269" t="s">
         <v>33</v>
       </c>
       <c r="E269" t="s">
         <v>117</v>
       </c>
       <c r="F269" t="s">
         <v>176</v>
       </c>
       <c r="G269" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="H269" t="s">
         <v>470</v>
       </c>
       <c r="I269" t="s">
         <v>24</v>
       </c>
       <c r="J269" t="s">
         <v>25</v>
       </c>
       <c r="K269" t="s">
         <v>471</v>
       </c>
       <c r="L269" t="s">
         <v>40</v>
       </c>
       <c r="M269" t="s">
         <v>121</v>
       </c>
       <c r="P269" t="s">
         <v>589</v>
       </c>
       <c r="Q269" t="s">
         <v>80</v>
       </c>
       <c r="R269" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="270" spans="1:18">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
         <v>44</v>
       </c>
       <c r="C270" t="s">
         <v>33</v>
       </c>
       <c r="E270" t="s">
         <v>182</v>
       </c>
       <c r="F270" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="G270" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="H270" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="I270" t="s">
         <v>38</v>
       </c>
       <c r="J270" t="s">
         <v>25</v>
       </c>
       <c r="K270" t="s">
         <v>120</v>
       </c>
       <c r="L270" t="s">
         <v>187</v>
       </c>
       <c r="M270" t="s">
         <v>188</v>
       </c>
       <c r="P270" t="s">
         <v>152</v>
       </c>
       <c r="Q270" t="s">
         <v>353</v>
       </c>
       <c r="R270" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="271" spans="1:18">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
         <v>44</v>
       </c>
       <c r="C271" t="s">
         <v>19</v>
       </c>
       <c r="E271" t="s">
         <v>637</v>
       </c>
       <c r="F271" t="s">
         <v>238</v>
       </c>
       <c r="G271" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="H271" t="s">
         <v>655</v>
       </c>
       <c r="I271" t="s">
         <v>57</v>
       </c>
       <c r="J271" t="s">
         <v>25</v>
       </c>
       <c r="K271" t="s">
         <v>223</v>
       </c>
       <c r="L271" t="s">
         <v>187</v>
       </c>
       <c r="M271" t="s">
         <v>237</v>
       </c>
       <c r="P271" t="s">
         <v>472</v>
       </c>
       <c r="Q271" t="s">
         <v>429</v>
       </c>
       <c r="R271" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="272" spans="1:18">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
         <v>44</v>
       </c>
       <c r="C272" t="s">
         <v>33</v>
       </c>
       <c r="E272" t="s">
         <v>53</v>
       </c>
       <c r="F272" t="s">
         <v>105</v>
       </c>
       <c r="G272" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="H272" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="I272" t="s">
         <v>24</v>
       </c>
       <c r="J272" t="s">
         <v>25</v>
       </c>
       <c r="K272" t="s">
         <v>165</v>
       </c>
       <c r="L272" t="s">
         <v>59</v>
       </c>
       <c r="M272" t="s">
         <v>60</v>
       </c>
       <c r="P272" t="s">
         <v>433</v>
       </c>
       <c r="Q272" t="s">
         <v>437</v>
       </c>
       <c r="R272" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="273" spans="1:18">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
         <v>44</v>
       </c>
       <c r="C273" t="s">
         <v>19</v>
       </c>
       <c r="E273" t="s">
         <v>246</v>
       </c>
       <c r="F273" t="s">
         <v>642</v>
       </c>
       <c r="G273" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="H273" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="I273" t="s">
         <v>38</v>
       </c>
       <c r="J273" t="s">
         <v>25</v>
       </c>
       <c r="K273" t="s">
         <v>610</v>
       </c>
       <c r="L273" t="s">
         <v>59</v>
       </c>
       <c r="M273" t="s">
         <v>250</v>
       </c>
       <c r="P273" t="s">
         <v>572</v>
       </c>
       <c r="Q273" t="s">
         <v>441</v>
       </c>
       <c r="R273" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="274" spans="1:18">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
         <v>44</v>
       </c>
       <c r="C274" t="s">
         <v>33</v>
       </c>
       <c r="E274" t="s">
         <v>154</v>
       </c>
       <c r="F274" t="s">
         <v>642</v>
       </c>
       <c r="G274" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="H274" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="I274" t="s">
         <v>38</v>
       </c>
       <c r="J274" t="s">
         <v>25</v>
       </c>
       <c r="K274" t="s">
         <v>594</v>
       </c>
       <c r="L274" t="s">
         <v>77</v>
       </c>
       <c r="M274" t="s">
         <v>159</v>
       </c>
       <c r="P274" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="Q274" t="s">
         <v>161</v>
       </c>
       <c r="R274" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="275" spans="1:18">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
         <v>89</v>
       </c>
       <c r="C275" t="s">
         <v>33</v>
       </c>
       <c r="E275" t="s">
         <v>34</v>
       </c>
       <c r="F275" t="s">
         <v>562</v>
       </c>
       <c r="G275" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="J275" t="s">
         <v>48</v>
       </c>
       <c r="L275" t="s">
         <v>40</v>
       </c>
       <c r="M275" t="s">
         <v>41</v>
       </c>
       <c r="P275" t="s">
         <v>576</v>
       </c>
       <c r="Q275" t="s">
         <v>498</v>
       </c>
       <c r="R275" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="276" spans="1:18">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
         <v>44</v>
       </c>
       <c r="C276" t="s">
         <v>33</v>
       </c>
       <c r="E276" t="s">
         <v>354</v>
       </c>
       <c r="F276" t="s">
         <v>105</v>
       </c>
       <c r="G276" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="H276" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="I276" t="s">
         <v>85</v>
       </c>
       <c r="J276" t="s">
         <v>25</v>
       </c>
       <c r="K276" t="s">
         <v>583</v>
       </c>
       <c r="L276" t="s">
         <v>293</v>
       </c>
       <c r="M276" t="s">
         <v>358</v>
       </c>
       <c r="P276" t="s">
         <v>160</v>
       </c>
       <c r="Q276" t="s">
         <v>353</v>
       </c>
       <c r="R276" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="277" spans="1:18">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
         <v>18</v>
       </c>
       <c r="C277" t="s">
         <v>33</v>
       </c>
       <c r="E277" t="s">
         <v>393</v>
       </c>
       <c r="F277" t="s">
         <v>247</v>
       </c>
       <c r="G277" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="J277" t="s">
         <v>256</v>
       </c>
       <c r="L277" t="s">
         <v>187</v>
       </c>
       <c r="M277" t="s">
         <v>398</v>
       </c>
       <c r="P277" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="Q277" t="s">
         <v>665</v>
       </c>
       <c r="R277" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="278" spans="1:18">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
         <v>112</v>
       </c>
       <c r="C278" t="s">
         <v>33</v>
       </c>
       <c r="E278" t="s">
         <v>289</v>
       </c>
       <c r="F278" t="s">
         <v>607</v>
       </c>
       <c r="G278" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="H278" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="I278" t="s">
         <v>38</v>
       </c>
       <c r="J278" t="s">
         <v>25</v>
       </c>
       <c r="K278" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="L278" t="s">
         <v>293</v>
       </c>
       <c r="M278" t="s">
         <v>294</v>
       </c>
       <c r="P278" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="Q278" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="R278" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="279" spans="1:18">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
         <v>392</v>
       </c>
       <c r="C279" t="s">
         <v>19</v>
       </c>
       <c r="E279" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="F279" t="s">
         <v>533</v>
       </c>
       <c r="G279" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="H279" t="s">
         <v>75</v>
       </c>
       <c r="I279" t="s">
         <v>38</v>
       </c>
       <c r="J279" t="s">
         <v>25</v>
       </c>
       <c r="K279" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="L279" t="s">
         <v>150</v>
       </c>
       <c r="M279" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="P279" t="s">
         <v>406</v>
       </c>
       <c r="Q279" t="s">
         <v>747</v>
       </c>
       <c r="R279" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="280" spans="1:18">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
         <v>44</v>
       </c>
       <c r="C280" t="s">
         <v>19</v>
       </c>
       <c r="E280" t="s">
         <v>45</v>
       </c>
       <c r="F280" t="s">
         <v>453</v>
       </c>
       <c r="G280" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="H280" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="I280" t="s">
         <v>38</v>
       </c>
       <c r="J280" t="s">
         <v>25</v>
       </c>
       <c r="K280" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="L280" t="s">
         <v>49</v>
       </c>
       <c r="M280" t="s">
         <v>50</v>
       </c>
       <c r="P280" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="Q280" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="R280" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="281" spans="1:18">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
         <v>44</v>
       </c>
       <c r="C281" t="s">
         <v>33</v>
       </c>
       <c r="E281" t="s">
         <v>555</v>
       </c>
       <c r="F281" t="s">
         <v>220</v>
       </c>
       <c r="G281" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="H281" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="I281" t="s">
         <v>24</v>
       </c>
       <c r="J281" t="s">
         <v>25</v>
       </c>
       <c r="K281" t="s">
         <v>266</v>
       </c>
       <c r="L281" t="s">
         <v>198</v>
       </c>
       <c r="M281" t="s">
         <v>558</v>
       </c>
       <c r="P281" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="Q281" t="s">
         <v>276</v>
       </c>
       <c r="R281" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="282" spans="1:18">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
         <v>32</v>
       </c>
       <c r="C282" t="s">
         <v>33</v>
       </c>
       <c r="E282" t="s">
         <v>637</v>
       </c>
       <c r="F282" t="s">
         <v>238</v>
       </c>
       <c r="G282" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="H282" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="I282" t="s">
         <v>38</v>
       </c>
       <c r="J282" t="s">
         <v>25</v>
       </c>
       <c r="K282" t="s">
         <v>39</v>
       </c>
       <c r="L282" t="s">
         <v>187</v>
       </c>
       <c r="M282" t="s">
         <v>237</v>
       </c>
       <c r="P282" t="s">
         <v>601</v>
       </c>
       <c r="Q282" t="s">
         <v>233</v>
       </c>
       <c r="R282" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="283" spans="1:18">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
         <v>18</v>
       </c>
       <c r="C283" t="s">
         <v>19</v>
       </c>
       <c r="E283" t="s">
         <v>136</v>
       </c>
       <c r="F283" t="s">
         <v>73</v>
       </c>
       <c r="G283" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="H283" t="s">
         <v>286</v>
       </c>
       <c r="I283" t="s">
         <v>24</v>
       </c>
       <c r="J283" t="s">
         <v>25</v>
       </c>
       <c r="K283" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="L283" t="s">
         <v>49</v>
       </c>
       <c r="M283" t="s">
         <v>138</v>
       </c>
       <c r="P283" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="Q283" t="s">
         <v>644</v>
       </c>
       <c r="R283" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="284" spans="1:18">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
         <v>44</v>
       </c>
       <c r="C284" t="s">
         <v>33</v>
       </c>
       <c r="E284" t="s">
         <v>146</v>
       </c>
       <c r="F284" t="s">
         <v>425</v>
       </c>
       <c r="G284" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="H284" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="I284" t="s">
         <v>85</v>
       </c>
       <c r="J284" t="s">
         <v>25</v>
       </c>
       <c r="K284" t="s">
         <v>615</v>
       </c>
       <c r="L284" t="s">
         <v>150</v>
       </c>
       <c r="M284" t="s">
         <v>151</v>
       </c>
       <c r="P284" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="Q284" t="s">
         <v>328</v>
       </c>
       <c r="R284" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="285" spans="1:18">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
         <v>44</v>
       </c>
       <c r="C285" t="s">
         <v>19</v>
       </c>
       <c r="E285" t="s">
         <v>182</v>
       </c>
       <c r="F285" t="s">
         <v>282</v>
       </c>
       <c r="G285" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="H285" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="I285" t="s">
         <v>38</v>
       </c>
       <c r="J285" t="s">
         <v>25</v>
       </c>
       <c r="K285" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="L285" t="s">
         <v>187</v>
       </c>
       <c r="M285" t="s">
         <v>188</v>
       </c>
       <c r="P285" t="s">
         <v>406</v>
       </c>
       <c r="Q285" t="s">
         <v>699</v>
       </c>
       <c r="R285" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="286" spans="1:18">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
         <v>44</v>
       </c>
       <c r="C286" t="s">
         <v>33</v>
       </c>
       <c r="E286" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="F286" t="s">
         <v>421</v>
       </c>
       <c r="G286" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="J286" t="s">
         <v>48</v>
       </c>
       <c r="L286" t="s">
         <v>68</v>
       </c>
       <c r="M286" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="P286" t="s">
         <v>160</v>
       </c>
       <c r="Q286" t="s">
         <v>545</v>
       </c>
       <c r="R286" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="287" spans="1:18">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
         <v>112</v>
       </c>
       <c r="C287" t="s">
         <v>19</v>
       </c>
       <c r="E287" t="s">
         <v>281</v>
       </c>
       <c r="F287" t="s">
         <v>510</v>
       </c>
       <c r="G287" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="H287" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="I287" t="s">
         <v>57</v>
       </c>
       <c r="J287" t="s">
         <v>25</v>
       </c>
       <c r="K287" t="s">
         <v>397</v>
       </c>
       <c r="L287" t="s">
         <v>27</v>
       </c>
       <c r="M287" t="s">
         <v>284</v>
       </c>
       <c r="P287" t="s">
         <v>102</v>
       </c>
       <c r="Q287" t="s">
         <v>245</v>
       </c>
       <c r="R287" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="288" spans="1:18">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
         <v>44</v>
       </c>
       <c r="C288" t="s">
         <v>33</v>
       </c>
       <c r="E288" t="s">
         <v>72</v>
       </c>
       <c r="F288" t="s">
         <v>73</v>
       </c>
       <c r="G288" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="H288" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="I288" t="s">
         <v>196</v>
       </c>
       <c r="J288" t="s">
         <v>25</v>
       </c>
       <c r="K288" t="s">
         <v>594</v>
       </c>
       <c r="L288" t="s">
         <v>77</v>
       </c>
       <c r="M288" t="s">
         <v>78</v>
       </c>
       <c r="P288" t="s">
         <v>760</v>
       </c>
       <c r="Q288" t="s">
         <v>310</v>
       </c>
       <c r="R288" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="289" spans="1:18">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
         <v>44</v>
       </c>
       <c r="C289" t="s">
         <v>33</v>
       </c>
       <c r="E289" t="s">
         <v>207</v>
       </c>
       <c r="F289" t="s">
         <v>300</v>
       </c>
       <c r="G289" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="J289" t="s">
         <v>231</v>
       </c>
       <c r="L289" t="s">
         <v>49</v>
       </c>
       <c r="M289" t="s">
         <v>210</v>
       </c>
       <c r="P289" t="s">
         <v>129</v>
       </c>
       <c r="Q289" t="s">
         <v>441</v>
       </c>
       <c r="R289" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="290" spans="1:18">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
         <v>89</v>
       </c>
       <c r="C290" t="s">
         <v>33</v>
       </c>
       <c r="E290" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="F290" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="G290" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="J290" t="s">
         <v>48</v>
       </c>
       <c r="L290" t="s">
         <v>68</v>
       </c>
       <c r="M290" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="P290" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="Q290" t="s">
         <v>219</v>
       </c>
       <c r="R290" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="291" spans="1:18">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
         <v>44</v>
       </c>
       <c r="C291" t="s">
         <v>33</v>
       </c>
       <c r="E291" t="s">
         <v>90</v>
       </c>
       <c r="F291" t="s">
         <v>513</v>
       </c>
       <c r="G291" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="H291" t="s">
         <v>560</v>
       </c>
       <c r="I291" t="s">
         <v>38</v>
       </c>
       <c r="J291" t="s">
         <v>25</v>
       </c>
       <c r="K291" t="s">
         <v>266</v>
       </c>
       <c r="L291" t="s">
         <v>49</v>
       </c>
       <c r="M291" t="s">
         <v>95</v>
       </c>
       <c r="P291" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="Q291" t="s">
         <v>353</v>
       </c>
       <c r="R291" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="292" spans="1:18">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
         <v>44</v>
       </c>
       <c r="C292" t="s">
         <v>33</v>
       </c>
       <c r="E292" t="s">
         <v>361</v>
       </c>
       <c r="F292" t="s">
         <v>502</v>
       </c>
       <c r="G292" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="H292" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="I292" t="s">
         <v>38</v>
       </c>
       <c r="J292" t="s">
         <v>25</v>
       </c>
       <c r="K292" t="s">
         <v>303</v>
       </c>
       <c r="L292" t="s">
         <v>198</v>
       </c>
       <c r="M292" t="s">
         <v>364</v>
       </c>
       <c r="P292" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="Q292" t="s">
         <v>206</v>
       </c>
       <c r="R292" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="293" spans="1:18">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
         <v>44</v>
       </c>
       <c r="C293" t="s">
         <v>33</v>
       </c>
       <c r="E293" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="F293" t="s">
         <v>64</v>
       </c>
       <c r="G293" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="J293" t="s">
         <v>203</v>
       </c>
       <c r="L293" t="s">
         <v>40</v>
       </c>
       <c r="M293" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="P293" t="s">
         <v>211</v>
       </c>
       <c r="Q293" t="s">
         <v>709</v>
       </c>
       <c r="R293" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="294" spans="1:18">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
         <v>44</v>
       </c>
       <c r="C294" t="s">
         <v>19</v>
       </c>
       <c r="E294" t="s">
         <v>289</v>
       </c>
       <c r="F294" t="s">
         <v>607</v>
       </c>
       <c r="G294" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="J294" t="s">
         <v>203</v>
       </c>
       <c r="L294" t="s">
         <v>293</v>
       </c>
       <c r="M294" t="s">
         <v>294</v>
       </c>
       <c r="P294" t="s">
         <v>135</v>
       </c>
       <c r="Q294" t="s">
         <v>633</v>
       </c>
       <c r="R294" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="295" spans="1:18">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
         <v>112</v>
       </c>
       <c r="C295" t="s">
         <v>19</v>
       </c>
       <c r="E295" t="s">
         <v>662</v>
       </c>
       <c r="F295" t="s">
         <v>247</v>
       </c>
       <c r="G295" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="H295" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="I295" t="s">
         <v>38</v>
       </c>
       <c r="J295" t="s">
         <v>25</v>
       </c>
       <c r="K295" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="L295" t="s">
         <v>49</v>
       </c>
       <c r="M295" t="s">
         <v>664</v>
       </c>
       <c r="P295" t="s">
         <v>410</v>
       </c>
       <c r="Q295" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="R295" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="296" spans="1:18">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
         <v>89</v>
       </c>
       <c r="C296" t="s">
         <v>19</v>
       </c>
       <c r="E296" t="s">
         <v>393</v>
       </c>
       <c r="F296" t="s">
         <v>529</v>
       </c>
       <c r="G296" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="H296" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="I296" t="s">
         <v>57</v>
       </c>
       <c r="J296" t="s">
         <v>25</v>
       </c>
       <c r="K296" t="s">
         <v>76</v>
       </c>
       <c r="L296" t="s">
         <v>187</v>
       </c>
       <c r="M296" t="s">
         <v>398</v>
       </c>
       <c r="P296" t="s">
         <v>211</v>
       </c>
       <c r="Q296" t="s">
         <v>97</v>
       </c>
       <c r="R296" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="297" spans="1:18">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
         <v>44</v>
       </c>
       <c r="C297" t="s">
         <v>19</v>
       </c>
       <c r="E297" t="s">
         <v>63</v>
       </c>
       <c r="F297" t="s">
         <v>73</v>
       </c>
       <c r="G297" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="J297" t="s">
         <v>48</v>
       </c>
       <c r="L297" t="s">
         <v>68</v>
       </c>
       <c r="M297" t="s">
         <v>69</v>
       </c>
       <c r="P297" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="Q297" t="s">
         <v>458</v>
       </c>
       <c r="R297" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="298" spans="1:18">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
         <v>112</v>
       </c>
       <c r="C298" t="s">
         <v>33</v>
       </c>
       <c r="E298" t="s">
         <v>72</v>
       </c>
       <c r="F298" t="s">
         <v>46</v>
       </c>
       <c r="G298" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="J298" t="s">
         <v>203</v>
       </c>
       <c r="L298" t="s">
         <v>77</v>
       </c>
       <c r="M298" t="s">
         <v>78</v>
       </c>
       <c r="P298" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="Q298" t="s">
         <v>111</v>
       </c>
       <c r="R298" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="299" spans="1:18">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
         <v>89</v>
       </c>
       <c r="C299" t="s">
         <v>19</v>
       </c>
       <c r="E299" t="s">
         <v>162</v>
       </c>
       <c r="F299" t="s">
         <v>105</v>
       </c>
       <c r="G299" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="H299" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="I299" t="s">
         <v>24</v>
       </c>
       <c r="J299" t="s">
         <v>25</v>
       </c>
       <c r="K299" t="s">
         <v>471</v>
       </c>
       <c r="L299" t="s">
         <v>77</v>
       </c>
       <c r="M299" t="s">
         <v>166</v>
       </c>
       <c r="P299" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="Q299" t="s">
         <v>317</v>
       </c>
       <c r="R299" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="300" spans="1:18">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
         <v>392</v>
       </c>
       <c r="C300" t="s">
         <v>19</v>
       </c>
       <c r="E300" t="s">
         <v>662</v>
       </c>
       <c r="F300" t="s">
         <v>314</v>
       </c>
       <c r="G300" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="H300" t="s">
         <v>241</v>
       </c>
       <c r="I300" t="s">
         <v>57</v>
       </c>
       <c r="J300" t="s">
         <v>25</v>
       </c>
       <c r="K300" t="s">
         <v>566</v>
       </c>
       <c r="L300" t="s">
         <v>49</v>
       </c>
       <c r="M300" t="s">
         <v>664</v>
       </c>
       <c r="P300" t="s">
         <v>160</v>
       </c>
       <c r="Q300" t="s">
         <v>97</v>
       </c>
       <c r="R300" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="301" spans="1:18">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
         <v>89</v>
       </c>
       <c r="C301" t="s">
         <v>33</v>
       </c>
       <c r="E301" t="s">
         <v>215</v>
       </c>
       <c r="F301" t="s">
         <v>105</v>
       </c>
       <c r="G301" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="H301" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="I301" t="s">
         <v>57</v>
       </c>
       <c r="J301" t="s">
         <v>25</v>
       </c>
       <c r="K301" t="s">
         <v>566</v>
       </c>
       <c r="L301" t="s">
         <v>68</v>
       </c>
       <c r="M301" t="s">
         <v>218</v>
       </c>
       <c r="P301" t="s">
         <v>115</v>
       </c>
       <c r="Q301" t="s">
         <v>447</v>
       </c>
       <c r="R301" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="302" spans="1:18">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
         <v>44</v>
       </c>
       <c r="C302" t="s">
         <v>33</v>
       </c>
       <c r="E302" t="s">
         <v>349</v>
       </c>
       <c r="F302" t="s">
         <v>235</v>
       </c>
       <c r="G302" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="H302" t="s">
         <v>764</v>
       </c>
       <c r="I302" t="s">
         <v>24</v>
       </c>
       <c r="J302" t="s">
         <v>25</v>
       </c>
       <c r="K302" t="s">
         <v>165</v>
       </c>
       <c r="L302" t="s">
         <v>187</v>
       </c>
       <c r="M302" t="s">
         <v>336</v>
       </c>
       <c r="P302" t="s">
         <v>115</v>
       </c>
       <c r="Q302" t="s">
         <v>495</v>
       </c>
       <c r="R302" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="303" spans="1:18">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
         <v>18</v>
       </c>
       <c r="C303" t="s">
         <v>19</v>
       </c>
       <c r="E303" t="s">
         <v>246</v>
       </c>
       <c r="F303" t="s">
         <v>247</v>
       </c>
       <c r="G303" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="H303" t="s">
         <v>302</v>
       </c>
       <c r="I303" t="s">
         <v>57</v>
       </c>
       <c r="J303" t="s">
         <v>25</v>
       </c>
       <c r="K303" t="s">
         <v>456</v>
       </c>
       <c r="L303" t="s">
         <v>59</v>
       </c>
       <c r="M303" t="s">
         <v>250</v>
       </c>
       <c r="P303" t="s">
         <v>244</v>
       </c>
       <c r="Q303" t="s">
         <v>495</v>
       </c>
       <c r="R303" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="304" spans="1:18">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
         <v>44</v>
       </c>
       <c r="C304" t="s">
         <v>19</v>
       </c>
       <c r="E304" t="s">
         <v>146</v>
       </c>
       <c r="F304" t="s">
         <v>176</v>
       </c>
       <c r="G304" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="J304" t="s">
         <v>203</v>
       </c>
       <c r="L304" t="s">
         <v>150</v>
       </c>
       <c r="M304" t="s">
         <v>151</v>
       </c>
       <c r="P304" t="s">
         <v>378</v>
       </c>
       <c r="Q304" t="s">
         <v>181</v>
       </c>
       <c r="R304" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="305" spans="1:18">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
         <v>112</v>
       </c>
       <c r="C305" t="s">
         <v>19</v>
       </c>
       <c r="E305" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="F305" t="s">
         <v>176</v>
       </c>
       <c r="G305" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="J305" t="s">
         <v>517</v>
       </c>
       <c r="L305" t="s">
         <v>150</v>
       </c>
       <c r="M305" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="P305" t="s">
         <v>359</v>
       </c>
       <c r="Q305" t="s">
         <v>262</v>
       </c>
       <c r="R305" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="306" spans="1:18">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
         <v>89</v>
       </c>
       <c r="C306" t="s">
         <v>19</v>
       </c>
       <c r="E306" t="s">
         <v>193</v>
       </c>
       <c r="F306" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="G306" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="H306" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="I306" t="s">
         <v>24</v>
       </c>
       <c r="J306" t="s">
         <v>25</v>
       </c>
       <c r="K306" t="s">
         <v>58</v>
       </c>
       <c r="L306" t="s">
         <v>198</v>
       </c>
       <c r="M306" t="s">
         <v>199</v>
       </c>
       <c r="P306" t="s">
         <v>462</v>
       </c>
       <c r="Q306" t="s">
         <v>233</v>
       </c>
       <c r="R306" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="307" spans="1:18">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
         <v>18</v>
       </c>
       <c r="C307" t="s">
         <v>19</v>
       </c>
       <c r="E307" t="s">
         <v>281</v>
       </c>
       <c r="F307" t="s">
         <v>394</v>
       </c>
       <c r="G307" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="H307" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="I307" t="s">
         <v>38</v>
       </c>
       <c r="J307" t="s">
         <v>25</v>
       </c>
       <c r="K307" t="s">
         <v>456</v>
       </c>
       <c r="L307" t="s">
         <v>27</v>
       </c>
       <c r="M307" t="s">
         <v>284</v>
       </c>
       <c r="P307" t="s">
         <v>472</v>
       </c>
       <c r="Q307" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="R307" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="308" spans="1:18">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
         <v>44</v>
       </c>
       <c r="C308" t="s">
         <v>19</v>
       </c>
       <c r="E308" t="s">
         <v>117</v>
       </c>
       <c r="F308" t="s">
         <v>541</v>
       </c>
       <c r="G308" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="H308" t="s">
         <v>222</v>
       </c>
       <c r="I308" t="s">
         <v>38</v>
       </c>
       <c r="J308" t="s">
         <v>25</v>
       </c>
       <c r="K308" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="L308" t="s">
         <v>40</v>
       </c>
       <c r="M308" t="s">
         <v>121</v>
       </c>
       <c r="P308" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="Q308" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="R308" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="309" spans="1:18">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
         <v>590</v>
       </c>
       <c r="C309" t="s">
         <v>19</v>
       </c>
       <c r="E309" t="s">
         <v>169</v>
       </c>
       <c r="F309" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="G309" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="J309" t="s">
         <v>48</v>
       </c>
       <c r="L309" t="s">
         <v>68</v>
       </c>
       <c r="M309" t="s">
         <v>173</v>
       </c>
       <c r="P309" t="s">
         <v>79</v>
       </c>
       <c r="Q309" t="s">
         <v>437</v>
       </c>
       <c r="R309" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="310" spans="1:18">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310" t="s">
         <v>89</v>
       </c>
       <c r="C310" t="s">
         <v>19</v>
       </c>
       <c r="E310" t="s">
         <v>146</v>
       </c>
       <c r="F310" t="s">
         <v>282</v>
       </c>
       <c r="G310" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="H310" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="I310" t="s">
         <v>38</v>
       </c>
       <c r="J310" t="s">
         <v>25</v>
       </c>
       <c r="K310" t="s">
         <v>544</v>
       </c>
       <c r="L310" t="s">
         <v>150</v>
       </c>
       <c r="M310" t="s">
         <v>151</v>
       </c>
       <c r="P310" t="s">
         <v>705</v>
       </c>
       <c r="Q310" t="s">
         <v>636</v>
       </c>
       <c r="R310" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="311" spans="1:18">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
         <v>44</v>
       </c>
       <c r="C311" t="s">
         <v>33</v>
       </c>
       <c r="E311" t="s">
         <v>146</v>
       </c>
       <c r="F311" t="s">
         <v>147</v>
       </c>
       <c r="G311" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="J311" t="s">
         <v>203</v>
       </c>
       <c r="L311" t="s">
         <v>150</v>
       </c>
       <c r="M311" t="s">
         <v>151</v>
       </c>
       <c r="P311" t="s">
         <v>258</v>
       </c>
       <c r="Q311" t="s">
         <v>30</v>
       </c>
       <c r="R311" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="312" spans="1:18">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
         <v>18</v>
       </c>
       <c r="C312" t="s">
         <v>19</v>
       </c>
       <c r="E312" t="s">
         <v>600</v>
       </c>
       <c r="F312" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="G312" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="H312" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I312" t="s">
         <v>24</v>
       </c>
       <c r="J312" t="s">
         <v>25</v>
       </c>
       <c r="K312" t="s">
         <v>461</v>
       </c>
       <c r="L312" t="s">
         <v>77</v>
       </c>
       <c r="M312" t="s">
         <v>605</v>
       </c>
       <c r="P312" t="s">
         <v>167</v>
       </c>
       <c r="Q312" t="s">
         <v>97</v>
       </c>
       <c r="R312" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="313" spans="1:18">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
         <v>18</v>
       </c>
       <c r="C313" t="s">
         <v>19</v>
       </c>
       <c r="E313" t="s">
         <v>162</v>
       </c>
       <c r="F313" t="s">
         <v>105</v>
       </c>
       <c r="G313" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="H313" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="I313" t="s">
         <v>38</v>
       </c>
       <c r="J313" t="s">
         <v>25</v>
       </c>
       <c r="K313" t="s">
         <v>303</v>
       </c>
       <c r="L313" t="s">
         <v>77</v>
       </c>
       <c r="M313" t="s">
         <v>166</v>
       </c>
       <c r="P313" t="s">
         <v>467</v>
       </c>
       <c r="Q313" t="s">
         <v>42</v>
       </c>
       <c r="R313" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="314" spans="1:18">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314" t="s">
         <v>44</v>
       </c>
       <c r="C314" t="s">
         <v>33</v>
       </c>
       <c r="E314" t="s">
         <v>117</v>
       </c>
       <c r="F314" t="s">
         <v>282</v>
       </c>
       <c r="G314" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="H314" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="I314" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="J314" t="s">
         <v>25</v>
       </c>
       <c r="K314" t="s">
         <v>575</v>
       </c>
       <c r="L314" t="s">
         <v>40</v>
       </c>
       <c r="M314" t="s">
         <v>121</v>
       </c>
       <c r="P314" t="s">
         <v>135</v>
       </c>
       <c r="Q314" t="s">
         <v>212</v>
       </c>
       <c r="R314" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="315" spans="1:18">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
         <v>89</v>
       </c>
       <c r="C315" t="s">
         <v>33</v>
       </c>
       <c r="E315" t="s">
         <v>229</v>
       </c>
       <c r="F315" t="s">
         <v>468</v>
       </c>
       <c r="G315" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="J315" t="s">
         <v>48</v>
       </c>
       <c r="L315" t="s">
         <v>59</v>
       </c>
       <c r="M315" t="s">
         <v>232</v>
       </c>
       <c r="P315" t="s">
         <v>523</v>
       </c>
       <c r="Q315" t="s">
         <v>331</v>
       </c>
       <c r="R315" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="316" spans="1:18">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
         <v>18</v>
       </c>
       <c r="C316" t="s">
         <v>33</v>
       </c>
       <c r="E316" t="s">
         <v>117</v>
       </c>
       <c r="F316" t="s">
         <v>541</v>
       </c>
       <c r="G316" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="H316" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="I316" t="s">
         <v>38</v>
       </c>
       <c r="J316" t="s">
         <v>25</v>
       </c>
       <c r="K316" t="s">
         <v>303</v>
       </c>
       <c r="L316" t="s">
         <v>40</v>
       </c>
       <c r="M316" t="s">
         <v>121</v>
       </c>
       <c r="P316" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="Q316" t="s">
         <v>447</v>
       </c>
       <c r="R316" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="317" spans="1:18">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
         <v>44</v>
       </c>
       <c r="C317" t="s">
         <v>33</v>
       </c>
       <c r="E317" t="s">
         <v>484</v>
       </c>
       <c r="F317" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="G317" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="H317" t="s">
         <v>143</v>
       </c>
       <c r="I317" t="s">
         <v>38</v>
       </c>
       <c r="J317" t="s">
         <v>25</v>
       </c>
       <c r="K317" t="s">
         <v>94</v>
       </c>
       <c r="L317" t="s">
         <v>77</v>
       </c>
       <c r="M317" t="s">
         <v>487</v>
       </c>
       <c r="P317" t="s">
         <v>452</v>
       </c>
       <c r="Q317" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="R317" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="318" spans="1:18">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
         <v>89</v>
       </c>
       <c r="C318" t="s">
         <v>19</v>
       </c>
       <c r="E318" t="s">
         <v>53</v>
       </c>
       <c r="F318" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="G318" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="H318" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="I318" t="s">
         <v>38</v>
       </c>
       <c r="J318" t="s">
         <v>25</v>
       </c>
       <c r="K318" t="s">
         <v>471</v>
       </c>
       <c r="L318" t="s">
         <v>59</v>
       </c>
       <c r="M318" t="s">
         <v>60</v>
       </c>
       <c r="P318" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="Q318" t="s">
         <v>276</v>
       </c>
       <c r="R318" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="319" spans="1:18">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
         <v>44</v>
       </c>
       <c r="C319" t="s">
         <v>19</v>
       </c>
       <c r="E319" t="s">
         <v>637</v>
       </c>
       <c r="F319" t="s">
         <v>54</v>
       </c>
       <c r="G319" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="H319" t="s">
         <v>313</v>
       </c>
       <c r="I319" t="s">
         <v>38</v>
       </c>
       <c r="J319" t="s">
         <v>25</v>
       </c>
       <c r="K319" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="L319" t="s">
         <v>187</v>
       </c>
       <c r="M319" t="s">
         <v>237</v>
       </c>
       <c r="P319" t="s">
         <v>311</v>
       </c>
       <c r="Q319" t="s">
         <v>447</v>
       </c>
       <c r="R319" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="320" spans="1:18">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320" t="s">
         <v>44</v>
       </c>
       <c r="C320" t="s">
         <v>33</v>
       </c>
       <c r="E320" t="s">
         <v>90</v>
       </c>
       <c r="F320" t="s">
         <v>344</v>
       </c>
       <c r="G320" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="H320" t="s">
         <v>126</v>
       </c>
       <c r="I320" t="s">
         <v>38</v>
       </c>
       <c r="J320" t="s">
         <v>25</v>
       </c>
       <c r="K320" t="s">
         <v>67</v>
       </c>
       <c r="L320" t="s">
         <v>49</v>
       </c>
       <c r="M320" t="s">
         <v>95</v>
       </c>
       <c r="P320" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="Q320" t="s">
         <v>532</v>
       </c>
       <c r="R320" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="321" spans="1:18">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
         <v>112</v>
       </c>
       <c r="C321" t="s">
         <v>19</v>
       </c>
       <c r="E321" t="s">
         <v>200</v>
       </c>
       <c r="F321" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="G321" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="H321" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="I321" t="s">
         <v>38</v>
       </c>
       <c r="J321" t="s">
         <v>25</v>
       </c>
       <c r="K321" t="s">
         <v>619</v>
       </c>
       <c r="L321" t="s">
         <v>150</v>
       </c>
       <c r="M321" t="s">
         <v>204</v>
       </c>
       <c r="P321" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="Q321" t="s">
         <v>153</v>
       </c>
       <c r="R321" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="322" spans="1:18">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322" t="s">
         <v>44</v>
       </c>
       <c r="C322" t="s">
         <v>33</v>
       </c>
       <c r="E322" t="s">
         <v>169</v>
       </c>
       <c r="F322" t="s">
         <v>352</v>
       </c>
       <c r="G322" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="J322" t="s">
         <v>48</v>
       </c>
       <c r="L322" t="s">
         <v>68</v>
       </c>
       <c r="M322" t="s">
         <v>173</v>
       </c>
       <c r="P322" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="Q322" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="323" spans="1:18">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
         <v>44</v>
       </c>
       <c r="C323" t="s">
         <v>33</v>
       </c>
       <c r="E323" t="s">
         <v>146</v>
       </c>
       <c r="F323" t="s">
         <v>170</v>
       </c>
       <c r="G323" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="H323" t="s">
         <v>286</v>
       </c>
       <c r="I323" t="s">
         <v>85</v>
       </c>
       <c r="J323" t="s">
         <v>25</v>
       </c>
       <c r="K323" t="s">
         <v>570</v>
       </c>
       <c r="L323" t="s">
         <v>150</v>
       </c>
       <c r="M323" t="s">
         <v>151</v>
       </c>
       <c r="P323" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="Q323" t="s">
         <v>273</v>
       </c>
       <c r="R323" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="324" spans="1:18">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324" t="s">
         <v>44</v>
       </c>
       <c r="C324" t="s">
         <v>33</v>
       </c>
       <c r="E324" t="s">
         <v>246</v>
       </c>
       <c r="F324" t="s">
         <v>562</v>
       </c>
       <c r="G324" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="H324" t="s">
         <v>618</v>
       </c>
       <c r="I324" t="s">
         <v>38</v>
       </c>
       <c r="J324" t="s">
         <v>25</v>
       </c>
       <c r="K324" t="s">
         <v>120</v>
       </c>
       <c r="L324" t="s">
         <v>59</v>
       </c>
       <c r="M324" t="s">
         <v>250</v>
       </c>
       <c r="P324" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="Q324" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="R324" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="325" spans="1:18">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
         <v>44</v>
       </c>
       <c r="C325" t="s">
         <v>19</v>
       </c>
       <c r="E325" t="s">
         <v>281</v>
       </c>
       <c r="F325" t="s">
         <v>263</v>
       </c>
       <c r="G325" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="H325" t="s">
         <v>185</v>
       </c>
       <c r="I325" t="s">
         <v>38</v>
       </c>
       <c r="J325" t="s">
         <v>25</v>
       </c>
       <c r="K325" t="s">
         <v>67</v>
       </c>
       <c r="L325" t="s">
         <v>27</v>
       </c>
       <c r="M325" t="s">
         <v>284</v>
       </c>
       <c r="P325" t="s">
         <v>160</v>
       </c>
       <c r="Q325" t="s">
         <v>528</v>
       </c>
       <c r="R325" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="326" spans="1:18">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326" t="s">
         <v>112</v>
       </c>
       <c r="C326" t="s">
         <v>33</v>
       </c>
       <c r="E326" t="s">
         <v>72</v>
       </c>
       <c r="F326" t="s">
         <v>425</v>
       </c>
       <c r="G326" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="H326" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="I326" t="s">
         <v>24</v>
       </c>
       <c r="J326" t="s">
         <v>25</v>
       </c>
       <c r="K326" t="s">
         <v>456</v>
       </c>
       <c r="L326" t="s">
         <v>77</v>
       </c>
       <c r="M326" t="s">
         <v>78</v>
       </c>
       <c r="P326" t="s">
         <v>378</v>
       </c>
       <c r="Q326" t="s">
         <v>501</v>
       </c>
       <c r="R326" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="327" spans="1:18">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327" t="s">
         <v>44</v>
       </c>
       <c r="C327" t="s">
         <v>19</v>
       </c>
       <c r="E327" t="s">
         <v>207</v>
       </c>
       <c r="F327" t="s">
         <v>616</v>
       </c>
       <c r="G327" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="H327" t="s">
         <v>373</v>
       </c>
       <c r="I327" t="s">
         <v>24</v>
       </c>
       <c r="J327" t="s">
         <v>25</v>
       </c>
       <c r="K327" t="s">
         <v>471</v>
       </c>
       <c r="L327" t="s">
         <v>49</v>
       </c>
       <c r="M327" t="s">
         <v>210</v>
       </c>
       <c r="P327" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="Q327" t="s">
         <v>212</v>
       </c>
       <c r="R327" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="328" spans="1:18">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
         <v>18</v>
       </c>
       <c r="C328" t="s">
         <v>19</v>
       </c>
       <c r="E328" t="s">
         <v>484</v>
       </c>
       <c r="F328" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="G328" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="H328" t="s">
         <v>143</v>
       </c>
       <c r="I328" t="s">
         <v>38</v>
       </c>
       <c r="J328" t="s">
         <v>25</v>
       </c>
       <c r="K328" t="s">
         <v>661</v>
       </c>
       <c r="L328" t="s">
         <v>77</v>
       </c>
       <c r="M328" t="s">
         <v>487</v>
       </c>
       <c r="P328" t="s">
         <v>717</v>
       </c>
       <c r="Q328" t="s">
         <v>192</v>
       </c>
       <c r="R328" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="329" spans="1:18">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
         <v>89</v>
       </c>
       <c r="C329" t="s">
         <v>33</v>
       </c>
       <c r="E329" t="s">
         <v>20</v>
       </c>
       <c r="F329" t="s">
         <v>79</v>
       </c>
       <c r="G329" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="J329" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="L329" t="s">
         <v>27</v>
       </c>
       <c r="M329" t="s">
         <v>28</v>
       </c>
       <c r="P329" t="s">
         <v>743</v>
       </c>
       <c r="Q329" t="s">
         <v>379</v>
       </c>
       <c r="R329" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="330" spans="1:18">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330" t="s">
         <v>18</v>
       </c>
       <c r="C330" t="s">
         <v>33</v>
       </c>
       <c r="E330" t="s">
         <v>162</v>
       </c>
       <c r="F330" t="s">
         <v>733</v>
       </c>
       <c r="G330" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="J330" t="s">
         <v>217</v>
       </c>
       <c r="L330" t="s">
         <v>77</v>
       </c>
       <c r="M330" t="s">
         <v>166</v>
       </c>
       <c r="P330" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="Q330" t="s">
         <v>145</v>
       </c>
       <c r="R330" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="331" spans="1:18">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331" t="s">
         <v>44</v>
       </c>
       <c r="C331" t="s">
         <v>19</v>
       </c>
       <c r="E331" t="s">
         <v>412</v>
       </c>
       <c r="F331" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="G331" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="J331" t="s">
         <v>414</v>
       </c>
       <c r="L331" t="s">
         <v>77</v>
       </c>
       <c r="M331" t="s">
         <v>415</v>
       </c>
       <c r="P331" t="s">
         <v>244</v>
       </c>
       <c r="Q331" t="s">
         <v>323</v>
       </c>
       <c r="R331" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="332" spans="1:18">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332" t="s">
         <v>18</v>
       </c>
       <c r="C332" t="s">
         <v>19</v>
       </c>
       <c r="E332" t="s">
         <v>182</v>
       </c>
       <c r="F332" t="s">
         <v>105</v>
       </c>
       <c r="G332" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="H332" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="I332" t="s">
         <v>24</v>
       </c>
       <c r="J332" t="s">
         <v>25</v>
       </c>
       <c r="K332" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="L332" t="s">
         <v>187</v>
       </c>
       <c r="M332" t="s">
         <v>188</v>
       </c>
       <c r="P332" t="s">
         <v>29</v>
       </c>
       <c r="Q332" t="s">
         <v>360</v>
       </c>
       <c r="R332" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="333" spans="1:18">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333" t="s">
         <v>44</v>
       </c>
       <c r="C333" t="s">
         <v>19</v>
       </c>
       <c r="E333" t="s">
         <v>354</v>
       </c>
       <c r="F333" t="s">
         <v>73</v>
       </c>
       <c r="G333" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="H333" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="I333" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="J333" t="s">
         <v>25</v>
       </c>
       <c r="K333" t="s">
         <v>223</v>
       </c>
       <c r="L333" t="s">
         <v>293</v>
       </c>
       <c r="M333" t="s">
         <v>358</v>
       </c>
       <c r="P333" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="Q333" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="R333" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="334" spans="1:18">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334" t="s">
         <v>44</v>
       </c>
       <c r="C334" t="s">
         <v>19</v>
       </c>
       <c r="E334" t="s">
         <v>72</v>
       </c>
       <c r="F334" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="G334" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="H334" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="I334" t="s">
         <v>24</v>
       </c>
       <c r="J334" t="s">
         <v>25</v>
       </c>
       <c r="K334" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="L334" t="s">
         <v>77</v>
       </c>
       <c r="M334" t="s">
         <v>78</v>
       </c>
       <c r="P334" t="s">
         <v>688</v>
       </c>
       <c r="Q334" t="s">
         <v>434</v>
       </c>
       <c r="R334" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="335" spans="1:18">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335" t="s">
         <v>44</v>
       </c>
       <c r="C335" t="s">
         <v>19</v>
       </c>
       <c r="E335" t="s">
         <v>332</v>
       </c>
       <c r="F335" t="s">
         <v>282</v>
       </c>
       <c r="G335" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="H335" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="I335" t="s">
         <v>85</v>
       </c>
       <c r="J335" t="s">
         <v>25</v>
       </c>
       <c r="K335" t="s">
         <v>303</v>
       </c>
       <c r="L335" t="s">
         <v>150</v>
       </c>
       <c r="M335" t="s">
         <v>336</v>
       </c>
       <c r="P335" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="Q335" t="s">
         <v>305</v>
       </c>
       <c r="R335" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="336" spans="1:18">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336" t="s">
         <v>112</v>
       </c>
       <c r="C336" t="s">
         <v>19</v>
       </c>
       <c r="E336" t="s">
         <v>229</v>
       </c>
       <c r="F336" t="s">
         <v>386</v>
       </c>
       <c r="G336" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="H336" t="s">
         <v>278</v>
       </c>
       <c r="I336" t="s">
         <v>38</v>
       </c>
       <c r="J336" t="s">
         <v>25</v>
       </c>
       <c r="K336" t="s">
         <v>67</v>
       </c>
       <c r="L336" t="s">
         <v>59</v>
       </c>
       <c r="M336" t="s">
         <v>232</v>
       </c>
       <c r="P336" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="Q336" t="s">
         <v>342</v>
       </c>
       <c r="R336" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="337" spans="1:18">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337" t="s">
         <v>44</v>
       </c>
       <c r="C337" t="s">
         <v>19</v>
       </c>
       <c r="E337" t="s">
         <v>72</v>
       </c>
       <c r="F337" t="s">
         <v>235</v>
       </c>
       <c r="G337" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="H337" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="I337" t="s">
         <v>24</v>
       </c>
       <c r="J337" t="s">
         <v>25</v>
       </c>
       <c r="K337" t="s">
         <v>566</v>
       </c>
       <c r="L337" t="s">
         <v>77</v>
       </c>
       <c r="M337" t="s">
         <v>78</v>
       </c>
       <c r="P337" t="s">
         <v>79</v>
       </c>
       <c r="Q337" t="s">
         <v>437</v>
       </c>
       <c r="R337" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="338" spans="1:18">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338" t="s">
         <v>89</v>
       </c>
       <c r="C338" t="s">
         <v>19</v>
       </c>
       <c r="E338" t="s">
         <v>361</v>
       </c>
       <c r="F338" t="s">
         <v>400</v>
       </c>
       <c r="G338" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="H338" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="I338" t="s">
         <v>38</v>
       </c>
       <c r="J338" t="s">
         <v>25</v>
       </c>
       <c r="K338" t="s">
         <v>303</v>
       </c>
       <c r="L338" t="s">
         <v>198</v>
       </c>
       <c r="M338" t="s">
         <v>364</v>
       </c>
       <c r="P338" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="Q338" t="s">
         <v>310</v>
       </c>
       <c r="R338" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="339" spans="1:18">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339" t="s">
         <v>112</v>
       </c>
       <c r="C339" t="s">
         <v>33</v>
       </c>
       <c r="E339" t="s">
         <v>182</v>
       </c>
       <c r="F339" t="s">
         <v>176</v>
       </c>
       <c r="G339" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="H339" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="I339" t="s">
         <v>38</v>
       </c>
       <c r="J339" t="s">
         <v>25</v>
       </c>
       <c r="K339" t="s">
         <v>292</v>
       </c>
       <c r="L339" t="s">
         <v>187</v>
       </c>
       <c r="M339" t="s">
         <v>188</v>
       </c>
       <c r="P339" t="s">
         <v>480</v>
       </c>
       <c r="Q339" t="s">
         <v>545</v>
       </c>
       <c r="R339" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="340" spans="1:18">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340" t="s">
         <v>44</v>
       </c>
       <c r="C340" t="s">
         <v>19</v>
       </c>
       <c r="E340" t="s">
         <v>72</v>
       </c>
       <c r="F340" t="s">
         <v>247</v>
       </c>
       <c r="G340" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="H340" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="I340" t="s">
         <v>57</v>
       </c>
       <c r="J340" t="s">
         <v>25</v>
       </c>
       <c r="K340" t="s">
         <v>456</v>
       </c>
       <c r="L340" t="s">
         <v>77</v>
       </c>
       <c r="M340" t="s">
         <v>78</v>
       </c>
       <c r="P340" t="s">
         <v>295</v>
       </c>
       <c r="Q340" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="R340" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="341" spans="1:18">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341" t="s">
         <v>44</v>
       </c>
       <c r="C341" t="s">
         <v>19</v>
       </c>
       <c r="E341" t="s">
         <v>182</v>
       </c>
       <c r="F341" t="s">
         <v>344</v>
       </c>
       <c r="G341" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="H341" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="I341" t="s">
         <v>38</v>
       </c>
       <c r="J341" t="s">
         <v>25</v>
       </c>
       <c r="K341" t="s">
         <v>575</v>
       </c>
       <c r="L341" t="s">
         <v>187</v>
       </c>
       <c r="M341" t="s">
         <v>188</v>
       </c>
       <c r="P341" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="Q341" t="s">
         <v>328</v>
       </c>
       <c r="R341" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="342" spans="1:18">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342" t="s">
         <v>18</v>
       </c>
       <c r="C342" t="s">
         <v>19</v>
       </c>
       <c r="E342" t="s">
         <v>268</v>
       </c>
       <c r="F342" t="s">
         <v>105</v>
       </c>
       <c r="G342" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="H342" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I342" t="s">
         <v>38</v>
       </c>
       <c r="J342" t="s">
         <v>25</v>
       </c>
       <c r="K342" t="s">
         <v>566</v>
       </c>
       <c r="L342" t="s">
         <v>77</v>
       </c>
       <c r="M342" t="s">
         <v>271</v>
       </c>
       <c r="P342" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="Q342" t="s">
         <v>353</v>
       </c>
       <c r="R342" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="343" spans="1:18">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343" t="s">
         <v>18</v>
       </c>
       <c r="C343" t="s">
         <v>19</v>
       </c>
       <c r="E343" t="s">
         <v>268</v>
       </c>
       <c r="F343" t="s">
         <v>183</v>
       </c>
       <c r="G343" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="H343" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="I343" t="s">
         <v>38</v>
       </c>
       <c r="J343" t="s">
         <v>25</v>
       </c>
       <c r="K343" t="s">
         <v>548</v>
       </c>
       <c r="L343" t="s">
         <v>77</v>
       </c>
       <c r="M343" t="s">
         <v>271</v>
       </c>
       <c r="P343" t="s">
         <v>375</v>
       </c>
       <c r="Q343" t="s">
         <v>495</v>
       </c>
       <c r="R343" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="344" spans="1:18">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344" t="s">
         <v>392</v>
       </c>
       <c r="C344" t="s">
         <v>33</v>
       </c>
       <c r="E344" t="s">
         <v>246</v>
       </c>
       <c r="F344" t="s">
         <v>541</v>
       </c>
       <c r="G344" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="J344" t="s">
         <v>48</v>
       </c>
       <c r="L344" t="s">
         <v>59</v>
       </c>
       <c r="M344" t="s">
         <v>250</v>
       </c>
       <c r="P344" t="s">
         <v>258</v>
       </c>
       <c r="Q344" t="s">
         <v>228</v>
       </c>
       <c r="R344" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="345" spans="1:18">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345" t="s">
         <v>89</v>
       </c>
       <c r="C345" t="s">
         <v>33</v>
       </c>
       <c r="E345" t="s">
         <v>182</v>
       </c>
       <c r="F345" t="s">
         <v>591</v>
       </c>
       <c r="G345" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="H345" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="I345" t="s">
         <v>196</v>
       </c>
       <c r="J345" t="s">
         <v>25</v>
       </c>
       <c r="K345" t="s">
         <v>120</v>
       </c>
       <c r="L345" t="s">
         <v>187</v>
       </c>
       <c r="M345" t="s">
         <v>188</v>
       </c>
       <c r="P345" t="s">
         <v>703</v>
       </c>
       <c r="Q345" t="s">
         <v>145</v>
       </c>
       <c r="R345" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="346" spans="1:18">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346" t="s">
         <v>44</v>
       </c>
       <c r="C346" t="s">
         <v>33</v>
       </c>
       <c r="E346" t="s">
         <v>90</v>
       </c>
       <c r="F346" t="s">
         <v>235</v>
       </c>
       <c r="G346" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="J346" t="s">
         <v>48</v>
       </c>
       <c r="L346" t="s">
         <v>49</v>
       </c>
       <c r="M346" t="s">
         <v>95</v>
       </c>
       <c r="P346" t="s">
         <v>29</v>
       </c>
       <c r="Q346" t="s">
         <v>674</v>
       </c>
       <c r="R346" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="347" spans="1:18">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347" t="s">
         <v>44</v>
       </c>
       <c r="C347" t="s">
         <v>33</v>
       </c>
       <c r="E347" t="s">
         <v>361</v>
       </c>
       <c r="F347" t="s">
         <v>612</v>
       </c>
       <c r="G347" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="J347" t="s">
         <v>48</v>
       </c>
       <c r="L347" t="s">
         <v>198</v>
       </c>
       <c r="M347" t="s">
         <v>364</v>
       </c>
       <c r="P347" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="Q347" t="s">
         <v>323</v>
       </c>
       <c r="R347" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="348" spans="1:18">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348" t="s">
         <v>112</v>
       </c>
       <c r="C348" t="s">
         <v>33</v>
       </c>
       <c r="E348" t="s">
         <v>34</v>
       </c>
       <c r="F348" t="s">
         <v>423</v>
       </c>
       <c r="G348" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="H348" t="s">
         <v>265</v>
       </c>
       <c r="I348" t="s">
         <v>196</v>
       </c>
       <c r="J348" t="s">
         <v>25</v>
       </c>
       <c r="K348" t="s">
         <v>351</v>
       </c>
       <c r="L348" t="s">
         <v>40</v>
       </c>
       <c r="M348" t="s">
         <v>41</v>
       </c>
       <c r="P348" t="s">
         <v>523</v>
       </c>
       <c r="Q348" t="s">
         <v>174</v>
       </c>
       <c r="R348" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="349" spans="1:18">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349" t="s">
         <v>89</v>
       </c>
       <c r="C349" t="s">
         <v>33</v>
       </c>
       <c r="E349" t="s">
         <v>289</v>
       </c>
       <c r="F349" t="s">
         <v>642</v>
       </c>
       <c r="G349" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="J349" t="s">
         <v>48</v>
       </c>
       <c r="L349" t="s">
         <v>293</v>
       </c>
       <c r="M349" t="s">
         <v>294</v>
       </c>
       <c r="P349" t="s">
         <v>595</v>
       </c>
       <c r="Q349" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="350" spans="1:18">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350" t="s">
         <v>89</v>
       </c>
       <c r="C350" t="s">
         <v>33</v>
       </c>
       <c r="E350" t="s">
         <v>289</v>
       </c>
       <c r="F350" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="G350" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="H350" t="s">
         <v>302</v>
       </c>
       <c r="I350" t="s">
         <v>38</v>
       </c>
       <c r="J350" t="s">
         <v>25</v>
       </c>
       <c r="K350" t="s">
         <v>583</v>
       </c>
       <c r="L350" t="s">
         <v>293</v>
       </c>
       <c r="M350" t="s">
         <v>294</v>
       </c>
       <c r="P350" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="Q350" t="s">
         <v>212</v>
       </c>
       <c r="R350" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="351" spans="1:18">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351" t="s">
         <v>44</v>
       </c>
       <c r="C351" t="s">
         <v>33</v>
       </c>
       <c r="E351" t="s">
         <v>349</v>
       </c>
       <c r="F351" t="s">
         <v>98</v>
       </c>
       <c r="G351" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="H351" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="I351" t="s">
         <v>85</v>
       </c>
       <c r="J351" t="s">
         <v>25</v>
       </c>
       <c r="K351" t="s">
         <v>292</v>
       </c>
       <c r="L351" t="s">
         <v>187</v>
       </c>
       <c r="M351" t="s">
         <v>336</v>
       </c>
       <c r="P351" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="Q351" t="s">
         <v>103</v>
       </c>
       <c r="R351" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="352" spans="1:18">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352" t="s">
         <v>18</v>
       </c>
       <c r="C352" t="s">
         <v>33</v>
       </c>
       <c r="E352" t="s">
         <v>146</v>
       </c>
       <c r="F352" t="s">
         <v>115</v>
       </c>
       <c r="G352" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="J352" t="s">
         <v>48</v>
       </c>
       <c r="L352" t="s">
         <v>150</v>
       </c>
       <c r="M352" t="s">
         <v>151</v>
       </c>
       <c r="P352" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="Q352" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="R352" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="353" spans="1:18">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353" t="s">
         <v>44</v>
       </c>
       <c r="C353" t="s">
         <v>19</v>
       </c>
       <c r="E353" t="s">
         <v>234</v>
       </c>
       <c r="F353" t="s">
         <v>314</v>
       </c>
       <c r="G353" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="J353" t="s">
         <v>48</v>
       </c>
       <c r="L353" t="s">
         <v>40</v>
       </c>
       <c r="M353" t="s">
         <v>237</v>
       </c>
       <c r="P353" t="s">
         <v>384</v>
       </c>
       <c r="Q353" t="s">
         <v>80</v>
       </c>
       <c r="R353" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="354" spans="1:18">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354" t="s">
         <v>18</v>
       </c>
       <c r="C354" t="s">
         <v>19</v>
       </c>
       <c r="E354" t="s">
         <v>229</v>
       </c>
       <c r="F354" t="s">
         <v>183</v>
       </c>
       <c r="G354" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="J354" t="s">
         <v>231</v>
       </c>
       <c r="L354" t="s">
         <v>59</v>
       </c>
       <c r="M354" t="s">
         <v>232</v>
       </c>
       <c r="P354" t="s">
         <v>433</v>
       </c>
       <c r="Q354" t="s">
         <v>145</v>
       </c>
       <c r="R354" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="355" spans="1:18">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355" t="s">
         <v>112</v>
       </c>
       <c r="C355" t="s">
         <v>19</v>
       </c>
       <c r="E355" t="s">
         <v>662</v>
       </c>
       <c r="F355" t="s">
         <v>208</v>
       </c>
       <c r="G355" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="H355" t="s">
         <v>396</v>
       </c>
       <c r="I355" t="s">
         <v>57</v>
       </c>
       <c r="J355" t="s">
         <v>25</v>
       </c>
       <c r="K355" t="s">
         <v>461</v>
       </c>
       <c r="L355" t="s">
         <v>49</v>
       </c>
       <c r="M355" t="s">
         <v>664</v>
       </c>
       <c r="P355" t="s">
         <v>472</v>
       </c>
       <c r="Q355" t="s">
         <v>42</v>
       </c>
       <c r="R355" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="356" spans="1:18">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356" t="s">
         <v>44</v>
       </c>
       <c r="C356" t="s">
         <v>19</v>
       </c>
       <c r="E356" t="s">
         <v>229</v>
       </c>
       <c r="F356" t="s">
         <v>46</v>
       </c>
       <c r="G356" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="J356" t="s">
         <v>48</v>
       </c>
       <c r="L356" t="s">
         <v>59</v>
       </c>
       <c r="M356" t="s">
         <v>232</v>
       </c>
       <c r="P356" t="s">
         <v>135</v>
       </c>
       <c r="Q356" t="s">
         <v>625</v>
       </c>
       <c r="R356" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="357" spans="1:18">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357" t="s">
         <v>89</v>
       </c>
       <c r="C357" t="s">
         <v>33</v>
       </c>
       <c r="E357" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="F357" t="s">
         <v>612</v>
       </c>
       <c r="G357" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="H357" t="s">
         <v>655</v>
       </c>
       <c r="I357" t="s">
         <v>57</v>
       </c>
       <c r="J357" t="s">
         <v>25</v>
       </c>
       <c r="K357" t="s">
         <v>134</v>
       </c>
       <c r="L357" t="s">
         <v>150</v>
       </c>
       <c r="M357" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="P357" t="s">
         <v>322</v>
       </c>
       <c r="Q357" t="s">
         <v>447</v>
       </c>
       <c r="R357" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="358" spans="1:18">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358" t="s">
         <v>18</v>
       </c>
       <c r="C358" t="s">
         <v>19</v>
       </c>
       <c r="E358" t="s">
         <v>136</v>
       </c>
       <c r="F358" t="s">
         <v>131</v>
       </c>
       <c r="G358" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="H358" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="I358" t="s">
         <v>24</v>
       </c>
       <c r="J358" t="s">
         <v>25</v>
       </c>
       <c r="K358" t="s">
         <v>566</v>
       </c>
       <c r="L358" t="s">
         <v>49</v>
       </c>
       <c r="M358" t="s">
         <v>138</v>
       </c>
       <c r="P358" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="Q358" t="s">
         <v>532</v>
       </c>
       <c r="R358" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="359" spans="1:18">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359" t="s">
         <v>44</v>
       </c>
       <c r="C359" t="s">
         <v>19</v>
       </c>
       <c r="E359" t="s">
         <v>281</v>
       </c>
       <c r="F359" t="s">
         <v>513</v>
       </c>
       <c r="G359" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="J359" t="s">
         <v>48</v>
       </c>
       <c r="L359" t="s">
         <v>27</v>
       </c>
       <c r="M359" t="s">
         <v>284</v>
       </c>
       <c r="P359" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="Q359" t="s">
         <v>280</v>
       </c>
       <c r="R359" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="360" spans="1:18">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360" t="s">
         <v>44</v>
       </c>
       <c r="C360" t="s">
         <v>19</v>
       </c>
       <c r="E360" t="s">
         <v>34</v>
       </c>
       <c r="F360" t="s">
         <v>468</v>
       </c>
       <c r="G360" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="J360" t="s">
         <v>231</v>
       </c>
       <c r="L360" t="s">
         <v>40</v>
       </c>
       <c r="M360" t="s">
         <v>41</v>
       </c>
       <c r="P360" t="s">
         <v>551</v>
       </c>
       <c r="Q360" t="s">
         <v>323</v>
       </c>
       <c r="R360" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="361" spans="1:18">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361" t="s">
         <v>44</v>
       </c>
       <c r="C361" t="s">
         <v>19</v>
       </c>
       <c r="E361" t="s">
         <v>281</v>
       </c>
       <c r="F361" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="G361" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="H361" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="I361" t="s">
         <v>24</v>
       </c>
       <c r="J361" t="s">
         <v>25</v>
       </c>
       <c r="K361" t="s">
         <v>127</v>
       </c>
       <c r="L361" t="s">
         <v>27</v>
       </c>
       <c r="M361" t="s">
         <v>284</v>
       </c>
       <c r="P361" t="s">
         <v>629</v>
       </c>
       <c r="Q361" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="R361" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="362" spans="1:18">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362" t="s">
         <v>44</v>
       </c>
       <c r="C362" t="s">
         <v>33</v>
       </c>
       <c r="E362" t="s">
         <v>555</v>
       </c>
       <c r="F362" t="s">
         <v>510</v>
       </c>
       <c r="G362" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="J362" t="s">
         <v>48</v>
       </c>
       <c r="L362" t="s">
         <v>198</v>
       </c>
       <c r="M362" t="s">
         <v>558</v>
       </c>
       <c r="P362" t="s">
         <v>115</v>
       </c>
       <c r="Q362" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="R362" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="363" spans="1:18">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363" t="s">
         <v>44</v>
       </c>
       <c r="C363" t="s">
         <v>33</v>
       </c>
       <c r="E363" t="s">
         <v>63</v>
       </c>
       <c r="F363" t="s">
         <v>98</v>
       </c>
       <c r="G363" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="H363" t="s">
         <v>618</v>
       </c>
       <c r="I363" t="s">
         <v>38</v>
       </c>
       <c r="J363" t="s">
         <v>25</v>
       </c>
       <c r="K363" t="s">
         <v>120</v>
       </c>
       <c r="L363" t="s">
         <v>68</v>
       </c>
       <c r="M363" t="s">
         <v>69</v>
       </c>
       <c r="P363" t="s">
         <v>629</v>
       </c>
       <c r="Q363" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="R363" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="364" spans="1:18">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364" t="s">
         <v>44</v>
       </c>
       <c r="C364" t="s">
         <v>33</v>
       </c>
       <c r="E364" t="s">
         <v>90</v>
       </c>
       <c r="F364" t="s">
         <v>73</v>
       </c>
       <c r="G364" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="J364" t="s">
         <v>517</v>
       </c>
       <c r="L364" t="s">
         <v>49</v>
       </c>
       <c r="M364" t="s">
         <v>95</v>
       </c>
       <c r="P364" t="s">
         <v>595</v>
       </c>
       <c r="Q364" t="s">
         <v>331</v>
       </c>
       <c r="R364" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="365" spans="1:18">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365" t="s">
         <v>44</v>
       </c>
       <c r="C365" t="s">
         <v>19</v>
       </c>
       <c r="E365" t="s">
         <v>281</v>
       </c>
       <c r="F365" t="s">
         <v>135</v>
       </c>
       <c r="G365" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="J365" t="s">
         <v>48</v>
       </c>
       <c r="L365" t="s">
         <v>27</v>
       </c>
       <c r="M365" t="s">
         <v>284</v>
       </c>
       <c r="P365" t="s">
         <v>79</v>
       </c>
       <c r="Q365" t="s">
         <v>674</v>
       </c>
       <c r="R365" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="366" spans="1:18">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366" t="s">
         <v>44</v>
       </c>
       <c r="C366" t="s">
         <v>33</v>
       </c>
       <c r="E366" t="s">
         <v>182</v>
       </c>
       <c r="F366" t="s">
         <v>98</v>
       </c>
       <c r="G366" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="H366" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="I366" t="s">
         <v>38</v>
       </c>
       <c r="J366" t="s">
         <v>25</v>
       </c>
       <c r="K366" t="s">
         <v>39</v>
       </c>
       <c r="L366" t="s">
         <v>187</v>
       </c>
       <c r="M366" t="s">
         <v>188</v>
       </c>
       <c r="P366" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="Q366" t="s">
         <v>444</v>
       </c>
       <c r="R366" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="367" spans="1:18">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367" t="s">
         <v>44</v>
       </c>
       <c r="C367" t="s">
         <v>33</v>
       </c>
       <c r="E367" t="s">
         <v>281</v>
       </c>
       <c r="F367" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="G367" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="H367" t="s">
         <v>368</v>
       </c>
       <c r="I367" t="s">
         <v>196</v>
       </c>
       <c r="J367" t="s">
         <v>25</v>
       </c>
       <c r="K367" t="s">
         <v>292</v>
       </c>
       <c r="L367" t="s">
         <v>27</v>
       </c>
       <c r="M367" t="s">
         <v>284</v>
       </c>
       <c r="P367" t="s">
         <v>152</v>
       </c>
       <c r="Q367" t="s">
         <v>596</v>
       </c>
       <c r="R367" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="368" spans="1:18">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368" t="s">
         <v>18</v>
       </c>
       <c r="C368" t="s">
         <v>19</v>
       </c>
       <c r="E368" t="s">
         <v>349</v>
       </c>
       <c r="F368" t="s">
         <v>73</v>
       </c>
       <c r="G368" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="J368" t="s">
         <v>231</v>
       </c>
       <c r="L368" t="s">
         <v>187</v>
       </c>
       <c r="M368" t="s">
         <v>336</v>
       </c>
       <c r="P368" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="Q368" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="R368" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="369" spans="1:18">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369" t="s">
         <v>44</v>
       </c>
       <c r="C369" t="s">
         <v>19</v>
       </c>
       <c r="E369" t="s">
         <v>182</v>
       </c>
       <c r="F369" t="s">
         <v>453</v>
       </c>
       <c r="G369" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="H369" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="I369" t="s">
         <v>24</v>
       </c>
       <c r="J369" t="s">
         <v>25</v>
       </c>
       <c r="K369" t="s">
         <v>583</v>
       </c>
       <c r="L369" t="s">
         <v>187</v>
       </c>
       <c r="M369" t="s">
         <v>188</v>
       </c>
       <c r="P369" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="Q369" t="s">
         <v>532</v>
       </c>
       <c r="R369" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="370" spans="1:18">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370" t="s">
         <v>44</v>
       </c>
       <c r="C370" t="s">
         <v>19</v>
       </c>
       <c r="E370" t="s">
         <v>354</v>
       </c>
       <c r="F370" t="s">
         <v>124</v>
       </c>
       <c r="G370" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="H370" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="I370" t="s">
         <v>383</v>
       </c>
       <c r="J370" t="s">
         <v>25</v>
       </c>
       <c r="K370" t="s">
         <v>94</v>
       </c>
       <c r="L370" t="s">
         <v>293</v>
       </c>
       <c r="M370" t="s">
         <v>358</v>
       </c>
       <c r="P370" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="Q370" t="s">
         <v>130</v>
       </c>
       <c r="R370" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="371" spans="1:18">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
         <v>44</v>
       </c>
       <c r="C371" t="s">
         <v>33</v>
       </c>
       <c r="E371" t="s">
         <v>154</v>
       </c>
       <c r="F371" t="s">
         <v>105</v>
       </c>
       <c r="G371" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="H371" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="I371" t="s">
         <v>38</v>
       </c>
       <c r="J371" t="s">
         <v>25</v>
       </c>
       <c r="K371" t="s">
         <v>86</v>
       </c>
       <c r="L371" t="s">
         <v>77</v>
       </c>
       <c r="M371" t="s">
         <v>159</v>
       </c>
       <c r="P371" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="Q371" t="s">
         <v>317</v>
       </c>
       <c r="R371" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="372" spans="1:18">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
         <v>44</v>
       </c>
       <c r="C372" t="s">
         <v>19</v>
       </c>
       <c r="E372" t="s">
         <v>136</v>
       </c>
       <c r="F372" t="s">
         <v>73</v>
       </c>
       <c r="G372" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="H372" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="I372" t="s">
         <v>38</v>
       </c>
       <c r="J372" t="s">
         <v>25</v>
       </c>
       <c r="K372" t="s">
         <v>471</v>
       </c>
       <c r="L372" t="s">
         <v>49</v>
       </c>
       <c r="M372" t="s">
         <v>138</v>
       </c>
       <c r="P372" t="s">
         <v>472</v>
       </c>
       <c r="Q372" t="s">
         <v>130</v>
       </c>
       <c r="R372" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="373" spans="1:18">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373" t="s">
         <v>89</v>
       </c>
       <c r="C373" t="s">
         <v>19</v>
       </c>
       <c r="E373" t="s">
         <v>289</v>
       </c>
       <c r="F373" t="s">
         <v>29</v>
       </c>
       <c r="G373" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="J373" t="s">
         <v>48</v>
       </c>
       <c r="L373" t="s">
         <v>293</v>
       </c>
       <c r="M373" t="s">
         <v>294</v>
       </c>
       <c r="P373" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="Q373" t="s">
         <v>296</v>
       </c>
       <c r="R373" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="374" spans="1:18">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374" t="s">
         <v>18</v>
       </c>
       <c r="C374" t="s">
         <v>33</v>
       </c>
       <c r="E374" t="s">
         <v>182</v>
       </c>
       <c r="F374" t="s">
         <v>371</v>
       </c>
       <c r="G374" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="J374" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="L374" t="s">
         <v>187</v>
       </c>
       <c r="M374" t="s">
         <v>188</v>
       </c>
       <c r="P374" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="Q374" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="R374" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="375" spans="1:18">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
         <v>112</v>
       </c>
       <c r="C375" t="s">
         <v>33</v>
       </c>
       <c r="E375" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="F375" t="s">
         <v>274</v>
       </c>
       <c r="G375" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="J375" t="s">
         <v>48</v>
       </c>
       <c r="L375" t="s">
         <v>68</v>
       </c>
       <c r="M375" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="P375" t="s">
         <v>743</v>
       </c>
       <c r="Q375" t="s">
         <v>481</v>
       </c>
       <c r="R375" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="376" spans="1:18">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
         <v>18</v>
       </c>
       <c r="C376" t="s">
         <v>19</v>
       </c>
       <c r="E376" t="s">
         <v>81</v>
       </c>
       <c r="F376" t="s">
         <v>314</v>
       </c>
       <c r="G376" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="H376" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="I376" t="s">
         <v>24</v>
       </c>
       <c r="J376" t="s">
         <v>25</v>
       </c>
       <c r="K376" t="s">
         <v>409</v>
       </c>
       <c r="L376" t="s">
         <v>77</v>
       </c>
       <c r="M376" t="s">
         <v>87</v>
       </c>
       <c r="P376" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="Q376" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="R376" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="377" spans="1:18">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377" t="s">
         <v>112</v>
       </c>
       <c r="C377" t="s">
         <v>19</v>
       </c>
       <c r="E377" t="s">
         <v>354</v>
       </c>
       <c r="F377" t="s">
         <v>124</v>
       </c>
       <c r="G377" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="H377" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="I377" t="s">
         <v>85</v>
       </c>
       <c r="J377" t="s">
         <v>25</v>
       </c>
       <c r="K377" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="L377" t="s">
         <v>293</v>
       </c>
       <c r="M377" t="s">
         <v>358</v>
       </c>
       <c r="P377" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="Q377" t="s">
         <v>116</v>
       </c>
       <c r="R377" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="378" spans="1:18">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378" t="s">
         <v>44</v>
       </c>
       <c r="C378" t="s">
         <v>33</v>
       </c>
       <c r="E378" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="F378" t="s">
         <v>176</v>
       </c>
       <c r="G378" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="H378" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="I378" t="s">
         <v>38</v>
       </c>
       <c r="J378" t="s">
         <v>25</v>
       </c>
       <c r="K378" t="s">
         <v>58</v>
       </c>
       <c r="L378" t="s">
         <v>150</v>
       </c>
       <c r="M378" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="P378" t="s">
         <v>244</v>
       </c>
       <c r="Q378" t="s">
         <v>276</v>
       </c>
       <c r="R378" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="379" spans="1:18">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379" t="s">
         <v>18</v>
       </c>
       <c r="C379" t="s">
         <v>19</v>
       </c>
       <c r="E379" t="s">
         <v>370</v>
       </c>
       <c r="F379" t="s">
         <v>183</v>
       </c>
       <c r="G379" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="J379" t="s">
         <v>48</v>
       </c>
       <c r="L379" t="s">
         <v>49</v>
       </c>
       <c r="M379" t="s">
         <v>374</v>
       </c>
       <c r="P379" t="s">
         <v>497</v>
       </c>
       <c r="Q379" t="s">
         <v>411</v>
       </c>
       <c r="R379" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="380" spans="1:18">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
         <v>590</v>
       </c>
       <c r="C380" t="s">
         <v>33</v>
       </c>
       <c r="E380" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="F380" t="s">
         <v>64</v>
       </c>
       <c r="G380" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="J380" t="s">
         <v>48</v>
       </c>
       <c r="L380" t="s">
         <v>68</v>
       </c>
       <c r="M380" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="P380" t="s">
         <v>595</v>
       </c>
       <c r="Q380" t="s">
         <v>633</v>
       </c>
       <c r="R380" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="381" spans="1:18">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
         <v>44</v>
       </c>
       <c r="C381" t="s">
         <v>33</v>
       </c>
       <c r="E381" t="s">
         <v>509</v>
       </c>
       <c r="F381" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="G381" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="J381" t="s">
         <v>48</v>
       </c>
       <c r="L381" t="s">
         <v>150</v>
       </c>
       <c r="M381" t="s">
         <v>271</v>
       </c>
       <c r="P381" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="Q381" t="s">
         <v>528</v>
       </c>
       <c r="R381" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="382" spans="1:18">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
         <v>44</v>
       </c>
       <c r="C382" t="s">
         <v>33</v>
       </c>
       <c r="E382" t="s">
         <v>229</v>
       </c>
       <c r="F382" t="s">
         <v>170</v>
       </c>
       <c r="G382" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="H382" t="s">
         <v>436</v>
       </c>
       <c r="I382" t="s">
         <v>24</v>
       </c>
       <c r="J382" t="s">
         <v>25</v>
       </c>
       <c r="K382" t="s">
         <v>471</v>
       </c>
       <c r="L382" t="s">
         <v>59</v>
       </c>
       <c r="M382" t="s">
         <v>232</v>
       </c>
       <c r="P382" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="Q382" t="s">
         <v>699</v>
       </c>
       <c r="R382" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="383" spans="1:18">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383" t="s">
         <v>44</v>
       </c>
       <c r="C383" t="s">
         <v>33</v>
       </c>
       <c r="E383" t="s">
         <v>207</v>
       </c>
       <c r="F383" t="s">
         <v>269</v>
       </c>
       <c r="G383" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="H383" t="s">
         <v>660</v>
       </c>
       <c r="I383" t="s">
         <v>38</v>
       </c>
       <c r="J383" t="s">
         <v>25</v>
       </c>
       <c r="K383" t="s">
         <v>471</v>
       </c>
       <c r="L383" t="s">
         <v>49</v>
       </c>
       <c r="M383" t="s">
         <v>210</v>
       </c>
       <c r="P383" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="Q383" t="s">
         <v>498</v>
       </c>
       <c r="R383" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="384" spans="1:18">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
         <v>44</v>
       </c>
       <c r="C384" t="s">
         <v>19</v>
       </c>
       <c r="E384" t="s">
         <v>169</v>
       </c>
       <c r="F384" t="s">
         <v>423</v>
       </c>
       <c r="G384" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="H384" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="I384" t="s">
         <v>38</v>
       </c>
       <c r="J384" t="s">
         <v>25</v>
       </c>
       <c r="K384" t="s">
         <v>456</v>
       </c>
       <c r="L384" t="s">
         <v>68</v>
       </c>
       <c r="M384" t="s">
         <v>173</v>
       </c>
       <c r="P384" t="s">
         <v>29</v>
       </c>
       <c r="Q384" t="s">
         <v>145</v>
       </c>
       <c r="R384" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="385" spans="1:18">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
         <v>44</v>
       </c>
       <c r="C385" t="s">
         <v>33</v>
       </c>
       <c r="E385" t="s">
         <v>412</v>
       </c>
       <c r="F385" t="s">
         <v>124</v>
       </c>
       <c r="G385" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="J385" t="s">
         <v>48</v>
       </c>
       <c r="L385" t="s">
         <v>77</v>
       </c>
       <c r="M385" t="s">
         <v>415</v>
       </c>
       <c r="P385" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="Q385" t="s">
         <v>596</v>
       </c>
       <c r="R385" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="386" spans="1:18">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386" t="s">
         <v>44</v>
       </c>
       <c r="C386" t="s">
         <v>19</v>
       </c>
       <c r="E386" t="s">
         <v>393</v>
       </c>
       <c r="F386" t="s">
         <v>73</v>
       </c>
       <c r="G386" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="H386" t="s">
         <v>614</v>
       </c>
       <c r="I386" t="s">
         <v>38</v>
       </c>
       <c r="J386" t="s">
         <v>25</v>
       </c>
       <c r="K386" t="s">
         <v>544</v>
       </c>
       <c r="L386" t="s">
         <v>187</v>
       </c>
       <c r="M386" t="s">
         <v>398</v>
       </c>
       <c r="P386" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="Q386" t="s">
         <v>434</v>
       </c>
       <c r="R386" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="387" spans="1:18">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387" t="s">
         <v>112</v>
       </c>
       <c r="C387" t="s">
         <v>33</v>
       </c>
       <c r="E387" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="F387" t="s">
         <v>344</v>
       </c>
       <c r="G387" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="H387" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="I387" t="s">
         <v>24</v>
       </c>
       <c r="J387" t="s">
         <v>25</v>
       </c>
       <c r="K387" t="s">
         <v>298</v>
       </c>
       <c r="L387" t="s">
         <v>150</v>
       </c>
       <c r="M387" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="P387" t="s">
         <v>29</v>
       </c>
       <c r="Q387" t="s">
         <v>267</v>
       </c>
       <c r="R387" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="388" spans="1:18">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388" t="s">
         <v>44</v>
       </c>
       <c r="C388" t="s">
         <v>33</v>
       </c>
       <c r="E388" t="s">
         <v>81</v>
       </c>
       <c r="F388" t="s">
         <v>208</v>
       </c>
       <c r="G388" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="J388" t="s">
         <v>100</v>
       </c>
       <c r="L388" t="s">
         <v>77</v>
       </c>
       <c r="M388" t="s">
         <v>87</v>
       </c>
       <c r="P388" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="Q388" t="s">
         <v>245</v>
       </c>
       <c r="R388" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="389" spans="1:18">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
         <v>44</v>
       </c>
       <c r="C389" t="s">
         <v>19</v>
       </c>
       <c r="E389" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="F389" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="G389" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="J389" t="s">
         <v>48</v>
       </c>
       <c r="L389" t="s">
         <v>68</v>
       </c>
       <c r="M389" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="P389" t="s">
         <v>406</v>
       </c>
       <c r="Q389" t="s">
         <v>458</v>
       </c>
       <c r="R389" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="390" spans="1:18">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
         <v>112</v>
       </c>
       <c r="C390" t="s">
         <v>33</v>
       </c>
       <c r="E390" t="s">
         <v>154</v>
       </c>
       <c r="F390" t="s">
         <v>46</v>
       </c>
       <c r="G390" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="J390" t="s">
         <v>178</v>
       </c>
       <c r="L390" t="s">
         <v>77</v>
       </c>
       <c r="M390" t="s">
         <v>159</v>
       </c>
       <c r="P390" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="Q390" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="R390" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="391" spans="1:18">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391" t="s">
         <v>44</v>
       </c>
       <c r="C391" t="s">
         <v>19</v>
       </c>
       <c r="E391" t="s">
         <v>123</v>
       </c>
       <c r="F391" t="s">
         <v>612</v>
       </c>
       <c r="G391" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="J391" t="s">
         <v>48</v>
       </c>
       <c r="L391" t="s">
         <v>68</v>
       </c>
       <c r="M391" t="s">
         <v>128</v>
       </c>
       <c r="P391" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="Q391" t="s">
         <v>130</v>
       </c>
       <c r="R391" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="392" spans="1:18">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
         <v>112</v>
       </c>
       <c r="C392" t="s">
         <v>33</v>
       </c>
       <c r="E392" t="s">
         <v>509</v>
       </c>
       <c r="F392" t="s">
         <v>366</v>
       </c>
       <c r="G392" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="H392" t="s">
         <v>37</v>
       </c>
       <c r="I392" t="s">
         <v>38</v>
       </c>
       <c r="J392" t="s">
         <v>25</v>
       </c>
       <c r="K392" t="s">
         <v>615</v>
       </c>
       <c r="L392" t="s">
         <v>150</v>
       </c>
       <c r="M392" t="s">
         <v>271</v>
       </c>
       <c r="P392" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="Q392" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="R392" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="393" spans="1:18">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393" t="s">
         <v>44</v>
       </c>
       <c r="C393" t="s">
         <v>33</v>
       </c>
       <c r="E393" t="s">
         <v>104</v>
       </c>
       <c r="F393" t="s">
         <v>541</v>
       </c>
       <c r="G393" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="H393" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="I393" t="s">
         <v>38</v>
       </c>
       <c r="J393" t="s">
         <v>25</v>
       </c>
       <c r="K393" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="L393" t="s">
         <v>40</v>
       </c>
       <c r="M393" t="s">
         <v>109</v>
       </c>
       <c r="P393" t="s">
         <v>533</v>
       </c>
       <c r="Q393" t="s">
         <v>418</v>
       </c>
       <c r="R393" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="394" spans="1:18">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394" t="s">
         <v>89</v>
       </c>
       <c r="C394" t="s">
         <v>19</v>
       </c>
       <c r="E394" t="s">
         <v>393</v>
       </c>
       <c r="F394" t="s">
         <v>124</v>
       </c>
       <c r="G394" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="H394" t="s">
         <v>185</v>
       </c>
       <c r="I394" t="s">
         <v>38</v>
       </c>
       <c r="J394" t="s">
         <v>25</v>
       </c>
       <c r="K394" t="s">
         <v>451</v>
       </c>
       <c r="L394" t="s">
         <v>187</v>
       </c>
       <c r="M394" t="s">
         <v>398</v>
       </c>
       <c r="P394" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="Q394" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="R394" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="395" spans="1:18">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395" t="s">
         <v>44</v>
       </c>
       <c r="C395" t="s">
         <v>33</v>
       </c>
       <c r="E395" t="s">
         <v>123</v>
       </c>
       <c r="F395" t="s">
         <v>269</v>
       </c>
       <c r="G395" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="H395" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="I395" t="s">
         <v>38</v>
       </c>
       <c r="J395" t="s">
         <v>25</v>
       </c>
       <c r="K395" t="s">
         <v>292</v>
       </c>
       <c r="L395" t="s">
         <v>68</v>
       </c>
       <c r="M395" t="s">
         <v>128</v>
       </c>
       <c r="P395" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="Q395" t="s">
         <v>429</v>
       </c>
       <c r="R395" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="396" spans="1:18">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396" t="s">
         <v>89</v>
       </c>
       <c r="C396" t="s">
         <v>19</v>
       </c>
       <c r="E396" t="s">
         <v>555</v>
       </c>
       <c r="F396" t="s">
         <v>124</v>
       </c>
       <c r="G396" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="J396" t="s">
         <v>48</v>
       </c>
       <c r="L396" t="s">
         <v>198</v>
       </c>
       <c r="M396" t="s">
         <v>558</v>
       </c>
       <c r="P396" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="Q396" t="s">
         <v>276</v>
       </c>
       <c r="R396" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="397" spans="1:18">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397" t="s">
         <v>44</v>
       </c>
       <c r="C397" t="s">
         <v>19</v>
       </c>
       <c r="E397" t="s">
         <v>229</v>
       </c>
       <c r="F397" t="s">
         <v>468</v>
       </c>
       <c r="G397" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="H397" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="I397" t="s">
         <v>38</v>
       </c>
       <c r="J397" t="s">
         <v>25</v>
       </c>
       <c r="K397" t="s">
         <v>287</v>
       </c>
       <c r="L397" t="s">
         <v>59</v>
       </c>
       <c r="M397" t="s">
         <v>232</v>
       </c>
       <c r="P397" t="s">
         <v>635</v>
       </c>
       <c r="Q397" t="s">
         <v>420</v>
       </c>
       <c r="R397" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="398" spans="1:18">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398" t="s">
         <v>89</v>
       </c>
       <c r="C398" t="s">
         <v>33</v>
       </c>
       <c r="E398" t="s">
         <v>600</v>
       </c>
       <c r="F398" t="s">
         <v>183</v>
       </c>
       <c r="G398" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="J398" t="s">
         <v>48</v>
       </c>
       <c r="L398" t="s">
         <v>77</v>
       </c>
       <c r="M398" t="s">
         <v>605</v>
       </c>
       <c r="P398" t="s">
         <v>70</v>
       </c>
       <c r="Q398" t="s">
         <v>296</v>
       </c>
       <c r="R398" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="399" spans="1:18">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399" t="s">
         <v>44</v>
       </c>
       <c r="C399" t="s">
         <v>33</v>
       </c>
       <c r="E399" t="s">
         <v>568</v>
       </c>
       <c r="F399" t="s">
         <v>64</v>
       </c>
       <c r="G399" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="H399" t="s">
         <v>75</v>
       </c>
       <c r="I399" t="s">
         <v>38</v>
       </c>
       <c r="J399" t="s">
         <v>25</v>
       </c>
       <c r="K399" t="s">
         <v>575</v>
       </c>
       <c r="L399" t="s">
         <v>40</v>
       </c>
       <c r="M399" t="s">
         <v>571</v>
       </c>
       <c r="P399" t="s">
         <v>180</v>
       </c>
       <c r="Q399" t="s">
         <v>192</v>
       </c>
       <c r="R399" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="400" spans="1:18">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400" t="s">
         <v>44</v>
       </c>
       <c r="C400" t="s">
         <v>19</v>
       </c>
       <c r="E400" t="s">
         <v>281</v>
       </c>
       <c r="F400" t="s">
         <v>513</v>
       </c>
       <c r="G400" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="H400" t="s">
         <v>431</v>
       </c>
       <c r="I400" t="s">
         <v>38</v>
       </c>
       <c r="J400" t="s">
         <v>25</v>
       </c>
       <c r="K400" t="s">
         <v>197</v>
       </c>
       <c r="L400" t="s">
         <v>27</v>
       </c>
       <c r="M400" t="s">
         <v>284</v>
       </c>
       <c r="P400" t="s">
         <v>258</v>
       </c>
       <c r="Q400" t="s">
         <v>360</v>
       </c>
       <c r="R400" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="401" spans="1:18">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401" t="s">
         <v>44</v>
       </c>
       <c r="C401" t="s">
         <v>33</v>
       </c>
       <c r="E401" t="s">
         <v>281</v>
       </c>
       <c r="F401" t="s">
         <v>510</v>
       </c>
       <c r="G401" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="J401" t="s">
         <v>203</v>
       </c>
       <c r="L401" t="s">
         <v>27</v>
       </c>
       <c r="M401" t="s">
         <v>284</v>
       </c>
       <c r="P401" t="s">
         <v>244</v>
       </c>
       <c r="Q401" t="s">
         <v>441</v>
       </c>
       <c r="R401" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="402" spans="1:18">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402" t="s">
         <v>112</v>
       </c>
       <c r="C402" t="s">
         <v>33</v>
       </c>
       <c r="E402" t="s">
         <v>662</v>
       </c>
       <c r="F402" t="s">
         <v>124</v>
       </c>
       <c r="G402" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="H402" t="s">
         <v>265</v>
       </c>
       <c r="I402" t="s">
         <v>196</v>
       </c>
       <c r="J402" t="s">
         <v>25</v>
       </c>
       <c r="K402" t="s">
         <v>610</v>
       </c>
       <c r="L402" t="s">
         <v>49</v>
       </c>
       <c r="M402" t="s">
         <v>664</v>
       </c>
       <c r="P402" t="s">
         <v>135</v>
       </c>
       <c r="Q402" t="s">
         <v>709</v>
       </c>
       <c r="R402" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="403" spans="1:18">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403" t="s">
         <v>44</v>
       </c>
       <c r="C403" t="s">
         <v>33</v>
       </c>
       <c r="E403" t="s">
         <v>90</v>
       </c>
       <c r="F403" t="s">
         <v>73</v>
       </c>
       <c r="G403" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="H403" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="I403" t="s">
         <v>24</v>
       </c>
       <c r="J403" t="s">
         <v>25</v>
       </c>
       <c r="K403" t="s">
         <v>397</v>
       </c>
       <c r="L403" t="s">
         <v>49</v>
       </c>
       <c r="M403" t="s">
         <v>95</v>
       </c>
       <c r="P403" t="s">
         <v>433</v>
       </c>
       <c r="Q403" t="s">
         <v>280</v>
       </c>
       <c r="R403" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="404" spans="1:18">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404" t="s">
         <v>44</v>
       </c>
       <c r="C404" t="s">
         <v>33</v>
       </c>
       <c r="E404" t="s">
         <v>281</v>
       </c>
       <c r="F404" t="s">
         <v>247</v>
       </c>
       <c r="G404" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="J404" t="s">
         <v>48</v>
       </c>
       <c r="L404" t="s">
         <v>27</v>
       </c>
       <c r="M404" t="s">
         <v>284</v>
       </c>
       <c r="P404" t="s">
         <v>135</v>
       </c>
       <c r="Q404" t="s">
         <v>328</v>
       </c>
       <c r="R404" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="405" spans="1:18">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405" t="s">
         <v>44</v>
       </c>
       <c r="C405" t="s">
         <v>33</v>
       </c>
       <c r="E405" t="s">
         <v>53</v>
       </c>
       <c r="F405" t="s">
         <v>314</v>
       </c>
       <c r="G405" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="H405" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="I405" t="s">
         <v>24</v>
       </c>
       <c r="J405" t="s">
         <v>25</v>
       </c>
       <c r="K405" t="s">
         <v>287</v>
       </c>
       <c r="L405" t="s">
         <v>59</v>
       </c>
       <c r="M405" t="s">
         <v>60</v>
       </c>
       <c r="P405" t="s">
         <v>523</v>
       </c>
       <c r="Q405" t="s">
         <v>140</v>
       </c>
       <c r="R405" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="406" spans="1:18">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406" t="s">
         <v>112</v>
       </c>
       <c r="C406" t="s">
         <v>19</v>
       </c>
       <c r="E406" t="s">
         <v>253</v>
       </c>
       <c r="F406" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="G406" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="H406" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="I406" t="s">
         <v>196</v>
       </c>
       <c r="J406" t="s">
         <v>25</v>
       </c>
       <c r="K406" t="s">
         <v>120</v>
       </c>
       <c r="L406" t="s">
         <v>150</v>
       </c>
       <c r="M406" t="s">
         <v>257</v>
       </c>
       <c r="P406" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="Q406" t="s">
         <v>625</v>
       </c>
       <c r="R406" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="407" spans="1:18">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407" t="s">
         <v>89</v>
       </c>
       <c r="C407" t="s">
         <v>19</v>
       </c>
       <c r="E407" t="s">
         <v>154</v>
       </c>
       <c r="F407" t="s">
         <v>366</v>
       </c>
       <c r="G407" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="J407" t="s">
         <v>203</v>
       </c>
       <c r="L407" t="s">
         <v>77</v>
       </c>
       <c r="M407" t="s">
         <v>159</v>
       </c>
       <c r="P407" t="s">
         <v>263</v>
       </c>
       <c r="Q407" t="s">
         <v>342</v>
       </c>
       <c r="R407" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="408" spans="1:18">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408" t="s">
         <v>44</v>
       </c>
       <c r="C408" t="s">
         <v>33</v>
       </c>
       <c r="E408" t="s">
         <v>246</v>
       </c>
       <c r="F408" t="s">
         <v>282</v>
       </c>
       <c r="G408" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="H408" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="I408" t="s">
         <v>57</v>
       </c>
       <c r="J408" t="s">
         <v>25</v>
       </c>
       <c r="K408" t="s">
         <v>303</v>
       </c>
       <c r="L408" t="s">
         <v>59</v>
       </c>
       <c r="M408" t="s">
         <v>250</v>
       </c>
       <c r="P408" t="s">
         <v>135</v>
       </c>
       <c r="Q408" t="s">
         <v>447</v>
       </c>
       <c r="R408" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="409" spans="1:18">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409" t="s">
         <v>44</v>
       </c>
       <c r="C409" t="s">
         <v>33</v>
       </c>
       <c r="E409" t="s">
         <v>193</v>
       </c>
       <c r="F409" t="s">
         <v>247</v>
       </c>
       <c r="G409" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="H409" t="s">
         <v>652</v>
       </c>
       <c r="I409" t="s">
         <v>24</v>
       </c>
       <c r="J409" t="s">
         <v>25</v>
       </c>
       <c r="K409" t="s">
         <v>186</v>
       </c>
       <c r="L409" t="s">
         <v>198</v>
       </c>
       <c r="M409" t="s">
         <v>199</v>
       </c>
       <c r="P409" t="s">
         <v>480</v>
       </c>
       <c r="Q409" t="s">
         <v>625</v>
       </c>
       <c r="R409" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="410" spans="1:18">
       <c r="A410">
         <v>409</v>
       </c>
       <c r="B410" t="s">
         <v>44</v>
       </c>
       <c r="C410" t="s">
         <v>33</v>
       </c>
       <c r="E410" t="s">
         <v>568</v>
       </c>
       <c r="F410" t="s">
         <v>131</v>
       </c>
       <c r="G410" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="H410" t="s">
         <v>646</v>
       </c>
       <c r="I410" t="s">
         <v>383</v>
       </c>
       <c r="J410" t="s">
         <v>25</v>
       </c>
       <c r="K410" t="s">
         <v>287</v>
       </c>
       <c r="L410" t="s">
         <v>40</v>
       </c>
       <c r="M410" t="s">
         <v>571</v>
       </c>
       <c r="P410" t="s">
         <v>464</v>
       </c>
       <c r="Q410" t="s">
         <v>219</v>
       </c>
       <c r="R410" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="411" spans="1:18">
       <c r="A411">
         <v>410</v>
       </c>
       <c r="B411" t="s">
         <v>44</v>
       </c>
       <c r="C411" t="s">
         <v>33</v>
       </c>
       <c r="E411" t="s">
         <v>136</v>
       </c>
       <c r="F411" t="s">
         <v>263</v>
       </c>
       <c r="G411" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="H411" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="I411" t="s">
         <v>38</v>
       </c>
       <c r="J411" t="s">
         <v>25</v>
       </c>
       <c r="K411" t="s">
         <v>67</v>
       </c>
       <c r="L411" t="s">
         <v>49</v>
       </c>
       <c r="M411" t="s">
         <v>138</v>
       </c>
       <c r="P411" t="s">
         <v>258</v>
       </c>
       <c r="Q411" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="R411" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="412" spans="1:18">
       <c r="A412">
         <v>411</v>
       </c>
       <c r="B412" t="s">
         <v>44</v>
       </c>
       <c r="C412" t="s">
         <v>33</v>
       </c>
       <c r="E412" t="s">
         <v>90</v>
       </c>
       <c r="F412" t="s">
         <v>314</v>
       </c>
       <c r="G412" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="H412" t="s">
         <v>408</v>
       </c>
       <c r="I412" t="s">
         <v>24</v>
       </c>
       <c r="J412" t="s">
         <v>25</v>
       </c>
       <c r="K412" t="s">
         <v>292</v>
       </c>
       <c r="L412" t="s">
         <v>49</v>
       </c>
       <c r="M412" t="s">
         <v>95</v>
       </c>
       <c r="P412" t="s">
         <v>717</v>
       </c>
       <c r="Q412" t="s">
         <v>596</v>
       </c>
       <c r="R412" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="413" spans="1:18">
       <c r="A413">
         <v>412</v>
       </c>
       <c r="B413" t="s">
         <v>44</v>
       </c>
       <c r="C413" t="s">
         <v>33</v>
       </c>
       <c r="E413" t="s">
         <v>281</v>
       </c>
       <c r="F413" t="s">
         <v>269</v>
       </c>
       <c r="G413" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="H413" t="s">
         <v>681</v>
       </c>
       <c r="I413" t="s">
         <v>682</v>
       </c>
       <c r="J413" t="s">
         <v>25</v>
       </c>
       <c r="K413" t="s">
         <v>432</v>
       </c>
       <c r="L413" t="s">
         <v>27</v>
       </c>
       <c r="M413" t="s">
         <v>284</v>
       </c>
       <c r="P413" t="s">
         <v>135</v>
       </c>
       <c r="Q413" t="s">
         <v>310</v>
       </c>
       <c r="R413" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="414" spans="1:18">
       <c r="A414">
         <v>413</v>
       </c>
       <c r="B414" t="s">
         <v>112</v>
       </c>
       <c r="C414" t="s">
         <v>19</v>
       </c>
       <c r="E414" t="s">
         <v>393</v>
       </c>
       <c r="F414" t="s">
         <v>105</v>
       </c>
       <c r="G414" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="J414" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="L414" t="s">
         <v>187</v>
       </c>
       <c r="M414" t="s">
         <v>398</v>
       </c>
       <c r="P414" t="s">
         <v>433</v>
       </c>
       <c r="Q414" t="s">
         <v>97</v>
       </c>
       <c r="R414" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="415" spans="1:18">
       <c r="A415">
         <v>414</v>
       </c>
       <c r="B415" t="s">
         <v>44</v>
       </c>
       <c r="C415" t="s">
         <v>19</v>
       </c>
       <c r="E415" t="s">
         <v>146</v>
       </c>
       <c r="F415" t="s">
         <v>300</v>
       </c>
       <c r="G415" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="H415" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="I415" t="s">
         <v>383</v>
       </c>
       <c r="J415" t="s">
         <v>25</v>
       </c>
       <c r="K415" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="L415" t="s">
         <v>150</v>
       </c>
       <c r="M415" t="s">
         <v>151</v>
       </c>
       <c r="P415" t="s">
         <v>584</v>
       </c>
       <c r="Q415" t="s">
         <v>538</v>
       </c>
       <c r="R415" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="416" spans="1:18">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416" t="s">
         <v>44</v>
       </c>
       <c r="C416" t="s">
         <v>19</v>
       </c>
       <c r="E416" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="F416" t="s">
         <v>64</v>
       </c>
       <c r="G416" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="H416" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="I416" t="s">
         <v>85</v>
       </c>
       <c r="J416" t="s">
         <v>25</v>
       </c>
       <c r="K416" t="s">
         <v>292</v>
       </c>
       <c r="L416" t="s">
         <v>40</v>
       </c>
       <c r="M416" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="P416" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="Q416" t="s">
         <v>145</v>
       </c>
       <c r="R416" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="417" spans="1:18">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417" t="s">
         <v>18</v>
       </c>
       <c r="C417" t="s">
         <v>19</v>
       </c>
       <c r="E417" t="s">
         <v>354</v>
       </c>
       <c r="F417" t="s">
         <v>73</v>
       </c>
       <c r="G417" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="H417" t="s">
         <v>574</v>
       </c>
       <c r="I417" t="s">
         <v>38</v>
       </c>
       <c r="J417" t="s">
         <v>25</v>
       </c>
       <c r="K417" t="s">
         <v>266</v>
       </c>
       <c r="L417" t="s">
         <v>293</v>
       </c>
       <c r="M417" t="s">
         <v>358</v>
       </c>
       <c r="P417" t="s">
         <v>640</v>
       </c>
       <c r="Q417" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="R417" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="418" spans="1:18">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418" t="s">
         <v>18</v>
       </c>
       <c r="C418" t="s">
         <v>33</v>
       </c>
       <c r="E418" t="s">
         <v>484</v>
       </c>
       <c r="F418" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="G418" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="J418" t="s">
         <v>231</v>
       </c>
       <c r="L418" t="s">
         <v>77</v>
       </c>
       <c r="M418" t="s">
         <v>487</v>
       </c>
       <c r="P418" t="s">
         <v>410</v>
       </c>
       <c r="Q418" t="s">
         <v>296</v>
       </c>
       <c r="R418" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="419" spans="1:18">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419" t="s">
         <v>44</v>
       </c>
       <c r="C419" t="s">
         <v>33</v>
       </c>
       <c r="E419" t="s">
         <v>146</v>
       </c>
       <c r="F419" t="s">
         <v>607</v>
       </c>
       <c r="G419" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="H419" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="I419" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="J419" t="s">
         <v>25</v>
       </c>
       <c r="K419" t="s">
         <v>287</v>
       </c>
       <c r="L419" t="s">
         <v>150</v>
       </c>
       <c r="M419" t="s">
         <v>151</v>
       </c>
       <c r="P419" t="s">
         <v>378</v>
       </c>
       <c r="Q419" t="s">
         <v>473</v>
       </c>
       <c r="R419" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="420" spans="1:18">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420" t="s">
         <v>44</v>
       </c>
       <c r="C420" t="s">
         <v>19</v>
       </c>
       <c r="E420" t="s">
         <v>239</v>
       </c>
       <c r="F420" t="s">
         <v>238</v>
       </c>
       <c r="G420" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="J420" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="L420" t="s">
         <v>59</v>
       </c>
       <c r="M420" t="s">
         <v>243</v>
       </c>
       <c r="P420" t="s">
         <v>160</v>
       </c>
       <c r="Q420" t="s">
         <v>168</v>
       </c>
       <c r="R420" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="421" spans="1:18">
       <c r="A421">
         <v>420</v>
       </c>
       <c r="B421" t="s">
         <v>44</v>
       </c>
       <c r="C421" t="s">
         <v>19</v>
       </c>
       <c r="E421" t="s">
         <v>169</v>
       </c>
       <c r="F421" t="s">
         <v>73</v>
       </c>
       <c r="G421" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="J421" t="s">
         <v>48</v>
       </c>
       <c r="L421" t="s">
         <v>68</v>
       </c>
       <c r="M421" t="s">
         <v>173</v>
       </c>
       <c r="P421" t="s">
         <v>653</v>
       </c>
       <c r="Q421" t="s">
         <v>328</v>
       </c>
       <c r="R421" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="422" spans="1:18">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422" t="s">
         <v>18</v>
       </c>
       <c r="C422" t="s">
         <v>19</v>
       </c>
       <c r="E422" t="s">
         <v>20</v>
       </c>
       <c r="F422" t="s">
         <v>324</v>
       </c>
       <c r="G422" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="H422" t="s">
         <v>690</v>
       </c>
       <c r="I422" t="s">
         <v>38</v>
       </c>
       <c r="J422" t="s">
         <v>25</v>
       </c>
       <c r="K422" t="s">
         <v>86</v>
       </c>
       <c r="L422" t="s">
         <v>27</v>
       </c>
       <c r="M422" t="s">
         <v>28</v>
       </c>
       <c r="P422" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="Q422" t="s">
         <v>280</v>
       </c>
       <c r="R422" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="423" spans="1:18">
       <c r="A423">
         <v>422</v>
       </c>
       <c r="B423" t="s">
         <v>112</v>
       </c>
       <c r="C423" t="s">
         <v>19</v>
       </c>
       <c r="E423" t="s">
         <v>229</v>
       </c>
       <c r="F423" t="s">
         <v>425</v>
       </c>
       <c r="G423" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="H423" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="I423" t="s">
         <v>85</v>
       </c>
       <c r="J423" t="s">
         <v>25</v>
       </c>
       <c r="K423" t="s">
         <v>86</v>
       </c>
       <c r="L423" t="s">
         <v>59</v>
       </c>
       <c r="M423" t="s">
         <v>232</v>
       </c>
       <c r="P423" t="s">
         <v>70</v>
       </c>
       <c r="Q423" t="s">
         <v>323</v>
       </c>
       <c r="R423" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="424" spans="1:18">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424" t="s">
         <v>44</v>
       </c>
       <c r="C424" t="s">
         <v>33</v>
       </c>
       <c r="E424" t="s">
         <v>53</v>
       </c>
       <c r="F424" t="s">
         <v>98</v>
       </c>
       <c r="G424" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="J424" t="s">
         <v>48</v>
       </c>
       <c r="L424" t="s">
         <v>59</v>
       </c>
       <c r="M424" t="s">
         <v>60</v>
       </c>
       <c r="P424" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="Q424" t="s">
         <v>481</v>
       </c>
       <c r="R424" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="425" spans="1:18">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425" t="s">
         <v>89</v>
       </c>
       <c r="C425" t="s">
         <v>19</v>
       </c>
       <c r="E425" t="s">
         <v>229</v>
       </c>
       <c r="F425" t="s">
         <v>235</v>
       </c>
       <c r="G425" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="J425" t="s">
         <v>48</v>
       </c>
       <c r="L425" t="s">
         <v>59</v>
       </c>
       <c r="M425" t="s">
         <v>232</v>
       </c>
       <c r="P425" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="Q425" t="s">
         <v>267</v>
       </c>
       <c r="R425" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="426" spans="1:18">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426" t="s">
         <v>44</v>
       </c>
       <c r="C426" t="s">
         <v>19</v>
       </c>
       <c r="E426" t="s">
         <v>146</v>
       </c>
       <c r="F426" t="s">
         <v>115</v>
       </c>
       <c r="G426" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="H426" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="I426" t="s">
         <v>38</v>
       </c>
       <c r="J426" t="s">
         <v>25</v>
       </c>
       <c r="K426" t="s">
         <v>287</v>
       </c>
       <c r="L426" t="s">
         <v>150</v>
       </c>
       <c r="M426" t="s">
         <v>151</v>
       </c>
       <c r="P426" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="Q426" t="s">
         <v>212</v>
       </c>
       <c r="R426" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="427" spans="1:18">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427" t="s">
         <v>89</v>
       </c>
       <c r="C427" t="s">
         <v>33</v>
       </c>
       <c r="E427" t="s">
         <v>45</v>
       </c>
       <c r="F427" t="s">
         <v>468</v>
       </c>
       <c r="G427" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="J427" t="s">
         <v>100</v>
       </c>
       <c r="L427" t="s">
         <v>49</v>
       </c>
       <c r="M427" t="s">
         <v>50</v>
       </c>
       <c r="P427" t="s">
         <v>211</v>
       </c>
       <c r="Q427" t="s">
         <v>323</v>
       </c>
       <c r="R427" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="428" spans="1:18">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428" t="s">
         <v>32</v>
       </c>
       <c r="C428" t="s">
         <v>19</v>
       </c>
       <c r="E428" t="s">
         <v>90</v>
       </c>
       <c r="F428" t="s">
         <v>176</v>
       </c>
       <c r="G428" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="J428" t="s">
         <v>48</v>
       </c>
       <c r="L428" t="s">
         <v>49</v>
       </c>
       <c r="M428" t="s">
         <v>95</v>
       </c>
       <c r="P428" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="Q428" t="s">
         <v>252</v>
       </c>
       <c r="R428" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="429" spans="1:18">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429" t="s">
         <v>44</v>
       </c>
       <c r="C429" t="s">
         <v>19</v>
       </c>
       <c r="E429" t="s">
         <v>281</v>
       </c>
       <c r="F429" t="s">
         <v>282</v>
       </c>
       <c r="G429" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="J429" t="s">
         <v>48</v>
       </c>
       <c r="L429" t="s">
         <v>27</v>
       </c>
       <c r="M429" t="s">
         <v>284</v>
       </c>
       <c r="P429" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="Q429" t="s">
         <v>296</v>
       </c>
       <c r="R429" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="430" spans="1:18">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430" t="s">
         <v>44</v>
       </c>
       <c r="C430" t="s">
         <v>19</v>
       </c>
       <c r="E430" t="s">
         <v>234</v>
       </c>
       <c r="F430" t="s">
         <v>176</v>
       </c>
       <c r="G430" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="H430" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="I430" t="s">
         <v>38</v>
       </c>
       <c r="J430" t="s">
         <v>25</v>
       </c>
       <c r="K430" t="s">
         <v>134</v>
       </c>
       <c r="L430" t="s">
         <v>40</v>
       </c>
       <c r="M430" t="s">
         <v>237</v>
       </c>
       <c r="P430" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="Q430" t="s">
         <v>61</v>
       </c>
       <c r="R430" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="431" spans="1:18">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431" t="s">
         <v>44</v>
       </c>
       <c r="C431" t="s">
         <v>33</v>
       </c>
       <c r="E431" t="s">
         <v>620</v>
       </c>
       <c r="F431" t="s">
         <v>314</v>
       </c>
       <c r="G431" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="H431" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="I431" t="s">
         <v>38</v>
       </c>
       <c r="J431" t="s">
         <v>25</v>
       </c>
       <c r="K431" t="s">
         <v>292</v>
       </c>
       <c r="L431" t="s">
         <v>150</v>
       </c>
       <c r="M431" t="s">
         <v>622</v>
       </c>
       <c r="P431" t="s">
         <v>160</v>
       </c>
       <c r="Q431" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="R431" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="432" spans="1:18">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432" t="s">
         <v>112</v>
       </c>
       <c r="C432" t="s">
         <v>33</v>
       </c>
       <c r="E432" t="s">
         <v>332</v>
       </c>
       <c r="F432" t="s">
         <v>300</v>
       </c>
       <c r="G432" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="H432" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="I432" t="s">
         <v>24</v>
       </c>
       <c r="J432" t="s">
         <v>25</v>
       </c>
       <c r="K432" t="s">
         <v>531</v>
       </c>
       <c r="L432" t="s">
         <v>150</v>
       </c>
       <c r="M432" t="s">
         <v>336</v>
       </c>
       <c r="P432" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="Q432" t="s">
         <v>97</v>
       </c>
       <c r="R432" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="433" spans="1:18">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433" t="s">
         <v>18</v>
       </c>
       <c r="C433" t="s">
         <v>33</v>
       </c>
       <c r="E433" t="s">
         <v>412</v>
       </c>
       <c r="F433" t="s">
         <v>612</v>
       </c>
       <c r="G433" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="J433" t="s">
         <v>48</v>
       </c>
       <c r="L433" t="s">
         <v>77</v>
       </c>
       <c r="M433" t="s">
         <v>415</v>
       </c>
       <c r="P433" t="s">
         <v>244</v>
       </c>
       <c r="Q433" t="s">
         <v>545</v>
       </c>
       <c r="R433" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="434" spans="1:18">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434" t="s">
         <v>392</v>
       </c>
       <c r="C434" t="s">
         <v>19</v>
       </c>
       <c r="E434" t="s">
         <v>600</v>
       </c>
       <c r="F434" t="s">
         <v>508</v>
       </c>
       <c r="G434" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="H434" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="I434" t="s">
         <v>24</v>
       </c>
       <c r="J434" t="s">
         <v>25</v>
       </c>
       <c r="K434" t="s">
         <v>287</v>
       </c>
       <c r="L434" t="s">
         <v>77</v>
       </c>
       <c r="M434" t="s">
         <v>605</v>
       </c>
       <c r="P434" t="s">
         <v>378</v>
       </c>
       <c r="Q434" t="s">
         <v>111</v>
       </c>
       <c r="R434" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="435" spans="1:18">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435" t="s">
         <v>44</v>
       </c>
       <c r="C435" t="s">
         <v>19</v>
       </c>
       <c r="E435" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="F435" t="s">
         <v>247</v>
       </c>
       <c r="G435" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="J435" t="s">
         <v>517</v>
       </c>
       <c r="L435" t="s">
         <v>150</v>
       </c>
       <c r="M435" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="P435" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="Q435" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="R435" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="436" spans="1:18">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436" t="s">
         <v>89</v>
       </c>
       <c r="C436" t="s">
         <v>19</v>
       </c>
       <c r="E436" t="s">
         <v>81</v>
       </c>
       <c r="F436" t="s">
         <v>208</v>
       </c>
       <c r="G436" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="H436" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="I436" t="s">
         <v>85</v>
       </c>
       <c r="J436" t="s">
         <v>25</v>
       </c>
       <c r="K436" t="s">
         <v>292</v>
       </c>
       <c r="L436" t="s">
         <v>77</v>
       </c>
       <c r="M436" t="s">
         <v>87</v>
       </c>
       <c r="P436" t="s">
         <v>244</v>
       </c>
       <c r="Q436" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="R436" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="437" spans="1:18">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437" t="s">
         <v>44</v>
       </c>
       <c r="C437" t="s">
         <v>19</v>
       </c>
       <c r="E437" t="s">
         <v>182</v>
       </c>
       <c r="F437" t="s">
         <v>98</v>
       </c>
       <c r="G437" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="H437" t="s">
         <v>404</v>
       </c>
       <c r="I437" t="s">
         <v>24</v>
       </c>
       <c r="J437" t="s">
         <v>25</v>
       </c>
       <c r="K437" t="s">
         <v>357</v>
       </c>
       <c r="L437" t="s">
         <v>187</v>
       </c>
       <c r="M437" t="s">
         <v>188</v>
       </c>
       <c r="P437" t="s">
         <v>322</v>
       </c>
       <c r="Q437" t="s">
         <v>379</v>
       </c>
       <c r="R437" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="438" spans="1:18">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438" t="s">
         <v>44</v>
       </c>
       <c r="C438" t="s">
         <v>19</v>
       </c>
       <c r="E438" t="s">
         <v>281</v>
       </c>
       <c r="F438" t="s">
         <v>282</v>
       </c>
       <c r="G438" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="J438" t="s">
         <v>48</v>
       </c>
       <c r="L438" t="s">
         <v>27</v>
       </c>
       <c r="M438" t="s">
         <v>284</v>
       </c>
       <c r="P438" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="Q438" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="R438" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="439" spans="1:18">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439" t="s">
         <v>44</v>
       </c>
       <c r="C439" t="s">
         <v>19</v>
       </c>
       <c r="E439" t="s">
         <v>53</v>
       </c>
       <c r="F439" t="s">
         <v>131</v>
       </c>
       <c r="G439" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="H439" t="s">
         <v>690</v>
       </c>
       <c r="I439" t="s">
         <v>38</v>
       </c>
       <c r="J439" t="s">
         <v>25</v>
       </c>
       <c r="K439" t="s">
         <v>327</v>
       </c>
       <c r="L439" t="s">
         <v>59</v>
       </c>
       <c r="M439" t="s">
         <v>60</v>
       </c>
       <c r="P439" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="Q439" t="s">
         <v>305</v>
       </c>
       <c r="R439" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="440" spans="1:18">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440" t="s">
         <v>44</v>
       </c>
       <c r="C440" t="s">
         <v>19</v>
       </c>
       <c r="E440" t="s">
         <v>484</v>
       </c>
       <c r="F440" t="s">
         <v>147</v>
       </c>
       <c r="G440" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="H440" t="s">
         <v>382</v>
       </c>
       <c r="I440" t="s">
         <v>383</v>
       </c>
       <c r="J440" t="s">
         <v>25</v>
       </c>
       <c r="K440" t="s">
         <v>471</v>
       </c>
       <c r="L440" t="s">
         <v>77</v>
       </c>
       <c r="M440" t="s">
         <v>487</v>
       </c>
       <c r="P440" t="s">
         <v>102</v>
       </c>
       <c r="Q440" t="s">
         <v>636</v>
       </c>
       <c r="R440" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="441" spans="1:18">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441" t="s">
         <v>112</v>
       </c>
       <c r="C441" t="s">
         <v>33</v>
       </c>
       <c r="E441" t="s">
         <v>370</v>
       </c>
       <c r="F441" t="s">
         <v>176</v>
       </c>
       <c r="G441" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="J441" t="s">
         <v>517</v>
       </c>
       <c r="L441" t="s">
         <v>49</v>
       </c>
       <c r="M441" t="s">
         <v>374</v>
       </c>
       <c r="P441" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="Q441" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="R441" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="442" spans="1:18">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442" t="s">
         <v>44</v>
       </c>
       <c r="C442" t="s">
         <v>19</v>
       </c>
       <c r="E442" t="s">
         <v>281</v>
       </c>
       <c r="F442" t="s">
         <v>421</v>
       </c>
       <c r="G442" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="H442" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="I442" t="s">
         <v>38</v>
       </c>
       <c r="J442" t="s">
         <v>25</v>
       </c>
       <c r="K442" t="s">
         <v>303</v>
       </c>
       <c r="L442" t="s">
         <v>27</v>
       </c>
       <c r="M442" t="s">
         <v>284</v>
       </c>
       <c r="P442" t="s">
         <v>462</v>
       </c>
       <c r="Q442" t="s">
         <v>174</v>
       </c>
       <c r="R442" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="443" spans="1:18">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443" t="s">
         <v>44</v>
       </c>
       <c r="C443" t="s">
         <v>19</v>
       </c>
       <c r="E443" t="s">
         <v>246</v>
       </c>
       <c r="F443" t="s">
         <v>386</v>
       </c>
       <c r="G443" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="H443" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="I443" t="s">
         <v>38</v>
       </c>
       <c r="J443" t="s">
         <v>25</v>
       </c>
       <c r="K443" t="s">
         <v>287</v>
       </c>
       <c r="L443" t="s">
         <v>59</v>
       </c>
       <c r="M443" t="s">
         <v>250</v>
       </c>
       <c r="P443" t="s">
         <v>29</v>
       </c>
       <c r="Q443" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="R443" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="444" spans="1:18">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444" t="s">
         <v>44</v>
       </c>
       <c r="C444" t="s">
         <v>19</v>
       </c>
       <c r="E444" t="s">
         <v>281</v>
       </c>
       <c r="F444" t="s">
         <v>513</v>
       </c>
       <c r="G444" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="J444" t="s">
         <v>256</v>
       </c>
       <c r="L444" t="s">
         <v>27</v>
       </c>
       <c r="M444" t="s">
         <v>284</v>
       </c>
       <c r="P444" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="Q444" t="s">
         <v>61</v>
       </c>
       <c r="R444" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="445" spans="1:18">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445" t="s">
         <v>89</v>
       </c>
       <c r="C445" t="s">
         <v>19</v>
       </c>
       <c r="E445" t="s">
         <v>229</v>
       </c>
       <c r="F445" t="s">
         <v>468</v>
       </c>
       <c r="G445" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="H445" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="I445" t="s">
         <v>383</v>
       </c>
       <c r="J445" t="s">
         <v>25</v>
       </c>
       <c r="K445" t="s">
         <v>292</v>
       </c>
       <c r="L445" t="s">
         <v>59</v>
       </c>
       <c r="M445" t="s">
         <v>232</v>
       </c>
       <c r="P445" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="Q445" t="s">
         <v>699</v>
       </c>
       <c r="R445" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="446" spans="1:18">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446" t="s">
         <v>44</v>
       </c>
       <c r="C446" t="s">
         <v>19</v>
       </c>
       <c r="E446" t="s">
         <v>53</v>
       </c>
       <c r="F446" t="s">
         <v>314</v>
       </c>
       <c r="G446" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="J446" t="s">
         <v>48</v>
       </c>
       <c r="L446" t="s">
         <v>59</v>
       </c>
       <c r="M446" t="s">
         <v>60</v>
       </c>
       <c r="P446" t="s">
         <v>152</v>
       </c>
       <c r="Q446" t="s">
         <v>267</v>
       </c>
       <c r="R446" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="447" spans="1:18">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447" t="s">
         <v>44</v>
       </c>
       <c r="C447" t="s">
         <v>19</v>
       </c>
       <c r="E447" t="s">
         <v>90</v>
       </c>
       <c r="F447" t="s">
         <v>98</v>
       </c>
       <c r="G447" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="H447" t="s">
         <v>449</v>
       </c>
       <c r="I447" t="s">
         <v>450</v>
       </c>
       <c r="J447" t="s">
         <v>25</v>
       </c>
       <c r="K447" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="L447" t="s">
         <v>49</v>
       </c>
       <c r="M447" t="s">
         <v>95</v>
       </c>
       <c r="P447" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="Q447" t="s">
         <v>111</v>
       </c>
       <c r="R447" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="448" spans="1:18">
       <c r="A448">
         <v>447</v>
       </c>
       <c r="B448" t="s">
         <v>44</v>
       </c>
       <c r="C448" t="s">
         <v>33</v>
       </c>
       <c r="E448" t="s">
         <v>207</v>
       </c>
       <c r="F448" t="s">
         <v>300</v>
       </c>
       <c r="G448" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="H448" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="I448" t="s">
         <v>38</v>
       </c>
       <c r="J448" t="s">
         <v>25</v>
       </c>
       <c r="K448" t="s">
         <v>108</v>
       </c>
       <c r="L448" t="s">
         <v>49</v>
       </c>
       <c r="M448" t="s">
         <v>210</v>
       </c>
       <c r="P448" t="s">
         <v>762</v>
       </c>
       <c r="Q448" t="s">
         <v>411</v>
       </c>
       <c r="R448" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="449" spans="1:18">
       <c r="A449">
         <v>448</v>
       </c>
       <c r="B449" t="s">
         <v>44</v>
       </c>
       <c r="C449" t="s">
         <v>19</v>
       </c>
       <c r="E449" t="s">
         <v>146</v>
       </c>
       <c r="F449" t="s">
         <v>82</v>
       </c>
       <c r="G449" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="H449" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="I449" t="s">
         <v>57</v>
       </c>
       <c r="J449" t="s">
         <v>25</v>
       </c>
       <c r="K449" t="s">
         <v>120</v>
       </c>
       <c r="L449" t="s">
         <v>150</v>
       </c>
       <c r="M449" t="s">
         <v>151</v>
       </c>
       <c r="P449" t="s">
         <v>762</v>
       </c>
       <c r="Q449" t="s">
         <v>212</v>
       </c>
       <c r="R449" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="450" spans="1:18">
       <c r="A450">
         <v>449</v>
       </c>
       <c r="B450" t="s">
         <v>44</v>
       </c>
       <c r="C450" t="s">
         <v>33</v>
       </c>
       <c r="E450" t="s">
         <v>90</v>
       </c>
       <c r="F450" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="G450" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="H450" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="I450" t="s">
         <v>38</v>
       </c>
       <c r="J450" t="s">
         <v>25</v>
       </c>
       <c r="K450" t="s">
         <v>120</v>
       </c>
       <c r="L450" t="s">
         <v>49</v>
       </c>
       <c r="M450" t="s">
         <v>95</v>
       </c>
       <c r="P450" t="s">
         <v>135</v>
       </c>
       <c r="Q450" t="s">
         <v>252</v>
       </c>
       <c r="R450" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="451" spans="1:18">
       <c r="A451">
         <v>450</v>
       </c>
       <c r="B451" t="s">
         <v>44</v>
       </c>
       <c r="C451" t="s">
         <v>19</v>
       </c>
       <c r="E451" t="s">
         <v>123</v>
       </c>
       <c r="F451" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="G451" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="J451" t="s">
         <v>48</v>
       </c>
       <c r="L451" t="s">
         <v>68</v>
       </c>
       <c r="M451" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="P451" t="s">
         <v>406</v>
       </c>
       <c r="Q451" t="s">
         <v>280</v>
       </c>
       <c r="R451" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="452" spans="1:18">
       <c r="A452">
         <v>451</v>
       </c>
       <c r="B452" t="s">
         <v>44</v>
       </c>
       <c r="C452" t="s">
         <v>33</v>
       </c>
       <c r="E452" t="s">
         <v>229</v>
       </c>
       <c r="F452" t="s">
         <v>208</v>
       </c>
       <c r="G452" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="H452" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="I452" t="s">
         <v>38</v>
       </c>
       <c r="J452" t="s">
         <v>25</v>
       </c>
       <c r="K452" t="s">
         <v>94</v>
       </c>
       <c r="L452" t="s">
         <v>59</v>
       </c>
       <c r="M452" t="s">
         <v>232</v>
       </c>
       <c r="P452" t="s">
         <v>258</v>
       </c>
       <c r="Q452" t="s">
         <v>644</v>
       </c>
       <c r="R452" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="453" spans="1:18">
       <c r="A453">
         <v>452</v>
       </c>
       <c r="B453" t="s">
         <v>18</v>
       </c>
       <c r="C453" t="s">
         <v>19</v>
       </c>
       <c r="E453" t="s">
         <v>741</v>
       </c>
       <c r="F453" t="s">
         <v>247</v>
       </c>
       <c r="G453" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="H453" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="I453" t="s">
         <v>38</v>
       </c>
       <c r="J453" t="s">
         <v>25</v>
       </c>
       <c r="K453" t="s">
         <v>397</v>
       </c>
       <c r="L453" t="s">
         <v>187</v>
       </c>
       <c r="M453" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="P453" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="Q453" t="s">
         <v>219</v>
       </c>
       <c r="R453" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="454" spans="1:18">
       <c r="A454">
         <v>453</v>
       </c>
       <c r="B454" t="s">
         <v>89</v>
       </c>
       <c r="C454" t="s">
         <v>33</v>
       </c>
       <c r="E454" t="s">
         <v>45</v>
       </c>
       <c r="F454" t="s">
         <v>468</v>
       </c>
       <c r="G454" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="H454" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="I454" t="s">
         <v>383</v>
       </c>
       <c r="J454" t="s">
         <v>25</v>
       </c>
       <c r="K454" t="s">
         <v>327</v>
       </c>
       <c r="L454" t="s">
         <v>49</v>
       </c>
       <c r="M454" t="s">
         <v>50</v>
       </c>
       <c r="P454" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="Q454" t="s">
         <v>473</v>
       </c>
       <c r="R454" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="455" spans="1:18">
       <c r="A455">
         <v>454</v>
       </c>
       <c r="B455" t="s">
         <v>44</v>
       </c>
       <c r="C455" t="s">
         <v>19</v>
       </c>
       <c r="E455" t="s">
         <v>90</v>
       </c>
       <c r="F455" t="s">
         <v>98</v>
       </c>
       <c r="G455" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="H455" t="s">
         <v>326</v>
       </c>
       <c r="I455" t="s">
         <v>85</v>
       </c>
       <c r="J455" t="s">
         <v>25</v>
       </c>
       <c r="K455" t="s">
         <v>287</v>
       </c>
       <c r="L455" t="s">
         <v>49</v>
       </c>
       <c r="M455" t="s">
         <v>95</v>
       </c>
       <c r="P455" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="Q455" t="s">
         <v>267</v>
       </c>
       <c r="R455" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="456" spans="1:18">
       <c r="A456">
         <v>455</v>
       </c>
       <c r="B456" t="s">
         <v>112</v>
       </c>
       <c r="C456" t="s">
         <v>19</v>
       </c>
       <c r="E456" t="s">
         <v>90</v>
       </c>
       <c r="F456" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="G456" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="H456" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="I456" t="s">
         <v>24</v>
       </c>
       <c r="J456" t="s">
         <v>25</v>
       </c>
       <c r="K456" t="s">
         <v>287</v>
       </c>
       <c r="L456" t="s">
         <v>49</v>
       </c>
       <c r="M456" t="s">
         <v>95</v>
       </c>
       <c r="P456" t="s">
         <v>497</v>
       </c>
       <c r="Q456" t="s">
         <v>625</v>
       </c>
       <c r="R456" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="457" spans="1:18">
       <c r="A457">
         <v>456</v>
       </c>
       <c r="B457" t="s">
         <v>112</v>
       </c>
       <c r="C457" t="s">
         <v>33</v>
       </c>
       <c r="E457" t="s">
         <v>741</v>
       </c>
       <c r="F457" t="s">
         <v>423</v>
       </c>
       <c r="G457" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="H457" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="I457" t="s">
         <v>24</v>
       </c>
       <c r="J457" t="s">
         <v>25</v>
       </c>
       <c r="K457" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="L457" t="s">
         <v>187</v>
       </c>
       <c r="M457" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="P457" t="s">
         <v>70</v>
       </c>
       <c r="Q457" t="s">
         <v>481</v>
       </c>
       <c r="R457" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>