--- v0 (2025-11-14)
+++ v1 (2026-01-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1909">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1908">
   <si>
     <t>Lot</t>
   </si>
   <si>
     <t>Colour</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Vendor</t>
   </si>
   <si>
     <t>Sire</t>
   </si>
   <si>
     <t>Dam</t>
   </si>
   <si>
     <t>Purchaser Name</t>
   </si>
   <si>
@@ -2426,51 +2426,51 @@
   <si>
     <t>Murray Livestock Pty Ltd</t>
   </si>
   <si>
     <t>Cavallo Park Stud, Hawkesbury</t>
   </si>
   <si>
     <t>Epitomise</t>
   </si>
   <si>
     <t>Stables 49,50</t>
   </si>
   <si>
     <t>St Mark's Basilica (FR)</t>
   </si>
   <si>
     <t>Erin (IRE)</t>
   </si>
   <si>
     <t>Alexander Brothers Racing Pty Ltd</t>
   </si>
   <si>
     <t>Erin's Element</t>
   </si>
   <si>
-    <t>Blueblood Thoroughbreds / Waterhouse &amp; Bott Racing</t>
+    <t>Blueblood Thoroughbreds / Waterhouse &amp; Bott Racing/SP Bloodstock</t>
   </si>
   <si>
     <t>Shaft</t>
   </si>
   <si>
     <t>Escape Artist</t>
   </si>
   <si>
     <t>Matt Hoysted Racing</t>
   </si>
   <si>
     <t>$65,000</t>
   </si>
   <si>
     <t>Estate</t>
   </si>
   <si>
     <t>Richard &amp; Will Freedman Stables</t>
   </si>
   <si>
     <t>Etheridge</t>
   </si>
   <si>
     <t>Roman Emperor</t>
   </si>
@@ -5274,53 +5274,50 @@
     <t>Sultry Dreamer</t>
   </si>
   <si>
     <t>Sultry Testa</t>
   </si>
   <si>
     <t>Almanzor (FR)</t>
   </si>
   <si>
     <t>Summer's Day (NZ)</t>
   </si>
   <si>
     <t>Sun Valley</t>
   </si>
   <si>
     <t>Supreme Mind</t>
   </si>
   <si>
     <t>Sweeping Statement</t>
   </si>
   <si>
     <t>Sweet Anna</t>
   </si>
   <si>
     <t>R Strates</t>
-  </si>
-[...1 lines deleted...]
-    <t>Victoria</t>
   </si>
   <si>
     <t>$7,000</t>
   </si>
   <si>
     <t>Sweet Chestnut</t>
   </si>
   <si>
     <t>Sweet Eagle</t>
   </si>
   <si>
     <t>Sweet Ginger</t>
   </si>
   <si>
     <t>Switched</t>
   </si>
   <si>
     <t>MP Bloodstock</t>
   </si>
   <si>
     <t>Talimena</t>
   </si>
   <si>
     <t>$520,000</t>
   </si>
@@ -37421,4633 +37418,4633 @@
       </c>
     </row>
     <row r="703" spans="1:18">
       <c r="A703">
         <v>702</v>
       </c>
       <c r="B703" t="s">
         <v>32</v>
       </c>
       <c r="C703" t="s">
         <v>19</v>
       </c>
       <c r="E703" t="s">
         <v>33</v>
       </c>
       <c r="F703" t="s">
         <v>563</v>
       </c>
       <c r="G703" t="s">
         <v>1752</v>
       </c>
       <c r="H703" t="s">
         <v>1753</v>
       </c>
       <c r="I703" t="s">
+        <v>24</v>
+      </c>
+      <c r="J703" t="s">
+        <v>25</v>
+      </c>
+      <c r="K703" t="s">
         <v>1754</v>
-      </c>
-[...4 lines deleted...]
-        <v>1755</v>
       </c>
       <c r="L703" t="s">
         <v>39</v>
       </c>
       <c r="M703" t="s">
         <v>40</v>
       </c>
       <c r="P703" t="s">
         <v>827</v>
       </c>
       <c r="Q703" t="s">
         <v>435</v>
       </c>
       <c r="R703" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="704" spans="1:18">
       <c r="A704">
         <v>703</v>
       </c>
       <c r="B704" t="s">
         <v>32</v>
       </c>
       <c r="C704" t="s">
         <v>19</v>
       </c>
       <c r="E704" t="s">
         <v>308</v>
       </c>
       <c r="F704" t="s">
         <v>340</v>
       </c>
       <c r="G704" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="J704" t="s">
         <v>159</v>
       </c>
       <c r="L704" t="s">
         <v>146</v>
       </c>
       <c r="M704" t="s">
         <v>310</v>
       </c>
       <c r="P704" t="s">
         <v>982</v>
       </c>
       <c r="Q704" t="s">
         <v>541</v>
       </c>
       <c r="R704" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="705" spans="1:18">
       <c r="A705">
         <v>704</v>
       </c>
       <c r="B705" t="s">
         <v>71</v>
       </c>
       <c r="C705" t="s">
         <v>19</v>
       </c>
       <c r="E705" t="s">
         <v>308</v>
       </c>
       <c r="F705" t="s">
         <v>668</v>
       </c>
       <c r="G705" t="s">
-        <v>1757</v>
+        <v>1756</v>
       </c>
       <c r="J705" t="s">
         <v>167</v>
       </c>
       <c r="L705" t="s">
         <v>146</v>
       </c>
       <c r="M705" t="s">
         <v>310</v>
       </c>
       <c r="P705" t="s">
         <v>526</v>
       </c>
       <c r="Q705" t="s">
         <v>266</v>
       </c>
       <c r="R705" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="706" spans="1:18">
       <c r="A706">
         <v>705</v>
       </c>
       <c r="B706" t="s">
         <v>32</v>
       </c>
       <c r="C706" t="s">
         <v>19</v>
       </c>
       <c r="E706" t="s">
         <v>284</v>
       </c>
       <c r="F706" t="s">
         <v>340</v>
       </c>
       <c r="G706" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="J706" t="s">
         <v>93</v>
       </c>
       <c r="L706" t="s">
         <v>168</v>
       </c>
       <c r="M706" t="s">
         <v>287</v>
       </c>
       <c r="P706" t="s">
         <v>212</v>
       </c>
       <c r="Q706" t="s">
         <v>307</v>
       </c>
       <c r="R706" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="707" spans="1:18">
       <c r="A707">
         <v>706</v>
       </c>
       <c r="B707" t="s">
         <v>32</v>
       </c>
       <c r="C707" t="s">
         <v>19</v>
       </c>
       <c r="E707" t="s">
         <v>242</v>
       </c>
       <c r="F707" t="s">
         <v>329</v>
       </c>
       <c r="G707" t="s">
+        <v>1758</v>
+      </c>
+      <c r="H707" t="s">
         <v>1759</v>
-      </c>
-[...1 lines deleted...]
-        <v>1760</v>
       </c>
       <c r="I707" t="s">
         <v>37</v>
       </c>
       <c r="J707" t="s">
         <v>25</v>
       </c>
       <c r="K707" t="s">
         <v>346</v>
       </c>
       <c r="L707" t="s">
         <v>146</v>
       </c>
       <c r="M707" t="s">
         <v>244</v>
       </c>
       <c r="P707" t="s">
         <v>827</v>
       </c>
       <c r="Q707" t="s">
         <v>932</v>
       </c>
       <c r="R707" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="708" spans="1:18">
       <c r="A708">
         <v>707</v>
       </c>
       <c r="B708" t="s">
         <v>97</v>
       </c>
       <c r="C708" t="s">
         <v>44</v>
       </c>
       <c r="E708" t="s">
         <v>505</v>
       </c>
       <c r="F708" t="s">
         <v>165</v>
       </c>
       <c r="G708" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="H708" t="s">
         <v>1438</v>
       </c>
       <c r="I708" t="s">
         <v>320</v>
       </c>
       <c r="J708" t="s">
         <v>25</v>
       </c>
       <c r="K708" t="s">
-        <v>1762</v>
+        <v>1761</v>
       </c>
       <c r="L708" t="s">
         <v>160</v>
       </c>
       <c r="M708" t="s">
         <v>508</v>
       </c>
       <c r="P708" t="s">
         <v>121</v>
       </c>
       <c r="Q708" t="s">
         <v>486</v>
       </c>
       <c r="R708" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="709" spans="1:18">
       <c r="A709">
         <v>708</v>
       </c>
       <c r="B709" t="s">
         <v>1422</v>
       </c>
       <c r="C709" t="s">
         <v>44</v>
       </c>
       <c r="E709" t="s">
         <v>261</v>
       </c>
       <c r="F709" t="s">
         <v>631</v>
       </c>
       <c r="G709" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="H709" t="s">
         <v>579</v>
       </c>
       <c r="I709" t="s">
         <v>24</v>
       </c>
       <c r="J709" t="s">
         <v>25</v>
       </c>
       <c r="K709" t="s">
         <v>402</v>
       </c>
       <c r="L709" t="s">
         <v>108</v>
       </c>
       <c r="M709" t="s">
         <v>264</v>
       </c>
       <c r="P709" t="s">
         <v>532</v>
       </c>
       <c r="Q709" t="s">
         <v>201</v>
       </c>
       <c r="R709" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="710" spans="1:18">
       <c r="A710">
         <v>709</v>
       </c>
       <c r="B710" t="s">
         <v>32</v>
       </c>
       <c r="C710" t="s">
         <v>19</v>
       </c>
       <c r="E710" t="s">
         <v>873</v>
       </c>
       <c r="F710" t="s">
         <v>348</v>
       </c>
       <c r="G710" t="s">
-        <v>1764</v>
+        <v>1763</v>
       </c>
       <c r="H710" t="s">
         <v>574</v>
       </c>
       <c r="I710" t="s">
         <v>24</v>
       </c>
       <c r="J710" t="s">
         <v>25</v>
       </c>
       <c r="K710" t="s">
         <v>1075</v>
       </c>
       <c r="L710" t="s">
         <v>160</v>
       </c>
       <c r="M710" t="s">
         <v>875</v>
       </c>
       <c r="P710" t="s">
         <v>389</v>
       </c>
       <c r="Q710" t="s">
         <v>1299</v>
       </c>
       <c r="R710" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="711" spans="1:18">
       <c r="A711">
         <v>710</v>
       </c>
       <c r="B711" t="s">
         <v>97</v>
       </c>
       <c r="C711" t="s">
         <v>44</v>
       </c>
       <c r="E711" t="s">
         <v>308</v>
       </c>
       <c r="F711" t="s">
         <v>668</v>
       </c>
       <c r="G711" t="s">
-        <v>1765</v>
+        <v>1764</v>
       </c>
       <c r="J711" t="s">
         <v>93</v>
       </c>
       <c r="L711" t="s">
         <v>146</v>
       </c>
       <c r="M711" t="s">
         <v>310</v>
       </c>
       <c r="P711" t="s">
         <v>526</v>
       </c>
       <c r="Q711" t="s">
         <v>201</v>
       </c>
       <c r="R711" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="712" spans="1:18">
       <c r="A712">
         <v>711</v>
       </c>
       <c r="B712" t="s">
         <v>32</v>
       </c>
       <c r="C712" t="s">
         <v>19</v>
       </c>
       <c r="E712" t="s">
         <v>136</v>
       </c>
       <c r="F712" t="s">
         <v>105</v>
       </c>
       <c r="G712" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H712" t="s">
         <v>693</v>
       </c>
       <c r="I712" t="s">
         <v>277</v>
       </c>
       <c r="J712" t="s">
         <v>25</v>
       </c>
       <c r="K712" t="s">
         <v>257</v>
       </c>
       <c r="L712" t="s">
         <v>67</v>
       </c>
       <c r="M712" t="s">
         <v>140</v>
       </c>
       <c r="P712" t="s">
         <v>882</v>
       </c>
       <c r="Q712" t="s">
         <v>1096</v>
       </c>
       <c r="R712" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="713" spans="1:18">
       <c r="A713">
         <v>712</v>
       </c>
       <c r="B713" t="s">
         <v>32</v>
       </c>
       <c r="C713" t="s">
         <v>19</v>
       </c>
       <c r="E713" t="s">
         <v>33</v>
       </c>
       <c r="F713" t="s">
         <v>794</v>
       </c>
       <c r="G713" t="s">
+        <v>1766</v>
+      </c>
+      <c r="H713" t="s">
         <v>1767</v>
-      </c>
-[...1 lines deleted...]
-        <v>1768</v>
       </c>
       <c r="I713" t="s">
         <v>546</v>
       </c>
       <c r="J713" t="s">
         <v>25</v>
       </c>
       <c r="K713" t="s">
         <v>842</v>
       </c>
       <c r="L713" t="s">
         <v>39</v>
       </c>
       <c r="M713" t="s">
         <v>40</v>
       </c>
       <c r="P713" t="s">
         <v>1547</v>
       </c>
       <c r="Q713" t="s">
         <v>332</v>
       </c>
       <c r="R713" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="714" spans="1:18">
       <c r="A714">
         <v>713</v>
       </c>
       <c r="B714" t="s">
         <v>32</v>
       </c>
       <c r="C714" t="s">
         <v>44</v>
       </c>
       <c r="E714" t="s">
         <v>33</v>
       </c>
       <c r="F714" t="s">
         <v>552</v>
       </c>
       <c r="G714" t="s">
-        <v>1769</v>
+        <v>1768</v>
       </c>
       <c r="J714" t="s">
         <v>93</v>
       </c>
       <c r="L714" t="s">
         <v>39</v>
       </c>
       <c r="M714" t="s">
         <v>40</v>
       </c>
       <c r="P714" t="s">
         <v>279</v>
       </c>
       <c r="Q714" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="715" spans="1:18">
       <c r="A715">
         <v>714</v>
       </c>
       <c r="B715" t="s">
         <v>32</v>
       </c>
       <c r="C715" t="s">
         <v>44</v>
       </c>
       <c r="E715" t="s">
         <v>53</v>
       </c>
       <c r="F715" t="s">
         <v>54</v>
       </c>
       <c r="G715" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="H715" t="s">
         <v>185</v>
       </c>
       <c r="I715" t="s">
         <v>101</v>
       </c>
       <c r="J715" t="s">
         <v>25</v>
       </c>
       <c r="K715" t="s">
         <v>429</v>
       </c>
       <c r="L715" t="s">
         <v>58</v>
       </c>
       <c r="M715" t="s">
         <v>59</v>
       </c>
       <c r="P715" t="s">
         <v>29</v>
       </c>
       <c r="Q715" t="s">
         <v>435</v>
       </c>
       <c r="R715" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="716" spans="1:18">
       <c r="A716">
         <v>715</v>
       </c>
       <c r="B716" t="s">
         <v>32</v>
       </c>
       <c r="C716" t="s">
         <v>19</v>
       </c>
       <c r="E716" t="s">
         <v>505</v>
       </c>
       <c r="F716" t="s">
         <v>151</v>
       </c>
       <c r="G716" t="s">
-        <v>1771</v>
+        <v>1770</v>
       </c>
       <c r="H716" t="s">
         <v>1414</v>
       </c>
       <c r="I716" t="s">
         <v>154</v>
       </c>
       <c r="J716" t="s">
         <v>25</v>
       </c>
       <c r="K716" t="s">
         <v>566</v>
       </c>
       <c r="L716" t="s">
         <v>160</v>
       </c>
       <c r="M716" t="s">
         <v>508</v>
       </c>
       <c r="P716" t="s">
         <v>306</v>
       </c>
       <c r="Q716" t="s">
         <v>491</v>
       </c>
       <c r="R716" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="717" spans="1:18">
       <c r="A717">
         <v>716</v>
       </c>
       <c r="B717" t="s">
         <v>32</v>
       </c>
       <c r="C717" t="s">
         <v>19</v>
       </c>
       <c r="E717" t="s">
         <v>224</v>
       </c>
       <c r="F717" t="s">
         <v>879</v>
       </c>
       <c r="G717" t="s">
-        <v>1772</v>
+        <v>1771</v>
       </c>
       <c r="H717" t="s">
         <v>739</v>
       </c>
       <c r="I717" t="s">
         <v>154</v>
       </c>
       <c r="J717" t="s">
         <v>25</v>
       </c>
       <c r="K717" t="s">
         <v>132</v>
       </c>
       <c r="L717" t="s">
         <v>168</v>
       </c>
       <c r="M717" t="s">
         <v>228</v>
       </c>
       <c r="P717" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
       <c r="Q717" t="s">
         <v>1113</v>
       </c>
       <c r="R717" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="718" spans="1:18">
       <c r="A718">
         <v>717</v>
       </c>
       <c r="B718" t="s">
         <v>32</v>
       </c>
       <c r="C718" t="s">
         <v>44</v>
       </c>
       <c r="E718" t="s">
         <v>298</v>
       </c>
       <c r="F718" t="s">
         <v>63</v>
       </c>
       <c r="G718" t="s">
+        <v>1773</v>
+      </c>
+      <c r="H718" t="s">
         <v>1774</v>
-      </c>
-[...1 lines deleted...]
-        <v>1775</v>
       </c>
       <c r="I718" t="s">
         <v>37</v>
       </c>
       <c r="J718" t="s">
         <v>25</v>
       </c>
       <c r="K718" t="s">
         <v>186</v>
       </c>
       <c r="L718" t="s">
         <v>115</v>
       </c>
       <c r="M718" t="s">
         <v>301</v>
       </c>
       <c r="P718" t="s">
-        <v>1776</v>
+        <v>1775</v>
       </c>
       <c r="Q718" t="s">
         <v>966</v>
       </c>
       <c r="R718" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="719" spans="1:18">
       <c r="A719">
         <v>718</v>
       </c>
       <c r="B719" t="s">
         <v>32</v>
       </c>
       <c r="C719" t="s">
         <v>44</v>
       </c>
       <c r="E719" t="s">
         <v>991</v>
       </c>
       <c r="F719" t="s">
         <v>340</v>
       </c>
       <c r="G719" t="s">
-        <v>1777</v>
+        <v>1776</v>
       </c>
       <c r="H719" t="s">
         <v>1695</v>
       </c>
       <c r="I719" t="s">
         <v>37</v>
       </c>
       <c r="J719" t="s">
         <v>25</v>
       </c>
       <c r="K719" t="s">
         <v>605</v>
       </c>
       <c r="L719" t="s">
         <v>115</v>
       </c>
       <c r="M719" t="s">
         <v>994</v>
       </c>
       <c r="P719" t="s">
         <v>41</v>
       </c>
       <c r="Q719" t="s">
         <v>550</v>
       </c>
       <c r="R719" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="720" spans="1:18">
       <c r="A720">
         <v>719</v>
       </c>
       <c r="B720" t="s">
         <v>32</v>
       </c>
       <c r="C720" t="s">
         <v>19</v>
       </c>
       <c r="E720" t="s">
         <v>695</v>
       </c>
       <c r="F720" t="s">
         <v>129</v>
       </c>
       <c r="G720" t="s">
+        <v>1777</v>
+      </c>
+      <c r="J720" t="s">
         <v>1778</v>
-      </c>
-[...1 lines deleted...]
-        <v>1779</v>
       </c>
       <c r="L720" t="s">
         <v>49</v>
       </c>
       <c r="M720" t="s">
         <v>698</v>
       </c>
       <c r="P720" t="s">
         <v>1080</v>
       </c>
       <c r="Q720" t="s">
         <v>103</v>
       </c>
       <c r="R720" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="721" spans="1:18">
       <c r="A721">
         <v>720</v>
       </c>
       <c r="B721" t="s">
         <v>97</v>
       </c>
       <c r="C721" t="s">
         <v>44</v>
       </c>
       <c r="E721" t="s">
         <v>45</v>
       </c>
       <c r="F721" t="s">
         <v>63</v>
       </c>
       <c r="G721" t="s">
-        <v>1780</v>
+        <v>1779</v>
       </c>
       <c r="H721" t="s">
         <v>220</v>
       </c>
       <c r="I721" t="s">
         <v>221</v>
       </c>
       <c r="J721" t="s">
         <v>25</v>
       </c>
       <c r="K721" t="s">
-        <v>1781</v>
+        <v>1780</v>
       </c>
       <c r="L721" t="s">
         <v>49</v>
       </c>
       <c r="M721" t="s">
         <v>50</v>
       </c>
       <c r="P721" t="s">
         <v>79</v>
       </c>
       <c r="Q721" t="s">
         <v>61</v>
       </c>
       <c r="R721" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="722" spans="1:18">
       <c r="A722">
         <v>721</v>
       </c>
       <c r="B722" t="s">
         <v>71</v>
       </c>
       <c r="C722" t="s">
         <v>19</v>
       </c>
       <c r="E722" t="s">
         <v>735</v>
       </c>
       <c r="F722" t="s">
         <v>230</v>
       </c>
       <c r="G722" t="s">
-        <v>1782</v>
+        <v>1781</v>
       </c>
       <c r="J722" t="s">
         <v>159</v>
       </c>
       <c r="L722" t="s">
         <v>115</v>
       </c>
       <c r="M722" t="s">
         <v>737</v>
       </c>
       <c r="P722" t="s">
         <v>79</v>
       </c>
       <c r="Q722" t="s">
         <v>328</v>
       </c>
       <c r="R722" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="723" spans="1:18">
       <c r="A723">
         <v>722</v>
       </c>
       <c r="B723" t="s">
         <v>32</v>
       </c>
       <c r="C723" t="s">
         <v>44</v>
       </c>
       <c r="E723" t="s">
         <v>172</v>
       </c>
       <c r="F723" t="s">
         <v>521</v>
       </c>
       <c r="G723" t="s">
-        <v>1783</v>
+        <v>1782</v>
       </c>
       <c r="J723" t="s">
         <v>363</v>
       </c>
       <c r="L723" t="s">
         <v>49</v>
       </c>
       <c r="M723" t="s">
         <v>176</v>
       </c>
       <c r="P723" t="s">
         <v>468</v>
       </c>
       <c r="Q723" t="s">
         <v>481</v>
       </c>
       <c r="R723" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="724" spans="1:18">
       <c r="A724">
         <v>723</v>
       </c>
       <c r="B724" t="s">
         <v>32</v>
       </c>
       <c r="C724" t="s">
         <v>44</v>
       </c>
       <c r="E724" t="s">
         <v>224</v>
       </c>
       <c r="F724" t="s">
         <v>844</v>
       </c>
       <c r="G724" t="s">
+        <v>1783</v>
+      </c>
+      <c r="H724" t="s">
         <v>1784</v>
-      </c>
-[...1 lines deleted...]
-        <v>1785</v>
       </c>
       <c r="I724" t="s">
         <v>277</v>
       </c>
       <c r="J724" t="s">
         <v>25</v>
       </c>
       <c r="K724" t="s">
         <v>257</v>
       </c>
       <c r="L724" t="s">
         <v>168</v>
       </c>
       <c r="M724" t="s">
         <v>228</v>
       </c>
       <c r="P724" t="s">
         <v>79</v>
       </c>
       <c r="Q724" t="s">
         <v>726</v>
       </c>
       <c r="R724" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="725" spans="1:18">
       <c r="A725">
         <v>724</v>
       </c>
       <c r="B725" t="s">
         <v>18</v>
       </c>
       <c r="C725" t="s">
         <v>44</v>
       </c>
       <c r="E725" t="s">
         <v>214</v>
       </c>
       <c r="F725" t="s">
         <v>348</v>
       </c>
       <c r="G725" t="s">
-        <v>1786</v>
+        <v>1785</v>
       </c>
       <c r="H725" t="s">
         <v>1443</v>
       </c>
       <c r="I725" t="s">
         <v>37</v>
       </c>
       <c r="J725" t="s">
         <v>25</v>
       </c>
       <c r="K725" t="s">
         <v>86</v>
       </c>
       <c r="L725" t="s">
         <v>27</v>
       </c>
       <c r="M725" t="s">
         <v>217</v>
       </c>
       <c r="P725" t="s">
-        <v>1787</v>
+        <v>1786</v>
       </c>
       <c r="Q725" t="s">
         <v>517</v>
       </c>
       <c r="R725" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="726" spans="1:18">
       <c r="A726">
         <v>725</v>
       </c>
       <c r="B726" t="s">
         <v>97</v>
       </c>
       <c r="C726" t="s">
         <v>44</v>
       </c>
       <c r="E726" t="s">
         <v>235</v>
       </c>
       <c r="F726" t="s">
         <v>521</v>
       </c>
       <c r="G726" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H726" t="s">
         <v>1788</v>
-      </c>
-[...1 lines deleted...]
-        <v>1789</v>
       </c>
       <c r="I726" t="s">
         <v>37</v>
       </c>
       <c r="J726" t="s">
         <v>25</v>
       </c>
       <c r="K726" t="s">
         <v>373</v>
       </c>
       <c r="L726" t="s">
         <v>108</v>
       </c>
       <c r="M726" t="s">
         <v>239</v>
       </c>
       <c r="P726" t="s">
         <v>1141</v>
       </c>
       <c r="Q726" t="s">
         <v>550</v>
       </c>
       <c r="R726" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="727" spans="1:18">
       <c r="A727">
         <v>726</v>
       </c>
       <c r="B727" t="s">
         <v>18</v>
       </c>
       <c r="C727" t="s">
         <v>44</v>
       </c>
       <c r="E727" t="s">
         <v>413</v>
       </c>
       <c r="F727" t="s">
         <v>202</v>
       </c>
       <c r="G727" t="s">
-        <v>1790</v>
+        <v>1789</v>
       </c>
       <c r="H727" t="s">
         <v>366</v>
       </c>
       <c r="I727" t="s">
         <v>37</v>
       </c>
       <c r="J727" t="s">
         <v>25</v>
       </c>
       <c r="K727" t="s">
         <v>618</v>
       </c>
       <c r="L727" t="s">
         <v>108</v>
       </c>
       <c r="M727" t="s">
         <v>417</v>
       </c>
       <c r="P727" t="s">
         <v>409</v>
       </c>
       <c r="Q727" t="s">
         <v>469</v>
       </c>
       <c r="R727" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="728" spans="1:18">
       <c r="A728">
         <v>727</v>
       </c>
       <c r="B728" t="s">
         <v>18</v>
       </c>
       <c r="C728" t="s">
         <v>44</v>
       </c>
       <c r="E728" t="s">
         <v>62</v>
       </c>
       <c r="F728" t="s">
         <v>405</v>
       </c>
       <c r="G728" t="s">
-        <v>1791</v>
+        <v>1790</v>
       </c>
       <c r="J728" t="s">
         <v>513</v>
       </c>
       <c r="L728" t="s">
         <v>67</v>
       </c>
       <c r="M728" t="s">
         <v>68</v>
       </c>
       <c r="P728" t="s">
         <v>412</v>
       </c>
       <c r="Q728" t="s">
         <v>818</v>
       </c>
       <c r="R728" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="729" spans="1:18">
       <c r="A729">
         <v>728</v>
       </c>
       <c r="B729" t="s">
         <v>32</v>
       </c>
       <c r="C729" t="s">
         <v>44</v>
       </c>
       <c r="E729" t="s">
         <v>308</v>
       </c>
       <c r="F729" t="s">
         <v>137</v>
       </c>
       <c r="G729" t="s">
+        <v>1791</v>
+      </c>
+      <c r="H729" t="s">
         <v>1792</v>
-      </c>
-[...1 lines deleted...]
-        <v>1793</v>
       </c>
       <c r="I729" t="s">
         <v>101</v>
       </c>
       <c r="J729" t="s">
         <v>25</v>
       </c>
       <c r="K729" t="s">
         <v>250</v>
       </c>
       <c r="L729" t="s">
         <v>146</v>
       </c>
       <c r="M729" t="s">
         <v>310</v>
       </c>
       <c r="P729" t="s">
         <v>956</v>
       </c>
       <c r="Q729" t="s">
         <v>421</v>
       </c>
       <c r="R729" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="730" spans="1:18">
       <c r="A730">
         <v>729</v>
       </c>
       <c r="B730" t="s">
         <v>32</v>
       </c>
       <c r="C730" t="s">
         <v>19</v>
       </c>
       <c r="E730" t="s">
         <v>1327</v>
       </c>
       <c r="F730" t="s">
         <v>105</v>
       </c>
       <c r="G730" t="s">
-        <v>1794</v>
+        <v>1793</v>
       </c>
       <c r="J730" t="s">
         <v>167</v>
       </c>
       <c r="L730" t="s">
         <v>49</v>
       </c>
       <c r="M730" t="s">
         <v>1330</v>
       </c>
       <c r="P730" t="s">
         <v>832</v>
       </c>
       <c r="Q730" t="s">
         <v>634</v>
       </c>
       <c r="R730" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="731" spans="1:18">
       <c r="A731">
         <v>730</v>
       </c>
       <c r="B731" t="s">
         <v>32</v>
       </c>
       <c r="C731" t="s">
         <v>19</v>
       </c>
       <c r="E731" t="s">
         <v>500</v>
       </c>
       <c r="F731" t="s">
+        <v>1794</v>
+      </c>
+      <c r="G731" t="s">
         <v>1795</v>
-      </c>
-[...1 lines deleted...]
-        <v>1796</v>
       </c>
       <c r="H731" t="s">
         <v>477</v>
       </c>
       <c r="I731" t="s">
         <v>372</v>
       </c>
       <c r="J731" t="s">
         <v>25</v>
       </c>
       <c r="K731" t="s">
         <v>478</v>
       </c>
       <c r="L731" t="s">
         <v>108</v>
       </c>
       <c r="M731" t="s">
         <v>503</v>
       </c>
       <c r="P731" t="s">
         <v>897</v>
       </c>
       <c r="Q731" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="732" spans="1:18">
       <c r="A732">
         <v>731</v>
       </c>
       <c r="B732" t="s">
         <v>97</v>
       </c>
       <c r="C732" t="s">
         <v>44</v>
       </c>
       <c r="E732" t="s">
         <v>128</v>
       </c>
       <c r="F732" t="s">
         <v>267</v>
       </c>
       <c r="G732" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="H732" t="s">
         <v>269</v>
       </c>
       <c r="I732" t="s">
         <v>37</v>
       </c>
       <c r="J732" t="s">
         <v>25</v>
       </c>
       <c r="K732" t="s">
         <v>175</v>
       </c>
       <c r="L732" t="s">
         <v>58</v>
       </c>
       <c r="M732" t="s">
         <v>133</v>
       </c>
       <c r="P732" t="s">
         <v>389</v>
       </c>
       <c r="Q732" t="s">
         <v>491</v>
       </c>
       <c r="R732" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="733" spans="1:18">
       <c r="A733">
         <v>732</v>
       </c>
       <c r="B733" t="s">
         <v>97</v>
       </c>
       <c r="C733" t="s">
         <v>44</v>
       </c>
       <c r="E733" t="s">
         <v>45</v>
       </c>
       <c r="F733" t="s">
         <v>197</v>
       </c>
       <c r="G733" t="s">
-        <v>1798</v>
+        <v>1797</v>
       </c>
       <c r="H733" t="s">
         <v>1093</v>
       </c>
       <c r="I733" t="s">
         <v>24</v>
       </c>
       <c r="J733" t="s">
         <v>25</v>
       </c>
       <c r="K733" t="s">
         <v>842</v>
       </c>
       <c r="L733" t="s">
         <v>49</v>
       </c>
       <c r="M733" t="s">
         <v>50</v>
       </c>
       <c r="P733" t="s">
-        <v>1799</v>
+        <v>1798</v>
       </c>
       <c r="Q733" t="s">
         <v>603</v>
       </c>
       <c r="R733" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="734" spans="1:18">
       <c r="A734">
         <v>733</v>
       </c>
       <c r="B734" t="s">
         <v>71</v>
       </c>
       <c r="C734" t="s">
         <v>44</v>
       </c>
       <c r="E734" t="s">
         <v>612</v>
       </c>
       <c r="F734" t="s">
         <v>521</v>
       </c>
       <c r="G734" t="s">
-        <v>1800</v>
+        <v>1799</v>
       </c>
       <c r="H734" t="s">
         <v>1296</v>
       </c>
       <c r="I734" t="s">
         <v>926</v>
       </c>
       <c r="J734" t="s">
         <v>25</v>
       </c>
       <c r="K734" t="s">
         <v>618</v>
       </c>
       <c r="L734" t="s">
         <v>67</v>
       </c>
       <c r="M734" t="s">
         <v>614</v>
       </c>
       <c r="P734" t="s">
         <v>200</v>
       </c>
       <c r="Q734" t="s">
         <v>1648</v>
       </c>
       <c r="R734" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="735" spans="1:18">
       <c r="A735">
         <v>734</v>
       </c>
       <c r="B735" t="s">
         <v>32</v>
       </c>
       <c r="C735" t="s">
         <v>19</v>
       </c>
       <c r="E735" t="s">
         <v>253</v>
       </c>
       <c r="F735" t="s">
         <v>129</v>
       </c>
       <c r="G735" t="s">
-        <v>1801</v>
+        <v>1800</v>
       </c>
       <c r="J735" t="s">
         <v>1708</v>
       </c>
       <c r="L735" t="s">
         <v>168</v>
       </c>
       <c r="M735" t="s">
         <v>258</v>
       </c>
       <c r="P735" t="s">
         <v>1373</v>
       </c>
       <c r="Q735" t="s">
         <v>715</v>
       </c>
       <c r="R735" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="736" spans="1:18">
       <c r="A736">
         <v>735</v>
       </c>
       <c r="B736" t="s">
         <v>32</v>
       </c>
       <c r="C736" t="s">
         <v>44</v>
       </c>
       <c r="E736" t="s">
         <v>235</v>
       </c>
       <c r="F736" t="s">
         <v>105</v>
       </c>
       <c r="G736" t="s">
+        <v>1801</v>
+      </c>
+      <c r="H736" t="s">
         <v>1802</v>
-      </c>
-[...1 lines deleted...]
-        <v>1803</v>
       </c>
       <c r="I736" t="s">
         <v>277</v>
       </c>
       <c r="J736" t="s">
         <v>25</v>
       </c>
       <c r="K736" t="s">
         <v>86</v>
       </c>
       <c r="L736" t="s">
         <v>108</v>
       </c>
       <c r="M736" t="s">
         <v>239</v>
       </c>
       <c r="P736" t="s">
-        <v>1804</v>
+        <v>1803</v>
       </c>
       <c r="Q736" t="s">
         <v>352</v>
       </c>
       <c r="R736" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="737" spans="1:18">
       <c r="A737">
         <v>736</v>
       </c>
       <c r="B737" t="s">
         <v>32</v>
       </c>
       <c r="C737" t="s">
         <v>19</v>
       </c>
       <c r="E737" t="s">
         <v>253</v>
       </c>
       <c r="F737" t="s">
         <v>591</v>
       </c>
       <c r="G737" t="s">
-        <v>1805</v>
+        <v>1804</v>
       </c>
       <c r="J737" t="s">
         <v>363</v>
       </c>
       <c r="L737" t="s">
         <v>168</v>
       </c>
       <c r="M737" t="s">
         <v>258</v>
       </c>
       <c r="P737" t="s">
         <v>1153</v>
       </c>
       <c r="Q737" t="s">
         <v>469</v>
       </c>
       <c r="R737" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="738" spans="1:18">
       <c r="A738">
         <v>737</v>
       </c>
       <c r="B738" t="s">
         <v>97</v>
       </c>
       <c r="C738" t="s">
         <v>19</v>
       </c>
       <c r="E738" t="s">
         <v>188</v>
       </c>
       <c r="F738" t="s">
         <v>274</v>
       </c>
       <c r="G738" t="s">
-        <v>1806</v>
+        <v>1805</v>
       </c>
       <c r="J738" t="s">
         <v>286</v>
       </c>
       <c r="L738" t="s">
         <v>115</v>
       </c>
       <c r="M738" t="s">
         <v>193</v>
       </c>
       <c r="P738" t="s">
         <v>899</v>
       </c>
       <c r="Q738" t="s">
         <v>163</v>
       </c>
       <c r="R738" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="739" spans="1:18">
       <c r="A739">
         <v>738</v>
       </c>
       <c r="B739" t="s">
         <v>32</v>
       </c>
       <c r="C739" t="s">
         <v>19</v>
       </c>
       <c r="E739" t="s">
         <v>242</v>
       </c>
       <c r="F739" t="s">
         <v>668</v>
       </c>
       <c r="G739" t="s">
-        <v>1807</v>
+        <v>1806</v>
       </c>
       <c r="H739" t="s">
         <v>1636</v>
       </c>
       <c r="I739" t="s">
         <v>101</v>
       </c>
       <c r="J739" t="s">
         <v>25</v>
       </c>
       <c r="K739" t="s">
         <v>132</v>
       </c>
       <c r="L739" t="s">
         <v>146</v>
       </c>
       <c r="M739" t="s">
         <v>244</v>
       </c>
       <c r="P739" t="s">
         <v>389</v>
       </c>
       <c r="Q739" t="s">
         <v>770</v>
       </c>
       <c r="R739" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="740" spans="1:18">
       <c r="A740">
         <v>739</v>
       </c>
       <c r="B740" t="s">
         <v>97</v>
       </c>
       <c r="C740" t="s">
         <v>19</v>
       </c>
       <c r="E740" t="s">
         <v>45</v>
       </c>
       <c r="F740" t="s">
         <v>129</v>
       </c>
       <c r="G740" t="s">
+        <v>1807</v>
+      </c>
+      <c r="H740" t="s">
         <v>1808</v>
-      </c>
-[...1 lines deleted...]
-        <v>1809</v>
       </c>
       <c r="I740" t="s">
         <v>277</v>
       </c>
       <c r="J740" t="s">
         <v>25</v>
       </c>
       <c r="K740" t="s">
         <v>450</v>
       </c>
       <c r="L740" t="s">
         <v>49</v>
       </c>
       <c r="M740" t="s">
         <v>50</v>
       </c>
       <c r="P740" t="s">
         <v>121</v>
       </c>
       <c r="Q740" t="s">
         <v>504</v>
       </c>
       <c r="R740" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="741" spans="1:18">
       <c r="A741">
         <v>740</v>
       </c>
       <c r="B741" t="s">
         <v>71</v>
       </c>
       <c r="C741" t="s">
         <v>19</v>
       </c>
       <c r="E741" t="s">
         <v>120</v>
       </c>
       <c r="F741" t="s">
         <v>800</v>
       </c>
       <c r="G741" t="s">
+        <v>1809</v>
+      </c>
+      <c r="H741" t="s">
         <v>1810</v>
-      </c>
-[...1 lines deleted...]
-        <v>1811</v>
       </c>
       <c r="I741" t="s">
         <v>37</v>
       </c>
       <c r="J741" t="s">
         <v>25</v>
       </c>
       <c r="K741" t="s">
         <v>580</v>
       </c>
       <c r="L741" t="s">
         <v>39</v>
       </c>
       <c r="M741" t="s">
         <v>125</v>
       </c>
       <c r="P741" t="s">
         <v>110</v>
       </c>
       <c r="Q741" t="s">
         <v>481</v>
       </c>
       <c r="R741" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="742" spans="1:18">
       <c r="A742">
         <v>741</v>
       </c>
       <c r="B742" t="s">
         <v>32</v>
       </c>
       <c r="C742" t="s">
         <v>44</v>
       </c>
       <c r="E742" t="s">
         <v>53</v>
       </c>
       <c r="F742" t="s">
         <v>91</v>
       </c>
       <c r="G742" t="s">
-        <v>1812</v>
+        <v>1811</v>
       </c>
       <c r="H742" t="s">
         <v>1517</v>
       </c>
       <c r="I742" t="s">
         <v>37</v>
       </c>
       <c r="J742" t="s">
         <v>25</v>
       </c>
       <c r="K742" t="s">
         <v>86</v>
       </c>
       <c r="L742" t="s">
         <v>58</v>
       </c>
       <c r="M742" t="s">
         <v>59</v>
       </c>
       <c r="P742" t="s">
-        <v>1813</v>
+        <v>1812</v>
       </c>
       <c r="Q742" t="s">
         <v>1096</v>
       </c>
       <c r="R742" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="743" spans="1:18">
       <c r="A743">
         <v>742</v>
       </c>
       <c r="B743" t="s">
         <v>32</v>
       </c>
       <c r="C743" t="s">
         <v>44</v>
       </c>
       <c r="E743" t="s">
         <v>62</v>
       </c>
       <c r="F743" t="s">
         <v>984</v>
       </c>
       <c r="G743" t="s">
-        <v>1814</v>
+        <v>1813</v>
       </c>
       <c r="H743" t="s">
         <v>1621</v>
       </c>
       <c r="I743" t="s">
         <v>101</v>
       </c>
       <c r="J743" t="s">
         <v>25</v>
       </c>
       <c r="K743" t="s">
         <v>257</v>
       </c>
       <c r="L743" t="s">
         <v>67</v>
       </c>
       <c r="M743" t="s">
         <v>68</v>
       </c>
       <c r="P743" t="s">
         <v>755</v>
       </c>
       <c r="Q743" t="s">
         <v>352</v>
       </c>
       <c r="R743" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="744" spans="1:18">
       <c r="A744">
         <v>743</v>
       </c>
       <c r="B744" t="s">
         <v>32</v>
       </c>
       <c r="C744" t="s">
         <v>44</v>
       </c>
       <c r="E744" t="s">
         <v>164</v>
       </c>
       <c r="F744" t="s">
         <v>157</v>
       </c>
       <c r="G744" t="s">
+        <v>1814</v>
+      </c>
+      <c r="H744" t="s">
         <v>1815</v>
-      </c>
-[...1 lines deleted...]
-        <v>1816</v>
       </c>
       <c r="I744" t="s">
         <v>101</v>
       </c>
       <c r="J744" t="s">
         <v>25</v>
       </c>
       <c r="K744" t="s">
         <v>66</v>
       </c>
       <c r="L744" t="s">
         <v>168</v>
       </c>
       <c r="M744" t="s">
         <v>169</v>
       </c>
       <c r="P744" t="s">
         <v>245</v>
       </c>
       <c r="Q744" t="s">
         <v>241</v>
       </c>
       <c r="R744" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="745" spans="1:18">
       <c r="A745">
         <v>744</v>
       </c>
       <c r="B745" t="s">
         <v>32</v>
       </c>
       <c r="C745" t="s">
         <v>44</v>
       </c>
       <c r="E745" t="s">
         <v>120</v>
       </c>
       <c r="F745" t="s">
         <v>165</v>
       </c>
       <c r="G745" t="s">
-        <v>1817</v>
+        <v>1816</v>
       </c>
       <c r="J745" t="s">
         <v>159</v>
       </c>
       <c r="L745" t="s">
         <v>39</v>
       </c>
       <c r="M745" t="s">
         <v>125</v>
       </c>
       <c r="P745" t="s">
         <v>360</v>
       </c>
       <c r="Q745" t="s">
         <v>328</v>
       </c>
       <c r="R745" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="746" spans="1:18">
       <c r="A746">
         <v>745</v>
       </c>
       <c r="B746" t="s">
         <v>32</v>
       </c>
       <c r="C746" t="s">
         <v>44</v>
       </c>
       <c r="E746" t="s">
         <v>1279</v>
       </c>
       <c r="F746" t="s">
         <v>628</v>
       </c>
       <c r="G746" t="s">
-        <v>1818</v>
+        <v>1817</v>
       </c>
       <c r="J746" t="s">
         <v>363</v>
       </c>
       <c r="L746" t="s">
         <v>27</v>
       </c>
       <c r="M746" t="s">
         <v>1282</v>
       </c>
       <c r="P746" t="s">
         <v>1264</v>
       </c>
       <c r="Q746" t="s">
         <v>404</v>
       </c>
       <c r="R746" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="747" spans="1:18">
       <c r="A747">
         <v>746</v>
       </c>
       <c r="B747" t="s">
         <v>71</v>
       </c>
       <c r="C747" t="s">
         <v>44</v>
       </c>
       <c r="E747" t="s">
         <v>53</v>
       </c>
       <c r="F747" t="s">
         <v>631</v>
       </c>
       <c r="G747" t="s">
+        <v>1818</v>
+      </c>
+      <c r="H747" t="s">
         <v>1819</v>
-      </c>
-[...1 lines deleted...]
-        <v>1820</v>
       </c>
       <c r="I747" t="s">
         <v>37</v>
       </c>
       <c r="J747" t="s">
         <v>25</v>
       </c>
       <c r="K747" t="s">
         <v>765</v>
       </c>
       <c r="L747" t="s">
         <v>58</v>
       </c>
       <c r="M747" t="s">
         <v>59</v>
       </c>
       <c r="P747" t="s">
-        <v>1821</v>
+        <v>1820</v>
       </c>
       <c r="Q747" t="s">
         <v>42</v>
       </c>
       <c r="R747" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="748" spans="1:18">
       <c r="A748">
         <v>747</v>
       </c>
       <c r="B748" t="s">
         <v>32</v>
       </c>
       <c r="C748" t="s">
         <v>19</v>
       </c>
       <c r="E748" t="s">
         <v>53</v>
       </c>
       <c r="F748" t="s">
         <v>91</v>
       </c>
       <c r="G748" t="s">
-        <v>1822</v>
+        <v>1821</v>
       </c>
       <c r="H748" t="s">
         <v>181</v>
       </c>
       <c r="I748" t="s">
         <v>37</v>
       </c>
       <c r="J748" t="s">
         <v>25</v>
       </c>
       <c r="K748" t="s">
         <v>842</v>
       </c>
       <c r="L748" t="s">
         <v>58</v>
       </c>
       <c r="M748" t="s">
         <v>59</v>
       </c>
       <c r="P748" t="s">
         <v>1137</v>
       </c>
       <c r="Q748" t="s">
         <v>1648</v>
       </c>
       <c r="R748" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="749" spans="1:18">
       <c r="A749">
         <v>748</v>
       </c>
       <c r="B749" t="s">
         <v>32</v>
       </c>
       <c r="C749" t="s">
         <v>44</v>
       </c>
       <c r="E749" t="s">
         <v>120</v>
       </c>
       <c r="F749" t="s">
         <v>236</v>
       </c>
       <c r="G749" t="s">
+        <v>1822</v>
+      </c>
+      <c r="H749" t="s">
         <v>1823</v>
-      </c>
-[...1 lines deleted...]
-        <v>1824</v>
       </c>
       <c r="I749" t="s">
         <v>277</v>
       </c>
       <c r="J749" t="s">
         <v>25</v>
       </c>
       <c r="K749" t="s">
         <v>66</v>
       </c>
       <c r="L749" t="s">
         <v>39</v>
       </c>
       <c r="M749" t="s">
         <v>125</v>
       </c>
       <c r="P749" t="s">
-        <v>1825</v>
+        <v>1824</v>
       </c>
       <c r="Q749" t="s">
         <v>291</v>
       </c>
       <c r="R749" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="750" spans="1:18">
       <c r="A750">
         <v>749</v>
       </c>
       <c r="B750" t="s">
         <v>18</v>
       </c>
       <c r="C750" t="s">
         <v>19</v>
       </c>
       <c r="E750" t="s">
         <v>356</v>
       </c>
       <c r="F750" t="s">
         <v>215</v>
       </c>
       <c r="G750" t="s">
-        <v>1826</v>
+        <v>1825</v>
       </c>
       <c r="J750" t="s">
         <v>380</v>
       </c>
       <c r="L750" t="s">
         <v>39</v>
       </c>
       <c r="M750" t="s">
         <v>359</v>
       </c>
       <c r="P750" t="s">
         <v>787</v>
       </c>
       <c r="Q750" t="s">
         <v>491</v>
       </c>
       <c r="R750" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="751" spans="1:18">
       <c r="A751">
         <v>750</v>
       </c>
       <c r="B751" t="s">
         <v>32</v>
       </c>
       <c r="C751" t="s">
         <v>44</v>
       </c>
       <c r="E751" t="s">
         <v>413</v>
       </c>
       <c r="F751" t="s">
         <v>137</v>
       </c>
       <c r="G751" t="s">
-        <v>1827</v>
+        <v>1826</v>
       </c>
       <c r="H751" t="s">
         <v>1337</v>
       </c>
       <c r="I751" t="s">
         <v>37</v>
       </c>
       <c r="J751" t="s">
         <v>25</v>
       </c>
       <c r="K751" t="s">
         <v>76</v>
       </c>
       <c r="L751" t="s">
         <v>108</v>
       </c>
       <c r="M751" t="s">
         <v>417</v>
       </c>
       <c r="P751" t="s">
         <v>1643</v>
       </c>
       <c r="Q751" t="s">
-        <v>1828</v>
+        <v>1827</v>
       </c>
       <c r="R751" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="752" spans="1:18">
       <c r="A752">
         <v>751</v>
       </c>
       <c r="B752" t="s">
         <v>32</v>
       </c>
       <c r="C752" t="s">
         <v>19</v>
       </c>
       <c r="E752" t="s">
         <v>1014</v>
       </c>
       <c r="F752" t="s">
         <v>1747</v>
       </c>
       <c r="G752" t="s">
-        <v>1829</v>
+        <v>1828</v>
       </c>
       <c r="J752" t="s">
         <v>159</v>
       </c>
       <c r="L752" t="s">
         <v>108</v>
       </c>
       <c r="M752" t="s">
         <v>1017</v>
       </c>
       <c r="P752" t="s">
         <v>627</v>
       </c>
       <c r="Q752" t="s">
         <v>966</v>
       </c>
     </row>
     <row r="753" spans="1:18">
       <c r="A753">
         <v>752</v>
       </c>
       <c r="B753" t="s">
         <v>32</v>
       </c>
       <c r="C753" t="s">
         <v>44</v>
       </c>
       <c r="E753" t="s">
         <v>20</v>
       </c>
       <c r="F753" t="s">
         <v>501</v>
       </c>
       <c r="G753" t="s">
+        <v>1829</v>
+      </c>
+      <c r="H753" t="s">
         <v>1830</v>
-      </c>
-[...1 lines deleted...]
-        <v>1831</v>
       </c>
       <c r="I753" t="s">
         <v>320</v>
       </c>
       <c r="J753" t="s">
         <v>25</v>
       </c>
       <c r="K753" t="s">
         <v>124</v>
       </c>
       <c r="L753" t="s">
         <v>27</v>
       </c>
       <c r="M753" t="s">
         <v>28</v>
       </c>
       <c r="P753" t="s">
         <v>1392</v>
       </c>
       <c r="Q753" t="s">
         <v>289</v>
       </c>
       <c r="R753" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="754" spans="1:18">
       <c r="A754">
         <v>753</v>
       </c>
       <c r="B754" t="s">
         <v>32</v>
       </c>
       <c r="C754" t="s">
         <v>19</v>
       </c>
       <c r="E754" t="s">
         <v>873</v>
       </c>
       <c r="F754" t="s">
         <v>274</v>
       </c>
       <c r="G754" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H754" t="s">
         <v>1832</v>
-      </c>
-[...1 lines deleted...]
-        <v>1833</v>
       </c>
       <c r="I754" t="s">
         <v>37</v>
       </c>
       <c r="J754" t="s">
         <v>25</v>
       </c>
       <c r="K754" t="s">
         <v>808</v>
       </c>
       <c r="L754" t="s">
         <v>160</v>
       </c>
       <c r="M754" t="s">
         <v>875</v>
       </c>
       <c r="P754" t="s">
         <v>755</v>
       </c>
       <c r="Q754" t="s">
         <v>312</v>
       </c>
       <c r="R754" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="755" spans="1:18">
       <c r="A755">
         <v>754</v>
       </c>
       <c r="B755" t="s">
         <v>32</v>
       </c>
       <c r="C755" t="s">
         <v>19</v>
       </c>
       <c r="E755" t="s">
         <v>156</v>
       </c>
       <c r="F755" t="s">
         <v>157</v>
       </c>
       <c r="G755" t="s">
-        <v>1834</v>
+        <v>1833</v>
       </c>
       <c r="J755" t="s">
         <v>159</v>
       </c>
       <c r="L755" t="s">
         <v>160</v>
       </c>
       <c r="M755" t="s">
         <v>161</v>
       </c>
       <c r="P755" t="s">
         <v>1701</v>
       </c>
       <c r="Q755" t="s">
         <v>721</v>
       </c>
       <c r="R755" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="756" spans="1:18">
       <c r="A756">
         <v>755</v>
       </c>
       <c r="B756" t="s">
         <v>667</v>
       </c>
       <c r="C756" t="s">
         <v>19</v>
       </c>
       <c r="E756" t="s">
         <v>164</v>
       </c>
       <c r="F756" t="s">
         <v>635</v>
       </c>
       <c r="G756" t="s">
-        <v>1835</v>
+        <v>1834</v>
       </c>
       <c r="H756" t="s">
         <v>746</v>
       </c>
       <c r="I756" t="s">
         <v>37</v>
       </c>
       <c r="J756" t="s">
         <v>25</v>
       </c>
       <c r="K756" t="s">
         <v>346</v>
       </c>
       <c r="L756" t="s">
         <v>168</v>
       </c>
       <c r="M756" t="s">
         <v>169</v>
       </c>
       <c r="P756" t="s">
         <v>1216</v>
       </c>
       <c r="Q756" t="s">
         <v>486</v>
       </c>
       <c r="R756" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="757" spans="1:18">
       <c r="A757">
         <v>756</v>
       </c>
       <c r="B757" t="s">
         <v>71</v>
       </c>
       <c r="C757" t="s">
         <v>19</v>
       </c>
       <c r="E757" t="s">
         <v>308</v>
       </c>
       <c r="F757" t="s">
         <v>54</v>
       </c>
       <c r="G757" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H757" t="s">
         <v>1836</v>
-      </c>
-[...1 lines deleted...]
-        <v>1837</v>
       </c>
       <c r="I757" t="s">
         <v>37</v>
       </c>
       <c r="J757" t="s">
         <v>25</v>
       </c>
       <c r="K757" t="s">
         <v>842</v>
       </c>
       <c r="L757" t="s">
         <v>146</v>
       </c>
       <c r="M757" t="s">
         <v>310</v>
       </c>
       <c r="P757" t="s">
         <v>311</v>
       </c>
       <c r="Q757" t="s">
         <v>823</v>
       </c>
       <c r="R757" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="758" spans="1:18">
       <c r="A758">
         <v>757</v>
       </c>
       <c r="B758" t="s">
         <v>71</v>
       </c>
       <c r="C758" t="s">
         <v>44</v>
       </c>
       <c r="E758" t="s">
         <v>447</v>
       </c>
       <c r="F758" t="s">
         <v>54</v>
       </c>
       <c r="G758" t="s">
+        <v>1837</v>
+      </c>
+      <c r="H758" t="s">
         <v>1838</v>
-      </c>
-[...1 lines deleted...]
-        <v>1839</v>
       </c>
       <c r="I758" t="s">
         <v>37</v>
       </c>
       <c r="J758" t="s">
         <v>25</v>
       </c>
       <c r="K758" t="s">
         <v>132</v>
       </c>
       <c r="L758" t="s">
         <v>27</v>
       </c>
       <c r="M758" t="s">
         <v>451</v>
       </c>
       <c r="P758" t="s">
         <v>121</v>
       </c>
       <c r="Q758" t="s">
         <v>1096</v>
       </c>
       <c r="R758" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="759" spans="1:18">
       <c r="A759">
         <v>758</v>
       </c>
       <c r="B759" t="s">
         <v>18</v>
       </c>
       <c r="C759" t="s">
         <v>44</v>
       </c>
       <c r="E759" t="s">
         <v>196</v>
       </c>
       <c r="F759" t="s">
         <v>635</v>
       </c>
       <c r="G759" t="s">
-        <v>1840</v>
+        <v>1839</v>
       </c>
       <c r="H759" t="s">
         <v>75</v>
       </c>
       <c r="I759" t="s">
         <v>24</v>
       </c>
       <c r="J759" t="s">
         <v>25</v>
       </c>
       <c r="K759" t="s">
         <v>566</v>
       </c>
       <c r="L759" t="s">
         <v>115</v>
       </c>
       <c r="M759" t="s">
         <v>199</v>
       </c>
       <c r="P759" t="s">
         <v>389</v>
       </c>
       <c r="Q759" t="s">
         <v>218</v>
       </c>
       <c r="R759" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="760" spans="1:18">
       <c r="A760">
         <v>759</v>
       </c>
       <c r="B760" t="s">
         <v>667</v>
       </c>
       <c r="C760" t="s">
         <v>19</v>
       </c>
       <c r="E760" t="s">
         <v>143</v>
       </c>
       <c r="F760" t="s">
         <v>245</v>
       </c>
       <c r="G760" t="s">
+        <v>1840</v>
+      </c>
+      <c r="H760" t="s">
         <v>1841</v>
-      </c>
-[...1 lines deleted...]
-        <v>1842</v>
       </c>
       <c r="I760" t="s">
         <v>37</v>
       </c>
       <c r="J760" t="s">
         <v>25</v>
       </c>
       <c r="K760" t="s">
         <v>76</v>
       </c>
       <c r="L760" t="s">
         <v>146</v>
       </c>
       <c r="M760" t="s">
         <v>147</v>
       </c>
       <c r="P760" t="s">
         <v>389</v>
       </c>
       <c r="Q760" t="s">
         <v>118</v>
       </c>
       <c r="R760" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="761" spans="1:18">
       <c r="A761">
         <v>760</v>
       </c>
       <c r="B761" t="s">
         <v>32</v>
       </c>
       <c r="C761" t="s">
         <v>44</v>
       </c>
       <c r="E761" t="s">
         <v>413</v>
       </c>
       <c r="F761" t="s">
         <v>54</v>
       </c>
       <c r="G761" t="s">
+        <v>1842</v>
+      </c>
+      <c r="H761" t="s">
         <v>1843</v>
       </c>
-      <c r="H761" t="s">
+      <c r="I761" t="s">
         <v>1844</v>
-      </c>
-[...1 lines deleted...]
-        <v>1845</v>
       </c>
       <c r="J761" t="s">
         <v>25</v>
       </c>
       <c r="K761" t="s">
         <v>1201</v>
       </c>
       <c r="L761" t="s">
         <v>108</v>
       </c>
       <c r="M761" t="s">
         <v>417</v>
       </c>
       <c r="P761" t="s">
         <v>121</v>
       </c>
       <c r="Q761" t="s">
         <v>201</v>
       </c>
       <c r="R761" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="762" spans="1:18">
       <c r="A762">
         <v>761</v>
       </c>
       <c r="B762" t="s">
         <v>32</v>
       </c>
       <c r="C762" t="s">
         <v>44</v>
       </c>
       <c r="E762" t="s">
         <v>224</v>
       </c>
       <c r="F762" t="s">
         <v>844</v>
       </c>
       <c r="G762" t="s">
-        <v>1846</v>
+        <v>1845</v>
       </c>
       <c r="H762" t="s">
         <v>1067</v>
       </c>
       <c r="I762" t="s">
         <v>37</v>
       </c>
       <c r="J762" t="s">
         <v>25</v>
       </c>
       <c r="K762" t="s">
         <v>1453</v>
       </c>
       <c r="L762" t="s">
         <v>168</v>
       </c>
       <c r="M762" t="s">
         <v>228</v>
       </c>
       <c r="P762" t="s">
         <v>710</v>
       </c>
       <c r="Q762" t="s">
         <v>42</v>
       </c>
       <c r="R762" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="763" spans="1:18">
       <c r="A763">
         <v>762</v>
       </c>
       <c r="B763" t="s">
         <v>32</v>
       </c>
       <c r="C763" t="s">
         <v>44</v>
       </c>
       <c r="E763" t="s">
         <v>104</v>
       </c>
       <c r="F763" t="s">
         <v>409</v>
       </c>
       <c r="G763" t="s">
-        <v>1847</v>
+        <v>1846</v>
       </c>
       <c r="J763" t="s">
         <v>159</v>
       </c>
       <c r="L763" t="s">
         <v>108</v>
       </c>
       <c r="M763" t="s">
         <v>109</v>
       </c>
       <c r="P763" t="s">
         <v>234</v>
       </c>
       <c r="Q763" t="s">
         <v>517</v>
       </c>
       <c r="R763" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="764" spans="1:18">
       <c r="A764">
         <v>763</v>
       </c>
       <c r="B764" t="s">
         <v>18</v>
       </c>
       <c r="C764" t="s">
         <v>44</v>
       </c>
       <c r="E764" t="s">
         <v>33</v>
       </c>
       <c r="F764" t="s">
         <v>1512</v>
       </c>
       <c r="G764" t="s">
+        <v>1847</v>
+      </c>
+      <c r="H764" t="s">
         <v>1848</v>
-      </c>
-[...1 lines deleted...]
-        <v>1849</v>
       </c>
       <c r="I764" t="s">
         <v>37</v>
       </c>
       <c r="J764" t="s">
         <v>25</v>
       </c>
       <c r="K764" t="s">
         <v>186</v>
       </c>
       <c r="L764" t="s">
         <v>39</v>
       </c>
       <c r="M764" t="s">
         <v>40</v>
       </c>
       <c r="P764" t="s">
         <v>389</v>
       </c>
       <c r="Q764" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="765" spans="1:18">
       <c r="A765">
         <v>764</v>
       </c>
       <c r="B765" t="s">
         <v>18</v>
       </c>
       <c r="C765" t="s">
         <v>44</v>
       </c>
       <c r="E765" t="s">
         <v>612</v>
       </c>
       <c r="F765" t="s">
         <v>777</v>
       </c>
       <c r="G765" t="s">
+        <v>1849</v>
+      </c>
+      <c r="H765" t="s">
         <v>1850</v>
-      </c>
-[...1 lines deleted...]
-        <v>1851</v>
       </c>
       <c r="I765" t="s">
         <v>277</v>
       </c>
       <c r="J765" t="s">
         <v>25</v>
       </c>
       <c r="K765" t="s">
         <v>450</v>
       </c>
       <c r="L765" t="s">
         <v>67</v>
       </c>
       <c r="M765" t="s">
         <v>614</v>
       </c>
       <c r="P765" t="s">
         <v>710</v>
       </c>
       <c r="Q765" t="s">
         <v>178</v>
       </c>
       <c r="R765" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="766" spans="1:18">
       <c r="A766">
         <v>765</v>
       </c>
       <c r="B766" t="s">
         <v>32</v>
       </c>
       <c r="C766" t="s">
         <v>44</v>
       </c>
       <c r="E766" t="s">
         <v>695</v>
       </c>
       <c r="F766" t="s">
         <v>236</v>
       </c>
       <c r="G766" t="s">
-        <v>1852</v>
+        <v>1851</v>
       </c>
       <c r="H766" t="s">
         <v>940</v>
       </c>
       <c r="I766" t="s">
         <v>37</v>
       </c>
       <c r="J766" t="s">
         <v>25</v>
       </c>
       <c r="K766" t="s">
         <v>765</v>
       </c>
       <c r="L766" t="s">
         <v>49</v>
       </c>
       <c r="M766" t="s">
         <v>698</v>
       </c>
       <c r="P766" t="s">
         <v>60</v>
       </c>
       <c r="Q766" t="s">
         <v>872</v>
       </c>
       <c r="R766" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="767" spans="1:18">
       <c r="A767">
         <v>766</v>
       </c>
       <c r="B767" t="s">
         <v>71</v>
       </c>
       <c r="C767" t="s">
         <v>19</v>
       </c>
       <c r="E767" t="s">
         <v>72</v>
       </c>
       <c r="F767" t="s">
         <v>165</v>
       </c>
       <c r="G767" t="s">
-        <v>1853</v>
+        <v>1852</v>
       </c>
       <c r="H767" t="s">
         <v>907</v>
       </c>
       <c r="I767" t="s">
         <v>24</v>
       </c>
       <c r="J767" t="s">
         <v>25</v>
       </c>
       <c r="K767" t="s">
         <v>580</v>
       </c>
       <c r="L767" t="s">
         <v>77</v>
       </c>
       <c r="M767" t="s">
         <v>78</v>
       </c>
       <c r="P767" t="s">
         <v>393</v>
       </c>
       <c r="Q767" t="s">
         <v>1219</v>
       </c>
       <c r="R767" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="768" spans="1:18">
       <c r="A768">
         <v>767</v>
       </c>
       <c r="B768" t="s">
         <v>32</v>
       </c>
       <c r="C768" t="s">
         <v>19</v>
       </c>
       <c r="E768" t="s">
         <v>143</v>
       </c>
       <c r="F768" t="s">
         <v>144</v>
       </c>
       <c r="G768" t="s">
-        <v>1854</v>
+        <v>1853</v>
       </c>
       <c r="J768" t="s">
         <v>380</v>
       </c>
       <c r="L768" t="s">
         <v>146</v>
       </c>
       <c r="M768" t="s">
         <v>147</v>
       </c>
       <c r="P768" t="s">
         <v>121</v>
       </c>
       <c r="Q768" t="s">
         <v>272</v>
       </c>
       <c r="R768" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="769" spans="1:18">
       <c r="A769">
         <v>768</v>
       </c>
       <c r="B769" t="s">
         <v>32</v>
       </c>
       <c r="C769" t="s">
         <v>19</v>
       </c>
       <c r="E769" t="s">
         <v>143</v>
       </c>
       <c r="F769" t="s">
         <v>299</v>
       </c>
       <c r="G769" t="s">
-        <v>1855</v>
+        <v>1854</v>
       </c>
       <c r="J769" t="s">
         <v>167</v>
       </c>
       <c r="L769" t="s">
         <v>146</v>
       </c>
       <c r="M769" t="s">
         <v>147</v>
       </c>
       <c r="P769" t="s">
-        <v>1856</v>
+        <v>1855</v>
       </c>
       <c r="Q769" t="s">
         <v>302</v>
       </c>
       <c r="R769" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="770" spans="1:18">
       <c r="A770">
         <v>769</v>
       </c>
       <c r="B770" t="s">
         <v>32</v>
       </c>
       <c r="C770" t="s">
         <v>44</v>
       </c>
       <c r="E770" t="s">
         <v>143</v>
       </c>
       <c r="F770" t="s">
         <v>299</v>
       </c>
       <c r="G770" t="s">
-        <v>1857</v>
+        <v>1856</v>
       </c>
       <c r="J770" t="s">
         <v>363</v>
       </c>
       <c r="L770" t="s">
         <v>146</v>
       </c>
       <c r="M770" t="s">
         <v>147</v>
       </c>
       <c r="P770" t="s">
         <v>827</v>
       </c>
       <c r="Q770" t="s">
         <v>674</v>
       </c>
       <c r="R770" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="771" spans="1:18">
       <c r="A771">
         <v>770</v>
       </c>
       <c r="B771" t="s">
         <v>18</v>
       </c>
       <c r="C771" t="s">
         <v>44</v>
       </c>
       <c r="E771" t="s">
         <v>156</v>
       </c>
       <c r="F771" t="s">
         <v>643</v>
       </c>
       <c r="G771" t="s">
-        <v>1858</v>
+        <v>1857</v>
       </c>
       <c r="J771" t="s">
         <v>93</v>
       </c>
       <c r="L771" t="s">
         <v>160</v>
       </c>
       <c r="M771" t="s">
         <v>161</v>
       </c>
       <c r="P771" t="s">
         <v>41</v>
       </c>
       <c r="Q771" t="s">
         <v>352</v>
       </c>
       <c r="R771" t="s">
-        <v>1859</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="772" spans="1:18">
       <c r="A772">
         <v>771</v>
       </c>
       <c r="B772" t="s">
         <v>32</v>
       </c>
       <c r="C772" t="s">
         <v>44</v>
       </c>
       <c r="E772" t="s">
         <v>104</v>
       </c>
       <c r="F772" t="s">
         <v>157</v>
       </c>
       <c r="G772" t="s">
+        <v>1859</v>
+      </c>
+      <c r="H772" t="s">
         <v>1860</v>
-      </c>
-[...1 lines deleted...]
-        <v>1861</v>
       </c>
       <c r="I772" t="s">
         <v>37</v>
       </c>
       <c r="J772" t="s">
         <v>25</v>
       </c>
       <c r="K772" t="s">
         <v>205</v>
       </c>
       <c r="L772" t="s">
         <v>108</v>
       </c>
       <c r="M772" t="s">
         <v>109</v>
       </c>
       <c r="P772" t="s">
         <v>710</v>
       </c>
       <c r="Q772" t="s">
         <v>383</v>
       </c>
       <c r="R772" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="773" spans="1:18">
       <c r="A773">
         <v>772</v>
       </c>
       <c r="B773" t="s">
         <v>32</v>
       </c>
       <c r="C773" t="s">
         <v>44</v>
       </c>
       <c r="E773" t="s">
         <v>33</v>
       </c>
       <c r="F773" t="s">
         <v>405</v>
       </c>
       <c r="G773" t="s">
+        <v>1861</v>
+      </c>
+      <c r="H773" t="s">
         <v>1862</v>
-      </c>
-[...1 lines deleted...]
-        <v>1863</v>
       </c>
       <c r="I773" t="s">
         <v>37</v>
       </c>
       <c r="J773" t="s">
         <v>25</v>
       </c>
       <c r="K773" t="s">
         <v>26</v>
       </c>
       <c r="L773" t="s">
         <v>39</v>
       </c>
       <c r="M773" t="s">
         <v>40</v>
       </c>
       <c r="P773" t="s">
         <v>306</v>
       </c>
       <c r="Q773" t="s">
         <v>541</v>
       </c>
       <c r="R773" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="774" spans="1:18">
       <c r="A774">
         <v>773</v>
       </c>
       <c r="B774" t="s">
         <v>18</v>
       </c>
       <c r="C774" t="s">
         <v>44</v>
       </c>
       <c r="E774" t="s">
         <v>242</v>
       </c>
       <c r="F774" t="s">
         <v>83</v>
       </c>
       <c r="G774" t="s">
-        <v>1864</v>
+        <v>1863</v>
       </c>
       <c r="H774" t="s">
         <v>535</v>
       </c>
       <c r="I774" t="s">
         <v>320</v>
       </c>
       <c r="J774" t="s">
         <v>25</v>
       </c>
       <c r="K774" t="s">
         <v>175</v>
       </c>
       <c r="L774" t="s">
         <v>146</v>
       </c>
       <c r="M774" t="s">
         <v>244</v>
       </c>
       <c r="P774" t="s">
         <v>271</v>
       </c>
       <c r="Q774" t="s">
         <v>61</v>
       </c>
       <c r="R774" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="775" spans="1:18">
       <c r="A775">
         <v>774</v>
       </c>
       <c r="B775" t="s">
         <v>32</v>
       </c>
       <c r="C775" t="s">
         <v>44</v>
       </c>
       <c r="E775" t="s">
         <v>253</v>
       </c>
       <c r="F775" t="s">
         <v>501</v>
       </c>
       <c r="G775" t="s">
-        <v>1865</v>
+        <v>1864</v>
       </c>
       <c r="H775" t="s">
         <v>276</v>
       </c>
       <c r="I775" t="s">
         <v>320</v>
       </c>
       <c r="J775" t="s">
         <v>25</v>
       </c>
       <c r="K775" t="s">
         <v>373</v>
       </c>
       <c r="L775" t="s">
         <v>168</v>
       </c>
       <c r="M775" t="s">
         <v>258</v>
       </c>
       <c r="P775" t="s">
         <v>516</v>
       </c>
       <c r="Q775" t="s">
         <v>272</v>
       </c>
       <c r="R775" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="776" spans="1:18">
       <c r="A776">
         <v>775</v>
       </c>
       <c r="B776" t="s">
         <v>32</v>
       </c>
       <c r="C776" t="s">
         <v>44</v>
       </c>
       <c r="E776" t="s">
         <v>612</v>
       </c>
       <c r="F776" t="s">
         <v>151</v>
       </c>
       <c r="G776" t="s">
-        <v>1866</v>
+        <v>1865</v>
       </c>
       <c r="J776" t="s">
         <v>159</v>
       </c>
       <c r="L776" t="s">
         <v>67</v>
       </c>
       <c r="M776" t="s">
         <v>614</v>
       </c>
       <c r="P776" t="s">
         <v>526</v>
       </c>
       <c r="Q776" t="s">
         <v>568</v>
       </c>
       <c r="R776" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="777" spans="1:18">
       <c r="A777">
         <v>776</v>
       </c>
       <c r="B777" t="s">
         <v>97</v>
       </c>
       <c r="C777" t="s">
         <v>19</v>
       </c>
       <c r="E777" t="s">
         <v>1279</v>
       </c>
       <c r="F777" t="s">
         <v>91</v>
       </c>
       <c r="G777" t="s">
+        <v>1866</v>
+      </c>
+      <c r="H777" t="s">
         <v>1867</v>
-      </c>
-[...1 lines deleted...]
-        <v>1868</v>
       </c>
       <c r="I777" t="s">
         <v>37</v>
       </c>
       <c r="J777" t="s">
         <v>25</v>
       </c>
       <c r="K777" t="s">
         <v>837</v>
       </c>
       <c r="L777" t="s">
         <v>27</v>
       </c>
       <c r="M777" t="s">
         <v>1282</v>
       </c>
       <c r="P777" t="s">
         <v>1451</v>
       </c>
       <c r="Q777" t="s">
         <v>352</v>
       </c>
       <c r="R777" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="778" spans="1:18">
       <c r="A778">
         <v>777</v>
       </c>
       <c r="B778" t="s">
         <v>32</v>
       </c>
       <c r="C778" t="s">
         <v>19</v>
       </c>
       <c r="E778" t="s">
         <v>247</v>
       </c>
       <c r="F778" t="s">
         <v>179</v>
       </c>
       <c r="G778" t="s">
-        <v>1869</v>
+        <v>1868</v>
       </c>
       <c r="H778" t="s">
         <v>1700</v>
       </c>
       <c r="I778" t="s">
         <v>24</v>
       </c>
       <c r="J778" t="s">
         <v>25</v>
       </c>
       <c r="K778" t="s">
         <v>373</v>
       </c>
       <c r="L778" t="s">
         <v>27</v>
       </c>
       <c r="M778" t="s">
         <v>251</v>
       </c>
       <c r="P778" t="s">
         <v>389</v>
       </c>
       <c r="Q778" t="s">
         <v>590</v>
       </c>
       <c r="R778" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="779" spans="1:18">
       <c r="A779">
         <v>778</v>
       </c>
       <c r="B779" t="s">
         <v>32</v>
       </c>
       <c r="C779" t="s">
         <v>44</v>
       </c>
       <c r="E779" t="s">
         <v>308</v>
       </c>
       <c r="F779" t="s">
         <v>340</v>
       </c>
       <c r="G779" t="s">
-        <v>1870</v>
+        <v>1869</v>
       </c>
       <c r="J779" t="s">
         <v>48</v>
       </c>
       <c r="L779" t="s">
         <v>146</v>
       </c>
       <c r="M779" t="s">
         <v>310</v>
       </c>
       <c r="P779" t="s">
         <v>915</v>
       </c>
       <c r="Q779" t="s">
         <v>260</v>
       </c>
       <c r="R779" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="780" spans="1:18">
       <c r="A780">
         <v>779</v>
       </c>
       <c r="B780" t="s">
         <v>97</v>
       </c>
       <c r="C780" t="s">
         <v>19</v>
       </c>
       <c r="E780" t="s">
         <v>1156</v>
       </c>
       <c r="F780" t="s">
         <v>405</v>
       </c>
       <c r="G780" t="s">
-        <v>1871</v>
+        <v>1870</v>
       </c>
       <c r="J780" t="s">
         <v>159</v>
       </c>
       <c r="L780" t="s">
         <v>168</v>
       </c>
       <c r="M780" t="s">
         <v>1158</v>
       </c>
       <c r="P780" t="s">
         <v>54</v>
       </c>
       <c r="Q780" t="s">
         <v>770</v>
       </c>
       <c r="R780" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="781" spans="1:18">
       <c r="A781">
         <v>780</v>
       </c>
       <c r="B781" t="s">
         <v>71</v>
       </c>
       <c r="C781" t="s">
         <v>19</v>
       </c>
       <c r="E781" t="s">
         <v>188</v>
       </c>
       <c r="F781" t="s">
         <v>202</v>
       </c>
       <c r="G781" t="s">
-        <v>1872</v>
+        <v>1871</v>
       </c>
       <c r="J781" t="s">
         <v>93</v>
       </c>
       <c r="L781" t="s">
         <v>115</v>
       </c>
       <c r="M781" t="s">
         <v>193</v>
       </c>
       <c r="P781" t="s">
         <v>409</v>
       </c>
       <c r="Q781" t="s">
         <v>1219</v>
       </c>
       <c r="R781" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="782" spans="1:18">
       <c r="A782">
         <v>781</v>
       </c>
       <c r="B782" t="s">
         <v>32</v>
       </c>
       <c r="C782" t="s">
         <v>44</v>
       </c>
       <c r="E782" t="s">
         <v>20</v>
       </c>
       <c r="F782" t="s">
         <v>523</v>
       </c>
       <c r="G782" t="s">
-        <v>1873</v>
+        <v>1872</v>
       </c>
       <c r="J782" t="s">
         <v>159</v>
       </c>
       <c r="L782" t="s">
         <v>27</v>
       </c>
       <c r="M782" t="s">
         <v>28</v>
       </c>
       <c r="P782" t="s">
         <v>200</v>
       </c>
       <c r="Q782" t="s">
         <v>317</v>
       </c>
       <c r="R782" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="783" spans="1:18">
       <c r="A783">
         <v>782</v>
       </c>
       <c r="B783" t="s">
         <v>97</v>
       </c>
       <c r="C783" t="s">
         <v>19</v>
       </c>
       <c r="E783" t="s">
         <v>20</v>
       </c>
       <c r="F783" t="s">
         <v>292</v>
       </c>
       <c r="G783" t="s">
-        <v>1874</v>
+        <v>1873</v>
       </c>
       <c r="H783" t="s">
         <v>1123</v>
       </c>
       <c r="I783" t="s">
         <v>37</v>
       </c>
       <c r="J783" t="s">
         <v>25</v>
       </c>
       <c r="K783" t="s">
         <v>57</v>
       </c>
       <c r="L783" t="s">
         <v>27</v>
       </c>
       <c r="M783" t="s">
         <v>28</v>
       </c>
       <c r="P783" t="s">
         <v>364</v>
       </c>
       <c r="Q783" t="s">
         <v>394</v>
       </c>
       <c r="R783" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="784" spans="1:18">
       <c r="A784">
         <v>783</v>
       </c>
       <c r="B784" t="s">
         <v>32</v>
       </c>
       <c r="C784" t="s">
         <v>44</v>
       </c>
       <c r="E784" t="s">
         <v>873</v>
       </c>
       <c r="F784" t="s">
         <v>267</v>
       </c>
       <c r="G784" t="s">
-        <v>1875</v>
+        <v>1874</v>
       </c>
       <c r="H784" t="s">
         <v>976</v>
       </c>
       <c r="I784" t="s">
         <v>546</v>
       </c>
       <c r="J784" t="s">
         <v>25</v>
       </c>
       <c r="K784" t="s">
         <v>86</v>
       </c>
       <c r="L784" t="s">
         <v>160</v>
       </c>
       <c r="M784" t="s">
         <v>875</v>
       </c>
       <c r="P784" t="s">
-        <v>1876</v>
+        <v>1875</v>
       </c>
       <c r="Q784" t="s">
         <v>328</v>
       </c>
       <c r="R784" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="785" spans="1:18">
       <c r="A785">
         <v>784</v>
       </c>
       <c r="B785" t="s">
         <v>32</v>
       </c>
       <c r="C785" t="s">
         <v>19</v>
       </c>
       <c r="E785" t="s">
         <v>356</v>
       </c>
       <c r="F785" t="s">
         <v>105</v>
       </c>
       <c r="G785" t="s">
-        <v>1877</v>
+        <v>1876</v>
       </c>
       <c r="H785" t="s">
         <v>940</v>
       </c>
       <c r="I785" t="s">
         <v>37</v>
       </c>
       <c r="J785" t="s">
         <v>25</v>
       </c>
       <c r="K785" t="s">
-        <v>1878</v>
+        <v>1877</v>
       </c>
       <c r="L785" t="s">
         <v>39</v>
       </c>
       <c r="M785" t="s">
         <v>359</v>
       </c>
       <c r="P785" t="s">
         <v>95</v>
       </c>
       <c r="Q785" t="s">
         <v>404</v>
       </c>
       <c r="R785" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="786" spans="1:18">
       <c r="A786">
         <v>785</v>
       </c>
       <c r="B786" t="s">
         <v>71</v>
       </c>
       <c r="C786" t="s">
         <v>44</v>
       </c>
       <c r="E786" t="s">
         <v>253</v>
       </c>
       <c r="F786" t="s">
         <v>652</v>
       </c>
       <c r="G786" t="s">
-        <v>1879</v>
+        <v>1878</v>
       </c>
       <c r="J786" t="s">
         <v>286</v>
       </c>
       <c r="L786" t="s">
         <v>168</v>
       </c>
       <c r="M786" t="s">
         <v>258</v>
       </c>
       <c r="P786" t="s">
         <v>389</v>
       </c>
       <c r="Q786" t="s">
         <v>223</v>
       </c>
       <c r="R786" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="787" spans="1:18">
       <c r="A787">
         <v>786</v>
       </c>
       <c r="B787" t="s">
         <v>32</v>
       </c>
       <c r="C787" t="s">
         <v>44</v>
       </c>
       <c r="E787" t="s">
         <v>33</v>
       </c>
       <c r="F787" t="s">
         <v>506</v>
       </c>
       <c r="G787" t="s">
-        <v>1880</v>
+        <v>1879</v>
       </c>
       <c r="J787" t="s">
         <v>286</v>
       </c>
       <c r="L787" t="s">
         <v>39</v>
       </c>
       <c r="M787" t="s">
         <v>40</v>
       </c>
       <c r="P787" t="s">
         <v>747</v>
       </c>
       <c r="Q787" t="s">
         <v>616</v>
       </c>
       <c r="R787" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="788" spans="1:18">
       <c r="A788">
         <v>787</v>
       </c>
       <c r="B788" t="s">
         <v>32</v>
       </c>
       <c r="C788" t="s">
         <v>19</v>
       </c>
       <c r="E788" t="s">
         <v>128</v>
       </c>
       <c r="F788" t="s">
         <v>267</v>
       </c>
       <c r="G788" t="s">
-        <v>1881</v>
+        <v>1880</v>
       </c>
       <c r="H788" t="s">
         <v>366</v>
       </c>
       <c r="I788" t="s">
         <v>37</v>
       </c>
       <c r="J788" t="s">
         <v>25</v>
       </c>
       <c r="K788" t="s">
         <v>478</v>
       </c>
       <c r="L788" t="s">
         <v>58</v>
       </c>
       <c r="M788" t="s">
         <v>133</v>
       </c>
       <c r="P788" t="s">
         <v>60</v>
       </c>
       <c r="Q788" t="s">
         <v>321</v>
       </c>
       <c r="R788" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="789" spans="1:18">
       <c r="A789">
         <v>788</v>
       </c>
       <c r="B789" t="s">
         <v>97</v>
       </c>
       <c r="C789" t="s">
         <v>44</v>
       </c>
       <c r="E789" t="s">
         <v>128</v>
       </c>
       <c r="F789" t="s">
         <v>398</v>
       </c>
       <c r="G789" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="J789" t="s">
         <v>380</v>
       </c>
       <c r="L789" t="s">
         <v>58</v>
       </c>
       <c r="M789" t="s">
         <v>133</v>
       </c>
       <c r="P789" t="s">
         <v>816</v>
       </c>
       <c r="Q789" t="s">
         <v>748</v>
       </c>
       <c r="R789" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="790" spans="1:18">
       <c r="A790">
         <v>789</v>
       </c>
       <c r="B790" t="s">
         <v>18</v>
       </c>
       <c r="C790" t="s">
         <v>19</v>
       </c>
       <c r="E790" t="s">
         <v>214</v>
       </c>
       <c r="F790" t="s">
         <v>262</v>
       </c>
       <c r="G790" t="s">
-        <v>1883</v>
+        <v>1882</v>
       </c>
       <c r="H790" t="s">
         <v>249</v>
       </c>
       <c r="I790" t="s">
         <v>37</v>
       </c>
       <c r="J790" t="s">
         <v>25</v>
       </c>
       <c r="K790" t="s">
         <v>808</v>
       </c>
       <c r="L790" t="s">
         <v>27</v>
       </c>
       <c r="M790" t="s">
         <v>217</v>
       </c>
       <c r="P790" t="s">
         <v>526</v>
       </c>
       <c r="Q790" t="s">
         <v>590</v>
       </c>
       <c r="R790" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="791" spans="1:18">
       <c r="A791">
         <v>790</v>
       </c>
       <c r="B791" t="s">
         <v>32</v>
       </c>
       <c r="C791" t="s">
         <v>44</v>
       </c>
       <c r="E791" t="s">
         <v>188</v>
       </c>
       <c r="F791" t="s">
         <v>151</v>
       </c>
       <c r="G791" t="s">
-        <v>1884</v>
+        <v>1883</v>
       </c>
       <c r="H791" t="s">
-        <v>1803</v>
+        <v>1802</v>
       </c>
       <c r="I791" t="s">
         <v>277</v>
       </c>
       <c r="J791" t="s">
         <v>25</v>
       </c>
       <c r="K791" t="s">
         <v>842</v>
       </c>
       <c r="L791" t="s">
         <v>115</v>
       </c>
       <c r="M791" t="s">
         <v>193</v>
       </c>
       <c r="P791" t="s">
         <v>816</v>
       </c>
       <c r="Q791" t="s">
         <v>52</v>
       </c>
       <c r="R791" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="792" spans="1:18">
       <c r="A792">
         <v>791</v>
       </c>
       <c r="B792" t="s">
         <v>32</v>
       </c>
       <c r="C792" t="s">
         <v>19</v>
       </c>
       <c r="E792" t="s">
         <v>308</v>
       </c>
       <c r="F792" t="s">
         <v>151</v>
       </c>
       <c r="G792" t="s">
+        <v>1884</v>
+      </c>
+      <c r="H792" t="s">
         <v>1885</v>
-      </c>
-[...1 lines deleted...]
-        <v>1886</v>
       </c>
       <c r="I792" t="s">
         <v>37</v>
       </c>
       <c r="J792" t="s">
         <v>25</v>
       </c>
       <c r="K792" t="s">
         <v>66</v>
       </c>
       <c r="L792" t="s">
         <v>146</v>
       </c>
       <c r="M792" t="s">
         <v>310</v>
       </c>
       <c r="P792" t="s">
         <v>816</v>
       </c>
       <c r="Q792" t="s">
         <v>550</v>
       </c>
       <c r="R792" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="793" spans="1:18">
       <c r="A793">
         <v>792</v>
       </c>
       <c r="B793" t="s">
         <v>32</v>
       </c>
       <c r="C793" t="s">
         <v>44</v>
       </c>
       <c r="E793" t="s">
         <v>156</v>
       </c>
       <c r="F793" t="s">
         <v>794</v>
       </c>
       <c r="G793" t="s">
-        <v>1887</v>
+        <v>1886</v>
       </c>
       <c r="H793" t="s">
         <v>739</v>
       </c>
       <c r="I793" t="s">
         <v>154</v>
       </c>
       <c r="J793" t="s">
         <v>25</v>
       </c>
       <c r="K793" t="s">
         <v>66</v>
       </c>
       <c r="L793" t="s">
         <v>160</v>
       </c>
       <c r="M793" t="s">
         <v>161</v>
       </c>
       <c r="P793" t="s">
         <v>511</v>
       </c>
       <c r="Q793" t="s">
         <v>42</v>
       </c>
       <c r="R793" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="794" spans="1:18">
       <c r="A794">
         <v>793</v>
       </c>
       <c r="B794" t="s">
         <v>32</v>
       </c>
       <c r="C794" t="s">
         <v>44</v>
       </c>
       <c r="E794" t="s">
         <v>214</v>
       </c>
       <c r="F794" t="s">
         <v>54</v>
       </c>
       <c r="G794" t="s">
+        <v>1887</v>
+      </c>
+      <c r="H794" t="s">
         <v>1888</v>
-      </c>
-[...1 lines deleted...]
-        <v>1889</v>
       </c>
       <c r="I794" t="s">
         <v>37</v>
       </c>
       <c r="J794" t="s">
         <v>25</v>
       </c>
       <c r="K794" t="s">
         <v>192</v>
       </c>
       <c r="L794" t="s">
         <v>27</v>
       </c>
       <c r="M794" t="s">
         <v>217</v>
       </c>
       <c r="P794" t="s">
         <v>79</v>
       </c>
       <c r="Q794" t="s">
         <v>96</v>
       </c>
       <c r="R794" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="795" spans="1:18">
       <c r="A795">
         <v>794</v>
       </c>
       <c r="B795" t="s">
         <v>32</v>
       </c>
       <c r="C795" t="s">
         <v>44</v>
       </c>
       <c r="E795" t="s">
         <v>20</v>
       </c>
       <c r="F795" t="s">
         <v>1128</v>
       </c>
       <c r="G795" t="s">
-        <v>1890</v>
+        <v>1889</v>
       </c>
       <c r="H795" t="s">
         <v>751</v>
       </c>
       <c r="I795" t="s">
         <v>37</v>
       </c>
       <c r="J795" t="s">
         <v>25</v>
       </c>
       <c r="K795" t="s">
         <v>186</v>
       </c>
       <c r="L795" t="s">
         <v>27</v>
       </c>
       <c r="M795" t="s">
         <v>28</v>
       </c>
       <c r="P795" t="s">
-        <v>1891</v>
+        <v>1890</v>
       </c>
       <c r="Q795" t="s">
         <v>674</v>
       </c>
       <c r="R795" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="796" spans="1:18">
       <c r="A796">
         <v>795</v>
       </c>
       <c r="B796" t="s">
         <v>32</v>
       </c>
       <c r="C796" t="s">
         <v>44</v>
       </c>
       <c r="E796" t="s">
         <v>759</v>
       </c>
       <c r="F796" t="s">
         <v>202</v>
       </c>
       <c r="G796" t="s">
-        <v>1892</v>
+        <v>1891</v>
       </c>
       <c r="H796" t="s">
         <v>1281</v>
       </c>
       <c r="I796" t="s">
         <v>37</v>
       </c>
       <c r="J796" t="s">
         <v>25</v>
       </c>
       <c r="K796" t="s">
         <v>26</v>
       </c>
       <c r="L796" t="s">
         <v>67</v>
       </c>
       <c r="M796" t="s">
         <v>762</v>
       </c>
       <c r="P796" t="s">
         <v>306</v>
       </c>
       <c r="Q796" t="s">
         <v>1029</v>
       </c>
       <c r="R796" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="797" spans="1:18">
       <c r="A797">
         <v>796</v>
       </c>
       <c r="B797" t="s">
         <v>32</v>
       </c>
       <c r="C797" t="s">
         <v>44</v>
       </c>
       <c r="E797" t="s">
         <v>562</v>
       </c>
       <c r="F797" t="s">
         <v>615</v>
       </c>
       <c r="G797" t="s">
-        <v>1893</v>
+        <v>1892</v>
       </c>
       <c r="H797" t="s">
         <v>1095</v>
       </c>
       <c r="I797" t="s">
         <v>24</v>
       </c>
       <c r="J797" t="s">
         <v>25</v>
       </c>
       <c r="K797" t="s">
         <v>257</v>
       </c>
       <c r="L797" t="s">
         <v>115</v>
       </c>
       <c r="M797" t="s">
         <v>567</v>
       </c>
       <c r="P797" t="s">
         <v>956</v>
       </c>
       <c r="Q797" t="s">
         <v>568</v>
       </c>
       <c r="R797" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="798" spans="1:18">
       <c r="A798">
         <v>797</v>
       </c>
       <c r="B798" t="s">
         <v>32</v>
       </c>
       <c r="C798" t="s">
         <v>44</v>
       </c>
       <c r="E798" t="s">
         <v>150</v>
       </c>
       <c r="F798" t="s">
         <v>482</v>
       </c>
       <c r="G798" t="s">
-        <v>1894</v>
+        <v>1893</v>
       </c>
       <c r="J798" t="s">
         <v>93</v>
       </c>
       <c r="L798" t="s">
         <v>146</v>
       </c>
       <c r="M798" t="s">
         <v>155</v>
       </c>
       <c r="P798" t="s">
         <v>516</v>
       </c>
       <c r="Q798" t="s">
         <v>111</v>
       </c>
       <c r="R798" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="799" spans="1:18">
       <c r="A799">
         <v>798</v>
       </c>
       <c r="B799" t="s">
         <v>71</v>
       </c>
       <c r="C799" t="s">
         <v>44</v>
       </c>
       <c r="E799" t="s">
         <v>682</v>
       </c>
       <c r="F799" t="s">
         <v>652</v>
       </c>
       <c r="G799" t="s">
-        <v>1895</v>
+        <v>1894</v>
       </c>
       <c r="H799" t="s">
         <v>1109</v>
       </c>
       <c r="I799" t="s">
         <v>37</v>
       </c>
       <c r="J799" t="s">
         <v>25</v>
       </c>
       <c r="K799" t="s">
         <v>186</v>
       </c>
       <c r="L799" t="s">
         <v>168</v>
       </c>
       <c r="M799" t="s">
         <v>684</v>
       </c>
       <c r="P799" t="s">
         <v>1701</v>
       </c>
       <c r="Q799" t="s">
         <v>431</v>
       </c>
       <c r="R799" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="800" spans="1:18">
       <c r="A800">
         <v>799</v>
       </c>
       <c r="B800" t="s">
         <v>32</v>
       </c>
       <c r="C800" t="s">
         <v>44</v>
       </c>
       <c r="E800" t="s">
         <v>447</v>
       </c>
       <c r="F800" t="s">
         <v>628</v>
       </c>
       <c r="G800" t="s">
-        <v>1896</v>
+        <v>1895</v>
       </c>
       <c r="H800" t="s">
         <v>1307</v>
       </c>
       <c r="I800" t="s">
         <v>37</v>
       </c>
       <c r="J800" t="s">
         <v>25</v>
       </c>
       <c r="K800" t="s">
         <v>57</v>
       </c>
       <c r="L800" t="s">
         <v>27</v>
       </c>
       <c r="M800" t="s">
         <v>451</v>
       </c>
       <c r="P800" t="s">
         <v>316</v>
       </c>
       <c r="Q800" t="s">
         <v>70</v>
       </c>
       <c r="R800" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="801" spans="1:18">
       <c r="A801">
         <v>800</v>
       </c>
       <c r="B801" t="s">
         <v>32</v>
       </c>
       <c r="C801" t="s">
         <v>44</v>
       </c>
       <c r="E801" t="s">
         <v>156</v>
       </c>
       <c r="F801" t="s">
         <v>157</v>
       </c>
       <c r="G801" t="s">
+        <v>1896</v>
+      </c>
+      <c r="H801" t="s">
         <v>1897</v>
-      </c>
-[...1 lines deleted...]
-        <v>1898</v>
       </c>
       <c r="I801" t="s">
         <v>24</v>
       </c>
       <c r="J801" t="s">
         <v>25</v>
       </c>
       <c r="K801" t="s">
         <v>175</v>
       </c>
       <c r="L801" t="s">
         <v>160</v>
       </c>
       <c r="M801" t="s">
         <v>161</v>
       </c>
       <c r="P801" t="s">
         <v>69</v>
       </c>
       <c r="Q801" t="s">
         <v>241</v>
       </c>
       <c r="R801" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="802" spans="1:18">
       <c r="A802">
         <v>801</v>
       </c>
       <c r="B802" t="s">
         <v>32</v>
       </c>
       <c r="C802" t="s">
         <v>19</v>
       </c>
       <c r="E802" t="s">
         <v>196</v>
       </c>
       <c r="F802" t="s">
         <v>54</v>
       </c>
       <c r="G802" t="s">
+        <v>1898</v>
+      </c>
+      <c r="H802" t="s">
         <v>1899</v>
-      </c>
-[...1 lines deleted...]
-        <v>1900</v>
       </c>
       <c r="I802" t="s">
         <v>37</v>
       </c>
       <c r="J802" t="s">
         <v>25</v>
       </c>
       <c r="K802" t="s">
         <v>86</v>
       </c>
       <c r="L802" t="s">
         <v>115</v>
       </c>
       <c r="M802" t="s">
         <v>199</v>
       </c>
       <c r="P802" t="s">
         <v>79</v>
       </c>
       <c r="Q802" t="s">
         <v>504</v>
       </c>
       <c r="R802" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="803" spans="1:18">
       <c r="A803">
         <v>802</v>
       </c>
       <c r="B803" t="s">
         <v>32</v>
       </c>
       <c r="C803" t="s">
         <v>19</v>
       </c>
       <c r="E803" t="s">
         <v>298</v>
       </c>
       <c r="F803" t="s">
         <v>105</v>
       </c>
       <c r="G803" t="s">
+        <v>1900</v>
+      </c>
+      <c r="H803" t="s">
         <v>1901</v>
-      </c>
-[...1 lines deleted...]
-        <v>1902</v>
       </c>
       <c r="I803" t="s">
         <v>24</v>
       </c>
       <c r="J803" t="s">
         <v>25</v>
       </c>
       <c r="K803" t="s">
         <v>866</v>
       </c>
       <c r="L803" t="s">
         <v>115</v>
       </c>
       <c r="M803" t="s">
         <v>301</v>
       </c>
       <c r="P803" t="s">
         <v>511</v>
       </c>
       <c r="Q803" t="s">
         <v>989</v>
       </c>
       <c r="R803" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="804" spans="1:18">
       <c r="A804">
         <v>803</v>
       </c>
       <c r="B804" t="s">
         <v>32</v>
       </c>
       <c r="C804" t="s">
         <v>19</v>
       </c>
       <c r="E804" t="s">
         <v>53</v>
       </c>
       <c r="F804" t="s">
         <v>202</v>
       </c>
       <c r="G804" t="s">
-        <v>1903</v>
+        <v>1902</v>
       </c>
       <c r="H804" t="s">
         <v>1004</v>
       </c>
       <c r="I804" t="s">
         <v>37</v>
       </c>
       <c r="J804" t="s">
         <v>25</v>
       </c>
       <c r="K804" t="s">
         <v>257</v>
       </c>
       <c r="L804" t="s">
         <v>58</v>
       </c>
       <c r="M804" t="s">
         <v>59</v>
       </c>
       <c r="P804" t="s">
         <v>60</v>
       </c>
       <c r="Q804" t="s">
         <v>291</v>
       </c>
       <c r="R804" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="805" spans="1:18">
       <c r="A805">
         <v>804</v>
       </c>
       <c r="B805" t="s">
         <v>32</v>
       </c>
       <c r="C805" t="s">
         <v>19</v>
       </c>
       <c r="E805" t="s">
         <v>253</v>
       </c>
       <c r="F805" t="s">
         <v>506</v>
       </c>
       <c r="G805" t="s">
+        <v>1903</v>
+      </c>
+      <c r="H805" t="s">
         <v>1904</v>
-      </c>
-[...1 lines deleted...]
-        <v>1905</v>
       </c>
       <c r="I805" t="s">
         <v>37</v>
       </c>
       <c r="J805" t="s">
         <v>25</v>
       </c>
       <c r="K805" t="s">
         <v>842</v>
       </c>
       <c r="L805" t="s">
         <v>168</v>
       </c>
       <c r="M805" t="s">
         <v>258</v>
       </c>
       <c r="P805" t="s">
-        <v>1906</v>
+        <v>1905</v>
       </c>
       <c r="Q805" t="s">
         <v>1096</v>
       </c>
       <c r="R805" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="806" spans="1:18">
       <c r="A806">
         <v>805</v>
       </c>
       <c r="B806" t="s">
         <v>97</v>
       </c>
       <c r="C806" t="s">
         <v>44</v>
       </c>
       <c r="E806" t="s">
         <v>308</v>
       </c>
       <c r="F806" t="s">
         <v>197</v>
       </c>
       <c r="G806" t="s">
-        <v>1907</v>
+        <v>1906</v>
       </c>
       <c r="H806" t="s">
         <v>1414</v>
       </c>
       <c r="I806" t="s">
         <v>154</v>
       </c>
       <c r="J806" t="s">
         <v>25</v>
       </c>
       <c r="K806" t="s">
         <v>66</v>
       </c>
       <c r="L806" t="s">
         <v>146</v>
       </c>
       <c r="M806" t="s">
         <v>310</v>
       </c>
       <c r="P806" t="s">
         <v>856</v>
       </c>
       <c r="Q806" t="s">
         <v>207</v>
       </c>
       <c r="R806" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="807" spans="1:18">
       <c r="A807">
         <v>806</v>
       </c>
       <c r="B807" t="s">
         <v>32</v>
       </c>
       <c r="C807" t="s">
         <v>19</v>
       </c>
       <c r="E807" t="s">
         <v>447</v>
       </c>
       <c r="F807" t="s">
         <v>236</v>
       </c>
       <c r="G807" t="s">
-        <v>1908</v>
+        <v>1907</v>
       </c>
       <c r="H807" t="s">
         <v>1006</v>
       </c>
       <c r="I807" t="s">
         <v>277</v>
       </c>
       <c r="J807" t="s">
         <v>25</v>
       </c>
       <c r="K807" t="s">
         <v>205</v>
       </c>
       <c r="L807" t="s">
         <v>27</v>
       </c>
       <c r="M807" t="s">
         <v>451</v>
       </c>
       <c r="P807" t="s">
         <v>342</v>
       </c>
       <c r="Q807" t="s">
         <v>135</v>
       </c>