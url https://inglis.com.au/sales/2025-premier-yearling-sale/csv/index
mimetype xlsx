--- v0 (2025-11-14)
+++ v1 (2026-01-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1902">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1903">
   <si>
     <t>Lot</t>
   </si>
   <si>
     <t>Colour</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Vendor</t>
   </si>
   <si>
     <t>Sire</t>
   </si>
   <si>
     <t>Dam</t>
   </si>
   <si>
     <t>Purchaser Name</t>
   </si>
   <si>
@@ -5709,50 +5709,53 @@
     <t>Vittoria Colonna</t>
   </si>
   <si>
     <t>Wazamba</t>
   </si>
   <si>
     <t>Well Done You</t>
   </si>
   <si>
     <t>D Alford</t>
   </si>
   <si>
     <t>What a Girl</t>
   </si>
   <si>
     <t>Whistling Dixie (NZ)</t>
   </si>
   <si>
     <t>Wijdaan</t>
   </si>
   <si>
     <t>Hong Kong Bloodstock</t>
   </si>
   <si>
     <t>Wild Flyer</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
   </si>
   <si>
     <t>Willysfilly</t>
   </si>
   <si>
     <t>French Deputy</t>
   </si>
   <si>
     <t>Wind Shift</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -41434,137 +41437,140 @@
         <v>56</v>
       </c>
     </row>
     <row r="802" spans="1:18">
       <c r="A802">
         <v>801</v>
       </c>
       <c r="B802" t="s">
         <v>116</v>
       </c>
       <c r="C802" t="s">
         <v>19</v>
       </c>
       <c r="E802" t="s">
         <v>572</v>
       </c>
       <c r="F802" t="s">
         <v>373</v>
       </c>
       <c r="G802" t="s">
         <v>1898</v>
       </c>
       <c r="H802" t="s">
         <v>553</v>
       </c>
+      <c r="I802" t="s">
+        <v>1899</v>
+      </c>
       <c r="J802" t="s">
         <v>25</v>
       </c>
       <c r="K802" t="s">
         <v>872</v>
       </c>
       <c r="L802" t="s">
         <v>44</v>
       </c>
       <c r="M802" t="s">
         <v>575</v>
       </c>
       <c r="P802" t="s">
         <v>511</v>
       </c>
       <c r="Q802" t="s">
         <v>323</v>
       </c>
       <c r="R802" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="803" spans="1:18">
       <c r="A803">
         <v>802</v>
       </c>
       <c r="B803" t="s">
         <v>190</v>
       </c>
       <c r="C803" t="s">
         <v>32</v>
       </c>
       <c r="E803" t="s">
         <v>987</v>
       </c>
       <c r="F803" t="s">
         <v>518</v>
       </c>
       <c r="G803" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="H803" t="s">
         <v>785</v>
       </c>
       <c r="I803" t="s">
         <v>677</v>
       </c>
       <c r="J803" t="s">
         <v>25</v>
       </c>
       <c r="K803" t="s">
         <v>355</v>
       </c>
       <c r="L803" t="s">
         <v>234</v>
       </c>
       <c r="M803" t="s">
         <v>989</v>
       </c>
       <c r="P803" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="Q803" t="s">
         <v>712</v>
       </c>
       <c r="R803" t="s">
         <v>1349</v>
       </c>
     </row>
     <row r="804" spans="1:18">
       <c r="A804">
         <v>803</v>
       </c>
       <c r="B804" t="s">
         <v>123</v>
       </c>
       <c r="C804" t="s">
         <v>32</v>
       </c>
       <c r="E804" t="s">
         <v>183</v>
       </c>
       <c r="F804" t="s">
         <v>306</v>
       </c>
       <c r="G804" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="H804" t="s">
         <v>51</v>
       </c>
       <c r="I804" t="s">
         <v>52</v>
       </c>
       <c r="J804" t="s">
         <v>25</v>
       </c>
       <c r="K804" t="s">
         <v>819</v>
       </c>
       <c r="L804" t="s">
         <v>137</v>
       </c>
       <c r="M804" t="s">
         <v>187</v>
       </c>
       <c r="P804" t="s">
         <v>39</v>
       </c>
       <c r="Q804" t="s">
         <v>299</v>
       </c>