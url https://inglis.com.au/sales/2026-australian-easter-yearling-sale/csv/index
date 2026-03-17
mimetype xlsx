--- v0 (2026-01-27)
+++ v1 (2026-03-17)
@@ -14561,51 +14561,51 @@
       </c>
       <c r="G327" t="s">
         <v>757</v>
       </c>
       <c r="L327" t="s">
         <v>37</v>
       </c>
       <c r="M327" t="s">
         <v>38</v>
       </c>
       <c r="P327" t="s">
         <v>572</v>
       </c>
       <c r="Q327" t="s">
         <v>88</v>
       </c>
       <c r="R327" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="328" spans="1:18">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="C328" t="s">
         <v>55</v>
       </c>
       <c r="E328" t="s">
         <v>100</v>
       </c>
       <c r="F328" t="s">
         <v>150</v>
       </c>
       <c r="G328" t="s">
         <v>758</v>
       </c>
       <c r="L328" t="s">
         <v>103</v>
       </c>
       <c r="M328" t="s">
         <v>104</v>
       </c>
       <c r="P328" t="s">
         <v>759</v>
       </c>
       <c r="Q328" t="s">
         <v>656</v>
       </c>