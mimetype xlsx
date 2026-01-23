--- v0 (2025-12-27)
+++ v1 (2026-01-23)
@@ -9562,51 +9562,51 @@
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
         <v>28</v>
       </c>
       <c r="C137" t="s">
         <v>19</v>
       </c>
       <c r="E137" t="s">
         <v>411</v>
       </c>
       <c r="F137" t="s">
         <v>233</v>
       </c>
       <c r="G137" t="s">
         <v>498</v>
       </c>
       <c r="L137" t="s">
         <v>23</v>
       </c>
       <c r="M137" t="s">
         <v>413</v>
       </c>
       <c r="P137" t="s">
-        <v>307</v>
+        <v>391</v>
       </c>
       <c r="Q137" t="s">
         <v>499</v>
       </c>
       <c r="R137" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="138" spans="1:18">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
         <v>28</v>
       </c>
       <c r="C138" t="s">
         <v>38</v>
       </c>
       <c r="E138" t="s">
         <v>411</v>
       </c>
       <c r="F138" t="s">
         <v>500</v>
       </c>
       <c r="G138" t="s">
@@ -20801,63 +20801,63 @@
       </c>
       <c r="M459" t="s">
         <v>110</v>
       </c>
       <c r="P459" t="s">
         <v>131</v>
       </c>
       <c r="Q459" t="s">
         <v>216</v>
       </c>
       <c r="R459" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="460" spans="1:18">
       <c r="A460">
         <v>459</v>
       </c>
       <c r="B460" t="s">
         <v>28</v>
       </c>
       <c r="C460" t="s">
         <v>38</v>
       </c>
       <c r="E460" t="s">
-        <v>251</v>
+        <v>137</v>
       </c>
       <c r="F460" t="s">
         <v>60</v>
       </c>
       <c r="G460" t="s">
         <v>1000</v>
       </c>
       <c r="L460" t="s">
-        <v>42</v>
+        <v>109</v>
       </c>
       <c r="M460" t="s">
-        <v>253</v>
+        <v>139</v>
       </c>
       <c r="P460" t="s">
         <v>1001</v>
       </c>
       <c r="Q460" t="s">
         <v>65</v>
       </c>
       <c r="R460" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="461" spans="1:18">
       <c r="A461">
         <v>460</v>
       </c>
       <c r="B461" t="s">
         <v>28</v>
       </c>
       <c r="C461" t="s">
         <v>38</v>
       </c>
       <c r="E461" t="s">
         <v>264</v>
       </c>
       <c r="F461" t="s">
@@ -24440,51 +24440,51 @@
       </c>
       <c r="G564" t="s">
         <v>1140</v>
       </c>
       <c r="L564" t="s">
         <v>23</v>
       </c>
       <c r="M564" t="s">
         <v>24</v>
       </c>
       <c r="P564" t="s">
         <v>64</v>
       </c>
       <c r="Q564" t="s">
         <v>80</v>
       </c>
       <c r="R564" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="565" spans="1:18">
       <c r="A565">
         <v>564</v>
       </c>
       <c r="B565" t="s">
-        <v>487</v>
+        <v>37</v>
       </c>
       <c r="C565" t="s">
         <v>38</v>
       </c>
       <c r="E565" t="s">
         <v>75</v>
       </c>
       <c r="F565" t="s">
         <v>518</v>
       </c>
       <c r="G565" t="s">
         <v>1141</v>
       </c>
       <c r="L565" t="s">
         <v>55</v>
       </c>
       <c r="M565" t="s">
         <v>78</v>
       </c>
       <c r="P565" t="s">
         <v>263</v>
       </c>
       <c r="Q565" t="s">
         <v>231</v>
       </c>
@@ -30282,51 +30282,51 @@
       </c>
       <c r="G731" t="s">
         <v>1369</v>
       </c>
       <c r="L731" t="s">
         <v>23</v>
       </c>
       <c r="M731" t="s">
         <v>169</v>
       </c>
       <c r="P731" t="s">
         <v>405</v>
       </c>
       <c r="Q731" t="s">
         <v>157</v>
       </c>
       <c r="R731" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="732" spans="1:18">
       <c r="A732">
         <v>731</v>
       </c>
       <c r="B732" t="s">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="C732" t="s">
         <v>19</v>
       </c>
       <c r="E732" t="s">
         <v>152</v>
       </c>
       <c r="F732" t="s">
         <v>1210</v>
       </c>
       <c r="G732" t="s">
         <v>1370</v>
       </c>
       <c r="L732" t="s">
         <v>62</v>
       </c>
       <c r="M732" t="s">
         <v>155</v>
       </c>
       <c r="P732" t="s">
         <v>1371</v>
       </c>
       <c r="Q732" t="s">
         <v>326</v>
       </c>