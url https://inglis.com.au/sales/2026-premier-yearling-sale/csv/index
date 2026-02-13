--- v1 (2026-01-23)
+++ v2 (2026-02-13)
@@ -9562,51 +9562,51 @@
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
         <v>28</v>
       </c>
       <c r="C137" t="s">
         <v>19</v>
       </c>
       <c r="E137" t="s">
         <v>411</v>
       </c>
       <c r="F137" t="s">
         <v>233</v>
       </c>
       <c r="G137" t="s">
         <v>498</v>
       </c>
       <c r="L137" t="s">
         <v>23</v>
       </c>
       <c r="M137" t="s">
         <v>413</v>
       </c>
       <c r="P137" t="s">
-        <v>391</v>
+        <v>307</v>
       </c>
       <c r="Q137" t="s">
         <v>499</v>
       </c>
       <c r="R137" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="138" spans="1:18">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
         <v>28</v>
       </c>
       <c r="C138" t="s">
         <v>38</v>
       </c>
       <c r="E138" t="s">
         <v>411</v>
       </c>
       <c r="F138" t="s">
         <v>500</v>
       </c>
       <c r="G138" t="s">