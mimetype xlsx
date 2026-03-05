--- v2 (2026-02-13)
+++ v3 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1464">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1929">
   <si>
     <t>Lot</t>
   </si>
   <si>
     <t>Colour</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Vendor</t>
   </si>
   <si>
     <t>Sire</t>
   </si>
   <si>
     <t>Dam</t>
   </si>
   <si>
     <t>Purchaser Name</t>
   </si>
   <si>
@@ -83,599 +83,776 @@
   <si>
     <t>Dam Sire</t>
   </si>
   <si>
     <t>DOB</t>
   </si>
   <si>
     <t>Bonus Schemes</t>
   </si>
   <si>
     <t>Ch.</t>
   </si>
   <si>
     <t>Filly</t>
   </si>
   <si>
     <t>Alma Vale Thoroughbreds, Scone, NSW</t>
   </si>
   <si>
     <t>Farnan</t>
   </si>
   <si>
     <t>Dagny (NZ)</t>
   </si>
   <si>
+    <t>Anthony Freedman Racing / Julian Blaxland Bloodstock (FBAA)</t>
+  </si>
+  <si>
+    <t>VIC</t>
+  </si>
+  <si>
+    <t>Sold</t>
+  </si>
+  <si>
+    <t>$100,000</t>
+  </si>
+  <si>
     <t>Barn C</t>
   </si>
   <si>
     <t>Stables 70-83</t>
   </si>
   <si>
     <t>Darci Brahma</t>
   </si>
   <si>
     <t>2024-08-15</t>
   </si>
   <si>
     <t>BOBS Eligible</t>
   </si>
   <si>
     <t>B.</t>
   </si>
   <si>
     <t>Bucklee Farm, Greta West</t>
   </si>
   <si>
     <t>Alabama Express</t>
   </si>
   <si>
     <t>Dame Van Winkle (NZ)</t>
   </si>
   <si>
+    <t>World Wide Bloodstock</t>
+  </si>
+  <si>
+    <t>SOUTH AFRICA</t>
+  </si>
+  <si>
+    <t>$50,000</t>
+  </si>
+  <si>
     <t>Barn A</t>
   </si>
   <si>
     <t>Stables 1-7,9-13</t>
   </si>
   <si>
     <t>Rip Van Winkle</t>
   </si>
   <si>
     <t>2024-10-20</t>
   </si>
   <si>
     <t>VOBIS Sires</t>
   </si>
   <si>
     <t>Br.</t>
   </si>
   <si>
     <t>Colt</t>
   </si>
   <si>
     <t>Fernrigg Farm, Denman, NSW</t>
   </si>
   <si>
     <t>St Mark's Basilica (FR)</t>
   </si>
   <si>
     <t>Dance With Her</t>
   </si>
   <si>
+    <t>Robert Quinn Racing</t>
+  </si>
+  <si>
+    <t>NSW</t>
+  </si>
+  <si>
+    <t>$80,000</t>
+  </si>
+  <si>
     <t>Barn E</t>
   </si>
   <si>
     <t>Stables 63-70</t>
   </si>
   <si>
     <t>Al Maher</t>
   </si>
   <si>
     <t>2024-09-26</t>
   </si>
   <si>
     <t>Vinery Stud, Scone, NSW</t>
   </si>
   <si>
     <t>Ole Kirk</t>
   </si>
   <si>
     <t>Dangerous Liaison</t>
   </si>
   <si>
+    <t>MG Price Racing &amp; Breeding Pty Ltd</t>
+  </si>
+  <si>
+    <t>$210,000</t>
+  </si>
+  <si>
     <t>Stables 31-38,45,46</t>
   </si>
   <si>
     <t>Choisir</t>
   </si>
   <si>
     <t>2024-10-23</t>
   </si>
   <si>
     <t>Newgate Farm, Aberdeen, NSW</t>
   </si>
   <si>
     <t>Capitalist</t>
   </si>
   <si>
     <t>Danserai d'Amour</t>
   </si>
   <si>
+    <t>Shane Oxlade Racing</t>
+  </si>
+  <si>
+    <t>SA</t>
+  </si>
+  <si>
+    <t>$15,000</t>
+  </si>
+  <si>
     <t>Barn F</t>
   </si>
   <si>
     <t>Stables 14-32</t>
   </si>
   <si>
     <t>Redoute's Choice</t>
   </si>
   <si>
     <t>2024-09-09</t>
   </si>
   <si>
     <t>Yabby Dam Farms, Cardigan</t>
   </si>
   <si>
     <t>Ghaiyyath (IRE)</t>
   </si>
   <si>
     <t>Darcy's Law (NZ)</t>
   </si>
   <si>
+    <t>$270,000</t>
+  </si>
+  <si>
     <t>Barn H</t>
   </si>
   <si>
     <t>Stables 45-49,65,66</t>
   </si>
   <si>
     <t>High Chaparral</t>
   </si>
   <si>
     <t>2024-10-07</t>
   </si>
   <si>
     <t>VOBIS Silver &amp; VOBIS Sires</t>
   </si>
   <si>
     <t>B. or Br.</t>
   </si>
   <si>
     <t>Yulong, Nagambie</t>
   </si>
   <si>
     <t>Grunt (NZ)</t>
   </si>
   <si>
     <t>Deedra</t>
   </si>
   <si>
+    <t>Mattmartin Global / Ahead All Bloodstock Pty Ltd</t>
+  </si>
+  <si>
     <t>Barn B</t>
   </si>
   <si>
     <t>Stables 1-75 Barn H 152-157, 163, 164,173,174</t>
   </si>
   <si>
     <t>Zabeel</t>
   </si>
   <si>
     <t>2024-10-28</t>
   </si>
   <si>
     <t>Twin Hills Stud, Cootamundra, NSW</t>
   </si>
   <si>
     <t>Brazen Beau</t>
   </si>
   <si>
     <t>Delta Gee</t>
   </si>
   <si>
+    <t>Withdrawn</t>
+  </si>
+  <si>
     <t>Stables 71-92</t>
   </si>
   <si>
     <t>Street Cry</t>
   </si>
   <si>
     <t>2024-09-06</t>
   </si>
   <si>
     <t>VOBIS Silver &amp; VOBIS Sires, Westspeed</t>
   </si>
   <si>
     <t>Miranda Park, Hesket</t>
   </si>
   <si>
     <t>Hellbent</t>
   </si>
   <si>
     <t>Destiny Diamond</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $100,000</t>
+  </si>
+  <si>
     <t>Stables 101-108,115,116</t>
   </si>
   <si>
     <t>Raphael's Cat</t>
   </si>
   <si>
     <t>BOBS Eligible, VOBIS Silver</t>
   </si>
   <si>
     <t>Elsdon Park, Matamata, NZ</t>
   </si>
   <si>
     <t>Ardrossan</t>
   </si>
   <si>
     <t>Deva Dynasty (NZ)</t>
   </si>
   <si>
     <t>Stables 60-62</t>
   </si>
   <si>
     <t>Per Incanto</t>
   </si>
   <si>
     <t>2024-08-29</t>
   </si>
   <si>
     <t>Longwood Thoroughbred Farm, Longwood East</t>
   </si>
   <si>
     <t>Toronado (IRE)</t>
   </si>
   <si>
     <t>Di Lusso</t>
   </si>
   <si>
+    <t>Archibald Racing / William Johnson Bloodstock (FBAA)</t>
+  </si>
+  <si>
+    <t>$240,000</t>
+  </si>
+  <si>
     <t>Stables 1-24</t>
   </si>
   <si>
     <t>Lonhro</t>
   </si>
   <si>
     <t>2024-09-05</t>
   </si>
   <si>
     <t>Northmore Thoroughbreds, Murchison North</t>
   </si>
   <si>
     <t>Artorius</t>
   </si>
   <si>
     <t>Di Maria</t>
   </si>
   <si>
+    <t>John Sadler Racing Pty Ltd</t>
+  </si>
+  <si>
+    <t>$8,000</t>
+  </si>
+  <si>
     <t>Stables 98-101,121-128</t>
   </si>
   <si>
     <t>Not a Single Doubt</t>
   </si>
   <si>
     <t>2024-09-02</t>
   </si>
   <si>
     <t>Newhaven Park, Boorowa, NSW</t>
   </si>
   <si>
     <t>Dundeel (NZ)</t>
   </si>
   <si>
     <t>Dice Game (GB)</t>
   </si>
   <si>
+    <t>Mathland Pty Ltd</t>
+  </si>
+  <si>
+    <t>$200,000</t>
+  </si>
+  <si>
     <t>Barn G</t>
   </si>
   <si>
     <t>Stables 90-109</t>
   </si>
   <si>
     <t>Shamardal</t>
   </si>
   <si>
     <t>2024-09-27</t>
   </si>
   <si>
     <t>Maluka Thoroughbreds, Kerrie</t>
   </si>
   <si>
     <t>Shamus Award</t>
   </si>
   <si>
     <t>Distrustful</t>
   </si>
   <si>
+    <t>Williams Racing</t>
+  </si>
+  <si>
+    <t>WA</t>
+  </si>
+  <si>
+    <t>$120,000</t>
+  </si>
+  <si>
     <t>Stables 117-124 Barn E Stables 1-10</t>
   </si>
   <si>
     <t>Trusting</t>
   </si>
   <si>
     <t>2024-09-03</t>
   </si>
   <si>
     <t>Divided Sky (IRE)</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $80,000</t>
+  </si>
+  <si>
     <t>Society Rock</t>
   </si>
   <si>
     <t>2024-09-24</t>
   </si>
   <si>
     <t>MB Thoroughbreds, Lancaster</t>
   </si>
   <si>
     <t>Divine Centuri</t>
   </si>
   <si>
+    <t>Busuttin Racing Pty Ltd</t>
+  </si>
+  <si>
     <t>Stables 53-59,69,70</t>
   </si>
   <si>
     <t>I Am Invincible</t>
   </si>
   <si>
     <t>2024-10-12</t>
   </si>
   <si>
     <t>Gilgai Farm, Nagambie</t>
   </si>
   <si>
     <t>Divots</t>
   </si>
   <si>
+    <t>Dalziel Bloodstock / Moody Racing</t>
+  </si>
+  <si>
+    <t>$65,000</t>
+  </si>
+  <si>
     <t>Barn D</t>
   </si>
   <si>
     <t>Stables 87-92 Barn F 1-13</t>
   </si>
   <si>
     <t>Zoustar</t>
   </si>
   <si>
     <t>2024-08-11</t>
   </si>
   <si>
     <t>In the Congo</t>
   </si>
   <si>
     <t>Do it La</t>
   </si>
   <si>
+    <t>Riversley Park</t>
+  </si>
+  <si>
+    <t>NEW ZEALAND</t>
+  </si>
+  <si>
+    <t>$75,000</t>
+  </si>
+  <si>
     <t>Shalaa</t>
   </si>
   <si>
     <t>2024-09-17</t>
   </si>
   <si>
     <t>Stonehouse Thoroughbreds, Eddington</t>
   </si>
   <si>
     <t>Dom Perion</t>
   </si>
   <si>
+    <t>Lindsay Park Racing / Dean Hawthorne Bloodstock (BAFNZ)</t>
+  </si>
+  <si>
+    <t>$520,000</t>
+  </si>
+  <si>
     <t>Stables 53-79</t>
   </si>
   <si>
     <t>Glenn Lee Thoroughbreds, Meroo Meadow, NSW</t>
   </si>
   <si>
     <t>Don't Doubt Mamma</t>
   </si>
   <si>
+    <t>Shane McGrath Bloodstock / Clinton McDonald Racing</t>
+  </si>
+  <si>
+    <t>$180,000</t>
+  </si>
+  <si>
     <t>Stables 61-64,67-73,82-86</t>
   </si>
   <si>
     <t>2024-08-21</t>
   </si>
   <si>
     <t>Milburn Creek, Wildes Meadow, NSW</t>
   </si>
   <si>
     <t>Dowager Princess (NZ)</t>
   </si>
   <si>
+    <t>Liam Howley Racing Pty Ltd</t>
+  </si>
+  <si>
+    <t>$280,000</t>
+  </si>
+  <si>
     <t>Stables 1-12</t>
   </si>
   <si>
     <t>Savabeel</t>
   </si>
   <si>
     <t>2024-11-05</t>
   </si>
   <si>
     <t>Dream Date</t>
   </si>
   <si>
+    <t>Sutton Racing / McKeever Bloodstock</t>
+  </si>
+  <si>
     <t>Starcraft</t>
   </si>
   <si>
     <t>2024-09-28</t>
   </si>
   <si>
     <t>Penfold Thoroughbreds, Nagambie</t>
   </si>
   <si>
     <t>Wooded (IRE)</t>
   </si>
   <si>
     <t>Edge Away</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $30,000</t>
+  </si>
+  <si>
     <t>Stables 102-108,114-119</t>
   </si>
   <si>
     <t>Hinchinbrook</t>
   </si>
   <si>
     <t>2024-08-26</t>
   </si>
   <si>
     <t>Cool Aza Beel (NZ)</t>
   </si>
   <si>
     <t>Ehtifaal</t>
   </si>
   <si>
+    <t>R Yiu</t>
+  </si>
+  <si>
+    <t>HONG KONG</t>
+  </si>
+  <si>
     <t>2024-10-03</t>
   </si>
   <si>
     <t>Yarraman Park Stud, Scone, NSW</t>
   </si>
   <si>
     <t>Justify (USA)</t>
   </si>
   <si>
     <t>Elate (NZ)</t>
   </si>
   <si>
+    <t>Baystone / Malua</t>
+  </si>
+  <si>
+    <t>$170,000</t>
+  </si>
+  <si>
     <t>Stables 110-122</t>
   </si>
   <si>
     <t>2024-10-30</t>
   </si>
   <si>
     <t>Musk Creek Farm, Flinders</t>
   </si>
   <si>
     <t>Spirit of Boom</t>
   </si>
   <si>
     <t>Elderflower</t>
   </si>
   <si>
+    <t>Michael Hickmott Bloodstock / Gary Mudgway Bloodstock</t>
+  </si>
+  <si>
+    <t>$110,000</t>
+  </si>
+  <si>
     <t>Stables 84-100</t>
   </si>
   <si>
     <t>Toronado</t>
   </si>
   <si>
     <t>QTIS, VOBIS Silver</t>
   </si>
   <si>
     <t>Widden Stud, Riddells Creek</t>
   </si>
   <si>
     <t>Anamoe</t>
   </si>
   <si>
     <t>Eleusa</t>
   </si>
   <si>
+    <t>Archibald Racing / Kia Ora Stud / William Johnson Bloodstock (FBAA)</t>
+  </si>
+  <si>
+    <t>$320,000</t>
+  </si>
+  <si>
     <t>Stables 1-52</t>
   </si>
   <si>
     <t>Medaglia d'Oro</t>
   </si>
   <si>
     <t>2024-11-13</t>
   </si>
   <si>
     <t>Merricks Station, Merricks</t>
   </si>
   <si>
     <t>Blue Point (IRE)</t>
   </si>
   <si>
     <t>Elusive Express (NZ)</t>
   </si>
   <si>
+    <t>Ciaron Maher Bloodstock</t>
+  </si>
+  <si>
     <t>Stables 39-50</t>
   </si>
   <si>
     <t>Jakkalberry</t>
   </si>
   <si>
     <t>2024-08-27</t>
   </si>
   <si>
     <t>Portland Sky</t>
   </si>
   <si>
     <t>Elusive Melody</t>
   </si>
   <si>
+    <t>Katanga Lodge</t>
+  </si>
+  <si>
     <t>Your Song</t>
   </si>
   <si>
     <t>Tagaloa</t>
   </si>
   <si>
     <t>Elvic (GB)</t>
   </si>
   <si>
+    <t>Chris Waller Racing / Mulcaster Bloodstock</t>
+  </si>
+  <si>
     <t>Siyouni</t>
   </si>
   <si>
     <t>2024-10-04</t>
   </si>
   <si>
     <t>Jacquinot</t>
   </si>
   <si>
     <t>Embark</t>
   </si>
   <si>
+    <t xml:space="preserve">High Calibre Racing </t>
+  </si>
+  <si>
+    <t>QLD</t>
+  </si>
+  <si>
     <t>2024-08-28</t>
   </si>
   <si>
     <t>Coolmore Stud, Jerrys Plains, NSW</t>
   </si>
   <si>
     <t>All Too Hard</t>
   </si>
   <si>
     <t>Emirates Comfort (IRE)</t>
   </si>
   <si>
     <t>Stables 34-52</t>
   </si>
   <si>
     <t>Dubawi</t>
   </si>
   <si>
     <t>2024-11-07</t>
   </si>
   <si>
     <t>Frankel (GB)</t>
   </si>
   <si>
     <t>Emro (USA)</t>
   </si>
   <si>
+    <t>Vahala Racing / SM &amp; KB Bloodstock</t>
+  </si>
+  <si>
+    <t>$360,000</t>
+  </si>
+  <si>
     <t>Point of Entry</t>
   </si>
   <si>
     <t>2024-09-08</t>
   </si>
   <si>
     <t>Anders</t>
   </si>
   <si>
     <t>En Aval</t>
   </si>
   <si>
+    <t>Cumani Racing Pty Ltd</t>
+  </si>
+  <si>
     <t>Toorak Toff</t>
   </si>
   <si>
     <t>2024-09-13</t>
   </si>
   <si>
     <t>Enduring Love</t>
   </si>
   <si>
     <t>Camelot</t>
   </si>
   <si>
     <t>2024-10-11</t>
   </si>
   <si>
     <t>Grenville Stud, Whitemore, Tas</t>
   </si>
   <si>
     <t>Home Affairs</t>
   </si>
   <si>
     <t>Entrapped</t>
   </si>
   <si>
     <t>Stables 47-52</t>
@@ -692,3762 +869,4980 @@
   <si>
     <t>Street Boss (USA)</t>
   </si>
   <si>
     <t>Essence of Terror</t>
   </si>
   <si>
     <t>Stables 77-79,94-97</t>
   </si>
   <si>
     <t>Reward for Effort</t>
   </si>
   <si>
     <t>2024-09-18</t>
   </si>
   <si>
     <t>Gr.</t>
   </si>
   <si>
     <t>Xtravagant (NZ)</t>
   </si>
   <si>
     <t>Essential Sky (NZ)</t>
   </si>
   <si>
+    <t>J Ramsey</t>
+  </si>
+  <si>
+    <t>$70,000</t>
+  </si>
+  <si>
     <t>Reliable Man</t>
   </si>
   <si>
     <t>2024-09-16</t>
   </si>
   <si>
     <t>Pinatubo (IRE)</t>
   </si>
   <si>
     <t>Estijmaam</t>
   </si>
   <si>
     <t>Exceed and Excel</t>
   </si>
   <si>
     <t>2024-09-04</t>
   </si>
   <si>
     <t>Aristia Park, Koo Wee Rup</t>
   </si>
   <si>
     <t>Maurice (JPN)</t>
   </si>
   <si>
     <t>Etana</t>
   </si>
   <si>
     <t>Stables 20-29</t>
   </si>
   <si>
     <t>Etoile Brillante</t>
   </si>
   <si>
+    <t>R McNulty</t>
+  </si>
+  <si>
+    <t>$40,000</t>
+  </si>
+  <si>
     <t>2024-10-18</t>
   </si>
   <si>
     <t>Siyouni (FR)</t>
   </si>
   <si>
     <t>Evening Hush (IRE)</t>
   </si>
   <si>
     <t>Galileo</t>
   </si>
   <si>
     <t>Evening Slippers</t>
   </si>
   <si>
     <t>Snitzel</t>
   </si>
   <si>
     <t>2024-09-20</t>
   </si>
   <si>
     <t>Excellent Sunset (IRE)</t>
   </si>
   <si>
     <t>2024-09-14</t>
   </si>
   <si>
     <t>Two Bays Farm, Flinders</t>
   </si>
   <si>
     <t>Rubick</t>
   </si>
   <si>
     <t>Excelsior Island</t>
   </si>
   <si>
+    <t>Yackandandah Park</t>
+  </si>
+  <si>
     <t>Stables 1-14,19-22</t>
   </si>
   <si>
     <t>2024-10-10</t>
   </si>
   <si>
     <t>Rushton Park, Tatura</t>
   </si>
   <si>
     <t>Excess Love</t>
   </si>
   <si>
     <t>Stables 35-52</t>
   </si>
   <si>
     <t>2024-09-12</t>
   </si>
   <si>
     <t>Kambula Stud, Kadina, SA</t>
   </si>
   <si>
     <t>Bivouac</t>
   </si>
   <si>
     <t>Eyes of Love (NZ)</t>
   </si>
   <si>
+    <t>KP Bloodstock</t>
+  </si>
+  <si>
+    <t>PHILIPPINES</t>
+  </si>
+  <si>
     <t>Stables 15-18,26-31</t>
   </si>
   <si>
     <t>Tavistock</t>
   </si>
   <si>
     <t>2024-10-22</t>
   </si>
   <si>
     <t>Fanciful Dream</t>
   </si>
   <si>
+    <t>O'Shea-Charlton Racing / James Bester Bloodstock / E Lucas</t>
+  </si>
+  <si>
     <t>Fashion Icon</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $60,000</t>
+  </si>
+  <si>
     <t>More Than Ready</t>
   </si>
   <si>
     <t>Shadow Hill Thoroughbreds, Avenel</t>
   </si>
   <si>
     <t>Star Turn</t>
   </si>
   <si>
     <t>Fastbrook (NZ)</t>
   </si>
   <si>
+    <t>D Wigg</t>
+  </si>
+  <si>
+    <t>$95,000</t>
+  </si>
+  <si>
     <t>Stables 30-38,50-55</t>
   </si>
   <si>
     <t>Noorilim Park, Arcadia</t>
   </si>
   <si>
     <t>Fastidious</t>
   </si>
   <si>
+    <t>Alexander Racing / Rogers Bloodstock</t>
+  </si>
+  <si>
     <t>Stables 14-19</t>
   </si>
   <si>
     <t>Fawcett</t>
   </si>
   <si>
+    <t>$30,000</t>
+  </si>
+  <si>
     <t>Stratum</t>
   </si>
   <si>
     <t>Starspangledbanner</t>
   </si>
   <si>
     <t>Federosa (NZ)</t>
   </si>
   <si>
+    <t>Golden River Investments / Cody Mo</t>
+  </si>
+  <si>
     <t>Swiss Ace</t>
   </si>
   <si>
     <t>BOBS Eligible, Racing Rewards SA</t>
   </si>
   <si>
     <t>Feel the Rush (NZ)</t>
   </si>
   <si>
+    <t>$90,000</t>
+  </si>
+  <si>
     <t>Proisir</t>
   </si>
   <si>
     <t>Pierata</t>
   </si>
   <si>
     <t>Festival Dancer</t>
   </si>
   <si>
+    <t>Moloney Racing Pty Ltd</t>
+  </si>
+  <si>
+    <t>$220,000</t>
+  </si>
+  <si>
     <t>2024-09-10</t>
   </si>
   <si>
     <t>Emirates Park Pty Ltd, Murrurundi, NSW</t>
   </si>
   <si>
     <t>Fever Pitch</t>
   </si>
   <si>
+    <t>Moody Racing</t>
+  </si>
+  <si>
     <t>Stables 39-46,53,54</t>
   </si>
   <si>
     <t>Flying Artie</t>
   </si>
   <si>
     <t>2024-10-24</t>
   </si>
   <si>
     <t>Final Choice</t>
   </si>
   <si>
     <t>Nicconi</t>
   </si>
   <si>
     <t>2024-08-16</t>
   </si>
   <si>
     <t>Cannon Hayes Stud, Scone, NSW</t>
   </si>
   <si>
     <t>Zousain</t>
   </si>
   <si>
     <t>Final Response</t>
   </si>
   <si>
+    <t>Shane McGrath Bloodstock / Clinton McDonald Racing / Suman Hedge Bloodstock (FBAA) / Trilogy Racing</t>
+  </si>
+  <si>
+    <t>$260,000</t>
+  </si>
+  <si>
     <t>Stables 31-34</t>
   </si>
   <si>
     <t>Charge Forward</t>
   </si>
   <si>
     <t>2024-08-13</t>
   </si>
   <si>
     <t>Written By</t>
   </si>
   <si>
     <t>Final Song</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $20,000</t>
+  </si>
+  <si>
     <t>Blue Gum Farm, Euroa</t>
   </si>
   <si>
     <t>Fine Bubbles</t>
   </si>
   <si>
+    <t>Byerley Bloodstock</t>
+  </si>
+  <si>
+    <t>$160,000</t>
+  </si>
+  <si>
     <t>Stables 39-44,47-75</t>
   </si>
   <si>
     <t>Casino Prince</t>
   </si>
   <si>
     <t>2024-08-31</t>
   </si>
   <si>
     <t>The Chase, Sutton Forest, NSW</t>
   </si>
   <si>
     <t>Russian Revolution</t>
   </si>
   <si>
     <t>First Seal</t>
   </si>
   <si>
+    <t>C Menzies / Rick Connolly Bloodstock</t>
+  </si>
+  <si>
     <t>Stables 23-25,32-38</t>
   </si>
   <si>
     <t>Fastnet Rock</t>
   </si>
   <si>
     <t>2024-08-18</t>
   </si>
   <si>
     <t>Fleet of Foot</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $200,000</t>
+  </si>
+  <si>
     <t>2024-10-29</t>
   </si>
   <si>
     <t>Crossley Thoroughbreds, Avenel</t>
   </si>
   <si>
     <t>Forever Free</t>
   </si>
   <si>
     <t>Stables 109-113,131-148</t>
   </si>
   <si>
     <t>Forever You (IRE)</t>
   </si>
   <si>
+    <t>Gai Waterhouse &amp; Adrian Bott Racing / Kestrel Thoroughbreds / Spicer Thoroughbreds</t>
+  </si>
+  <si>
+    <t>$340,000</t>
+  </si>
+  <si>
     <t>Too Darn Hot (GB)</t>
   </si>
   <si>
     <t>Forreel (NZ)</t>
   </si>
   <si>
     <t>Nom du Jeu</t>
   </si>
   <si>
     <t>Hitotsu</t>
   </si>
   <si>
     <t>Fortiche</t>
   </si>
   <si>
+    <t>T Nolen</t>
+  </si>
+  <si>
     <t>Any Given Saturday</t>
   </si>
   <si>
     <t>2024-10-05</t>
   </si>
   <si>
     <t>Foxpack</t>
   </si>
   <si>
+    <t>Regal Farm</t>
+  </si>
+  <si>
+    <t>$130,000</t>
+  </si>
+  <si>
     <t>Foxwedge</t>
   </si>
   <si>
     <t>Fragonard</t>
   </si>
   <si>
+    <t>Dabernig Bloodstock</t>
+  </si>
+  <si>
     <t>New Approach</t>
   </si>
   <si>
     <t>2024-10-01</t>
   </si>
   <si>
     <t>Wootton Bassett (GB)</t>
   </si>
   <si>
     <t>Frankieta (GB)</t>
   </si>
   <si>
+    <t>Gai Waterhouse &amp; Adrian Bott Racing / Kestrel Thoroughbreds</t>
+  </si>
+  <si>
     <t>Frankel</t>
   </si>
   <si>
     <t>Rosemont Stud, Gnarwarre</t>
   </si>
   <si>
     <t>Frankly So (IRE)</t>
   </si>
   <si>
+    <t>Go Racing Ltd / Blandford Bloodstock</t>
+  </si>
+  <si>
     <t>Stables 51-86</t>
   </si>
   <si>
     <t>2024-11-04</t>
   </si>
   <si>
     <t>VOBIS Silver</t>
   </si>
   <si>
     <t>Daumier</t>
   </si>
   <si>
     <t>Frictional</t>
   </si>
   <si>
     <t>Fuhryk</t>
   </si>
   <si>
     <t>Star Witness</t>
   </si>
   <si>
     <t>Fulfilling</t>
   </si>
   <si>
+    <t>Simon Zahra Racing / D Rose</t>
+  </si>
+  <si>
     <t>Lord Kanaloa</t>
   </si>
   <si>
     <t>2024-10-25</t>
   </si>
   <si>
     <t>Galina</t>
   </si>
   <si>
     <t>Smart Missile</t>
   </si>
   <si>
     <t>Riverstone Lodge, Blandford, NSW</t>
   </si>
   <si>
     <t>Acrobat</t>
   </si>
   <si>
     <t>Galizani</t>
   </si>
   <si>
+    <t>Sparta Racing Pty Ltd</t>
+  </si>
+  <si>
+    <t>$35,000</t>
+  </si>
+  <si>
     <t>Stables 11-22</t>
   </si>
   <si>
     <t>2024-08-22</t>
   </si>
   <si>
     <t>Gayatri</t>
   </si>
   <si>
+    <t>Laurel Oak Bloodstock Pty Ltd (FBAA)</t>
+  </si>
+  <si>
     <t>Pierro</t>
   </si>
   <si>
     <t>Armidale Stud, Carrick, Tas</t>
   </si>
   <si>
     <t>Gee Gee Double Dee</t>
   </si>
   <si>
     <t>Stables 87,88</t>
   </si>
   <si>
     <t>Wordsmith</t>
   </si>
   <si>
     <t>2024-10-21</t>
   </si>
   <si>
     <t>Written Tycoon</t>
   </si>
   <si>
     <t>Gentle Strokes</t>
   </si>
   <si>
+    <t>Stephen Marsh Racing / Dylan Johnson Bloodstock</t>
+  </si>
+  <si>
+    <t>$150,000</t>
+  </si>
+  <si>
     <t>Golden Horn</t>
   </si>
   <si>
     <t>2024-10-08</t>
   </si>
   <si>
     <t>Willow Grove Stud, Woodside, SA</t>
   </si>
   <si>
     <t>Give Me Hope</t>
   </si>
   <si>
+    <t>Proven Thoroughbreds / Pride Racing</t>
+  </si>
+  <si>
     <t>Stables 80-86</t>
   </si>
   <si>
     <t>Manhattan Rain</t>
   </si>
   <si>
     <t>2024-10-17</t>
   </si>
   <si>
     <t>Racing Rewards SA, VOBIS Silver &amp; VOBIS Sires</t>
   </si>
   <si>
     <t>Motree Thoroughbreds, Waterhouse, Tas</t>
   </si>
   <si>
     <t>Glass Warrior</t>
   </si>
   <si>
     <t>Stables 90-92</t>
   </si>
   <si>
     <t>Glass Harmonium</t>
   </si>
   <si>
     <t>TASBRED, VOBIS Silver &amp; VOBIS Sires</t>
   </si>
   <si>
     <t>Glimmering (GB)</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $120,000</t>
+  </si>
+  <si>
     <t>Kingman</t>
   </si>
   <si>
     <t>2024-08-03</t>
   </si>
   <si>
     <t>Glitzy Girl</t>
   </si>
   <si>
+    <t>OTM</t>
+  </si>
+  <si>
     <t>Global Queen</t>
   </si>
   <si>
     <t>Glows</t>
   </si>
   <si>
+    <t>Archibald Racing / OTM / William Johnson Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Canny Lad</t>
   </si>
   <si>
     <t>Harry Angel (IRE)</t>
   </si>
   <si>
     <t>Golden Lustre</t>
   </si>
   <si>
     <t>2024-10-26</t>
   </si>
   <si>
     <t>Sejardan</t>
   </si>
   <si>
     <t>Gosh (IRE)</t>
   </si>
   <si>
+    <t>Wilde Racing / Hidden Creek Bloodstock</t>
+  </si>
+  <si>
     <t>Peintre Celebre</t>
   </si>
   <si>
     <t>Doubtland</t>
   </si>
   <si>
     <t>Granada Star</t>
   </si>
   <si>
+    <t xml:space="preserve">X Bloodstock </t>
+  </si>
+  <si>
     <t>Stay Inside</t>
   </si>
   <si>
     <t>Great News</t>
   </si>
   <si>
+    <t>REDFOX Racing</t>
+  </si>
+  <si>
     <t>Uncle Mo</t>
   </si>
   <si>
     <t>2024-10-02</t>
   </si>
   <si>
     <t>Grounded</t>
   </si>
   <si>
+    <t>Hawkes Racing</t>
+  </si>
+  <si>
     <t>So You Think</t>
   </si>
   <si>
     <t>2024-10-14</t>
   </si>
   <si>
     <t>Hasahalo (NZ)</t>
   </si>
   <si>
     <t>2024-10-06</t>
   </si>
   <si>
     <t>Henley Park, Cambridge, NZ</t>
   </si>
   <si>
     <t>Hasstobemagic (NZ)</t>
   </si>
   <si>
+    <t>Nick Ryan Racing Pty Ltd</t>
+  </si>
+  <si>
     <t>Stables 39-44</t>
   </si>
   <si>
     <t>Scissor Kick</t>
   </si>
   <si>
     <t>2024-11-02</t>
   </si>
   <si>
     <t>Hasta Manana</t>
   </si>
   <si>
+    <t>Anthony Cosgriff Racing</t>
+  </si>
+  <si>
     <t>Dundeel</t>
   </si>
   <si>
     <t>Haybah</t>
   </si>
   <si>
     <t>2024-08-30</t>
   </si>
   <si>
     <t>Head Noises</t>
   </si>
   <si>
     <t>Sebring</t>
   </si>
   <si>
     <t>2024-08-17</t>
   </si>
   <si>
     <t>Heaven's Wish</t>
   </si>
   <si>
     <t>Heavenly Curlin (USA)</t>
   </si>
   <si>
+    <t>G Eurell</t>
+  </si>
+  <si>
     <t>Curlin</t>
   </si>
   <si>
     <t>2024-09-19</t>
   </si>
   <si>
     <t>Segenhoe Stud, Aberdeen, NSW</t>
   </si>
   <si>
     <t>Heeya</t>
   </si>
   <si>
+    <t>$12,000</t>
+  </si>
+  <si>
     <t>Stables 55-69</t>
   </si>
   <si>
     <t>Pride of Dubai</t>
   </si>
   <si>
     <t>Hela</t>
   </si>
   <si>
     <t>Night of Thunder</t>
   </si>
   <si>
     <t>Heriz</t>
   </si>
   <si>
+    <t>K Connolly</t>
+  </si>
+  <si>
+    <t>VIETNAM</t>
+  </si>
+  <si>
+    <t>$140,000</t>
+  </si>
+  <si>
     <t>Hi Hi Hi</t>
   </si>
   <si>
     <t>Winning Rupert</t>
   </si>
   <si>
     <t>Hidden</t>
   </si>
   <si>
+    <t>Bavcon Pty Ltd</t>
+  </si>
+  <si>
     <t>Pariah</t>
   </si>
   <si>
     <t>2024-08-19</t>
   </si>
   <si>
     <t>Rich Enuff</t>
   </si>
   <si>
     <t>Highfalutin Gal</t>
   </si>
   <si>
+    <t>Bazeley Racing Stables</t>
+  </si>
+  <si>
+    <t>$25,000</t>
+  </si>
+  <si>
     <t>Highly Secret (NZ)</t>
   </si>
   <si>
     <t>Hint of Pink (IRE)</t>
   </si>
   <si>
     <t>Teofilo</t>
   </si>
   <si>
     <t>Hirondelle</t>
   </si>
   <si>
+    <t>Henry Dwyer Racing Pty Ltd</t>
+  </si>
+  <si>
     <t>History</t>
   </si>
   <si>
+    <t>Richard &amp; Will Freedman Stables</t>
+  </si>
+  <si>
     <t>Sidestep</t>
   </si>
   <si>
     <t>Castelvecchio</t>
   </si>
   <si>
     <t>Holiday Romance</t>
   </si>
   <si>
+    <t>Sandhu Racing / Aecal Family</t>
+  </si>
+  <si>
     <t>Honey Esprit</t>
   </si>
   <si>
+    <t>D Kwan</t>
+  </si>
+  <si>
     <t>Bel Esprit</t>
   </si>
   <si>
     <t>2024-08-12</t>
   </si>
   <si>
     <t>Hot Augusta (NZ)</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $230,000</t>
+  </si>
+  <si>
     <t>Trapeze Artist</t>
   </si>
   <si>
     <t>How Sweet it Is</t>
   </si>
   <si>
     <t>Flinders Park Stud, Flinders</t>
   </si>
   <si>
     <t>Humma Mumma</t>
   </si>
   <si>
     <t>Stables 26-34</t>
   </si>
   <si>
     <t>Hummalong</t>
   </si>
   <si>
+    <t>O'Shea-Charlton Racing / James Bester Bloodstock</t>
+  </si>
+  <si>
     <t>Hallowed Crown</t>
   </si>
   <si>
     <t>Hurtle Myrtle</t>
   </si>
   <si>
     <t>Dane Shadow</t>
   </si>
   <si>
     <t>Husson's Kiss</t>
   </si>
   <si>
     <t>Husson</t>
   </si>
   <si>
     <t>Kayo Farm, Lowesdale, NSW</t>
   </si>
   <si>
     <t>I'm Too Sexy</t>
   </si>
   <si>
     <t>Stable 22</t>
   </si>
   <si>
     <t>Reaan</t>
   </si>
   <si>
     <t>2024-10-27</t>
   </si>
   <si>
     <t>I'm Wicked</t>
   </si>
   <si>
+    <t>Grahame Begg Racing Pty Ltd</t>
+  </si>
+  <si>
+    <t>$300,000</t>
+  </si>
+  <si>
     <t>2024-11-22</t>
   </si>
   <si>
     <t>Iamadancer</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $140,000</t>
+  </si>
+  <si>
     <t>2024-08-20</t>
   </si>
   <si>
     <t>Il Diamante</t>
   </si>
   <si>
     <t>Testa Rossa</t>
   </si>
   <si>
     <t>Supreme Thoroughbreds, Romsey</t>
   </si>
   <si>
     <t>Impulse Control</t>
   </si>
   <si>
+    <t>Shane Nichols Racing</t>
+  </si>
+  <si>
     <t>Stables 129,130,149-156,165-172</t>
   </si>
   <si>
     <t>2024-08-23</t>
   </si>
   <si>
     <t>In Her Honour (ARG)</t>
   </si>
   <si>
+    <t>Mulberry Racing</t>
+  </si>
+  <si>
     <t>Exchange Rate</t>
   </si>
   <si>
     <t>Inahappydaze</t>
   </si>
   <si>
     <t>2024-09-15</t>
   </si>
   <si>
     <t>Incredulous Dream</t>
   </si>
   <si>
+    <t>Aspen Thoroughbreds / Bluegrass Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Press Statement</t>
   </si>
   <si>
     <t>2024-09-21</t>
   </si>
   <si>
     <t>Indigenous</t>
   </si>
   <si>
+    <t>$250,000</t>
+  </si>
+  <si>
     <t>Wandjina</t>
   </si>
   <si>
     <t>2024-10-09</t>
   </si>
   <si>
     <t>Infitaah (NZ)</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $150,000</t>
+  </si>
+  <si>
     <t>Mill Park Stud, Meningie, SA</t>
   </si>
   <si>
     <t>Inishmore</t>
   </si>
   <si>
+    <t>$410,000</t>
+  </si>
+  <si>
     <t>Stables 15-19,27-30</t>
   </si>
   <si>
     <t>Bell River Thoroughbreds, Glen William, NSW</t>
   </si>
   <si>
     <t>Inthemidstofbiz (USA)</t>
   </si>
   <si>
+    <t>Anthony Freedman Racing / Julian Blaxland Bloodstock (FBAA) / Luke Wilkinson</t>
+  </si>
+  <si>
     <t>Stables 25-30</t>
   </si>
   <si>
     <t>Fed Biz</t>
   </si>
   <si>
     <t>Into the Mist</t>
   </si>
   <si>
     <t>Irithea</t>
   </si>
   <si>
+    <t>Dean Hawthorne Bloodstock  (BAFNZ)</t>
+  </si>
+  <si>
+    <t>$350,000</t>
+  </si>
+  <si>
     <t>Is This Love</t>
   </si>
   <si>
+    <t>Mick Nolan / Daryl Letchford / Jan Low</t>
+  </si>
+  <si>
     <t>Super Seth</t>
   </si>
   <si>
     <t>Isla's Dream</t>
   </si>
   <si>
     <t>Rothesay</t>
   </si>
   <si>
     <t>Br. or Blk.</t>
   </si>
   <si>
     <t>Isola Comacina (NZ)</t>
   </si>
   <si>
     <t>Bullbars</t>
   </si>
   <si>
     <t>It's Magic (IRE)</t>
   </si>
   <si>
     <t>Jacquetta</t>
   </si>
   <si>
+    <t>Upper Bloodstock</t>
+  </si>
+  <si>
     <t>Encosta de Lago</t>
   </si>
   <si>
     <t>Dirty Work</t>
   </si>
   <si>
     <t>Jemss</t>
   </si>
   <si>
+    <t>M Staunton</t>
+  </si>
+  <si>
     <t>Exosphere</t>
   </si>
   <si>
     <t>Cosmic Force</t>
   </si>
   <si>
     <t>Jester Jewel</t>
   </si>
   <si>
+    <t>Phillip Stokes Racing Pty Ltd</t>
+  </si>
+  <si>
     <t>Jezzabba</t>
   </si>
   <si>
     <t>2024-09-01</t>
   </si>
   <si>
     <t>So You Think (NZ)</t>
   </si>
   <si>
     <t>Joy of Dubai</t>
   </si>
   <si>
+    <t>Kiltannon Stables</t>
+  </si>
+  <si>
     <t>Just One Moment</t>
   </si>
   <si>
+    <t>$5,000</t>
+  </si>
+  <si>
     <t>2024-10-16</t>
   </si>
   <si>
     <t>Justice Glory</t>
   </si>
   <si>
+    <t>Lucky Owners Pty Ltd</t>
+  </si>
+  <si>
+    <t>$375,000</t>
+  </si>
+  <si>
     <t>Russian Camelot (IRE)</t>
   </si>
   <si>
     <t>Kaleidoscope Eyes</t>
   </si>
   <si>
     <t>Kalkarni Royale</t>
   </si>
   <si>
+    <t>Fitzsimmons Racing / Wattle Bloodstock (FBAA)</t>
+  </si>
+  <si>
+    <t>$55,000</t>
+  </si>
+  <si>
     <t>2024-09-30</t>
   </si>
   <si>
     <t>Kamuniak (NZ)</t>
   </si>
   <si>
     <t>Black Minnaloushe</t>
   </si>
   <si>
     <t>Kapralova (USA)</t>
   </si>
   <si>
+    <t>AI Investments</t>
+  </si>
+  <si>
+    <t>$20,000</t>
+  </si>
+  <si>
     <t>War Front</t>
   </si>
   <si>
     <t>Karuta Queen</t>
   </si>
   <si>
     <t>2024-11-20</t>
   </si>
   <si>
     <t>Keeper Girl (NZ)</t>
   </si>
   <si>
+    <t>Waikato Bloodstock</t>
+  </si>
+  <si>
     <t>Keeper</t>
   </si>
   <si>
     <t>2024-09-22</t>
   </si>
   <si>
     <t>Brutal (NZ)</t>
   </si>
   <si>
     <t>Kellner</t>
   </si>
   <si>
+    <t>P Cheng</t>
+  </si>
+  <si>
     <t>Kibibi</t>
   </si>
   <si>
+    <t>Hong Kong Jockey Club</t>
+  </si>
+  <si>
     <t>2024-09-07</t>
   </si>
   <si>
     <t>Kimberley Rain</t>
   </si>
   <si>
+    <t>Hunter Valley Bloodstock</t>
+  </si>
+  <si>
     <t>Kinetic Design</t>
   </si>
   <si>
     <t>Master of Design</t>
   </si>
   <si>
     <t>2024-08-14</t>
   </si>
   <si>
     <t>Kookie Gal (USA)</t>
   </si>
   <si>
+    <t>Malua Bloodstock</t>
+  </si>
+  <si>
     <t>Boisterous</t>
   </si>
   <si>
     <t>Kylix</t>
   </si>
   <si>
+    <t>Jason Warren Racing Stables Pty Ltd</t>
+  </si>
+  <si>
     <t>La Casade</t>
   </si>
   <si>
     <t>Niagara</t>
   </si>
   <si>
     <t>La Dragontea (GB)</t>
   </si>
   <si>
     <t>Lope de Vega</t>
   </si>
   <si>
     <t>La Paris</t>
   </si>
   <si>
+    <t>$105,000</t>
+  </si>
+  <si>
     <t>Falvelon</t>
   </si>
   <si>
     <t>2024-11-12</t>
   </si>
   <si>
     <t>La Questa</t>
   </si>
   <si>
+    <t>Busuttin Racing Pty Ltd / First Light Racing</t>
+  </si>
+  <si>
     <t>West Quest</t>
   </si>
   <si>
     <t>La Rocque</t>
   </si>
   <si>
     <t>Kuroshio</t>
   </si>
   <si>
     <t>2024-08-01</t>
   </si>
   <si>
     <t>Lady Bourgogne (NZ)</t>
   </si>
   <si>
+    <t>Macdonald Gluyas Racing / Suman Hedge Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Almanzor</t>
   </si>
   <si>
     <t>Lady Oracle (GB)</t>
   </si>
   <si>
     <t>2024-11-11</t>
   </si>
   <si>
     <t>Lady Patricia</t>
   </si>
   <si>
+    <t>J Wheeler</t>
+  </si>
+  <si>
     <t>2024-09-29</t>
   </si>
   <si>
     <t>Lankan Gold</t>
   </si>
   <si>
     <t>Cornerstone Stud Farm Pty Ltd, Angaston, SA</t>
   </si>
   <si>
     <t>Le Societe</t>
   </si>
   <si>
     <t>Stables 109-114</t>
   </si>
   <si>
     <t>Anabaa</t>
   </si>
   <si>
     <t>2024-08-07</t>
   </si>
   <si>
     <t>Legcut</t>
   </si>
   <si>
+    <t>Big Red Farm</t>
+  </si>
+  <si>
+    <t>JAPAN</t>
+  </si>
+  <si>
     <t>Danerich</t>
   </si>
   <si>
     <t>Shalaa (IRE)</t>
   </si>
   <si>
     <t>Lehwaiyla (GB)</t>
   </si>
   <si>
+    <t>Sutton Racing / B Rogers</t>
+  </si>
+  <si>
     <t>Leopardess</t>
   </si>
   <si>
+    <t>Lucy Yeomans Racing / Peter Morgan Bloodstock</t>
+  </si>
+  <si>
     <t>2024-11-01</t>
   </si>
   <si>
     <t>Ultra Thoroughbreds, Willowmavin</t>
   </si>
   <si>
     <t>Lifesaver Lady</t>
   </si>
   <si>
+    <t>Irelt</t>
+  </si>
+  <si>
     <t>Stables 56-59,74-76</t>
   </si>
   <si>
     <t>Brave Smash (JPN)</t>
   </si>
   <si>
     <t>Like a Butterfly</t>
   </si>
   <si>
     <t>Blackfriars</t>
   </si>
   <si>
     <t>Lillis</t>
   </si>
   <si>
+    <t>Gelagotis Racing / James Bester Bloodstock</t>
+  </si>
+  <si>
     <t>Limerick Flame</t>
   </si>
   <si>
     <t>Preferment</t>
   </si>
   <si>
     <t>Limerock</t>
   </si>
   <si>
     <t>Little White Lies</t>
   </si>
   <si>
     <t>Living Rocks</t>
   </si>
   <si>
+    <t>Cape Schanck Stud</t>
+  </si>
+  <si>
     <t>Lizzie l'Amour (NZ)</t>
   </si>
   <si>
     <t>Loiret</t>
   </si>
   <si>
+    <t>Aaron Bain Racing Pty Ltd</t>
+  </si>
+  <si>
     <t>Lonoree</t>
   </si>
   <si>
+    <t>Trotter Racing Pty Ltd</t>
+  </si>
+  <si>
     <t>Lost Impact (JPN)</t>
   </si>
   <si>
     <t>Deep Impact</t>
   </si>
   <si>
     <t>Lovely Esteem (GB)</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $75,000</t>
+  </si>
+  <si>
     <t>Luberon</t>
   </si>
   <si>
     <t>Kermadec (NZ)</t>
   </si>
   <si>
     <t>Lucciola (IRE)</t>
   </si>
   <si>
+    <t>E Corstens / Sheamus Mills Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Verglas</t>
   </si>
   <si>
     <t>Lunar Impact</t>
   </si>
   <si>
     <t>Real Impact</t>
   </si>
   <si>
     <t>Lunar Mist (USA)</t>
   </si>
   <si>
     <t>Malibu Moon</t>
   </si>
   <si>
     <t>Lynber</t>
   </si>
   <si>
     <t>2024-11-10</t>
   </si>
   <si>
     <t>Ma Can Do It (USA)</t>
   </si>
   <si>
     <t>Majesticperfection</t>
   </si>
   <si>
     <t>Madam Tracy</t>
   </si>
   <si>
     <t>Madame Pauline</t>
   </si>
   <si>
+    <t>Monarch Racing / Paul Moroney / Catheryne Bruggeman</t>
+  </si>
+  <si>
     <t>2024-08-24</t>
   </si>
   <si>
     <t>Majella</t>
   </si>
   <si>
+    <t>Adams Racing / Feek Racing</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> VIC</t>
+  </si>
+  <si>
     <t>Major Wager</t>
   </si>
   <si>
     <t>Mariamia</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $400,000</t>
+  </si>
+  <si>
     <t>Married in a Fever (IRE)</t>
   </si>
   <si>
+    <t>Catheryne Bruggeman / Paul Moroney Bloodstock</t>
+  </si>
+  <si>
     <t>Paulele</t>
   </si>
   <si>
     <t>Masipag</t>
   </si>
   <si>
     <t>Congrats</t>
   </si>
   <si>
     <t>Diatonic (JPN)</t>
   </si>
   <si>
     <t>Mawahib (IRE)</t>
   </si>
   <si>
     <t>Maybe the Best</t>
   </si>
   <si>
+    <t>Kia Ora Stud Pty Limited / McEvoy Mitchell Racing / Belmont Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Extreme Choice</t>
   </si>
   <si>
     <t>Meod</t>
   </si>
   <si>
+    <t>James Harron Bloodstock Filly Partnership / Tony Fung Fillies</t>
+  </si>
+  <si>
+    <t>$290,000</t>
+  </si>
+  <si>
     <t>Mercy May</t>
   </si>
   <si>
     <t>Merriest</t>
   </si>
   <si>
     <t>Denman</t>
   </si>
   <si>
     <t>Admire Mars (JPN)</t>
   </si>
   <si>
     <t>Metronome</t>
   </si>
   <si>
     <t>Helmet</t>
   </si>
   <si>
     <t>Mhaille</t>
   </si>
   <si>
     <t>Mills</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $40,000</t>
+  </si>
+  <si>
     <t>Mine Two</t>
   </si>
   <si>
     <t>Mingle</t>
   </si>
   <si>
+    <t>Shane Jackson Racing</t>
+  </si>
+  <si>
     <t>Mining Tycoon</t>
   </si>
   <si>
+    <t>Trent Edmonds Thoroughbreds</t>
+  </si>
+  <si>
     <t>2024-09-23</t>
   </si>
   <si>
     <t>Mintha</t>
   </si>
   <si>
+    <t>Kilgravin / Bevan Smith Bloodstock / McKeever Bloodstock</t>
+  </si>
+  <si>
     <t>Mirfa</t>
   </si>
   <si>
     <t>Miss Conduct</t>
   </si>
   <si>
     <t>Dissident</t>
   </si>
   <si>
     <t>Sweynesse</t>
   </si>
   <si>
     <t>Miss Dunsford</t>
   </si>
   <si>
     <t>Miss Nadja</t>
   </si>
   <si>
     <t>Headwater</t>
   </si>
   <si>
     <t>Miss Proctor</t>
   </si>
   <si>
     <t>Epaulette</t>
   </si>
   <si>
     <t>Miss Redoble</t>
   </si>
   <si>
+    <t>Sylvester Wu / MC Tam</t>
+  </si>
+  <si>
     <t>Drumbeats</t>
   </si>
   <si>
     <t>Miss Zumba</t>
   </si>
   <si>
     <t>Tassort</t>
   </si>
   <si>
     <t>Mistress Oz</t>
   </si>
   <si>
     <t>Mockery</t>
   </si>
   <si>
+    <t>Mitch Beer Racing / Heywood Bloodstock</t>
+  </si>
+  <si>
     <t>Verrazano</t>
   </si>
   <si>
     <t>More Than a Legend (USA)</t>
   </si>
   <si>
+    <t>Noske Racing</t>
+  </si>
+  <si>
     <t>Motown Lil</t>
   </si>
   <si>
     <t>Ms Catherine</t>
   </si>
   <si>
+    <t>Prima Park / Bevan Smith Bloodstock</t>
+  </si>
+  <si>
     <t>Shooting to Win</t>
   </si>
   <si>
     <t>Mum's Fault</t>
   </si>
   <si>
+    <t>O Haines Bloodstock</t>
+  </si>
+  <si>
     <t>Munees Gemini (IRE)</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Muntaseera</t>
   </si>
   <si>
+    <t xml:space="preserve">Fraser Auret Racing </t>
+  </si>
+  <si>
+    <t>$45,000</t>
+  </si>
+  <si>
     <t>Music Bay</t>
   </si>
   <si>
     <t>My Amelia</t>
   </si>
   <si>
     <t>My Artemis</t>
   </si>
   <si>
     <t>My Lady Zena (NZ)</t>
   </si>
   <si>
+    <t>NJ Dyer Racing Stables</t>
+  </si>
+  <si>
     <t>My Marquis</t>
   </si>
   <si>
     <t>My Miss Pedrille</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $50,000</t>
+  </si>
+  <si>
     <t>2024-11-15</t>
   </si>
   <si>
     <t>BOBS Eligible, TASBRED</t>
   </si>
   <si>
     <t>My Sweet Fish</t>
   </si>
   <si>
+    <t>Hunters Lodge / Liam Ruddy Bloodstock</t>
+  </si>
+  <si>
     <t>Mystical Land (JPN)</t>
   </si>
   <si>
+    <t>Matt Laurie Racing / Lucky Owners Pty Ltd</t>
+  </si>
+  <si>
     <t>Heart's Cry</t>
   </si>
   <si>
     <t>Mywayorthehighway (NZ)</t>
   </si>
   <si>
     <t>Najmaty</t>
   </si>
   <si>
     <t>2024-08-05</t>
   </si>
   <si>
     <t>Natchwhali (NZ)</t>
   </si>
   <si>
     <t>O'Reilly</t>
   </si>
   <si>
     <t>Nette Rousse (GER)</t>
   </si>
   <si>
+    <t>Akaya Success</t>
+  </si>
+  <si>
     <t>Mastercraftsman</t>
   </si>
   <si>
     <t>Nettoyer</t>
   </si>
   <si>
     <t>Exceedance</t>
   </si>
   <si>
     <t>Never More Lady</t>
   </si>
   <si>
+    <t>Solari Bloodstock</t>
+  </si>
+  <si>
     <t>No Nay Never</t>
   </si>
   <si>
     <t>Nice for What</t>
   </si>
   <si>
     <t>Supido</t>
   </si>
   <si>
     <t>Niki Piki Milo (NZ)</t>
   </si>
   <si>
+    <t>Sheamus Mills Bloodstock (FBAA) / Dr Peter Trowbridge / Price Kent Racing</t>
+  </si>
+  <si>
     <t>Librettist</t>
   </si>
   <si>
     <t>No Diggity</t>
   </si>
   <si>
     <t>2024-11-21</t>
   </si>
   <si>
     <t>No Restriction</t>
   </si>
   <si>
+    <t>John Foote Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Unencumbered</t>
   </si>
   <si>
     <t>Lucky Vega (IRE)</t>
   </si>
   <si>
     <t>Nooks and Crannies</t>
   </si>
   <si>
     <t>2024-10-19</t>
   </si>
   <si>
     <t>Nothin But a Dream (USA)</t>
   </si>
   <si>
     <t>First Defence</t>
   </si>
   <si>
     <t>Nothin' on Me (NZ)</t>
   </si>
   <si>
     <t>Nudge</t>
   </si>
   <si>
+    <t>Chris Waller Racing / Mulcaster Bloodstock / Group One Bloodstock / O Kheir</t>
+  </si>
+  <si>
+    <t>$850,000</t>
+  </si>
+  <si>
     <t>2024-10-15</t>
   </si>
   <si>
     <t>Nurse Kitchen (NZ)</t>
   </si>
   <si>
+    <t>Shailer Racing / Julian Blaxland Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Ocean Deep (NZ)</t>
   </si>
   <si>
+    <t>Danny O'Brien Racing</t>
+  </si>
+  <si>
     <t>Ocean Park</t>
   </si>
   <si>
     <t>Ocean Gate</t>
   </si>
   <si>
+    <t>L Tilley</t>
+  </si>
+  <si>
     <t>Oh Cecilia</t>
   </si>
   <si>
+    <t>Rod Symons Racing</t>
+  </si>
+  <si>
+    <t>$60,000</t>
+  </si>
+  <si>
     <t>Zoffany</t>
   </si>
   <si>
     <t>One More Try</t>
   </si>
   <si>
+    <t>DJR Racing / Cumani Racing</t>
+  </si>
+  <si>
     <t>Oohood</t>
   </si>
   <si>
     <t>Ordos Honor</t>
   </si>
   <si>
     <t>Orizaba</t>
   </si>
   <si>
+    <t>Bjorn Baker Racing / Clarke Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Oseleta</t>
   </si>
   <si>
+    <t>Colm Santry Bloodstock</t>
+  </si>
+  <si>
     <t>Deep Field</t>
   </si>
   <si>
     <t>Our Sunny Girl (NZ)</t>
   </si>
   <si>
+    <t>Gollan Racing Stables</t>
+  </si>
+  <si>
     <t>Pair of Heels</t>
   </si>
   <si>
+    <t>Thompson Racing / Paul Moroney Bloodstock / Catheryne Bruggeman</t>
+  </si>
+  <si>
     <t>Adelaide</t>
   </si>
   <si>
     <t>Paper Plane</t>
   </si>
   <si>
     <t>Paris Lights</t>
   </si>
   <si>
     <t>Parting Wish</t>
   </si>
   <si>
     <t>Passagio (USA)</t>
   </si>
   <si>
+    <t>R Otto / Paul Willetts Bloodstock</t>
+  </si>
+  <si>
     <t>Speightstown</t>
   </si>
   <si>
     <t>Passionate Lass</t>
   </si>
   <si>
+    <t>Matt Laurie Racing</t>
+  </si>
+  <si>
     <t>Pearl Congenial</t>
   </si>
   <si>
+    <t>Hirsch Racing</t>
+  </si>
+  <si>
     <t>Gio Ponti</t>
   </si>
   <si>
     <t>Pecans</t>
   </si>
   <si>
+    <t>$380,000</t>
+  </si>
+  <si>
     <t>Skilled</t>
   </si>
   <si>
     <t>2024-11-26</t>
   </si>
   <si>
     <t>Pedrena</t>
   </si>
   <si>
     <t>Mossman</t>
   </si>
   <si>
     <t>Perfect Radiance</t>
   </si>
   <si>
     <t>Persistent Desire (NZ)</t>
   </si>
   <si>
+    <t>Anthony Freedman Racing / Julian Blaxland Bloodstock (FBAA) / Roll The Dice Racing / Rogers Bloodstock</t>
+  </si>
+  <si>
     <t>Personalised</t>
   </si>
   <si>
     <t>Philizzy</t>
   </si>
   <si>
+    <t>Les Bridge Racing</t>
+  </si>
+  <si>
     <t>Piccadillies</t>
   </si>
   <si>
+    <t>Belmont Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Pickin' Time</t>
   </si>
   <si>
     <t>Pickpocket</t>
   </si>
   <si>
     <t>Pina</t>
   </si>
   <si>
     <t>Reset</t>
   </si>
   <si>
     <t>2024-11-16</t>
   </si>
   <si>
     <t>Pink Crystal</t>
   </si>
   <si>
     <t>Platinum Angel</t>
   </si>
   <si>
     <t>2024-11-14</t>
   </si>
   <si>
     <t>Platinum Mam'selle</t>
   </si>
   <si>
+    <t>Lok Lor</t>
+  </si>
+  <si>
     <t>VOBIS Silver &amp; VOBIS Sires, VOBIS Sires</t>
   </si>
   <si>
     <t>Ponte Roma (NZ)</t>
   </si>
   <si>
+    <t>Gollan Racing Stables / First Light Racing / John Foote Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Pins</t>
   </si>
   <si>
     <t>BOBS Eligible, QTIS</t>
   </si>
   <si>
     <t>Posing (USA)</t>
   </si>
   <si>
     <t>Medicean</t>
   </si>
   <si>
     <t>Positive Charge</t>
   </si>
   <si>
+    <t>Gordon Richards Racing</t>
+  </si>
+  <si>
     <t>Positive Problems</t>
   </si>
   <si>
+    <t>T Croft</t>
+  </si>
+  <si>
     <t>2024-10-31</t>
   </si>
   <si>
     <t>Power O'Hata (NZ)</t>
   </si>
   <si>
     <t>Power</t>
   </si>
   <si>
     <t>2024-10-13</t>
   </si>
   <si>
     <t>Prettyhappyaboutit</t>
   </si>
   <si>
     <t>Magnus</t>
   </si>
   <si>
     <t>Princess Narine</t>
   </si>
   <si>
     <t>Red Ransom</t>
   </si>
   <si>
     <t>Princess of Queens</t>
   </si>
   <si>
+    <t>B Griffiths</t>
+  </si>
+  <si>
     <t>Prosecution</t>
   </si>
   <si>
+    <t>D Yip</t>
+  </si>
+  <si>
+    <t>$85,000</t>
+  </si>
+  <si>
     <t>Prospect Park</t>
   </si>
   <si>
+    <t>$275,000</t>
+  </si>
+  <si>
     <t>Quantum Mechanic</t>
   </si>
   <si>
     <t>Racing Rewards SA</t>
   </si>
   <si>
     <t>Queen of Diamonds (NZ)</t>
   </si>
   <si>
     <t>Peltzer</t>
   </si>
   <si>
     <t>Queen of Nations</t>
   </si>
   <si>
     <t>Queen of the Green</t>
   </si>
   <si>
     <t>Quick Verse</t>
   </si>
   <si>
+    <t>Thompson Racing</t>
+  </si>
+  <si>
     <t>Poet's Voice</t>
   </si>
   <si>
     <t>Hanseatic</t>
   </si>
   <si>
     <t>Rabbit Mehmas (IRE)</t>
   </si>
   <si>
     <t>Mehmas</t>
   </si>
   <si>
     <t>Raccolto</t>
   </si>
   <si>
     <t>Radiance</t>
   </si>
   <si>
     <t>State of Rest (IRE)</t>
   </si>
   <si>
     <t>Raindrops on Roses</t>
   </si>
   <si>
+    <t>Malua Bloodstock / Black Crest Bloodstock</t>
+  </si>
+  <si>
     <t>Rakkaus</t>
   </si>
   <si>
     <t>Raptures</t>
   </si>
   <si>
     <t>2024-11-09</t>
   </si>
   <si>
     <t>Ready Set Sail</t>
   </si>
   <si>
     <t>Ready to Soar</t>
   </si>
   <si>
     <t>Realm of Flowers</t>
   </si>
   <si>
+    <t>Rohan Hughes Thoroughbred Services / G Begg Racing</t>
+  </si>
+  <si>
     <t>Red Lily</t>
   </si>
   <si>
+    <t>Lilywhites Lodge</t>
+  </si>
+  <si>
     <t>Red Strand</t>
   </si>
   <si>
     <t>Refer</t>
   </si>
   <si>
     <t>Reign (IRE)</t>
   </si>
   <si>
     <t>Elusive City</t>
   </si>
   <si>
     <t>2024-09-11</t>
   </si>
   <si>
     <t>Relaunch</t>
   </si>
   <si>
+    <t>Roll The Dice Racing Pty Ltd / Rogers Bloodstock</t>
+  </si>
+  <si>
     <t>Statue of Liberty</t>
   </si>
   <si>
     <t>River Star</t>
   </si>
   <si>
     <t>Rock Giselle</t>
   </si>
   <si>
+    <t>Highlight Bloodstock</t>
+  </si>
+  <si>
     <t>Rolene</t>
   </si>
   <si>
+    <t>Caboche Racing</t>
+  </si>
+  <si>
     <t>Rolling Cloud</t>
   </si>
   <si>
+    <t>Mynott Racing</t>
+  </si>
+  <si>
     <t>Ruby Flo</t>
   </si>
   <si>
     <t>Runaway River</t>
   </si>
   <si>
+    <t>Lindsey Smith Racing</t>
+  </si>
+  <si>
     <t>Street Boss</t>
   </si>
   <si>
     <t>S'Il Te Plait</t>
   </si>
   <si>
+    <t>Shane McGrath Bloodstock / Clinton McDonald Racing / Blueblood Thoroughbreds</t>
+  </si>
+  <si>
     <t>Lope de Vega (IRE)</t>
   </si>
   <si>
     <t>Saameyah (GB)</t>
   </si>
   <si>
     <t>Saavoya (NZ)</t>
   </si>
   <si>
+    <t>M &amp; M / Patrick Kearney Racing</t>
+  </si>
+  <si>
     <t>Sacred Goddess</t>
   </si>
   <si>
     <t>Safeeya</t>
   </si>
   <si>
+    <t>Bennett Racing</t>
+  </si>
+  <si>
     <t>Samovare</t>
   </si>
   <si>
+    <t>Gangemi Racing Stables</t>
+  </si>
+  <si>
     <t>Samurai Sun (NZ)</t>
   </si>
   <si>
     <t>Sancta</t>
   </si>
   <si>
     <t>King's Legacy</t>
   </si>
   <si>
     <t>Satin Socks</t>
   </si>
   <si>
+    <t xml:space="preserve">Mitch Freedman Racing </t>
+  </si>
+  <si>
     <t>Satya</t>
   </si>
   <si>
     <t>Scratchy Lass</t>
   </si>
   <si>
+    <t>Lloyd Kennewell Racing / Group One Bloodstock</t>
+  </si>
+  <si>
     <t>U S Ranger</t>
   </si>
   <si>
     <t>2024-11-19</t>
   </si>
   <si>
     <t>Screenager</t>
   </si>
   <si>
     <t>Seam Ripper</t>
   </si>
   <si>
     <t>Tale of the Cat</t>
   </si>
   <si>
     <t>QTIS</t>
   </si>
   <si>
     <t>Secret Admirer</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $130,000</t>
+  </si>
+  <si>
     <t>Sei Stella</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $190,000</t>
+  </si>
+  <si>
     <t>Sensitivity</t>
   </si>
   <si>
     <t>Set for Fame</t>
   </si>
   <si>
     <t>Set to Skelter</t>
   </si>
   <si>
     <t>No Nay Never (USA)</t>
   </si>
   <si>
     <t>Setarhe (IRE)</t>
   </si>
   <si>
+    <t>$420,000</t>
+  </si>
+  <si>
     <t>Footstepsinthesand</t>
   </si>
   <si>
     <t>Seven Sonnets</t>
   </si>
   <si>
     <t>Shadow Doll</t>
   </si>
   <si>
     <t>Shahzade</t>
   </si>
   <si>
+    <t>Blueblood Thoroughbreds / SP Bloodstock</t>
+  </si>
+  <si>
     <t>Shakeyourbody (USA)</t>
   </si>
   <si>
     <t>Giant's Causeway</t>
   </si>
   <si>
     <t>Shalfah</t>
   </si>
   <si>
+    <t>Matt Laurie Racing / Hong Kong Bloodstock</t>
+  </si>
+  <si>
     <t>Shalstar</t>
   </si>
   <si>
     <t>She Shao Fly</t>
   </si>
   <si>
+    <t>$430,000</t>
+  </si>
+  <si>
     <t>She's on Que</t>
   </si>
   <si>
+    <t>R Higgins</t>
+  </si>
+  <si>
     <t>She's Sirius</t>
   </si>
   <si>
     <t>Sheeznodoubt</t>
   </si>
   <si>
+    <t>Patrick Kearney Racing / Sheamus Mills Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Shnitty</t>
   </si>
   <si>
     <t>Shoepeg</t>
   </si>
   <si>
     <t>Bernardini</t>
   </si>
   <si>
     <t>Shrouded in Mist</t>
   </si>
   <si>
     <t>Shwaimsa (IRE)</t>
   </si>
   <si>
+    <t>Bellagio Racing / Satomi Oka Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Canford Cliffs</t>
   </si>
   <si>
     <t>Shy Talk</t>
   </si>
   <si>
     <t>2024-08-25</t>
   </si>
   <si>
     <t>Sidewalk Sinner</t>
   </si>
   <si>
     <t>Bruckner</t>
   </si>
   <si>
     <t>Silent Mode</t>
   </si>
   <si>
     <t>El Moxie</t>
   </si>
   <si>
     <t>Silhouette</t>
   </si>
   <si>
     <t>Fierce Impact (JPN)</t>
   </si>
   <si>
     <t>Silk Jacket</t>
   </si>
   <si>
     <t>Sin Sin Sin</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $180,000</t>
+  </si>
+  <si>
     <t>Fantastic Light</t>
   </si>
   <si>
     <t>Sing a Rainbow (IRE)</t>
   </si>
   <si>
+    <t>Paul Preusker Racing Stables</t>
+  </si>
+  <si>
+    <t>$10,000</t>
+  </si>
+  <si>
     <t>Sistine Queen</t>
   </si>
   <si>
+    <t>Dream Thoroughbreds / Bluegrass Bloodstock (FBAA) / Anthony Freedman Racing</t>
+  </si>
+  <si>
+    <t>$125,000</t>
+  </si>
+  <si>
     <t>Six Bells</t>
   </si>
   <si>
     <t>Kingman (GB)</t>
   </si>
   <si>
     <t>Siyouni Crystal (GB)</t>
   </si>
   <si>
     <t>Skylight Glow</t>
   </si>
   <si>
+    <t>Anthony Freedman Racing / Julian Blaxland Bloodstock (FBAA) / Kia Ora Stud</t>
+  </si>
+  <si>
     <t>Northern Meteor</t>
   </si>
   <si>
     <t>Slumber Party</t>
   </si>
   <si>
+    <t>Sylvester Wu / MC Tam / CW Choi</t>
+  </si>
+  <si>
     <t>Extreme Warrior</t>
   </si>
   <si>
     <t>Small Minds</t>
   </si>
   <si>
     <t>Snitzerland</t>
   </si>
   <si>
+    <t>Matthew Dunn / Neil Jenkinson (FBAA)</t>
+  </si>
+  <si>
     <t>Snow Surrender</t>
   </si>
   <si>
+    <t>Stokes Racing</t>
+  </si>
+  <si>
     <t>Sepoy</t>
   </si>
   <si>
     <t>2024-11-08</t>
   </si>
   <si>
     <t>Snow Valley</t>
   </si>
   <si>
+    <t>David Pfeifer Racing / Kurrinda Bloodstock / O Koolman</t>
+  </si>
+  <si>
     <t>2024-08-10</t>
   </si>
   <si>
     <t>Balius Farm, Darnum</t>
   </si>
   <si>
     <t>Socialize (NZ)</t>
   </si>
   <si>
+    <t xml:space="preserve">Brisbourne Racing Pty Ltd </t>
+  </si>
+  <si>
     <t>Stables 25,35-38</t>
   </si>
   <si>
     <t>Iffraaj</t>
   </si>
   <si>
     <t>2024-11-06</t>
   </si>
   <si>
     <t>Yarran Thoroughbreds, Seymour</t>
   </si>
   <si>
     <t>Sofonisba</t>
   </si>
   <si>
     <t>Stables 73-82</t>
   </si>
   <si>
     <t>Somebody</t>
   </si>
   <si>
     <t>Dylan Thomas</t>
   </si>
   <si>
     <t>Sophia Babe</t>
   </si>
   <si>
     <t>Iglesia</t>
   </si>
   <si>
     <t>Sorpesee</t>
   </si>
   <si>
+    <t>NEWZEALAND</t>
+  </si>
+  <si>
     <t>Spanish Miracle</t>
   </si>
   <si>
+    <t xml:space="preserve">Wadari Stables </t>
+  </si>
+  <si>
     <t>Palentino</t>
   </si>
   <si>
     <t>Special Diva</t>
   </si>
   <si>
+    <t>Macedon Racing</t>
+  </si>
+  <si>
     <t>Spin Me a Kiss (USA)</t>
   </si>
   <si>
+    <t>Woburn Farm</t>
+  </si>
+  <si>
     <t>Hard Spun</t>
   </si>
   <si>
     <t>Spirit of Carbine</t>
   </si>
   <si>
     <t>Danehill Dancer</t>
   </si>
   <si>
     <t>Spirits Dance</t>
   </si>
   <si>
+    <t>Matthew Williams Training / Sheamus Mills Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Splendoronthegrass</t>
   </si>
   <si>
+    <t>Ciaron Maher Bloodstock / Starblue Consultancy</t>
+  </si>
+  <si>
     <t>Split Image</t>
   </si>
   <si>
     <t>Spread the Word</t>
   </si>
   <si>
     <t>Spurs and Sashes</t>
   </si>
   <si>
+    <t>$310,000</t>
+  </si>
+  <si>
     <t>Flying Spur</t>
   </si>
   <si>
     <t>Star of Night</t>
   </si>
   <si>
     <t>Wicked Style</t>
   </si>
   <si>
     <t>Star Reflection</t>
   </si>
   <si>
+    <t>A Ng</t>
+  </si>
+  <si>
     <t>Time Thief</t>
   </si>
   <si>
     <t>Adelaide (IRE)</t>
   </si>
   <si>
     <t>Starspangled (IRE)</t>
   </si>
   <si>
+    <t>Alma Vale Thoroughbreds Pty Ltd</t>
+  </si>
+  <si>
     <t>Danehill</t>
   </si>
   <si>
     <t>Stormy Victoria (FR)</t>
   </si>
   <si>
     <t>Stormy River</t>
   </si>
   <si>
     <t>Storytime (NZ)</t>
   </si>
   <si>
     <t>Strata Lady (NZ)</t>
   </si>
   <si>
+    <t>Griffiths Racing</t>
+  </si>
+  <si>
     <t>Streetcar Express</t>
   </si>
   <si>
     <t>Streetcar Isabelle</t>
   </si>
   <si>
     <t>Strike Swiftly</t>
   </si>
   <si>
     <t>Shellscrape</t>
   </si>
   <si>
     <t>Strykum</t>
   </si>
   <si>
     <t>Stryker</t>
   </si>
   <si>
     <t>Sukoon</t>
   </si>
   <si>
+    <t>Eales Racing / Danny O'Brien Racing</t>
+  </si>
+  <si>
     <t>Summer Wind</t>
   </si>
   <si>
+    <t>TAS</t>
+  </si>
+  <si>
     <t>Summerbliss</t>
   </si>
   <si>
     <t>Summerfields (IRE)</t>
   </si>
   <si>
     <t>Nathaniel</t>
   </si>
   <si>
     <t>Victor Ludorum (GB)</t>
   </si>
   <si>
     <t>Sundus</t>
   </si>
   <si>
     <t>Super One</t>
   </si>
   <si>
     <t>Super Snob</t>
   </si>
   <si>
+    <t>D Humphries</t>
+  </si>
+  <si>
     <t>Surely (IRE)</t>
   </si>
   <si>
     <t>Suzila</t>
   </si>
   <si>
+    <t>Gollan Racing Stables / John Foote Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Sweeping Approach (IRE)</t>
   </si>
   <si>
     <t>Sweet Melody (NZ)</t>
   </si>
   <si>
+    <t>Buckland Farm</t>
+  </si>
+  <si>
     <t>Swift Sis</t>
   </si>
   <si>
     <t>Husson Lightning</t>
   </si>
   <si>
     <t>Swift Witness</t>
   </si>
   <si>
     <t>Switched</t>
   </si>
   <si>
     <t>Tack</t>
   </si>
   <si>
+    <t>$230,000</t>
+  </si>
+  <si>
     <t>Tahitian Dancer</t>
   </si>
   <si>
     <t>Dawn Approach</t>
   </si>
   <si>
     <t>Tempt Me Not</t>
   </si>
   <si>
     <t>Strategic Maneuver</t>
   </si>
   <si>
     <t>Tender</t>
   </si>
   <si>
+    <t>KB Bloodstock</t>
+  </si>
+  <si>
     <t>All American</t>
   </si>
   <si>
     <t>Teramia</t>
   </si>
   <si>
     <t>The Bride</t>
   </si>
   <si>
+    <t>Kilgravin / Waikato Bloodstock</t>
+  </si>
+  <si>
     <t>The Front Bar</t>
   </si>
   <si>
+    <t>McEvoy Mitchell Racing / Belmont Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Sessions</t>
   </si>
   <si>
     <t>The Grey Flash</t>
   </si>
   <si>
+    <t>Lindsay Park Racing / Dean Hawthorne Bloodstock (BAFNZ) / Sceptre Bloodstock</t>
+  </si>
+  <si>
     <t>Captivant</t>
   </si>
   <si>
     <t>The Seductress</t>
   </si>
   <si>
+    <t>Cassar Racing / MP Racing</t>
+  </si>
+  <si>
     <t>Overshare</t>
   </si>
   <si>
     <t>The Source</t>
   </si>
   <si>
+    <t>Gavin Bedggood Racing</t>
+  </si>
+  <si>
     <t>The Weight</t>
   </si>
   <si>
     <t>Think Diamonds</t>
   </si>
   <si>
     <t>Thrill (NZ)</t>
   </si>
   <si>
     <t>Thurlow</t>
   </si>
   <si>
+    <t>Redden Thoroughbreds</t>
+  </si>
+  <si>
     <t>Tigeen (NZ)</t>
   </si>
   <si>
     <t>Tiki Bar</t>
   </si>
   <si>
     <t>Tinker McPhee</t>
   </si>
   <si>
     <t>Nostradamus</t>
   </si>
   <si>
     <t>Titmus (NZ)</t>
   </si>
   <si>
     <t>Toomey (NZ)</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $70,000</t>
+  </si>
+  <si>
     <t>Mongolian Khan</t>
   </si>
   <si>
     <t>Toorsinaa</t>
   </si>
   <si>
+    <t>Rising Sun Syndicate / Cumani Racing</t>
+  </si>
+  <si>
     <t>Toryjoy</t>
   </si>
   <si>
     <t>Total Babe</t>
   </si>
   <si>
+    <t>China Horse Club / Newgate Bloodstock &amp; Partners</t>
+  </si>
+  <si>
     <t>2024-11-25</t>
   </si>
   <si>
     <t>Tovolo Gap (NZ)</t>
   </si>
   <si>
     <t>Tranquil Harmony</t>
   </si>
   <si>
+    <t>Grand Syndicates</t>
+  </si>
+  <si>
     <t>Dream Ahead</t>
   </si>
   <si>
     <t>Trifolium</t>
   </si>
   <si>
     <t>Krupt</t>
   </si>
   <si>
     <t>Trinket (GB)</t>
   </si>
   <si>
     <t>2024-07-31</t>
   </si>
   <si>
     <t>True Excelsior (NZ)</t>
   </si>
   <si>
+    <t>M Templeton</t>
+  </si>
+  <si>
     <t>True Priority</t>
   </si>
   <si>
+    <t>L Lee</t>
+  </si>
+  <si>
     <t>Tune Doubt</t>
   </si>
   <si>
+    <t>Astute Bloodstock (FBAA)</t>
+  </si>
+  <si>
+    <t>$450,000</t>
+  </si>
+  <si>
     <t>Turaath (GB)</t>
   </si>
   <si>
+    <t>Astute Bloodstock (FBAA) / Ciaron Maher Racing</t>
+  </si>
+  <si>
+    <t>$625,000</t>
+  </si>
+  <si>
     <t>Oasis Dream</t>
   </si>
   <si>
     <t>I Am Immortal</t>
   </si>
   <si>
     <t>Tuskar Brook</t>
   </si>
   <si>
+    <t>Emirates Park Pty Ltd</t>
+  </si>
+  <si>
     <t>Two to Tango</t>
   </si>
   <si>
     <t>Tyche Goddess</t>
   </si>
   <si>
     <t>Typhoon Titmus</t>
   </si>
   <si>
     <t>Ultravox</t>
   </si>
   <si>
+    <t>Andrew Bobbin Racing</t>
+  </si>
+  <si>
     <t>Unbelievable (IRE)</t>
   </si>
   <si>
+    <t>Ryan Hill Racing</t>
+  </si>
+  <si>
     <t>Unbounded</t>
   </si>
   <si>
     <t>Better Than Ready</t>
   </si>
   <si>
     <t>Unofficial</t>
   </si>
   <si>
+    <t>Kelly Schweida Racing</t>
+  </si>
+  <si>
     <t>Upfront (USA)</t>
   </si>
   <si>
+    <t>Andrew Bobbin Racing / Walwilannah Park Bloodstock</t>
+  </si>
+  <si>
     <t>Vienna Classic</t>
   </si>
   <si>
+    <t>D Romanelli</t>
+  </si>
+  <si>
     <t>Vincitore</t>
   </si>
   <si>
+    <t>$190,000</t>
+  </si>
+  <si>
     <t>Fiorente</t>
   </si>
   <si>
     <t>Vivid Fortress</t>
   </si>
   <si>
     <t>Wabi Sabi (JPN)</t>
   </si>
   <si>
+    <t>Robert Roulston Bloodstock Pty Ltd</t>
+  </si>
+  <si>
     <t>Symboli Kris S</t>
   </si>
   <si>
     <t>Waltzing Wodka</t>
   </si>
   <si>
+    <t>Proven Thoroughbreds / Hayfields Racing</t>
+  </si>
+  <si>
     <t>Wanaasa</t>
   </si>
   <si>
+    <t>Blueblood Thoroughbreds / SP Bloodstock / Lindsay Park Racing</t>
+  </si>
+  <si>
     <t>War Dame</t>
   </si>
   <si>
     <t>Declaration of War</t>
   </si>
   <si>
     <t>Watchmespin</t>
   </si>
   <si>
+    <t>Bjorn Baker Racing / Clarke Bloodstock (FBAA) / Ridgmont</t>
+  </si>
+  <si>
     <t>Waterloo Sunset</t>
   </si>
   <si>
     <t>Way to Go Paula</t>
   </si>
   <si>
     <t>Wayborn (NZ)</t>
   </si>
   <si>
+    <t>OTI Management Pty Ltd</t>
+  </si>
+  <si>
     <t>Well Done You</t>
   </si>
   <si>
     <t>Sizzling</t>
   </si>
   <si>
     <t>Whatafox</t>
   </si>
   <si>
     <t>Tarcoola Stud, Tuerong</t>
   </si>
   <si>
     <t>Whirlpool</t>
   </si>
   <si>
+    <t>Y K Cheng</t>
+  </si>
+  <si>
     <t>Stables 80,81, 87-92</t>
   </si>
   <si>
     <t>Wildpea</t>
   </si>
   <si>
+    <t>Cameron Cooke Bloodstock / Scott Cameron Racing</t>
+  </si>
+  <si>
     <t>Wanted</t>
   </si>
   <si>
     <t>Wind Chimes (GB)</t>
   </si>
   <si>
     <t>Without a Shadow</t>
   </si>
   <si>
     <t>Without Risk</t>
   </si>
   <si>
     <t>Yankees</t>
   </si>
   <si>
+    <t>P Chow &amp; A Oliveira</t>
+  </si>
+  <si>
     <t>American Pharoah</t>
   </si>
   <si>
     <t>You are Persistent</t>
   </si>
   <si>
+    <t xml:space="preserve">Ohukia Lodge </t>
+  </si>
+  <si>
     <t>BOBS Eligible, VOBIS Silver, Westspeed</t>
   </si>
   <si>
     <t>You Can Dance</t>
   </si>
   <si>
     <t>Zac Attack</t>
   </si>
   <si>
     <t>Zeehan</t>
   </si>
   <si>
     <t>Zero Sum Game</t>
   </si>
   <si>
+    <t>Dream Thoroughbreds / Bluegrass Bloodstock (FBAA) / Matt Laurie Racing</t>
+  </si>
+  <si>
     <t>Zesty Belle</t>
   </si>
   <si>
     <t>Zibello (NZ)</t>
   </si>
   <si>
     <t>Zilva</t>
   </si>
   <si>
     <t>Zombie Witness</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $10,000</t>
+  </si>
+  <si>
     <t>Zoumatic</t>
   </si>
   <si>
     <t>Zouper Star</t>
   </si>
   <si>
+    <t>Mark Pilkington Management (FBAA)</t>
+  </si>
+  <si>
     <t>Zumoradda (IRE)</t>
   </si>
   <si>
+    <t>J Thompson</t>
+  </si>
+  <si>
     <t>Awtaad</t>
   </si>
   <si>
     <t>Zurella (NZ)</t>
   </si>
   <si>
     <t>Aalaalune (NZ)</t>
   </si>
   <si>
     <t>Abu Simbel</t>
   </si>
   <si>
     <t>Acouplamas</t>
   </si>
   <si>
     <t>Al Naifa</t>
   </si>
   <si>
+    <t>M Chang</t>
+  </si>
+  <si>
     <t>All Sassed Up</t>
   </si>
   <si>
+    <t>Sutton Racing / B Rogers / McKeever Bloodstock</t>
+  </si>
+  <si>
     <t>All She Wrote (NZ)</t>
   </si>
   <si>
     <t>Tivaci</t>
   </si>
   <si>
     <t>Amanpour</t>
   </si>
   <si>
+    <t>Nardoo Valley Stud / S McKinnon</t>
+  </si>
+  <si>
     <t>Ambers Chant</t>
   </si>
   <si>
+    <t>Headline Thoroughbreds Pty Ltd</t>
+  </si>
+  <si>
     <t>War Chant</t>
   </si>
   <si>
     <t>Ameerati</t>
   </si>
   <si>
     <t>Angel of Mercy</t>
   </si>
   <si>
+    <t>$480,000</t>
+  </si>
+  <si>
     <t>Hussonet</t>
   </si>
   <si>
     <t>Angel's Choice</t>
   </si>
   <si>
     <t>Angelic Scent</t>
   </si>
   <si>
     <t>2024-11-03</t>
   </si>
   <si>
     <t>Anise</t>
   </si>
   <si>
+    <t>ASW Bloodstock</t>
+  </si>
+  <si>
     <t>General Nediym</t>
   </si>
   <si>
     <t>Anna Cecelia</t>
   </si>
   <si>
     <t>Anointed (GB)</t>
   </si>
   <si>
     <t>Invincible Spirit</t>
   </si>
   <si>
     <t>Anuddawinna</t>
   </si>
   <si>
     <t>Apple Tart</t>
   </si>
   <si>
     <t>Aquaoir (NZ)</t>
   </si>
   <si>
     <t>Arabian Gold</t>
   </si>
   <si>
+    <t>S Morrissy</t>
+  </si>
+  <si>
     <t>Archangel</t>
   </si>
   <si>
+    <t>$165,000</t>
+  </si>
+  <si>
     <t>Arctic Angel</t>
   </si>
   <si>
     <t>Arctic Ice</t>
   </si>
   <si>
+    <t>Clarke Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Argentado</t>
   </si>
   <si>
+    <t>Searle Callanan Racing</t>
+  </si>
+  <si>
     <t>Ariaz</t>
   </si>
   <si>
+    <t>MyRacehorse Pty Ltd / Michael Freedman Racing / Belmont Bloodstock (FBAA)</t>
+  </si>
+  <si>
+    <t>$540,000</t>
+  </si>
+  <si>
     <t>Ark (IRE)</t>
   </si>
   <si>
+    <t>All Black Racing</t>
+  </si>
+  <si>
     <t>Arktika</t>
   </si>
   <si>
     <t>Art Series</t>
   </si>
   <si>
+    <t>T Donaldson-Aitken</t>
+  </si>
+  <si>
     <t>Ascertain (USA)</t>
   </si>
   <si>
+    <t>Hayfields Racing</t>
+  </si>
+  <si>
     <t>Blame</t>
   </si>
   <si>
     <t>Athena Lass</t>
   </si>
   <si>
+    <t>SINGAPORE</t>
+  </si>
+  <si>
     <t>Athens</t>
   </si>
   <si>
+    <t>RS Bloodstock</t>
+  </si>
+  <si>
     <t>Atlantic Emerald (IRE)</t>
   </si>
   <si>
     <t>Attessa (USA)</t>
   </si>
   <si>
     <t>Belong to Me</t>
   </si>
   <si>
     <t>Attracted</t>
   </si>
   <si>
+    <t>Damiano Bloodstock Pty Ltd</t>
+  </si>
+  <si>
     <t>Commands</t>
   </si>
   <si>
     <t>Attribution</t>
   </si>
   <si>
+    <t>K Oka</t>
+  </si>
+  <si>
     <t>Aubade (GB)</t>
   </si>
   <si>
     <t>Aurora Lights</t>
   </si>
   <si>
     <t>Ballet Rose</t>
   </si>
   <si>
     <t>Blk.</t>
   </si>
   <si>
     <t>Barangaready</t>
   </si>
   <si>
     <t>Baveno</t>
   </si>
   <si>
+    <t>$750,000</t>
+  </si>
+  <si>
     <t>Bayou</t>
   </si>
   <si>
     <t>Beirut</t>
   </si>
   <si>
     <t>Bellahro</t>
   </si>
   <si>
     <t>Belle en Rouge (NZ)</t>
   </si>
   <si>
+    <t>Champion Thoroughbreds Pty Ltd</t>
+  </si>
+  <si>
     <t>Burgundy</t>
   </si>
   <si>
     <t>Lord Kanaloa (JPN)</t>
   </si>
   <si>
     <t>Belle Liaison (JPN)</t>
   </si>
   <si>
     <t>Kizuna</t>
   </si>
   <si>
     <t>Bellevue Star</t>
   </si>
   <si>
     <t>Bellwether (GB)</t>
   </si>
   <si>
     <t>Three Valleys</t>
   </si>
   <si>
     <t>Beluga (JPN)</t>
   </si>
   <si>
+    <t>Mckinnon Racing/Breaking</t>
+  </si>
+  <si>
     <t>Kinshasa No Kiseki</t>
   </si>
   <si>
     <t>Belvedere Road</t>
   </si>
   <si>
     <t>Ben's Duchess (USA)</t>
   </si>
   <si>
     <t>Munnings</t>
   </si>
   <si>
     <t>Bequeathed</t>
   </si>
   <si>
     <t>Berdini's Girl</t>
   </si>
   <si>
     <t>Odyssey Moon</t>
   </si>
   <si>
     <t>BOBS Eligible, Racing Rewards SA, VOBIS Silver</t>
   </si>
   <si>
     <t>Beret</t>
   </si>
   <si>
     <t>Berry Delicious</t>
   </si>
   <si>
     <t>Blevic</t>
   </si>
   <si>
     <t>Best Suspect</t>
   </si>
   <si>
+    <t>Yenrise Pty Ltd</t>
+  </si>
+  <si>
     <t>Animal Kingdom</t>
   </si>
   <si>
     <t>VOBIS Sires, Westspeed</t>
   </si>
   <si>
     <t>Bewitchingly</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>Big Spirit</t>
   </si>
   <si>
+    <t>Matt Hoysted Racing</t>
+  </si>
+  <si>
     <t>Blackboots</t>
   </si>
   <si>
     <t>Blazing Line</t>
   </si>
   <si>
     <t>Blessed</t>
   </si>
   <si>
     <t>Per Incanto (USA)</t>
   </si>
   <si>
     <t>Boasting (NZ)</t>
   </si>
   <si>
     <t>Sacred Falls</t>
   </si>
   <si>
     <t>Boddington</t>
   </si>
   <si>
+    <t>Marford T/As Wyadup Valley Farms</t>
+  </si>
+  <si>
     <t>Bohemian Daisy</t>
   </si>
   <si>
     <t>Bohemian Lily (NZ)</t>
   </si>
   <si>
+    <t>Riverrock Farm</t>
+  </si>
+  <si>
     <t>Bonanova's Dream</t>
   </si>
   <si>
     <t>Bonvicini</t>
   </si>
   <si>
+    <t>Patriot Bloodstock / Wattle Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Myboycharlie</t>
   </si>
   <si>
     <t>Boogie Street</t>
   </si>
   <si>
+    <t>Dabernig Bloodstock / Pinhook Bloodstock International (FBAA)</t>
+  </si>
+  <si>
     <t>Brancolare</t>
   </si>
   <si>
     <t>Bring the Magic</t>
   </si>
   <si>
     <t>Broadwayandfourth</t>
   </si>
   <si>
     <t>Bronte</t>
   </si>
   <si>
     <t>Bubbles 'n' Boats</t>
   </si>
   <si>
+    <t>Shore Bloodstock</t>
+  </si>
+  <si>
     <t>Bulle de Champagne (IRE)</t>
   </si>
   <si>
+    <t>Moffatt Breaking &amp; Pre Training</t>
+  </si>
+  <si>
     <t>Hurricane Run</t>
   </si>
   <si>
     <t>Bundle of Fun</t>
   </si>
   <si>
+    <t>Boyd Racing Pty Ltd</t>
+  </si>
+  <si>
     <t>Burum</t>
   </si>
   <si>
     <t>Artie Schiller</t>
   </si>
   <si>
     <t>Butter Chicken (NZ)</t>
   </si>
   <si>
+    <t>Suman Hedge Bloodstock (FBAA) / Metrics Equine / 888 Racing</t>
+  </si>
+  <si>
     <t>Cabarita</t>
   </si>
   <si>
     <t>2024-07-29</t>
   </si>
   <si>
     <t>Cadieux</t>
   </si>
   <si>
     <t>California Kook (USA)</t>
   </si>
   <si>
     <t>Californiasilencer</t>
   </si>
   <si>
     <t>Cap Estel</t>
   </si>
   <si>
     <t>Cappadocia</t>
   </si>
   <si>
     <t>Caricature (NZ)</t>
   </si>
   <si>
     <t>Caricature (USA)</t>
   </si>
   <si>
+    <t>Ozbloodstock Co Ltd</t>
+  </si>
+  <si>
     <t>Carrie (JPN)</t>
   </si>
   <si>
     <t>Manhattan Cafe</t>
   </si>
   <si>
     <t>Cascade (NZ)</t>
   </si>
   <si>
     <t>Cautious Interest (IRE)</t>
   </si>
   <si>
+    <t>Wattle Bloodstock (FBAA) / Gosford Park</t>
+  </si>
+  <si>
     <t>Celestine</t>
   </si>
   <si>
+    <t>Maddie Raymond Racing</t>
+  </si>
+  <si>
     <t>Celtic Cutie (IRE)</t>
   </si>
   <si>
     <t>Chaminade</t>
   </si>
   <si>
     <t>Champagne Jane</t>
   </si>
   <si>
     <t>Chantrea</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $350,000</t>
+  </si>
+  <si>
     <t>Puissance de Lune</t>
   </si>
   <si>
     <t>Charlety Star</t>
   </si>
   <si>
     <t>Arena</t>
   </si>
   <si>
     <t>Chawinda</t>
   </si>
   <si>
     <t>Chevalet</t>
   </si>
   <si>
     <t>Chevalier d'Eon</t>
   </si>
   <si>
+    <t>Finniss Lodge</t>
+  </si>
+  <si>
     <t>Chianti</t>
   </si>
   <si>
+    <t>Lucy Yeomans Racing</t>
+  </si>
+  <si>
     <t>2024-07-30</t>
   </si>
   <si>
     <t>Chica Loca (FR)</t>
   </si>
   <si>
     <t>American Post</t>
   </si>
   <si>
     <t>The Autumn Sun</t>
   </si>
   <si>
     <t>Choux Diva</t>
   </si>
   <si>
     <t>Thorn Park</t>
   </si>
   <si>
     <t>Clearwater Bay</t>
   </si>
   <si>
     <t>Profiteer</t>
   </si>
   <si>
     <t>Clever Buttons (NZ)</t>
   </si>
   <si>
     <t>Cocoa Doll</t>
   </si>
   <si>
     <t>Comaneci</t>
   </si>
   <si>
+    <t>Nolen Racing</t>
+  </si>
+  <si>
     <t>Command More</t>
   </si>
   <si>
     <t>Conflate</t>
   </si>
   <si>
     <t>Consensus (NZ)</t>
   </si>
   <si>
     <t>Postponed</t>
   </si>
   <si>
     <t>Constant Dreaming</t>
   </si>
   <si>
+    <t>Trilogy Racing / Archibald Racing / Suman Hedge Bloodstock (FBAA)</t>
+  </si>
+  <si>
+    <t>$400,000</t>
+  </si>
+  <si>
     <t>Corcovado</t>
   </si>
   <si>
+    <t>Richard &amp; Chantelle Jolly Racing</t>
+  </si>
+  <si>
     <t>Churchill Downs</t>
   </si>
   <si>
     <t>Costa Viva</t>
   </si>
   <si>
     <t>Cotel</t>
   </si>
   <si>
     <t>Cries and Whiskers</t>
   </si>
   <si>
     <t>Crooked Witness</t>
   </si>
   <si>
     <t>Crowned Eagle</t>
   </si>
   <si>
+    <t>Simon Zahra Racing / D Romanelli</t>
+  </si>
+  <si>
     <t>Cruziana</t>
   </si>
   <si>
     <t>Crystal Dynasty</t>
   </si>
   <si>
     <t>Crystal Flute</t>
   </si>
   <si>
     <t>Crystalised (NZ)</t>
   </si>
   <si>
     <t>Curtana</t>
   </si>
   <si>
     <t>Cymbal</t>
   </si>
   <si>
+    <t>Shaune Ritchie Racing / Chris Rutten Bloodstock</t>
+  </si>
+  <si>
     <t>Daddys Poppit (USA)</t>
   </si>
   <si>
     <t>Scat Daddy</t>
   </si>
   <si>
     <t>Daisy Head Mayzie</t>
   </si>
   <si>
+    <t>J Prebble / Brimack Racing</t>
+  </si>
+  <si>
     <t>Dancing Lily</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Dazzling Damsel</t>
   </si>
   <si>
     <t>De Oro</t>
   </si>
   <si>
+    <t>KRD Bloodstock</t>
+  </si>
+  <si>
     <t>Deer Mountain</t>
   </si>
   <si>
     <t>Devious Maid</t>
   </si>
   <si>
     <t>Diamond Bliss</t>
   </si>
   <si>
+    <t>Moody Racing Pty Ltd</t>
+  </si>
+  <si>
     <t>Diva Diva</t>
   </si>
   <si>
     <t>Divine Caprice</t>
   </si>
   <si>
     <t>Double Delight</t>
   </si>
   <si>
+    <t>Busuttin Racing</t>
+  </si>
+  <si>
     <t>Drei Marg</t>
   </si>
   <si>
+    <t>Jackson Pallot Racing</t>
+  </si>
+  <si>
     <t>2024-11-27</t>
   </si>
   <si>
     <t>Dundeel Star</t>
   </si>
   <si>
+    <t>Aaron E Laing Racing</t>
+  </si>
+  <si>
     <t>Dusk to Dawn (IRE)</t>
   </si>
   <si>
     <t>2024-07-28</t>
   </si>
   <si>
     <t>Elzeeza</t>
   </si>
   <si>
     <t>Encumbrance</t>
   </si>
   <si>
+    <t>Ray Mathews Racing</t>
+  </si>
+  <si>
     <t>Etched (IRE)</t>
   </si>
   <si>
+    <t>Thoroughbred Solutions - Nadia</t>
+  </si>
+  <si>
     <t>Dansili</t>
   </si>
   <si>
     <t>Everybody Dance</t>
   </si>
   <si>
     <t>Roman Emperor</t>
   </si>
   <si>
     <t>Excuse Me</t>
   </si>
   <si>
     <t>Fairy Wand</t>
   </si>
   <si>
+    <t>P Vella</t>
+  </si>
+  <si>
     <t>Fields of Grace</t>
   </si>
   <si>
     <t>Collingrove Stud, Murchison</t>
   </si>
   <si>
     <t>Fiery Jest</t>
   </si>
   <si>
     <t>Stables 60-68</t>
   </si>
   <si>
     <t>C. Rentessis, Euroa</t>
   </si>
   <si>
     <t>Ilovethiscity</t>
   </si>
   <si>
     <t>Financial Miss</t>
   </si>
   <si>
     <t>Stables 83,84</t>
   </si>
   <si>
     <t>First Channel</t>
   </si>
   <si>
+    <t xml:space="preserve">Catheryne Bruggeman / Paul Moroney Bloodstock / Chris Wood Racing </t>
+  </si>
+  <si>
     <t>Fortune Seeker</t>
   </si>
   <si>
     <t>Foxy Gold</t>
   </si>
   <si>
     <t>Wincrest Thoroughbreds, Avenel</t>
   </si>
   <si>
     <t>Frankly Rosie (GB)</t>
   </si>
   <si>
+    <t>$6,000</t>
+  </si>
+  <si>
     <t>Stables 55-59</t>
   </si>
   <si>
     <t>French Response</t>
   </si>
   <si>
+    <t>P Vourdounas</t>
+  </si>
+  <si>
+    <t>$7,000</t>
+  </si>
+  <si>
     <t>Dalakhani</t>
   </si>
   <si>
     <t>Galgani</t>
   </si>
   <si>
+    <t>T Young / Allan Chau Racing</t>
+  </si>
+  <si>
     <t>Puissance de Lune (IRE)</t>
   </si>
   <si>
     <t>Gauze</t>
   </si>
   <si>
+    <t>Templeton Racing</t>
+  </si>
+  <si>
     <t>Ad Valorem</t>
   </si>
   <si>
     <t>Glitzabeel (NZ)</t>
   </si>
   <si>
+    <t>S Morris</t>
+  </si>
+  <si>
     <t>Global Insight</t>
   </si>
   <si>
     <t>Good Shopping</t>
   </si>
   <si>
     <t>Grammys</t>
   </si>
   <si>
     <t>Gullible</t>
   </si>
   <si>
     <t>Wild Ruler</t>
   </si>
   <si>
     <t>Halimae</t>
   </si>
   <si>
+    <t>Bevan Smith Bloodstock</t>
+  </si>
+  <si>
     <t>Hallowell Lane</t>
   </si>
   <si>
     <t>Hard 'n' Tough</t>
   </si>
   <si>
+    <t>A Purcell</t>
+  </si>
+  <si>
     <t>Hard to Find</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $25,000</t>
+  </si>
+  <si>
     <t>Elusive Quality</t>
   </si>
   <si>
     <t>Hatsuko</t>
   </si>
   <si>
     <t>Maurice</t>
   </si>
   <si>
     <t>Hear the Chant</t>
   </si>
   <si>
     <t>Heart Skipt a Beat</t>
   </si>
   <si>
     <t>Heavan</t>
   </si>
   <si>
+    <t>Andrew Dale Racing / F J Dale Bloodstock</t>
+  </si>
+  <si>
     <t>Her Empire</t>
   </si>
   <si>
     <t>Her Response</t>
   </si>
   <si>
     <t>Royal Meeting (IRE)</t>
   </si>
   <si>
     <t>High Class (NZ)</t>
   </si>
   <si>
+    <t>Catheryne Bruggeman / Paul Moroney Bloodstock / Ballymore Racing</t>
+  </si>
+  <si>
     <t>Shocking</t>
   </si>
   <si>
     <t>Imsouane</t>
   </si>
   <si>
     <t>Inconsequential</t>
   </si>
   <si>
     <t>Independent Woman</t>
   </si>
   <si>
     <t>Infinito</t>
   </si>
   <si>
     <t>Instinctly</t>
   </si>
   <si>
+    <t>Grand Syndicates / John Price Bloodstock</t>
+  </si>
+  <si>
     <t>Ivanamarie</t>
   </si>
   <si>
+    <t>Mick Nolan Racing</t>
+  </si>
+  <si>
+    <t>$37,500</t>
+  </si>
+  <si>
     <t>Jaykay Roller</t>
   </si>
   <si>
     <t>Jesse's Dream</t>
   </si>
   <si>
+    <t>Albion Park Pty Ltd</t>
+  </si>
+  <si>
     <t>Jewelled Princess</t>
   </si>
   <si>
+    <t>Synergy Racing</t>
+  </si>
+  <si>
     <t>Bombora Downs, Bittern</t>
   </si>
   <si>
     <t>Jivochka</t>
   </si>
   <si>
+    <t>Fraser Auret Racing</t>
+  </si>
+  <si>
     <t>Stables 53,54</t>
   </si>
   <si>
     <t>Ustinov</t>
   </si>
   <si>
     <t>Jolie Joy</t>
   </si>
   <si>
+    <t>Greentree Racing</t>
+  </si>
+  <si>
     <t>Kendargent</t>
   </si>
   <si>
     <t>Judicial Rock</t>
   </si>
   <si>
+    <t>$22,000</t>
+  </si>
+  <si>
     <t>Kaiela</t>
   </si>
   <si>
+    <t>$47,500</t>
+  </si>
+  <si>
     <t>Show a Heart</t>
   </si>
   <si>
     <t>Kevat</t>
   </si>
   <si>
     <t>Khalama</t>
   </si>
   <si>
+    <t>Spicer Thoroughbreds</t>
+  </si>
+  <si>
     <t>Kylia (USA)</t>
   </si>
   <si>
+    <t>Clayton Douglas Racing</t>
+  </si>
+  <si>
     <t>Mr. Greeley</t>
   </si>
   <si>
     <t>La Chevalee</t>
   </si>
   <si>
     <t>Franklin Farm, Euroa</t>
   </si>
   <si>
     <t>La Richesse</t>
   </si>
   <si>
+    <t>G Moloney</t>
+  </si>
+  <si>
     <t>Stables 71,85</t>
   </si>
   <si>
     <t>Lady Herbert</t>
   </si>
   <si>
     <t>Lavender Mist</t>
   </si>
   <si>
+    <t>Top Pick Bloodstock / Mr Pang Chi Ping</t>
+  </si>
+  <si>
     <t>Lilac Fairy (FR)</t>
   </si>
   <si>
+    <t>Pertab Racing</t>
+  </si>
+  <si>
     <t>Lingjun Treasure</t>
   </si>
   <si>
+    <t>D Karp</t>
+  </si>
+  <si>
     <t>Highpoint Lodge, Moyhu</t>
   </si>
   <si>
     <t>Lisa in Green</t>
   </si>
   <si>
+    <t>Ash Dowley Bloodstock / Griffiths Racing / Otimo Bloodstock</t>
+  </si>
+  <si>
     <t>Stables 86-89</t>
   </si>
   <si>
     <t>Equiano</t>
   </si>
   <si>
     <t>Lonesome</t>
   </si>
   <si>
+    <t>We Bloodstocks Pty Ltd</t>
+  </si>
+  <si>
+    <t>$16,000</t>
+  </si>
+  <si>
     <t>Lucky Wick</t>
   </si>
   <si>
     <t>Lumic</t>
   </si>
   <si>
+    <t>A Maragos</t>
+  </si>
+  <si>
     <t>Haradasun</t>
   </si>
   <si>
     <t>Lupino Lass</t>
   </si>
   <si>
+    <t>Rising Sun Syndicate / A Purcell</t>
+  </si>
+  <si>
     <t>Madonnica</t>
   </si>
   <si>
+    <t>Widdison Racing Pty Ltd</t>
+  </si>
+  <si>
     <t>Manhattan Sky</t>
   </si>
   <si>
     <t>Markievicz</t>
   </si>
   <si>
+    <t>D Bailey</t>
+  </si>
+  <si>
     <t>Melisma</t>
   </si>
   <si>
+    <t>Thoroughbred Union</t>
+  </si>
+  <si>
     <t>Memento</t>
   </si>
   <si>
     <t>Miamorae</t>
   </si>
   <si>
     <t>Military Operation</t>
   </si>
   <si>
     <t>Miltida</t>
   </si>
   <si>
+    <t>P Payne</t>
+  </si>
+  <si>
     <t>Mischief n Mayhem (GB)</t>
   </si>
   <si>
     <t>Nayef</t>
   </si>
   <si>
     <t>Miss Adequate</t>
   </si>
   <si>
+    <t>$26,000</t>
+  </si>
+  <si>
     <t>Miss Lot Won</t>
   </si>
   <si>
+    <t>Button Bros Racing</t>
+  </si>
+  <si>
+    <t>$3,000</t>
+  </si>
+  <si>
     <t>Sidereus</t>
   </si>
   <si>
     <t>Miss Sarasota</t>
   </si>
   <si>
     <t>Miss Twin Peaks</t>
   </si>
   <si>
     <t>Stravinsky</t>
   </si>
   <si>
     <t>Money Lender</t>
   </si>
   <si>
     <t>Spill the Beans</t>
   </si>
   <si>
     <t>Mountain Breath (GB)</t>
   </si>
   <si>
+    <t>$9,000</t>
+  </si>
+  <si>
     <t>Bated Breath</t>
   </si>
   <si>
     <t>Murasaki (GB)</t>
   </si>
   <si>
     <t>Nariko</t>
   </si>
   <si>
     <t>Needle and Thread</t>
   </si>
   <si>
     <t>Makfi</t>
   </si>
   <si>
     <t>Ningbo</t>
   </si>
   <si>
     <t>Northern Bliss</t>
   </si>
   <si>
     <t>The Factor</t>
   </si>
   <si>
     <t>Not Only Florina (IRE)</t>
   </si>
   <si>
     <t>Ocean Storm</t>
   </si>
   <si>
     <t>Street Sense</t>
   </si>
   <si>
     <t>On Credit (NZ)</t>
   </si>
   <si>
+    <t>Arexevan Racing / Wattle Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Viking Ruler</t>
   </si>
   <si>
     <t>Parchoise</t>
   </si>
   <si>
+    <t>Ash Dowley Bloodstock / Cloud 9 Thoroughbreds</t>
+  </si>
+  <si>
     <t>Pennino</t>
   </si>
   <si>
     <t>Easy Rocking</t>
   </si>
   <si>
     <t>Pepperdoo</t>
   </si>
   <si>
     <t>Pia Sofia</t>
   </si>
   <si>
     <t>Pink Champagne</t>
   </si>
   <si>
     <t>Carnegie</t>
   </si>
   <si>
     <t>Poetic Diva</t>
   </si>
   <si>
+    <t>Black Crest Bloodstock / Reece Goodwin Racing</t>
+  </si>
+  <si>
+    <t>$14,000</t>
+  </si>
+  <si>
     <t>2024-08-09</t>
   </si>
   <si>
     <t>Press Queen</t>
   </si>
   <si>
+    <t>Richard And Chantelle Jolly Racing</t>
+  </si>
+  <si>
     <t>Noor Elaine Farm, Euroa</t>
   </si>
   <si>
     <t>Pricing Power</t>
   </si>
   <si>
     <t>Stables 23-25</t>
   </si>
   <si>
     <t>Princess of Exile</t>
   </si>
   <si>
+    <t xml:space="preserve">D Williamson </t>
+  </si>
+  <si>
     <t>Gonski</t>
   </si>
   <si>
     <t>Princeton Miss</t>
   </si>
   <si>
     <t>Prism</t>
   </si>
   <si>
     <t>Pure</t>
   </si>
   <si>
     <t>Purple Halo</t>
   </si>
   <si>
+    <t>KW Jiang / Golden River</t>
+  </si>
+  <si>
     <t>Quality Diamond</t>
   </si>
   <si>
     <t>Cluster</t>
   </si>
   <si>
     <t>Queen of Ascot</t>
   </si>
   <si>
     <t>Rebound</t>
   </si>
   <si>
     <t>Red Margarita (IRE)</t>
   </si>
   <si>
+    <t>Polaris Bloodstock</t>
+  </si>
+  <si>
     <t>Redeeming Spirit</t>
   </si>
   <si>
+    <t>Hancox Bloodstock Pty Ltd</t>
+  </si>
+  <si>
     <t>Bon Aurum</t>
   </si>
   <si>
     <t>Roman Belle</t>
   </si>
   <si>
     <t>Rooi Roe</t>
   </si>
   <si>
     <t>Royal Glow</t>
   </si>
   <si>
+    <t>Nell Carter Racing</t>
+  </si>
+  <si>
     <t>King's Best</t>
   </si>
   <si>
     <t>Rue de Rivoli</t>
   </si>
   <si>
     <t>Highland Reel</t>
   </si>
   <si>
     <t>Sacred Snow</t>
   </si>
   <si>
+    <t>Wilde Racing</t>
+  </si>
+  <si>
     <t>Sassy Ann (NZ)</t>
   </si>
   <si>
     <t>Lucky Unicorn</t>
   </si>
   <si>
     <t>Savagal (NZ)</t>
   </si>
   <si>
+    <t>Pateman Racing</t>
+  </si>
+  <si>
     <t>Savvy Move (NZ)</t>
   </si>
   <si>
     <t>Scandimania</t>
   </si>
   <si>
     <t>Scarlet Charge</t>
   </si>
   <si>
     <t>Sending Love</t>
   </si>
   <si>
+    <t>A Duggan Racing / Salvadore Bloodstock</t>
+  </si>
+  <si>
     <t>Shameless Tart (NZ)</t>
   </si>
   <si>
     <t>Shamexpress</t>
   </si>
   <si>
     <t>She's Sensational</t>
   </si>
   <si>
     <t>Sheezabigdeel</t>
   </si>
   <si>
+    <t>$38,000</t>
+  </si>
+  <si>
     <t>Silverina (NZ)</t>
   </si>
   <si>
     <t>Contributer</t>
   </si>
   <si>
     <t>Sinamay</t>
   </si>
   <si>
     <t>Single Charge</t>
   </si>
   <si>
     <t>Single Note</t>
   </si>
   <si>
     <t>Single Tonite</t>
   </si>
   <si>
+    <t>J Tang</t>
+  </si>
+  <si>
+    <t>$28,000</t>
+  </si>
+  <si>
     <t>Sky Spirit</t>
   </si>
   <si>
     <t>Smart Miss Hill</t>
   </si>
   <si>
     <t>Sneakers (NZ)</t>
   </si>
   <si>
     <t>So Heroic</t>
   </si>
   <si>
+    <t>Toward Reward Thoroughbreds / Bluegrass Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>So Serene</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $14,000</t>
+  </si>
+  <si>
     <t>Sophie's Revenge</t>
   </si>
   <si>
     <t>Saxon</t>
   </si>
   <si>
     <t>Sora</t>
   </si>
   <si>
     <t>Sound Machine (USA)</t>
   </si>
   <si>
     <t>Into Mischief</t>
   </si>
   <si>
     <t>Arrandale Stud, Mitchell Park</t>
   </si>
   <si>
     <t>Spleasure</t>
   </si>
   <si>
     <t>Stable 26</t>
   </si>
   <si>
     <t>Tiger of Malay</t>
   </si>
   <si>
     <t>Sportini</t>
   </si>
   <si>
     <t>Star of Eden</t>
   </si>
   <si>
+    <t>Donalds Racing / Redgum Racing</t>
+  </si>
+  <si>
     <t>Star of Manhattan</t>
   </si>
   <si>
+    <t>Passed In - Reserve: $15,000</t>
+  </si>
+  <si>
     <t>Stars are Out</t>
   </si>
   <si>
+    <t>Agile Thoroughbreds</t>
+  </si>
+  <si>
     <t>Stasia (NZ)</t>
   </si>
   <si>
     <t>Stellar Intruder</t>
   </si>
   <si>
     <t>Stream Royale</t>
   </si>
   <si>
     <t>Royal Academy</t>
   </si>
   <si>
     <t>Sweet Sixteen</t>
   </si>
   <si>
     <t>Sweet Temptations</t>
   </si>
   <si>
+    <t>Anthony Freedman Racing / Julian Blaxland Bloodstock (FBAA) / Angus Robertson Bloodstock</t>
+  </si>
+  <si>
     <t>Pluck</t>
   </si>
   <si>
     <t>Sweet Whisper (IRE)</t>
   </si>
   <si>
     <t>Tarcoola Diva</t>
   </si>
   <si>
     <t>Tayella</t>
   </si>
   <si>
     <t>TASBRED, VOBIS Sires</t>
   </si>
   <si>
     <t>Tectonic Shift</t>
   </si>
   <si>
     <t>Tennessee Diamond</t>
   </si>
   <si>
     <t>Tennessee Gold</t>
   </si>
   <si>
     <t>Testa the Water</t>
   </si>
   <si>
+    <t>Wilde Racing / Missen</t>
+  </si>
+  <si>
     <t>D'Argento</t>
   </si>
   <si>
     <t>Testy Sue</t>
   </si>
   <si>
+    <t>Chris Bieg Racing</t>
+  </si>
+  <si>
     <t>Think Music</t>
   </si>
   <si>
     <t>2024-11-18</t>
   </si>
   <si>
     <t>Tickets to Kiss</t>
   </si>
   <si>
     <t>Tickets</t>
   </si>
   <si>
     <t>To Her Door</t>
   </si>
   <si>
+    <t>Jaquers</t>
+  </si>
+  <si>
     <t>Touch of Greatness</t>
   </si>
   <si>
+    <t>Robert Agnew Racing / RM Racing Group</t>
+  </si>
+  <si>
     <t>Don Eduardo</t>
   </si>
   <si>
     <t>Trip</t>
   </si>
   <si>
+    <t>Ascot Racing Pty Ltd</t>
+  </si>
+  <si>
     <t>Good Journey</t>
   </si>
   <si>
     <t>Tropezina</t>
   </si>
   <si>
+    <t>J Kyne</t>
+  </si>
+  <si>
+    <t>$4,000</t>
+  </si>
+  <si>
     <t>Tuscan Heat (GB)</t>
   </si>
   <si>
     <t>Undoubtedly So</t>
   </si>
   <si>
     <t>Unique Foxy</t>
   </si>
   <si>
+    <t>Damiano Bloodstock / Salanitri Racing</t>
+  </si>
+  <si>
     <t>Valentine Miss</t>
   </si>
   <si>
     <t>Danetime</t>
   </si>
   <si>
     <t>Valuta</t>
   </si>
   <si>
     <t>Varuska (NZ)</t>
   </si>
   <si>
     <t>Watego's Beach</t>
   </si>
   <si>
+    <t xml:space="preserve">I Adams </t>
+  </si>
+  <si>
     <t>Wazamba</t>
   </si>
   <si>
     <t>Weekend Gossip</t>
   </si>
   <si>
+    <t>Elite Thoroughbreds Pty Ltd</t>
+  </si>
+  <si>
     <t>Whistling Dixie (NZ)</t>
   </si>
   <si>
     <t>White Ice</t>
   </si>
   <si>
+    <t>$18,000</t>
+  </si>
+  <si>
     <t>Who's Zooming Who</t>
   </si>
   <si>
+    <t>Lloyd Kennewell Racing / Group One Bloodstock / SP Bloodstock</t>
+  </si>
+  <si>
     <t>Willinga Electra</t>
   </si>
   <si>
     <t>Winnertakesitall</t>
   </si>
   <si>
+    <t>Craig Weeding Racing Pty Ltd</t>
+  </si>
+  <si>
     <t>Winning Ways</t>
   </si>
   <si>
+    <t>A Kwan</t>
+  </si>
+  <si>
     <t>Yosemite (NZ)</t>
   </si>
   <si>
     <t>Redwood</t>
   </si>
   <si>
     <t>Zakelina (NZ)</t>
   </si>
   <si>
     <t>Zazparella</t>
   </si>
   <si>
     <t>Admission</t>
   </si>
   <si>
+    <t>Angas River Contractors Pty Ltd</t>
+  </si>
+  <si>
     <t>Aiguille du Midi (NZ)</t>
   </si>
   <si>
     <t>Ailuros (NZ)</t>
   </si>
   <si>
+    <t>R J Maz Investments Pty Ltd</t>
+  </si>
+  <si>
     <t>One Cool Cat</t>
   </si>
   <si>
     <t>Ambleve</t>
   </si>
   <si>
     <t>Amicable (GB)</t>
   </si>
   <si>
+    <t>Todd Pollard Racing / John Foote Bloodstock (FBAA)</t>
+  </si>
+  <si>
     <t>Dutch Art</t>
   </si>
   <si>
     <t>Andiamo (USA)</t>
   </si>
   <si>
     <t>Candy Ride</t>
   </si>
   <si>
     <t>Arriva Diva (USA)</t>
   </si>
   <si>
     <t>Auclert</t>
   </si>
   <si>
     <t>Aurora's Hot</t>
   </si>
   <si>
     <t>Autumn Zest</t>
   </si>
   <si>
+    <t>Simon Zahra Racing / Ash Dowley Bloodstock / Rising Sun Syndicate</t>
+  </si>
+  <si>
     <t>Ballet Suite</t>
   </si>
   <si>
     <t>Be Amazing (NZ)</t>
   </si>
   <si>
     <t>Belief</t>
   </si>
   <si>
+    <t>Cloud 9 Thoroughbreds</t>
+  </si>
+  <si>
     <t>Bella Sorellastra</t>
   </si>
   <si>
     <t>Best Episode</t>
   </si>
   <si>
     <t>Biathlon</t>
   </si>
   <si>
     <t>Blue Vapor Trail (USA)</t>
   </si>
   <si>
     <t>Air Force Blue</t>
   </si>
   <si>
     <t>Bold Runner</t>
   </si>
   <si>
     <t>Bon Vacance</t>
   </si>
   <si>
     <t>Bonloe (NZ)</t>
   </si>
   <si>
     <t>Vadamos</t>
   </si>
   <si>
     <t>Boombox Babe</t>
   </si>
   <si>
+    <t>Intel Bloodstock (FBAA) / Todd Smart Racing</t>
+  </si>
+  <si>
+    <t>ACT</t>
+  </si>
+  <si>
     <t>Duporth</t>
   </si>
   <si>
     <t>Bukzel</t>
   </si>
   <si>
+    <t>Sean Mott Racing / M Borgobello</t>
+  </si>
+  <si>
     <t>Bulahdelah Miss (NZ)</t>
   </si>
   <si>
+    <t>Cotton Racing</t>
+  </si>
+  <si>
     <t>Cape Blanco</t>
   </si>
   <si>
     <t>Cajou</t>
   </si>
   <si>
     <t>Canon Law</t>
   </si>
   <si>
+    <t>Birchley Thouroughbreds</t>
+  </si>
+  <si>
     <t>Capezel</t>
   </si>
   <si>
     <t>Cappella Magna</t>
   </si>
   <si>
+    <t>$115,000</t>
+  </si>
+  <si>
     <t>Captured</t>
   </si>
   <si>
     <t>Cassidy (NZ)</t>
   </si>
   <si>
+    <t>Malua Bloodstock / Ed Corstens</t>
+  </si>
+  <si>
     <t>Bigarra Park Stud, Yarrambat</t>
   </si>
   <si>
     <t>Castanita</t>
   </si>
   <si>
+    <t>Adam Campton Racing</t>
+  </si>
+  <si>
     <t>Stable 21</t>
   </si>
   <si>
     <t>Cavalry Rose</t>
   </si>
   <si>
+    <t>Elysian</t>
+  </si>
+  <si>
+    <t>TAIWAN</t>
+  </si>
+  <si>
     <t>Ceilidh</t>
   </si>
   <si>
+    <t>Vardy Thoroughbreds / Griffiths Racing</t>
+  </si>
+  <si>
     <t>Celsius</t>
   </si>
   <si>
     <t>Champagne Tastes</t>
   </si>
   <si>
     <t>Chase the Wind</t>
   </si>
   <si>
     <t>Chokita</t>
   </si>
   <si>
     <t>Cincinnati Red (NZ)</t>
   </si>
   <si>
     <t>Clover Beat</t>
   </si>
   <si>
     <t>Come on Over</t>
   </si>
   <si>
     <t>Contamination</t>
   </si>
   <si>
+    <t>Lake Racing</t>
+  </si>
+  <si>
     <t>Cotillard</t>
   </si>
   <si>
     <t>Crystal Lake</t>
   </si>
   <si>
+    <t>Jpn Giken Llc</t>
+  </si>
+  <si>
     <t>Cyclone Stacey</t>
+  </si>
+  <si>
+    <t>Irresistable Girl</t>
+  </si>
+  <si>
+    <t>Eales Racing / Lindsay Park</t>
+  </si>
+  <si>
+    <t>Ridicule</t>
+  </si>
+  <si>
+    <t>Stargazing (NZ)</t>
+  </si>
+  <si>
+    <t>Sweet Sister</t>
+  </si>
+  <si>
+    <t>Agent Sonya (IRE)</t>
+  </si>
+  <si>
+    <t>Asheerah</t>
+  </si>
+  <si>
+    <t>Camerata</t>
+  </si>
+  <si>
+    <t>Cuban Sizzle</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4751,69 +6146,69 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R807"/>
+  <dimension ref="A1:R815"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="55.272" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
@@ -4854,28131 +6249,36190 @@
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>18</v>
       </c>
       <c r="C2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K2" t="s">
+        <v>26</v>
+      </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="Q2" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:18">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>31</v>
+        <v>35</v>
+      </c>
+      <c r="H3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I3" t="s">
+        <v>37</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="P3" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="Q3" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="R3" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:18">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C4" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E4" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="F4" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>48</v>
+      </c>
+      <c r="H4" t="s">
+        <v>49</v>
+      </c>
+      <c r="I4" t="s">
+        <v>50</v>
+      </c>
+      <c r="J4" t="s">
+        <v>25</v>
+      </c>
+      <c r="K4" t="s">
+        <v>51</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="Q4" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="R4" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:18">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="F5" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="G5" t="s">
-        <v>48</v>
+        <v>58</v>
+      </c>
+      <c r="H5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I5" t="s">
+        <v>24</v>
+      </c>
+      <c r="J5" t="s">
+        <v>25</v>
+      </c>
+      <c r="K5" t="s">
+        <v>60</v>
       </c>
       <c r="L5" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M5" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="Q5" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="R5" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:18">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E6" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F6" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="G6" t="s">
-        <v>54</v>
+        <v>66</v>
+      </c>
+      <c r="H6" t="s">
+        <v>67</v>
+      </c>
+      <c r="I6" t="s">
+        <v>68</v>
+      </c>
+      <c r="J6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K6" t="s">
+        <v>69</v>
       </c>
       <c r="L6" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M6" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P6" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q6" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="R6" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:18">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F7" t="s">
+        <v>75</v>
+      </c>
+      <c r="G7" t="s">
+        <v>76</v>
+      </c>
+      <c r="H7" t="s">
         <v>59</v>
       </c>
-      <c r="F7" t="s">
-[...3 lines deleted...]
-        <v>61</v>
+      <c r="I7" t="s">
+        <v>24</v>
+      </c>
+      <c r="J7" t="s">
+        <v>25</v>
+      </c>
+      <c r="K7" t="s">
+        <v>77</v>
       </c>
       <c r="L7" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M7" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="P7" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="Q7" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
       <c r="R7" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="8" spans="1:18">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E8" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F8" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G8" t="s">
-        <v>70</v>
+        <v>86</v>
+      </c>
+      <c r="H8" t="s">
+        <v>87</v>
+      </c>
+      <c r="I8" t="s">
+        <v>24</v>
+      </c>
+      <c r="J8" t="s">
+        <v>25</v>
+      </c>
+      <c r="K8" t="s">
+        <v>51</v>
       </c>
       <c r="L8" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M8" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P8" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="Q8" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="R8" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E9" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F9" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="G9" t="s">
-        <v>77</v>
+        <v>94</v>
+      </c>
+      <c r="J9" t="s">
+        <v>95</v>
       </c>
       <c r="L9" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M9" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P9" t="s">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="Q9" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="R9" t="s">
-        <v>81</v>
+        <v>99</v>
       </c>
     </row>
     <row r="10" spans="1:18">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C10" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E10" t="s">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="F10" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="G10" t="s">
-        <v>84</v>
+        <v>102</v>
+      </c>
+      <c r="J10" t="s">
+        <v>103</v>
       </c>
       <c r="L10" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M10" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
       <c r="P10" t="s">
-        <v>86</v>
+        <v>105</v>
       </c>
       <c r="Q10" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="R10" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
-        <v>88</v>
+        <v>107</v>
       </c>
       <c r="F11" t="s">
-        <v>89</v>
+        <v>108</v>
       </c>
       <c r="G11" t="s">
-        <v>90</v>
+        <v>109</v>
+      </c>
+      <c r="J11" t="s">
+        <v>95</v>
       </c>
       <c r="L11" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M11" t="s">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="P11" t="s">
-        <v>92</v>
+        <v>111</v>
       </c>
       <c r="Q11" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>18</v>
       </c>
       <c r="C12" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E12" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F12" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G12" t="s">
-        <v>96</v>
+        <v>115</v>
+      </c>
+      <c r="H12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I12" t="s">
+        <v>50</v>
+      </c>
+      <c r="J12" t="s">
+        <v>25</v>
+      </c>
+      <c r="K12" t="s">
+        <v>117</v>
       </c>
       <c r="L12" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M12" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P12" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="Q12" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
       <c r="R12" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E13" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="F13" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G13" t="s">
-        <v>102</v>
+        <v>123</v>
+      </c>
+      <c r="H13" t="s">
+        <v>124</v>
+      </c>
+      <c r="I13" t="s">
+        <v>24</v>
+      </c>
+      <c r="J13" t="s">
+        <v>25</v>
+      </c>
+      <c r="K13" t="s">
+        <v>125</v>
       </c>
       <c r="L13" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M13" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="P13" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q13" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="R13" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E14" t="s">
+        <v>129</v>
+      </c>
+      <c r="F14" t="s">
+        <v>130</v>
+      </c>
+      <c r="G14" t="s">
+        <v>131</v>
+      </c>
+      <c r="H14" t="s">
+        <v>132</v>
+      </c>
+      <c r="I14" t="s">
+        <v>50</v>
+      </c>
+      <c r="J14" t="s">
+        <v>25</v>
+      </c>
+      <c r="K14" t="s">
+        <v>133</v>
+      </c>
+      <c r="L14" t="s">
+        <v>134</v>
+      </c>
+      <c r="M14" t="s">
+        <v>135</v>
+      </c>
+      <c r="P14" t="s">
+        <v>136</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>137</v>
+      </c>
+      <c r="R14" t="s">
         <v>106</v>
-      </c>
-[...19 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E15" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F15" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G15" t="s">
-        <v>115</v>
+        <v>140</v>
+      </c>
+      <c r="H15" t="s">
+        <v>141</v>
+      </c>
+      <c r="I15" t="s">
+        <v>142</v>
+      </c>
+      <c r="J15" t="s">
+        <v>25</v>
+      </c>
+      <c r="K15" t="s">
+        <v>143</v>
       </c>
       <c r="L15" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M15" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P15" t="s">
-        <v>117</v>
+        <v>145</v>
       </c>
       <c r="Q15" t="s">
-        <v>118</v>
+        <v>146</v>
       </c>
       <c r="R15" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F16" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G16" t="s">
-        <v>119</v>
+        <v>147</v>
+      </c>
+      <c r="J16" t="s">
+        <v>148</v>
       </c>
       <c r="L16" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M16" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P16" t="s">
-        <v>120</v>
+        <v>149</v>
       </c>
       <c r="Q16" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
       <c r="R16" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
+        <v>151</v>
+      </c>
+      <c r="F17" t="s">
         <v>122</v>
       </c>
-      <c r="F17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" t="s">
-        <v>123</v>
+        <v>152</v>
+      </c>
+      <c r="H17" t="s">
+        <v>153</v>
+      </c>
+      <c r="I17" t="s">
+        <v>24</v>
+      </c>
+      <c r="J17" t="s">
+        <v>25</v>
+      </c>
+      <c r="K17" t="s">
+        <v>143</v>
       </c>
       <c r="L17" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M17" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="P17" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q17" t="s">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="R17" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18" t="s">
         <v>19</v>
       </c>
       <c r="E18" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F18" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="G18" t="s">
-        <v>128</v>
+        <v>158</v>
+      </c>
+      <c r="H18" t="s">
+        <v>159</v>
+      </c>
+      <c r="I18" t="s">
+        <v>24</v>
+      </c>
+      <c r="J18" t="s">
+        <v>25</v>
+      </c>
+      <c r="K18" t="s">
+        <v>160</v>
       </c>
       <c r="L18" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M18" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P18" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="Q18" t="s">
-        <v>132</v>
+        <v>164</v>
       </c>
       <c r="R18" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F19" t="s">
-        <v>133</v>
+        <v>165</v>
       </c>
       <c r="G19" t="s">
-        <v>134</v>
+        <v>166</v>
+      </c>
+      <c r="H19" t="s">
+        <v>167</v>
+      </c>
+      <c r="I19" t="s">
+        <v>168</v>
+      </c>
+      <c r="J19" t="s">
+        <v>25</v>
+      </c>
+      <c r="K19" t="s">
+        <v>169</v>
       </c>
       <c r="L19" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M19" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P19" t="s">
-        <v>135</v>
+        <v>170</v>
       </c>
       <c r="Q19" t="s">
-        <v>136</v>
+        <v>171</v>
       </c>
       <c r="R19" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C20" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F20" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="G20" t="s">
-        <v>138</v>
+        <v>173</v>
+      </c>
+      <c r="H20" t="s">
+        <v>174</v>
+      </c>
+      <c r="I20" t="s">
+        <v>24</v>
+      </c>
+      <c r="J20" t="s">
+        <v>25</v>
+      </c>
+      <c r="K20" t="s">
+        <v>175</v>
       </c>
       <c r="L20" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M20" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P20" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q20" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
       <c r="R20" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C21" t="s">
         <v>19</v>
       </c>
       <c r="E21" t="s">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="F21" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="G21" t="s">
-        <v>141</v>
+        <v>178</v>
+      </c>
+      <c r="H21" t="s">
+        <v>179</v>
+      </c>
+      <c r="I21" t="s">
+        <v>24</v>
+      </c>
+      <c r="J21" t="s">
+        <v>25</v>
+      </c>
+      <c r="K21" t="s">
+        <v>180</v>
       </c>
       <c r="L21" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M21" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="P21" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q21" t="s">
-        <v>143</v>
+        <v>182</v>
       </c>
       <c r="R21" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C22" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E22" t="s">
-        <v>144</v>
+        <v>183</v>
       </c>
       <c r="F22" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G22" t="s">
-        <v>145</v>
+        <v>184</v>
+      </c>
+      <c r="H22" t="s">
+        <v>185</v>
+      </c>
+      <c r="I22" t="s">
+        <v>24</v>
+      </c>
+      <c r="J22" t="s">
+        <v>25</v>
+      </c>
+      <c r="K22" t="s">
+        <v>186</v>
       </c>
       <c r="L22" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M22" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="P22" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="Q22" t="s">
-        <v>148</v>
+        <v>189</v>
       </c>
       <c r="R22" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C23" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E23" t="s">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="F23" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="G23" t="s">
-        <v>149</v>
+        <v>190</v>
+      </c>
+      <c r="H23" t="s">
+        <v>191</v>
+      </c>
+      <c r="I23" t="s">
+        <v>50</v>
+      </c>
+      <c r="J23" t="s">
+        <v>25</v>
+      </c>
+      <c r="K23" t="s">
+        <v>26</v>
       </c>
       <c r="L23" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M23" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="P23" t="s">
-        <v>150</v>
+        <v>192</v>
       </c>
       <c r="Q23" t="s">
-        <v>151</v>
+        <v>193</v>
       </c>
       <c r="R23" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C24" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E24" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
       <c r="F24" t="s">
-        <v>153</v>
+        <v>195</v>
       </c>
       <c r="G24" t="s">
-        <v>154</v>
+        <v>196</v>
+      </c>
+      <c r="J24" t="s">
+        <v>197</v>
       </c>
       <c r="L24" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M24" t="s">
-        <v>155</v>
+        <v>198</v>
       </c>
       <c r="P24" t="s">
-        <v>156</v>
+        <v>199</v>
       </c>
       <c r="Q24" t="s">
-        <v>157</v>
+        <v>200</v>
       </c>
       <c r="R24" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C25" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E25" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="F25" t="s">
-        <v>158</v>
+        <v>201</v>
       </c>
       <c r="G25" t="s">
-        <v>159</v>
+        <v>202</v>
+      </c>
+      <c r="H25" t="s">
+        <v>203</v>
+      </c>
+      <c r="I25" t="s">
+        <v>204</v>
+      </c>
+      <c r="J25" t="s">
+        <v>25</v>
+      </c>
+      <c r="K25" t="s">
+        <v>26</v>
       </c>
       <c r="L25" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M25" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="P25" t="s">
-        <v>111</v>
+        <v>136</v>
       </c>
       <c r="Q25" t="s">
-        <v>160</v>
+        <v>205</v>
       </c>
       <c r="R25" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C26" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E26" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="F26" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G26" t="s">
-        <v>163</v>
+        <v>208</v>
+      </c>
+      <c r="H26" t="s">
+        <v>209</v>
+      </c>
+      <c r="I26" t="s">
+        <v>24</v>
+      </c>
+      <c r="J26" t="s">
+        <v>25</v>
+      </c>
+      <c r="K26" t="s">
+        <v>210</v>
       </c>
       <c r="L26" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M26" t="s">
-        <v>164</v>
+        <v>211</v>
       </c>
       <c r="P26" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="Q26" t="s">
-        <v>165</v>
+        <v>212</v>
       </c>
       <c r="R26" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C27" t="s">
         <v>19</v>
       </c>
       <c r="E27" t="s">
-        <v>166</v>
+        <v>213</v>
       </c>
       <c r="F27" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="G27" t="s">
-        <v>168</v>
+        <v>215</v>
+      </c>
+      <c r="H27" t="s">
+        <v>216</v>
+      </c>
+      <c r="I27" t="s">
+        <v>68</v>
+      </c>
+      <c r="J27" t="s">
+        <v>25</v>
+      </c>
+      <c r="K27" t="s">
+        <v>217</v>
       </c>
       <c r="L27" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M27" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="P27" t="s">
-        <v>170</v>
+        <v>219</v>
       </c>
       <c r="Q27" t="s">
-        <v>132</v>
+        <v>164</v>
       </c>
       <c r="R27" t="s">
-        <v>171</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>18</v>
       </c>
       <c r="C28" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E28" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F28" t="s">
-        <v>173</v>
+        <v>222</v>
       </c>
       <c r="G28" t="s">
-        <v>174</v>
+        <v>223</v>
+      </c>
+      <c r="H28" t="s">
+        <v>224</v>
+      </c>
+      <c r="I28" t="s">
+        <v>50</v>
+      </c>
+      <c r="J28" t="s">
+        <v>25</v>
+      </c>
+      <c r="K28" t="s">
+        <v>225</v>
       </c>
       <c r="L28" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M28" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P28" t="s">
-        <v>176</v>
+        <v>227</v>
       </c>
       <c r="Q28" t="s">
-        <v>177</v>
+        <v>228</v>
       </c>
       <c r="R28" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C29" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E29" t="s">
-        <v>178</v>
+        <v>229</v>
       </c>
       <c r="F29" t="s">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="G29" t="s">
-        <v>180</v>
+        <v>231</v>
+      </c>
+      <c r="H29" t="s">
+        <v>232</v>
+      </c>
+      <c r="I29" t="s">
+        <v>24</v>
+      </c>
+      <c r="J29" t="s">
+        <v>25</v>
+      </c>
+      <c r="K29" t="s">
+        <v>51</v>
       </c>
       <c r="L29" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M29" t="s">
-        <v>181</v>
+        <v>233</v>
       </c>
       <c r="P29" t="s">
-        <v>182</v>
+        <v>234</v>
       </c>
       <c r="Q29" t="s">
-        <v>183</v>
+        <v>235</v>
       </c>
       <c r="R29" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C30" t="s">
         <v>19</v>
       </c>
       <c r="E30" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F30" t="s">
-        <v>184</v>
+        <v>236</v>
       </c>
       <c r="G30" t="s">
-        <v>185</v>
+        <v>237</v>
+      </c>
+      <c r="H30" t="s">
+        <v>238</v>
+      </c>
+      <c r="I30" t="s">
+        <v>24</v>
+      </c>
+      <c r="J30" t="s">
+        <v>25</v>
+      </c>
+      <c r="K30" t="s">
+        <v>69</v>
       </c>
       <c r="L30" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M30" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P30" t="s">
-        <v>186</v>
+        <v>239</v>
       </c>
       <c r="Q30" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="R30" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C31" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E31" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F31" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="G31" t="s">
-        <v>188</v>
+        <v>241</v>
+      </c>
+      <c r="H31" t="s">
+        <v>242</v>
+      </c>
+      <c r="I31" t="s">
+        <v>50</v>
+      </c>
+      <c r="J31" t="s">
+        <v>25</v>
+      </c>
+      <c r="K31" t="s">
+        <v>51</v>
       </c>
       <c r="L31" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M31" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P31" t="s">
-        <v>189</v>
+        <v>243</v>
       </c>
       <c r="Q31" t="s">
-        <v>190</v>
+        <v>244</v>
       </c>
       <c r="R31" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>18</v>
       </c>
       <c r="C32" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E32" t="s">
-        <v>178</v>
+        <v>229</v>
       </c>
       <c r="F32" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G32" t="s">
-        <v>192</v>
+        <v>246</v>
+      </c>
+      <c r="H32" t="s">
+        <v>247</v>
+      </c>
+      <c r="I32" t="s">
+        <v>248</v>
+      </c>
+      <c r="J32" t="s">
+        <v>25</v>
+      </c>
+      <c r="K32" t="s">
+        <v>26</v>
       </c>
       <c r="L32" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M32" t="s">
-        <v>181</v>
+        <v>233</v>
       </c>
       <c r="P32" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="Q32" t="s">
-        <v>193</v>
+        <v>249</v>
       </c>
       <c r="R32" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>18</v>
       </c>
       <c r="C33" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E33" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F33" t="s">
-        <v>195</v>
+        <v>251</v>
       </c>
       <c r="G33" t="s">
-        <v>196</v>
+        <v>252</v>
+      </c>
+      <c r="J33" t="s">
+        <v>103</v>
       </c>
       <c r="L33" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M33" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P33" t="s">
-        <v>198</v>
+        <v>254</v>
       </c>
       <c r="Q33" t="s">
-        <v>199</v>
+        <v>255</v>
       </c>
       <c r="R33" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>18</v>
       </c>
       <c r="C34" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E34" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F34" t="s">
-        <v>200</v>
+        <v>256</v>
       </c>
       <c r="G34" t="s">
-        <v>201</v>
+        <v>257</v>
+      </c>
+      <c r="H34" t="s">
+        <v>258</v>
+      </c>
+      <c r="I34" t="s">
+        <v>142</v>
+      </c>
+      <c r="J34" t="s">
+        <v>25</v>
+      </c>
+      <c r="K34" t="s">
+        <v>259</v>
       </c>
       <c r="L34" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M34" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P34" t="s">
-        <v>202</v>
+        <v>260</v>
       </c>
       <c r="Q34" t="s">
-        <v>203</v>
+        <v>261</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>18</v>
       </c>
       <c r="C35" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E35" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F35" t="s">
-        <v>204</v>
+        <v>262</v>
       </c>
       <c r="G35" t="s">
-        <v>205</v>
+        <v>263</v>
+      </c>
+      <c r="H35" t="s">
+        <v>264</v>
+      </c>
+      <c r="I35" t="s">
+        <v>24</v>
+      </c>
+      <c r="J35" t="s">
+        <v>25</v>
+      </c>
+      <c r="K35" t="s">
+        <v>133</v>
       </c>
       <c r="L35" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M35" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P35" t="s">
-        <v>206</v>
+        <v>265</v>
       </c>
       <c r="Q35" t="s">
-        <v>207</v>
+        <v>266</v>
       </c>
       <c r="R35" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C36" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E36" t="s">
-        <v>178</v>
+        <v>229</v>
       </c>
       <c r="F36" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="G36" t="s">
-        <v>208</v>
+        <v>267</v>
+      </c>
+      <c r="J36" t="s">
+        <v>95</v>
       </c>
       <c r="L36" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M36" t="s">
-        <v>181</v>
+        <v>233</v>
       </c>
       <c r="P36" t="s">
-        <v>209</v>
+        <v>268</v>
       </c>
       <c r="Q36" t="s">
-        <v>210</v>
+        <v>269</v>
       </c>
       <c r="R36" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>18</v>
       </c>
       <c r="C37" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E37" t="s">
-        <v>211</v>
+        <v>270</v>
       </c>
       <c r="F37" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="G37" t="s">
-        <v>213</v>
+        <v>272</v>
+      </c>
+      <c r="J37" t="s">
+        <v>95</v>
       </c>
       <c r="L37" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M37" t="s">
-        <v>214</v>
+        <v>273</v>
       </c>
       <c r="P37" t="s">
-        <v>215</v>
+        <v>274</v>
       </c>
       <c r="Q37" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R37" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C38" t="s">
         <v>19</v>
       </c>
       <c r="E38" t="s">
-        <v>217</v>
+        <v>276</v>
       </c>
       <c r="F38" t="s">
-        <v>218</v>
+        <v>277</v>
       </c>
       <c r="G38" t="s">
-        <v>219</v>
+        <v>278</v>
+      </c>
+      <c r="J38" t="s">
+        <v>95</v>
       </c>
       <c r="L38" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M38" t="s">
-        <v>220</v>
+        <v>279</v>
       </c>
       <c r="P38" t="s">
-        <v>221</v>
+        <v>280</v>
       </c>
       <c r="Q38" t="s">
-        <v>222</v>
+        <v>281</v>
       </c>
       <c r="R38" t="s">
-        <v>81</v>
+        <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>223</v>
+        <v>282</v>
       </c>
       <c r="C39" t="s">
         <v>19</v>
       </c>
       <c r="E39" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="F39" t="s">
-        <v>224</v>
+        <v>283</v>
       </c>
       <c r="G39" t="s">
-        <v>225</v>
+        <v>284</v>
+      </c>
+      <c r="H39" t="s">
+        <v>285</v>
+      </c>
+      <c r="I39" t="s">
+        <v>50</v>
+      </c>
+      <c r="J39" t="s">
+        <v>25</v>
+      </c>
+      <c r="K39" t="s">
+        <v>286</v>
       </c>
       <c r="L39" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M39" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="P39" t="s">
-        <v>226</v>
+        <v>287</v>
       </c>
       <c r="Q39" t="s">
-        <v>227</v>
+        <v>288</v>
       </c>
       <c r="R39" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C40" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E40" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F40" t="s">
-        <v>228</v>
+        <v>289</v>
       </c>
       <c r="G40" t="s">
-        <v>229</v>
+        <v>290</v>
+      </c>
+      <c r="H40" t="s">
+        <v>159</v>
+      </c>
+      <c r="I40" t="s">
+        <v>24</v>
+      </c>
+      <c r="J40" t="s">
+        <v>25</v>
+      </c>
+      <c r="K40" t="s">
+        <v>26</v>
       </c>
       <c r="L40" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M40" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P40" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q40" t="s">
-        <v>231</v>
+        <v>292</v>
       </c>
       <c r="R40" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C41" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E41" t="s">
-        <v>232</v>
+        <v>293</v>
       </c>
       <c r="F41" t="s">
-        <v>233</v>
+        <v>294</v>
       </c>
       <c r="G41" t="s">
-        <v>234</v>
+        <v>295</v>
+      </c>
+      <c r="J41" t="s">
+        <v>95</v>
       </c>
       <c r="L41" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M41" t="s">
-        <v>235</v>
+        <v>296</v>
       </c>
       <c r="P41" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="Q41" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="R41" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C42" t="s">
         <v>19</v>
       </c>
       <c r="E42" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="F42" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="G42" t="s">
-        <v>236</v>
+        <v>297</v>
+      </c>
+      <c r="H42" t="s">
+        <v>298</v>
+      </c>
+      <c r="I42" t="s">
+        <v>24</v>
+      </c>
+      <c r="J42" t="s">
+        <v>25</v>
+      </c>
+      <c r="K42" t="s">
+        <v>299</v>
       </c>
       <c r="L42" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M42" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="P42" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="Q42" t="s">
-        <v>237</v>
+        <v>300</v>
       </c>
       <c r="R42" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C43" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E43" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F43" t="s">
-        <v>238</v>
+        <v>301</v>
       </c>
       <c r="G43" t="s">
-        <v>239</v>
+        <v>302</v>
+      </c>
+      <c r="J43" t="s">
+        <v>95</v>
       </c>
       <c r="L43" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M43" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P43" t="s">
-        <v>240</v>
+        <v>303</v>
       </c>
       <c r="Q43" t="s">
-        <v>143</v>
+        <v>182</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C44" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E44" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F44" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G44" t="s">
-        <v>241</v>
+        <v>304</v>
+      </c>
+      <c r="H44" t="s">
+        <v>179</v>
+      </c>
+      <c r="I44" t="s">
+        <v>24</v>
+      </c>
+      <c r="J44" t="s">
+        <v>25</v>
+      </c>
+      <c r="K44" t="s">
+        <v>51</v>
       </c>
       <c r="L44" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M44" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P44" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q44" t="s">
-        <v>243</v>
+        <v>306</v>
       </c>
       <c r="R44" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>18</v>
       </c>
       <c r="C45" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E45" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F45" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="G45" t="s">
-        <v>244</v>
+        <v>307</v>
+      </c>
+      <c r="J45" t="s">
+        <v>148</v>
       </c>
       <c r="L45" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M45" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P45" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q45" t="s">
-        <v>245</v>
+        <v>308</v>
       </c>
       <c r="R45" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C46" t="s">
         <v>19</v>
       </c>
       <c r="E46" t="s">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="F46" t="s">
-        <v>247</v>
+        <v>310</v>
       </c>
       <c r="G46" t="s">
-        <v>248</v>
+        <v>311</v>
+      </c>
+      <c r="H46" t="s">
+        <v>312</v>
+      </c>
+      <c r="I46" t="s">
+        <v>24</v>
+      </c>
+      <c r="J46" t="s">
+        <v>25</v>
+      </c>
+      <c r="K46" t="s">
+        <v>38</v>
       </c>
       <c r="L46" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M46" t="s">
-        <v>249</v>
+        <v>313</v>
       </c>
       <c r="P46" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q46" t="s">
-        <v>250</v>
+        <v>314</v>
       </c>
       <c r="R46" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C47" t="s">
         <v>19</v>
       </c>
       <c r="E47" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
-        <v>252</v>
+        <v>316</v>
+      </c>
+      <c r="J47" t="s">
+        <v>197</v>
       </c>
       <c r="L47" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M47" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="P47" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q47" t="s">
-        <v>254</v>
+        <v>318</v>
       </c>
       <c r="R47" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C48" t="s">
+        <v>45</v>
+      </c>
+      <c r="E48" t="s">
+        <v>319</v>
+      </c>
+      <c r="F48" t="s">
+        <v>320</v>
+      </c>
+      <c r="G48" t="s">
+        <v>321</v>
+      </c>
+      <c r="H48" t="s">
+        <v>322</v>
+      </c>
+      <c r="I48" t="s">
+        <v>323</v>
+      </c>
+      <c r="J48" t="s">
+        <v>25</v>
+      </c>
+      <c r="K48" t="s">
         <v>38</v>
       </c>
-      <c r="E48" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L48" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M48" t="s">
-        <v>258</v>
+        <v>324</v>
       </c>
       <c r="P48" t="s">
-        <v>259</v>
+        <v>325</v>
       </c>
       <c r="Q48" t="s">
-        <v>260</v>
+        <v>326</v>
       </c>
       <c r="R48" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C49" t="s">
         <v>19</v>
       </c>
       <c r="E49" t="s">
-        <v>144</v>
+        <v>183</v>
       </c>
       <c r="F49" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G49" t="s">
-        <v>261</v>
+        <v>327</v>
+      </c>
+      <c r="H49" t="s">
+        <v>328</v>
+      </c>
+      <c r="I49" t="s">
+        <v>50</v>
+      </c>
+      <c r="J49" t="s">
+        <v>25</v>
+      </c>
+      <c r="K49" t="s">
+        <v>38</v>
       </c>
       <c r="L49" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M49" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="P49" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="Q49" t="s">
-        <v>160</v>
+        <v>205</v>
       </c>
       <c r="R49" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C50" t="s">
         <v>19</v>
       </c>
       <c r="E50" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F50" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="G50" t="s">
-        <v>262</v>
+        <v>329</v>
+      </c>
+      <c r="J50" t="s">
+        <v>330</v>
       </c>
       <c r="L50" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M50" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P50" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q50" t="s">
-        <v>210</v>
+        <v>269</v>
       </c>
       <c r="R50" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>18</v>
       </c>
       <c r="C51" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E51" t="s">
-        <v>264</v>
+        <v>332</v>
       </c>
       <c r="F51" t="s">
-        <v>265</v>
+        <v>333</v>
       </c>
       <c r="G51" t="s">
-        <v>266</v>
+        <v>334</v>
+      </c>
+      <c r="H51" t="s">
+        <v>335</v>
+      </c>
+      <c r="I51" t="s">
+        <v>24</v>
+      </c>
+      <c r="J51" t="s">
+        <v>25</v>
+      </c>
+      <c r="K51" t="s">
+        <v>336</v>
       </c>
       <c r="L51" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M51" t="s">
-        <v>267</v>
+        <v>337</v>
       </c>
       <c r="P51" t="s">
-        <v>156</v>
+        <v>199</v>
       </c>
       <c r="Q51" t="s">
-        <v>160</v>
+        <v>205</v>
       </c>
       <c r="R51" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C52" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E52" t="s">
-        <v>268</v>
+        <v>338</v>
       </c>
       <c r="F52" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G52" t="s">
-        <v>269</v>
+        <v>339</v>
+      </c>
+      <c r="H52" t="s">
+        <v>340</v>
+      </c>
+      <c r="I52" t="s">
+        <v>24</v>
+      </c>
+      <c r="J52" t="s">
+        <v>25</v>
+      </c>
+      <c r="K52" t="s">
+        <v>51</v>
       </c>
       <c r="L52" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M52" t="s">
-        <v>270</v>
+        <v>341</v>
       </c>
       <c r="P52" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q52" t="s">
-        <v>203</v>
+        <v>261</v>
       </c>
       <c r="R52" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C53" t="s">
         <v>19</v>
       </c>
       <c r="E53" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F53" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="G53" t="s">
-        <v>271</v>
+        <v>342</v>
+      </c>
+      <c r="H53" t="s">
+        <v>335</v>
+      </c>
+      <c r="I53" t="s">
+        <v>24</v>
+      </c>
+      <c r="J53" t="s">
+        <v>25</v>
+      </c>
+      <c r="K53" t="s">
+        <v>343</v>
       </c>
       <c r="L53" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M53" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P53" t="s">
-        <v>272</v>
+        <v>344</v>
       </c>
       <c r="Q53" t="s">
-        <v>243</v>
+        <v>306</v>
       </c>
       <c r="R53" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C54" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E54" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F54" t="s">
-        <v>273</v>
+        <v>345</v>
       </c>
       <c r="G54" t="s">
-        <v>274</v>
+        <v>346</v>
+      </c>
+      <c r="H54" t="s">
+        <v>347</v>
+      </c>
+      <c r="I54" t="s">
+        <v>204</v>
+      </c>
+      <c r="J54" t="s">
+        <v>25</v>
+      </c>
+      <c r="K54" t="s">
+        <v>259</v>
       </c>
       <c r="L54" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M54" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P54" t="s">
-        <v>275</v>
+        <v>348</v>
       </c>
       <c r="Q54" t="s">
-        <v>245</v>
+        <v>308</v>
       </c>
       <c r="R54" t="s">
-        <v>276</v>
+        <v>349</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C55" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
-        <v>277</v>
+        <v>350</v>
+      </c>
+      <c r="H55" t="s">
+        <v>258</v>
+      </c>
+      <c r="I55" t="s">
+        <v>142</v>
+      </c>
+      <c r="J55" t="s">
+        <v>25</v>
+      </c>
+      <c r="K55" t="s">
+        <v>351</v>
       </c>
       <c r="L55" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M55" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="P55" t="s">
-        <v>278</v>
+        <v>352</v>
       </c>
       <c r="Q55" t="s">
-        <v>243</v>
+        <v>306</v>
       </c>
       <c r="R55" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C56" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E56" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F56" t="s">
-        <v>279</v>
+        <v>353</v>
       </c>
       <c r="G56" t="s">
-        <v>280</v>
+        <v>354</v>
+      </c>
+      <c r="H56" t="s">
+        <v>355</v>
+      </c>
+      <c r="I56" t="s">
+        <v>24</v>
+      </c>
+      <c r="J56" t="s">
+        <v>25</v>
+      </c>
+      <c r="K56" t="s">
+        <v>356</v>
       </c>
       <c r="L56" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M56" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P56" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="Q56" t="s">
-        <v>281</v>
+        <v>357</v>
       </c>
       <c r="R56" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>18</v>
       </c>
       <c r="C57" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E57" t="s">
-        <v>282</v>
+        <v>358</v>
       </c>
       <c r="F57" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="G57" t="s">
-        <v>283</v>
+        <v>359</v>
+      </c>
+      <c r="H57" t="s">
+        <v>360</v>
+      </c>
+      <c r="I57" t="s">
+        <v>24</v>
+      </c>
+      <c r="J57" t="s">
+        <v>25</v>
+      </c>
+      <c r="K57" t="s">
+        <v>180</v>
       </c>
       <c r="L57" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M57" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="P57" t="s">
-        <v>285</v>
+        <v>362</v>
       </c>
       <c r="Q57" t="s">
-        <v>286</v>
+        <v>363</v>
       </c>
       <c r="R57" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C58" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E58" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F58" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="G58" t="s">
-        <v>287</v>
+        <v>364</v>
+      </c>
+      <c r="H58" t="s">
+        <v>264</v>
+      </c>
+      <c r="I58" t="s">
+        <v>24</v>
+      </c>
+      <c r="J58" t="s">
+        <v>25</v>
+      </c>
+      <c r="K58" t="s">
+        <v>133</v>
       </c>
       <c r="L58" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M58" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P58" t="s">
-        <v>288</v>
+        <v>365</v>
       </c>
       <c r="Q58" t="s">
-        <v>289</v>
+        <v>366</v>
       </c>
       <c r="R58" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C59" t="s">
         <v>19</v>
       </c>
       <c r="E59" t="s">
-        <v>290</v>
+        <v>367</v>
       </c>
       <c r="F59" t="s">
-        <v>291</v>
+        <v>368</v>
       </c>
       <c r="G59" t="s">
-        <v>292</v>
+        <v>369</v>
+      </c>
+      <c r="H59" t="s">
+        <v>370</v>
+      </c>
+      <c r="I59" t="s">
+        <v>24</v>
+      </c>
+      <c r="J59" t="s">
+        <v>25</v>
+      </c>
+      <c r="K59" t="s">
+        <v>371</v>
       </c>
       <c r="L59" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M59" t="s">
-        <v>293</v>
+        <v>372</v>
       </c>
       <c r="P59" t="s">
-        <v>294</v>
+        <v>373</v>
       </c>
       <c r="Q59" t="s">
-        <v>295</v>
+        <v>374</v>
       </c>
       <c r="R59" t="s">
-        <v>276</v>
+        <v>349</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C60" t="s">
         <v>19</v>
       </c>
       <c r="E60" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F60" t="s">
-        <v>296</v>
+        <v>375</v>
       </c>
       <c r="G60" t="s">
-        <v>297</v>
+        <v>376</v>
+      </c>
+      <c r="J60" t="s">
+        <v>377</v>
       </c>
       <c r="L60" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M60" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P60" t="s">
-        <v>186</v>
+        <v>239</v>
       </c>
       <c r="Q60" t="s">
-        <v>237</v>
+        <v>300</v>
       </c>
       <c r="R60" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C61" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E61" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F61" t="s">
-        <v>173</v>
+        <v>222</v>
       </c>
       <c r="G61" t="s">
-        <v>299</v>
+        <v>379</v>
+      </c>
+      <c r="H61" t="s">
+        <v>380</v>
+      </c>
+      <c r="I61" t="s">
+        <v>142</v>
+      </c>
+      <c r="J61" t="s">
+        <v>25</v>
+      </c>
+      <c r="K61" t="s">
+        <v>381</v>
       </c>
       <c r="L61" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M61" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P61" t="s">
-        <v>301</v>
+        <v>383</v>
       </c>
       <c r="Q61" t="s">
-        <v>302</v>
+        <v>384</v>
       </c>
       <c r="R61" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>18</v>
       </c>
       <c r="C62" t="s">
         <v>19</v>
       </c>
       <c r="E62" t="s">
-        <v>303</v>
+        <v>385</v>
       </c>
       <c r="F62" t="s">
-        <v>304</v>
+        <v>386</v>
       </c>
       <c r="G62" t="s">
-        <v>305</v>
+        <v>387</v>
+      </c>
+      <c r="H62" t="s">
+        <v>388</v>
+      </c>
+      <c r="I62" t="s">
+        <v>24</v>
+      </c>
+      <c r="J62" t="s">
+        <v>25</v>
+      </c>
+      <c r="K62" t="s">
+        <v>356</v>
       </c>
       <c r="L62" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M62" t="s">
-        <v>306</v>
+        <v>389</v>
       </c>
       <c r="P62" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q62" t="s">
-        <v>308</v>
+        <v>391</v>
       </c>
       <c r="R62" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C63" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E63" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F63" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G63" t="s">
-        <v>309</v>
+        <v>392</v>
+      </c>
+      <c r="J63" t="s">
+        <v>393</v>
       </c>
       <c r="L63" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M63" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P63" t="s">
-        <v>206</v>
+        <v>265</v>
       </c>
       <c r="Q63" t="s">
-        <v>310</v>
+        <v>394</v>
       </c>
       <c r="R63" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C64" t="s">
         <v>19</v>
       </c>
       <c r="E64" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F64" t="s">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="G64" t="s">
-        <v>312</v>
+        <v>396</v>
+      </c>
+      <c r="J64" t="s">
+        <v>148</v>
       </c>
       <c r="L64" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M64" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P64" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q64" t="s">
-        <v>231</v>
+        <v>292</v>
       </c>
       <c r="R64" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C65" t="s">
         <v>19</v>
       </c>
       <c r="E65" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F65" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G65" t="s">
-        <v>314</v>
+        <v>398</v>
+      </c>
+      <c r="H65" t="s">
+        <v>399</v>
+      </c>
+      <c r="I65" t="s">
+        <v>50</v>
+      </c>
+      <c r="J65" t="s">
+        <v>25</v>
+      </c>
+      <c r="K65" t="s">
+        <v>400</v>
       </c>
       <c r="L65" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M65" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P65" t="s">
-        <v>240</v>
+        <v>303</v>
       </c>
       <c r="Q65" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R65" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C66" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>315</v>
+        <v>401</v>
       </c>
       <c r="G66" t="s">
-        <v>316</v>
+        <v>402</v>
+      </c>
+      <c r="H66" t="s">
+        <v>232</v>
+      </c>
+      <c r="I66" t="s">
+        <v>24</v>
+      </c>
+      <c r="J66" t="s">
+        <v>25</v>
+      </c>
+      <c r="K66" t="s">
+        <v>117</v>
       </c>
       <c r="L66" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M66" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="P66" t="s">
-        <v>317</v>
+        <v>403</v>
       </c>
       <c r="Q66" t="s">
-        <v>207</v>
+        <v>266</v>
       </c>
       <c r="R66" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C67" t="s">
+        <v>45</v>
+      </c>
+      <c r="E67" t="s">
+        <v>177</v>
+      </c>
+      <c r="F67" t="s">
+        <v>404</v>
+      </c>
+      <c r="G67" t="s">
+        <v>405</v>
+      </c>
+      <c r="H67" t="s">
+        <v>406</v>
+      </c>
+      <c r="I67" t="s">
+        <v>24</v>
+      </c>
+      <c r="J67" t="s">
+        <v>25</v>
+      </c>
+      <c r="K67" t="s">
         <v>38</v>
       </c>
-      <c r="E67" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L67" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M67" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="P67" t="s">
-        <v>320</v>
+        <v>407</v>
       </c>
       <c r="Q67" t="s">
-        <v>321</v>
+        <v>408</v>
       </c>
       <c r="R67" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>18</v>
       </c>
       <c r="C68" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E68" t="s">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="F68" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G68" t="s">
-        <v>322</v>
+        <v>409</v>
+      </c>
+      <c r="H68" t="s">
+        <v>410</v>
+      </c>
+      <c r="I68" t="s">
+        <v>168</v>
+      </c>
+      <c r="J68" t="s">
+        <v>25</v>
+      </c>
+      <c r="K68" t="s">
+        <v>411</v>
       </c>
       <c r="L68" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M68" t="s">
-        <v>249</v>
+        <v>313</v>
       </c>
       <c r="P68" t="s">
-        <v>323</v>
+        <v>412</v>
       </c>
       <c r="Q68" t="s">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="R68" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C69" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E69" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F69" t="s">
-        <v>256</v>
+        <v>320</v>
       </c>
       <c r="G69" t="s">
-        <v>324</v>
+        <v>413</v>
+      </c>
+      <c r="H69" t="s">
+        <v>414</v>
+      </c>
+      <c r="I69" t="s">
+        <v>24</v>
+      </c>
+      <c r="J69" t="s">
+        <v>25</v>
+      </c>
+      <c r="K69" t="s">
+        <v>26</v>
       </c>
       <c r="L69" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M69" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P69" t="s">
-        <v>325</v>
+        <v>415</v>
       </c>
       <c r="Q69" t="s">
-        <v>326</v>
+        <v>416</v>
       </c>
       <c r="R69" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C70" t="s">
         <v>19</v>
       </c>
       <c r="E70" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="F70" t="s">
-        <v>327</v>
+        <v>417</v>
       </c>
       <c r="G70" t="s">
-        <v>328</v>
+        <v>418</v>
+      </c>
+      <c r="H70" t="s">
+        <v>419</v>
+      </c>
+      <c r="I70" t="s">
+        <v>50</v>
+      </c>
+      <c r="J70" t="s">
+        <v>25</v>
+      </c>
+      <c r="K70" t="s">
+        <v>371</v>
       </c>
       <c r="L70" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M70" t="s">
-        <v>164</v>
+        <v>211</v>
       </c>
       <c r="P70" t="s">
-        <v>329</v>
+        <v>420</v>
       </c>
       <c r="Q70" t="s">
-        <v>165</v>
+        <v>212</v>
       </c>
       <c r="R70" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C71" t="s">
         <v>19</v>
       </c>
       <c r="E71" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F71" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="G71" t="s">
-        <v>331</v>
+        <v>422</v>
+      </c>
+      <c r="H71" t="s">
+        <v>423</v>
+      </c>
+      <c r="I71" t="s">
+        <v>168</v>
+      </c>
+      <c r="J71" t="s">
+        <v>25</v>
+      </c>
+      <c r="K71" t="s">
+        <v>51</v>
       </c>
       <c r="L71" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M71" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P71" t="s">
-        <v>329</v>
+        <v>420</v>
       </c>
       <c r="Q71" t="s">
-        <v>333</v>
+        <v>425</v>
       </c>
       <c r="R71" t="s">
-        <v>334</v>
+        <v>426</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C72" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E72" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F72" t="s">
-        <v>335</v>
+        <v>427</v>
       </c>
       <c r="G72" t="s">
-        <v>336</v>
+        <v>428</v>
+      </c>
+      <c r="H72" t="s">
+        <v>174</v>
+      </c>
+      <c r="I72" t="s">
+        <v>24</v>
+      </c>
+      <c r="J72" t="s">
+        <v>25</v>
+      </c>
+      <c r="K72" t="s">
+        <v>351</v>
       </c>
       <c r="L72" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M72" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P72" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q72" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="R72" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>18</v>
       </c>
       <c r="C73" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E73" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F73" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="G73" t="s">
-        <v>337</v>
+        <v>429</v>
+      </c>
+      <c r="H73" t="s">
+        <v>159</v>
+      </c>
+      <c r="I73" t="s">
+        <v>24</v>
+      </c>
+      <c r="J73" t="s">
+        <v>25</v>
+      </c>
+      <c r="K73" t="s">
+        <v>26</v>
       </c>
       <c r="L73" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M73" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P73" t="s">
-        <v>338</v>
+        <v>430</v>
       </c>
       <c r="Q73" t="s">
-        <v>148</v>
+        <v>189</v>
       </c>
       <c r="R73" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C74" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E74" t="s">
-        <v>264</v>
+        <v>332</v>
       </c>
       <c r="F74" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G74" t="s">
-        <v>339</v>
+        <v>431</v>
+      </c>
+      <c r="H74" t="s">
+        <v>432</v>
+      </c>
+      <c r="I74" t="s">
+        <v>24</v>
+      </c>
+      <c r="J74" t="s">
+        <v>25</v>
+      </c>
+      <c r="K74" t="s">
+        <v>286</v>
       </c>
       <c r="L74" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M74" t="s">
-        <v>267</v>
+        <v>337</v>
       </c>
       <c r="P74" t="s">
-        <v>340</v>
+        <v>433</v>
       </c>
       <c r="Q74" t="s">
-        <v>341</v>
+        <v>434</v>
       </c>
       <c r="R74" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C75" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E75" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F75" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G75" t="s">
-        <v>342</v>
+        <v>435</v>
+      </c>
+      <c r="J75" t="s">
+        <v>393</v>
       </c>
       <c r="L75" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M75" t="s">
+        <v>382</v>
+      </c>
+      <c r="P75" t="s">
+        <v>436</v>
+      </c>
+      <c r="Q75" t="s">
         <v>300</v>
       </c>
-      <c r="P75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R75" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C76" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E76" t="s">
-        <v>344</v>
+        <v>437</v>
       </c>
       <c r="F76" t="s">
-        <v>345</v>
+        <v>438</v>
       </c>
       <c r="G76" t="s">
-        <v>346</v>
+        <v>439</v>
+      </c>
+      <c r="H76" t="s">
+        <v>440</v>
+      </c>
+      <c r="I76" t="s">
+        <v>24</v>
+      </c>
+      <c r="J76" t="s">
+        <v>25</v>
+      </c>
+      <c r="K76" t="s">
+        <v>441</v>
       </c>
       <c r="L76" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M76" t="s">
-        <v>347</v>
+        <v>442</v>
       </c>
       <c r="P76" t="s">
-        <v>240</v>
+        <v>303</v>
       </c>
       <c r="Q76" t="s">
-        <v>348</v>
+        <v>443</v>
       </c>
       <c r="R76" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C77" t="s">
         <v>19</v>
       </c>
       <c r="E77" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F77" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G77" t="s">
-        <v>349</v>
+        <v>444</v>
+      </c>
+      <c r="H77" t="s">
+        <v>445</v>
+      </c>
+      <c r="I77" t="s">
+        <v>50</v>
+      </c>
+      <c r="J77" t="s">
+        <v>25</v>
+      </c>
+      <c r="K77" t="s">
+        <v>133</v>
       </c>
       <c r="L77" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M77" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P77" t="s">
-        <v>350</v>
+        <v>446</v>
       </c>
       <c r="Q77" t="s">
-        <v>245</v>
+        <v>308</v>
       </c>
       <c r="R77" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C78" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E78" t="s">
-        <v>351</v>
+        <v>447</v>
       </c>
       <c r="F78" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G78" t="s">
-        <v>352</v>
+        <v>448</v>
+      </c>
+      <c r="H78" t="s">
+        <v>406</v>
+      </c>
+      <c r="I78" t="s">
+        <v>24</v>
+      </c>
+      <c r="J78" t="s">
+        <v>25</v>
+      </c>
+      <c r="K78" t="s">
+        <v>143</v>
       </c>
       <c r="L78" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M78" t="s">
-        <v>353</v>
+        <v>449</v>
       </c>
       <c r="P78" t="s">
-        <v>354</v>
+        <v>450</v>
       </c>
       <c r="Q78" t="s">
-        <v>355</v>
+        <v>451</v>
       </c>
       <c r="R78" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C79" t="s">
         <v>19</v>
       </c>
       <c r="E79" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F79" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="G79" t="s">
-        <v>357</v>
+        <v>453</v>
+      </c>
+      <c r="H79" t="s">
+        <v>454</v>
+      </c>
+      <c r="I79" t="s">
+        <v>168</v>
+      </c>
+      <c r="J79" t="s">
+        <v>25</v>
+      </c>
+      <c r="K79" t="s">
+        <v>455</v>
       </c>
       <c r="L79" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M79" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P79" t="s">
-        <v>358</v>
+        <v>456</v>
       </c>
       <c r="Q79" t="s">
-        <v>359</v>
+        <v>457</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C80" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E80" t="s">
-        <v>360</v>
+        <v>458</v>
       </c>
       <c r="F80" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G80" t="s">
-        <v>361</v>
+        <v>459</v>
+      </c>
+      <c r="H80" t="s">
+        <v>460</v>
+      </c>
+      <c r="I80" t="s">
+        <v>50</v>
+      </c>
+      <c r="J80" t="s">
+        <v>25</v>
+      </c>
+      <c r="K80" t="s">
+        <v>351</v>
       </c>
       <c r="L80" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M80" t="s">
-        <v>362</v>
+        <v>461</v>
       </c>
       <c r="P80" t="s">
-        <v>363</v>
+        <v>462</v>
       </c>
       <c r="Q80" t="s">
-        <v>364</v>
+        <v>463</v>
       </c>
       <c r="R80" t="s">
-        <v>365</v>
+        <v>464</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C81" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E81" t="s">
-        <v>366</v>
+        <v>465</v>
       </c>
       <c r="F81" t="s">
-        <v>247</v>
+        <v>310</v>
       </c>
       <c r="G81" t="s">
-        <v>367</v>
+        <v>466</v>
+      </c>
+      <c r="H81" t="s">
+        <v>179</v>
+      </c>
+      <c r="I81" t="s">
+        <v>50</v>
+      </c>
+      <c r="J81" t="s">
+        <v>25</v>
+      </c>
+      <c r="K81" t="s">
+        <v>381</v>
       </c>
       <c r="L81" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M81" t="s">
-        <v>368</v>
+        <v>467</v>
       </c>
       <c r="P81" t="s">
-        <v>369</v>
+        <v>468</v>
       </c>
       <c r="Q81" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="R81" t="s">
-        <v>370</v>
+        <v>469</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C82" t="s">
         <v>19</v>
       </c>
       <c r="E82" t="s">
-        <v>282</v>
+        <v>358</v>
       </c>
       <c r="F82" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G82" t="s">
-        <v>371</v>
+        <v>470</v>
+      </c>
+      <c r="J82" t="s">
+        <v>471</v>
       </c>
       <c r="L82" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M82" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="P82" t="s">
-        <v>372</v>
+        <v>472</v>
       </c>
       <c r="Q82" t="s">
-        <v>373</v>
+        <v>473</v>
       </c>
       <c r="R82" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C83" t="s">
         <v>19</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>173</v>
+        <v>222</v>
       </c>
       <c r="G83" t="s">
-        <v>374</v>
+        <v>474</v>
+      </c>
+      <c r="H83" t="s">
+        <v>475</v>
+      </c>
+      <c r="I83" t="s">
+        <v>50</v>
+      </c>
+      <c r="J83" t="s">
+        <v>25</v>
+      </c>
+      <c r="K83" t="s">
+        <v>133</v>
       </c>
       <c r="L83" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M83" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="P83" t="s">
-        <v>176</v>
+        <v>227</v>
       </c>
       <c r="Q83" t="s">
-        <v>112</v>
+        <v>137</v>
       </c>
       <c r="R83" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>18</v>
       </c>
       <c r="C84" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E84" t="s">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="F84" t="s">
-        <v>233</v>
+        <v>294</v>
       </c>
       <c r="G84" t="s">
-        <v>375</v>
+        <v>476</v>
+      </c>
+      <c r="H84" t="s">
+        <v>185</v>
+      </c>
+      <c r="I84" t="s">
+        <v>24</v>
+      </c>
+      <c r="J84" t="s">
+        <v>25</v>
+      </c>
+      <c r="K84" t="s">
+        <v>381</v>
       </c>
       <c r="L84" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M84" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="P84" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q84" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="R84" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C85" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E85" t="s">
-        <v>232</v>
+        <v>293</v>
       </c>
       <c r="F85" t="s">
-        <v>173</v>
+        <v>222</v>
       </c>
       <c r="G85" t="s">
-        <v>376</v>
+        <v>477</v>
+      </c>
+      <c r="H85" t="s">
+        <v>478</v>
+      </c>
+      <c r="I85" t="s">
+        <v>50</v>
+      </c>
+      <c r="J85" t="s">
+        <v>25</v>
+      </c>
+      <c r="K85" t="s">
+        <v>133</v>
       </c>
       <c r="L85" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M85" t="s">
-        <v>235</v>
+        <v>296</v>
       </c>
       <c r="P85" t="s">
-        <v>377</v>
+        <v>479</v>
       </c>
       <c r="Q85" t="s">
-        <v>199</v>
+        <v>255</v>
       </c>
       <c r="R85" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>18</v>
       </c>
       <c r="C86" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E86" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="F86" t="s">
-        <v>378</v>
+        <v>480</v>
       </c>
       <c r="G86" t="s">
-        <v>379</v>
+        <v>481</v>
+      </c>
+      <c r="J86" t="s">
+        <v>103</v>
       </c>
       <c r="L86" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M86" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="P86" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="Q86" t="s">
-        <v>380</v>
+        <v>482</v>
       </c>
       <c r="R86" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C87" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E87" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F87" t="s">
-        <v>381</v>
+        <v>483</v>
       </c>
       <c r="G87" t="s">
+        <v>484</v>
+      </c>
+      <c r="H87" t="s">
+        <v>485</v>
+      </c>
+      <c r="I87" t="s">
+        <v>24</v>
+      </c>
+      <c r="J87" t="s">
+        <v>25</v>
+      </c>
+      <c r="K87" t="s">
+        <v>217</v>
+      </c>
+      <c r="L87" t="s">
+        <v>39</v>
+      </c>
+      <c r="M87" t="s">
         <v>382</v>
       </c>
-      <c r="L87" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P87" t="s">
-        <v>383</v>
+        <v>486</v>
       </c>
       <c r="Q87" t="s">
-        <v>326</v>
+        <v>416</v>
       </c>
       <c r="R87" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C88" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E88" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F88" t="s">
-        <v>384</v>
+        <v>487</v>
       </c>
       <c r="G88" t="s">
-        <v>385</v>
+        <v>488</v>
+      </c>
+      <c r="H88" t="s">
+        <v>489</v>
+      </c>
+      <c r="I88" t="s">
+        <v>24</v>
+      </c>
+      <c r="J88" t="s">
+        <v>25</v>
+      </c>
+      <c r="K88" t="s">
+        <v>225</v>
       </c>
       <c r="L88" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M88" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P88" t="s">
-        <v>150</v>
+        <v>192</v>
       </c>
       <c r="Q88" t="s">
-        <v>308</v>
+        <v>391</v>
       </c>
       <c r="R88" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C89" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E89" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F89" t="s">
-        <v>386</v>
+        <v>490</v>
       </c>
       <c r="G89" t="s">
-        <v>387</v>
+        <v>491</v>
+      </c>
+      <c r="H89" t="s">
+        <v>492</v>
+      </c>
+      <c r="I89" t="s">
+        <v>50</v>
+      </c>
+      <c r="J89" t="s">
+        <v>25</v>
+      </c>
+      <c r="K89" t="s">
+        <v>26</v>
       </c>
       <c r="L89" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M89" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P89" t="s">
-        <v>388</v>
+        <v>493</v>
       </c>
       <c r="Q89" t="s">
-        <v>389</v>
+        <v>494</v>
       </c>
       <c r="R89" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C90" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E90" t="s">
-        <v>290</v>
+        <v>367</v>
       </c>
       <c r="F90" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="G90" t="s">
-        <v>390</v>
+        <v>495</v>
+      </c>
+      <c r="H90" t="s">
+        <v>496</v>
+      </c>
+      <c r="I90" t="s">
+        <v>50</v>
+      </c>
+      <c r="J90" t="s">
+        <v>25</v>
+      </c>
+      <c r="K90" t="s">
+        <v>371</v>
       </c>
       <c r="L90" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M90" t="s">
-        <v>293</v>
+        <v>372</v>
       </c>
       <c r="P90" t="s">
-        <v>391</v>
+        <v>497</v>
       </c>
       <c r="Q90" t="s">
-        <v>392</v>
+        <v>498</v>
       </c>
       <c r="R90" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C91" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E91" t="s">
-        <v>303</v>
+        <v>385</v>
       </c>
       <c r="F91" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="G91" t="s">
-        <v>393</v>
+        <v>499</v>
+      </c>
+      <c r="J91" t="s">
+        <v>95</v>
       </c>
       <c r="L91" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M91" t="s">
-        <v>306</v>
+        <v>389</v>
       </c>
       <c r="P91" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="Q91" t="s">
-        <v>394</v>
+        <v>500</v>
       </c>
       <c r="R91" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C92" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E92" t="s">
-        <v>395</v>
+        <v>501</v>
       </c>
       <c r="F92" t="s">
-        <v>278</v>
+        <v>352</v>
       </c>
       <c r="G92" t="s">
-        <v>396</v>
+        <v>502</v>
+      </c>
+      <c r="H92" t="s">
+        <v>503</v>
+      </c>
+      <c r="I92" t="s">
+        <v>24</v>
+      </c>
+      <c r="J92" t="s">
+        <v>25</v>
+      </c>
+      <c r="K92" t="s">
+        <v>143</v>
       </c>
       <c r="L92" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M92" t="s">
-        <v>397</v>
+        <v>504</v>
       </c>
       <c r="P92" t="s">
-        <v>398</v>
+        <v>505</v>
       </c>
       <c r="Q92" t="s">
-        <v>399</v>
+        <v>506</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C93" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E93" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F93" t="s">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="G93" t="s">
-        <v>400</v>
+        <v>507</v>
+      </c>
+      <c r="H93" t="s">
+        <v>508</v>
+      </c>
+      <c r="I93" t="s">
+        <v>24</v>
+      </c>
+      <c r="J93" t="s">
+        <v>25</v>
+      </c>
+      <c r="K93" t="s">
+        <v>299</v>
       </c>
       <c r="L93" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M93" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P93" t="s">
-        <v>401</v>
+        <v>509</v>
       </c>
       <c r="Q93" t="s">
-        <v>203</v>
+        <v>261</v>
       </c>
       <c r="R93" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C94" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E94" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F94" t="s">
-        <v>279</v>
+        <v>353</v>
       </c>
       <c r="G94" t="s">
-        <v>402</v>
+        <v>510</v>
+      </c>
+      <c r="J94" t="s">
+        <v>148</v>
       </c>
       <c r="L94" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M94" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P94" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q94" t="s">
-        <v>403</v>
+        <v>511</v>
       </c>
       <c r="R94" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C95" t="s">
         <v>19</v>
       </c>
       <c r="E95" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F95" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="G95" t="s">
-        <v>404</v>
+        <v>512</v>
+      </c>
+      <c r="J95" t="s">
+        <v>95</v>
       </c>
       <c r="L95" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M95" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P95" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q95" t="s">
-        <v>406</v>
+        <v>514</v>
       </c>
       <c r="R95" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C96" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E96" t="s">
-        <v>217</v>
+        <v>276</v>
       </c>
       <c r="F96" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G96" t="s">
-        <v>407</v>
+        <v>515</v>
+      </c>
+      <c r="J96" t="s">
+        <v>148</v>
       </c>
       <c r="L96" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M96" t="s">
-        <v>220</v>
+        <v>279</v>
       </c>
       <c r="P96" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="Q96" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="R96" t="s">
-        <v>81</v>
+        <v>99</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C97" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E97" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F97" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="G97" t="s">
-        <v>408</v>
+        <v>516</v>
+      </c>
+      <c r="H97" t="s">
+        <v>517</v>
+      </c>
+      <c r="I97" t="s">
+        <v>24</v>
+      </c>
+      <c r="J97" t="s">
+        <v>25</v>
+      </c>
+      <c r="K97" t="s">
+        <v>180</v>
       </c>
       <c r="L97" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M97" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P97" t="s">
-        <v>409</v>
+        <v>518</v>
       </c>
       <c r="Q97" t="s">
-        <v>410</v>
+        <v>519</v>
       </c>
       <c r="R97" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C98" t="s">
         <v>19</v>
       </c>
       <c r="E98" t="s">
-        <v>411</v>
+        <v>520</v>
       </c>
       <c r="F98" t="s">
-        <v>378</v>
+        <v>480</v>
       </c>
       <c r="G98" t="s">
-        <v>412</v>
+        <v>521</v>
+      </c>
+      <c r="H98" t="s">
+        <v>67</v>
+      </c>
+      <c r="I98" t="s">
+        <v>68</v>
+      </c>
+      <c r="J98" t="s">
+        <v>25</v>
+      </c>
+      <c r="K98" t="s">
+        <v>522</v>
       </c>
       <c r="L98" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M98" t="s">
-        <v>413</v>
+        <v>523</v>
       </c>
       <c r="P98" t="s">
-        <v>414</v>
+        <v>524</v>
       </c>
       <c r="Q98" t="s">
-        <v>394</v>
+        <v>500</v>
       </c>
       <c r="R98" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C99" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E99" t="s">
-        <v>351</v>
+        <v>447</v>
       </c>
       <c r="F99" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G99" t="s">
-        <v>415</v>
+        <v>525</v>
+      </c>
+      <c r="H99" t="s">
+        <v>232</v>
+      </c>
+      <c r="I99" t="s">
+        <v>24</v>
+      </c>
+      <c r="J99" t="s">
+        <v>25</v>
+      </c>
+      <c r="K99" t="s">
+        <v>143</v>
       </c>
       <c r="L99" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M99" t="s">
-        <v>353</v>
+        <v>449</v>
       </c>
       <c r="P99" t="s">
-        <v>416</v>
+        <v>526</v>
       </c>
       <c r="Q99" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="R99" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C100" t="s">
         <v>19</v>
       </c>
       <c r="E100" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="F100" t="s">
-        <v>158</v>
+        <v>201</v>
       </c>
       <c r="G100" t="s">
-        <v>417</v>
+        <v>527</v>
+      </c>
+      <c r="H100" t="s">
+        <v>528</v>
+      </c>
+      <c r="I100" t="s">
+        <v>529</v>
+      </c>
+      <c r="J100" t="s">
+        <v>25</v>
+      </c>
+      <c r="K100" t="s">
+        <v>530</v>
       </c>
       <c r="L100" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M100" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="P100" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q100" t="s">
-        <v>190</v>
+        <v>244</v>
       </c>
       <c r="R100" t="s">
-        <v>276</v>
+        <v>349</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C101" t="s">
         <v>19</v>
       </c>
       <c r="E101" t="s">
-        <v>395</v>
+        <v>501</v>
       </c>
       <c r="F101" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="G101" t="s">
-        <v>418</v>
+        <v>531</v>
+      </c>
+      <c r="J101" t="s">
+        <v>95</v>
       </c>
       <c r="L101" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M101" t="s">
-        <v>397</v>
+        <v>504</v>
       </c>
       <c r="P101" t="s">
-        <v>419</v>
+        <v>532</v>
       </c>
       <c r="Q101" t="s">
-        <v>341</v>
+        <v>434</v>
       </c>
       <c r="R101" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C102" t="s">
         <v>19</v>
       </c>
       <c r="E102" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F102" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="G102" t="s">
-        <v>420</v>
+        <v>533</v>
+      </c>
+      <c r="H102" t="s">
+        <v>534</v>
+      </c>
+      <c r="I102" t="s">
+        <v>142</v>
+      </c>
+      <c r="J102" t="s">
+        <v>25</v>
+      </c>
+      <c r="K102" t="s">
+        <v>180</v>
       </c>
       <c r="L102" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M102" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P102" t="s">
-        <v>421</v>
+        <v>535</v>
       </c>
       <c r="Q102" t="s">
-        <v>422</v>
+        <v>536</v>
       </c>
       <c r="R102" t="s">
-        <v>81</v>
+        <v>99</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>18</v>
       </c>
       <c r="C103" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E103" t="s">
+        <v>100</v>
+      </c>
+      <c r="F103" t="s">
+        <v>537</v>
+      </c>
+      <c r="G103" t="s">
+        <v>538</v>
+      </c>
+      <c r="H103" t="s">
+        <v>539</v>
+      </c>
+      <c r="I103" t="s">
+        <v>142</v>
+      </c>
+      <c r="J103" t="s">
+        <v>25</v>
+      </c>
+      <c r="K103" t="s">
+        <v>540</v>
+      </c>
+      <c r="L103" t="s">
+        <v>27</v>
+      </c>
+      <c r="M103" t="s">
+        <v>104</v>
+      </c>
+      <c r="P103" t="s">
+        <v>251</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>384</v>
+      </c>
+      <c r="R103" t="s">
         <v>82</v>
-      </c>
-[...19 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C104" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E104" t="s">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="F104" t="s">
-        <v>414</v>
+        <v>524</v>
       </c>
       <c r="G104" t="s">
-        <v>425</v>
+        <v>541</v>
+      </c>
+      <c r="H104" t="s">
+        <v>410</v>
+      </c>
+      <c r="I104" t="s">
+        <v>168</v>
+      </c>
+      <c r="J104" t="s">
+        <v>25</v>
+      </c>
+      <c r="K104" t="s">
+        <v>530</v>
       </c>
       <c r="L104" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M104" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
       <c r="P104" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="Q104" t="s">
-        <v>403</v>
+        <v>511</v>
       </c>
       <c r="R104" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C105" t="s">
         <v>19</v>
       </c>
       <c r="E105" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="F105" t="s">
-        <v>327</v>
+        <v>417</v>
       </c>
       <c r="G105" t="s">
-        <v>426</v>
+        <v>542</v>
+      </c>
+      <c r="H105" t="s">
+        <v>423</v>
+      </c>
+      <c r="I105" t="s">
+        <v>168</v>
+      </c>
+      <c r="J105" t="s">
+        <v>25</v>
+      </c>
+      <c r="K105" t="s">
+        <v>143</v>
       </c>
       <c r="L105" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M105" t="s">
-        <v>164</v>
+        <v>211</v>
       </c>
       <c r="P105" t="s">
-        <v>427</v>
+        <v>543</v>
       </c>
       <c r="Q105" t="s">
-        <v>310</v>
+        <v>394</v>
       </c>
       <c r="R105" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C106" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E106" t="s">
+        <v>92</v>
+      </c>
+      <c r="F106" t="s">
         <v>75</v>
       </c>
-      <c r="F106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G106" t="s">
-        <v>428</v>
+        <v>544</v>
+      </c>
+      <c r="H106" t="s">
+        <v>545</v>
+      </c>
+      <c r="I106" t="s">
+        <v>24</v>
+      </c>
+      <c r="J106" t="s">
+        <v>25</v>
+      </c>
+      <c r="K106" t="s">
+        <v>530</v>
       </c>
       <c r="L106" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M106" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P106" t="s">
-        <v>427</v>
+        <v>543</v>
       </c>
       <c r="Q106" t="s">
-        <v>245</v>
+        <v>308</v>
       </c>
       <c r="R106" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C107" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E107" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="F107" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="G107" t="s">
-        <v>429</v>
+        <v>546</v>
+      </c>
+      <c r="H107" t="s">
+        <v>547</v>
+      </c>
+      <c r="I107" t="s">
+        <v>50</v>
+      </c>
+      <c r="J107" t="s">
+        <v>25</v>
+      </c>
+      <c r="K107" t="s">
+        <v>381</v>
       </c>
       <c r="L107" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M107" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="P107" t="s">
-        <v>430</v>
+        <v>548</v>
       </c>
       <c r="Q107" t="s">
-        <v>406</v>
+        <v>514</v>
       </c>
       <c r="R107" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C108" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E108" t="s">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="F108" t="s">
-        <v>431</v>
+        <v>549</v>
       </c>
       <c r="G108" t="s">
-        <v>432</v>
+        <v>550</v>
+      </c>
+      <c r="H108" t="s">
+        <v>551</v>
+      </c>
+      <c r="I108" t="s">
+        <v>24</v>
+      </c>
+      <c r="J108" t="s">
+        <v>25</v>
+      </c>
+      <c r="K108" t="s">
+        <v>299</v>
       </c>
       <c r="L108" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M108" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="P108" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q108" t="s">
-        <v>260</v>
+        <v>326</v>
       </c>
       <c r="R108" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C109" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E109" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F109" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G109" t="s">
-        <v>433</v>
+        <v>552</v>
+      </c>
+      <c r="H109" t="s">
+        <v>553</v>
+      </c>
+      <c r="I109" t="s">
+        <v>204</v>
+      </c>
+      <c r="J109" t="s">
+        <v>25</v>
+      </c>
+      <c r="K109" t="s">
+        <v>530</v>
       </c>
       <c r="L109" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M109" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P109" t="s">
-        <v>434</v>
+        <v>554</v>
       </c>
       <c r="Q109" t="s">
-        <v>435</v>
+        <v>555</v>
       </c>
       <c r="R109" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="110" spans="1:18">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C110" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E110" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F110" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="G110" t="s">
-        <v>436</v>
+        <v>556</v>
+      </c>
+      <c r="J110" t="s">
+        <v>557</v>
       </c>
       <c r="L110" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M110" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P110" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="Q110" t="s">
-        <v>177</v>
+        <v>228</v>
       </c>
       <c r="R110" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="111" spans="1:18">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
         <v>18</v>
       </c>
       <c r="C111" t="s">
         <v>19</v>
       </c>
       <c r="E111" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F111" t="s">
-        <v>437</v>
+        <v>558</v>
       </c>
       <c r="G111" t="s">
-        <v>438</v>
+        <v>559</v>
+      </c>
+      <c r="J111" t="s">
+        <v>95</v>
       </c>
       <c r="L111" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M111" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P111" t="s">
-        <v>323</v>
+        <v>412</v>
       </c>
       <c r="Q111" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="R111" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C112" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E112" t="s">
-        <v>439</v>
+        <v>560</v>
       </c>
       <c r="F112" t="s">
-        <v>256</v>
+        <v>320</v>
       </c>
       <c r="G112" t="s">
-        <v>440</v>
+        <v>561</v>
+      </c>
+      <c r="H112" t="s">
+        <v>419</v>
+      </c>
+      <c r="I112" t="s">
+        <v>50</v>
+      </c>
+      <c r="J112" t="s">
+        <v>25</v>
+      </c>
+      <c r="K112" t="s">
+        <v>455</v>
       </c>
       <c r="L112" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M112" t="s">
-        <v>441</v>
+        <v>562</v>
       </c>
       <c r="P112" t="s">
-        <v>434</v>
+        <v>554</v>
       </c>
       <c r="Q112" t="s">
-        <v>165</v>
+        <v>212</v>
       </c>
       <c r="R112" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="113" spans="1:18">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C113" t="s">
         <v>19</v>
       </c>
       <c r="E113" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F113" t="s">
-        <v>437</v>
+        <v>558</v>
       </c>
       <c r="G113" t="s">
-        <v>442</v>
+        <v>563</v>
+      </c>
+      <c r="H113" t="s">
+        <v>564</v>
+      </c>
+      <c r="I113" t="s">
+        <v>50</v>
+      </c>
+      <c r="J113" t="s">
+        <v>25</v>
+      </c>
+      <c r="K113" t="s">
+        <v>180</v>
       </c>
       <c r="L113" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M113" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P113" t="s">
-        <v>443</v>
+        <v>565</v>
       </c>
       <c r="Q113" t="s">
-        <v>389</v>
+        <v>494</v>
       </c>
       <c r="R113" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C114" t="s">
         <v>19</v>
       </c>
       <c r="E114" t="s">
-        <v>211</v>
+        <v>270</v>
       </c>
       <c r="F114" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="G114" t="s">
-        <v>444</v>
+        <v>566</v>
+      </c>
+      <c r="H114" t="s">
+        <v>174</v>
+      </c>
+      <c r="I114" t="s">
+        <v>24</v>
+      </c>
+      <c r="J114" t="s">
+        <v>25</v>
+      </c>
+      <c r="K114" t="s">
+        <v>60</v>
       </c>
       <c r="L114" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M114" t="s">
-        <v>214</v>
+        <v>273</v>
       </c>
       <c r="P114" t="s">
-        <v>445</v>
+        <v>567</v>
       </c>
       <c r="Q114" t="s">
-        <v>359</v>
+        <v>457</v>
       </c>
       <c r="R114" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C115" t="s">
         <v>19</v>
       </c>
       <c r="E115" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="F115" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="G115" t="s">
-        <v>446</v>
+        <v>568</v>
+      </c>
+      <c r="H115" t="s">
+        <v>419</v>
+      </c>
+      <c r="I115" t="s">
+        <v>50</v>
+      </c>
+      <c r="J115" t="s">
+        <v>25</v>
+      </c>
+      <c r="K115" t="s">
+        <v>411</v>
       </c>
       <c r="L115" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M115" t="s">
-        <v>164</v>
+        <v>211</v>
       </c>
       <c r="P115" t="s">
-        <v>447</v>
+        <v>569</v>
       </c>
       <c r="Q115" t="s">
-        <v>359</v>
+        <v>457</v>
       </c>
       <c r="R115" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C116" t="s">
         <v>19</v>
       </c>
       <c r="E116" t="s">
-        <v>448</v>
+        <v>570</v>
       </c>
       <c r="F116" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G116" t="s">
-        <v>449</v>
+        <v>571</v>
+      </c>
+      <c r="J116" t="s">
+        <v>95</v>
       </c>
       <c r="L116" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M116" t="s">
-        <v>450</v>
+        <v>572</v>
       </c>
       <c r="P116" t="s">
-        <v>451</v>
+        <v>573</v>
       </c>
       <c r="Q116" t="s">
-        <v>452</v>
+        <v>574</v>
       </c>
       <c r="R116" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C117" t="s">
         <v>19</v>
       </c>
       <c r="E117" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
       <c r="F117" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="G117" t="s">
-        <v>453</v>
+        <v>575</v>
+      </c>
+      <c r="H117" t="s">
+        <v>576</v>
+      </c>
+      <c r="I117" t="s">
+        <v>24</v>
+      </c>
+      <c r="J117" t="s">
+        <v>25</v>
+      </c>
+      <c r="K117" t="s">
+        <v>577</v>
       </c>
       <c r="L117" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M117" t="s">
-        <v>155</v>
+        <v>198</v>
       </c>
       <c r="P117" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q117" t="s">
-        <v>454</v>
+        <v>578</v>
       </c>
       <c r="R117" t="s">
-        <v>365</v>
+        <v>464</v>
       </c>
     </row>
     <row r="118" spans="1:18">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C118" t="s">
         <v>19</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
-        <v>173</v>
+        <v>222</v>
       </c>
       <c r="G118" t="s">
-        <v>455</v>
+        <v>579</v>
+      </c>
+      <c r="J118" t="s">
+        <v>580</v>
       </c>
       <c r="L118" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M118" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="P118" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q118" t="s">
-        <v>456</v>
+        <v>581</v>
       </c>
       <c r="R118" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C119" t="s">
         <v>19</v>
       </c>
       <c r="E119" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
       <c r="F119" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G119" t="s">
-        <v>457</v>
+        <v>582</v>
+      </c>
+      <c r="H119" t="s">
+        <v>545</v>
+      </c>
+      <c r="I119" t="s">
+        <v>24</v>
+      </c>
+      <c r="J119" t="s">
+        <v>25</v>
+      </c>
+      <c r="K119" t="s">
+        <v>133</v>
       </c>
       <c r="L119" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M119" t="s">
-        <v>155</v>
+        <v>198</v>
       </c>
       <c r="P119" t="s">
-        <v>458</v>
+        <v>583</v>
       </c>
       <c r="Q119" t="s">
-        <v>245</v>
+        <v>308</v>
       </c>
       <c r="R119" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C120" t="s">
         <v>19</v>
       </c>
       <c r="E120" t="s">
-        <v>459</v>
+        <v>584</v>
       </c>
       <c r="F120" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G120" t="s">
-        <v>460</v>
+        <v>585</v>
+      </c>
+      <c r="H120" t="s">
+        <v>586</v>
+      </c>
+      <c r="I120" t="s">
+        <v>24</v>
+      </c>
+      <c r="J120" t="s">
+        <v>25</v>
+      </c>
+      <c r="K120" t="s">
+        <v>143</v>
       </c>
       <c r="L120" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M120" t="s">
-        <v>461</v>
+        <v>587</v>
       </c>
       <c r="P120" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q120" t="s">
-        <v>462</v>
+        <v>588</v>
       </c>
       <c r="R120" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>223</v>
+        <v>282</v>
       </c>
       <c r="C121" t="s">
         <v>19</v>
       </c>
       <c r="E121" t="s">
-        <v>211</v>
+        <v>270</v>
       </c>
       <c r="F121" t="s">
-        <v>327</v>
+        <v>417</v>
       </c>
       <c r="G121" t="s">
-        <v>463</v>
+        <v>589</v>
+      </c>
+      <c r="H121" t="s">
+        <v>590</v>
+      </c>
+      <c r="I121" t="s">
+        <v>50</v>
+      </c>
+      <c r="J121" t="s">
+        <v>25</v>
+      </c>
+      <c r="K121" t="s">
+        <v>371</v>
       </c>
       <c r="L121" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M121" t="s">
-        <v>214</v>
+        <v>273</v>
       </c>
       <c r="P121" t="s">
-        <v>464</v>
+        <v>591</v>
       </c>
       <c r="Q121" t="s">
-        <v>210</v>
+        <v>269</v>
       </c>
       <c r="R121" t="s">
-        <v>276</v>
+        <v>349</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C122" t="s">
         <v>19</v>
       </c>
       <c r="E122" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F122" t="s">
-        <v>218</v>
+        <v>277</v>
       </c>
       <c r="G122" t="s">
-        <v>465</v>
+        <v>592</v>
+      </c>
+      <c r="H122" t="s">
+        <v>419</v>
+      </c>
+      <c r="I122" t="s">
+        <v>50</v>
+      </c>
+      <c r="J122" t="s">
+        <v>25</v>
+      </c>
+      <c r="K122" t="s">
+        <v>133</v>
       </c>
       <c r="L122" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M122" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P122" t="s">
-        <v>195</v>
+        <v>251</v>
       </c>
       <c r="Q122" t="s">
-        <v>466</v>
+        <v>593</v>
       </c>
       <c r="R122" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="123" spans="1:18">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C123" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E123" t="s">
-        <v>344</v>
+        <v>437</v>
       </c>
       <c r="F123" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G123" t="s">
-        <v>467</v>
+        <v>594</v>
+      </c>
+      <c r="H123" t="s">
+        <v>595</v>
+      </c>
+      <c r="I123" t="s">
+        <v>24</v>
+      </c>
+      <c r="J123" t="s">
+        <v>25</v>
+      </c>
+      <c r="K123" t="s">
+        <v>26</v>
       </c>
       <c r="L123" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M123" t="s">
-        <v>347</v>
+        <v>442</v>
       </c>
       <c r="P123" t="s">
-        <v>468</v>
+        <v>596</v>
       </c>
       <c r="Q123" t="s">
-        <v>469</v>
+        <v>597</v>
       </c>
       <c r="R123" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="124" spans="1:18">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C124" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E124" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="F124" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="G124" t="s">
-        <v>470</v>
+        <v>598</v>
+      </c>
+      <c r="H124" t="s">
+        <v>174</v>
+      </c>
+      <c r="I124" t="s">
+        <v>24</v>
+      </c>
+      <c r="J124" t="s">
+        <v>25</v>
+      </c>
+      <c r="K124" t="s">
+        <v>599</v>
       </c>
       <c r="L124" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M124" t="s">
-        <v>164</v>
+        <v>211</v>
       </c>
       <c r="P124" t="s">
-        <v>471</v>
+        <v>600</v>
       </c>
       <c r="Q124" t="s">
-        <v>472</v>
+        <v>601</v>
       </c>
       <c r="R124" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C125" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E125" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F125" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="G125" t="s">
-        <v>473</v>
+        <v>602</v>
+      </c>
+      <c r="J125" t="s">
+        <v>603</v>
       </c>
       <c r="L125" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M125" t="s">
+        <v>89</v>
+      </c>
+      <c r="P125" t="s">
         <v>72</v>
       </c>
-      <c r="P125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q125" t="s">
-        <v>245</v>
+        <v>308</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C126" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E126" t="s">
-        <v>474</v>
+        <v>604</v>
       </c>
       <c r="F126" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G126" t="s">
-        <v>475</v>
+        <v>605</v>
+      </c>
+      <c r="H126" t="s">
+        <v>489</v>
+      </c>
+      <c r="I126" t="s">
+        <v>24</v>
+      </c>
+      <c r="J126" t="s">
+        <v>25</v>
+      </c>
+      <c r="K126" t="s">
+        <v>606</v>
       </c>
       <c r="L126" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M126" t="s">
-        <v>476</v>
+        <v>607</v>
       </c>
       <c r="P126" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q126" t="s">
-        <v>254</v>
+        <v>318</v>
       </c>
       <c r="R126" t="s">
-        <v>365</v>
+        <v>464</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
         <v>18</v>
       </c>
       <c r="C127" t="s">
         <v>19</v>
       </c>
       <c r="E127" t="s">
-        <v>477</v>
+        <v>608</v>
       </c>
       <c r="F127" t="s">
-        <v>173</v>
+        <v>222</v>
       </c>
       <c r="G127" t="s">
-        <v>478</v>
+        <v>609</v>
+      </c>
+      <c r="H127" t="s">
+        <v>610</v>
+      </c>
+      <c r="I127" t="s">
+        <v>50</v>
+      </c>
+      <c r="J127" t="s">
+        <v>25</v>
+      </c>
+      <c r="K127" t="s">
+        <v>186</v>
       </c>
       <c r="L127" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M127" t="s">
-        <v>479</v>
+        <v>611</v>
       </c>
       <c r="P127" t="s">
-        <v>480</v>
+        <v>612</v>
       </c>
       <c r="Q127" t="s">
-        <v>243</v>
+        <v>306</v>
       </c>
       <c r="R127" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="128" spans="1:18">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C128" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E128" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F128" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G128" t="s">
-        <v>481</v>
+        <v>613</v>
+      </c>
+      <c r="H128" t="s">
+        <v>179</v>
+      </c>
+      <c r="I128" t="s">
+        <v>24</v>
+      </c>
+      <c r="J128" t="s">
+        <v>25</v>
+      </c>
+      <c r="K128" t="s">
+        <v>210</v>
       </c>
       <c r="L128" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M128" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P128" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q128" t="s">
-        <v>160</v>
+        <v>205</v>
       </c>
       <c r="R128" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="129" spans="1:18">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C129" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E129" t="s">
-        <v>477</v>
+        <v>608</v>
       </c>
       <c r="F129" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="G129" t="s">
-        <v>482</v>
+        <v>614</v>
+      </c>
+      <c r="H129" t="s">
+        <v>615</v>
+      </c>
+      <c r="I129" t="s">
+        <v>168</v>
+      </c>
+      <c r="J129" t="s">
+        <v>25</v>
+      </c>
+      <c r="K129" t="s">
+        <v>616</v>
       </c>
       <c r="L129" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M129" t="s">
-        <v>479</v>
+        <v>611</v>
       </c>
       <c r="P129" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q129" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="R129" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C130" t="s">
         <v>19</v>
       </c>
       <c r="E130" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F130" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G130" t="s">
-        <v>483</v>
+        <v>617</v>
+      </c>
+      <c r="H130" t="s">
+        <v>618</v>
+      </c>
+      <c r="I130" t="s">
+        <v>24</v>
+      </c>
+      <c r="J130" t="s">
+        <v>25</v>
+      </c>
+      <c r="K130" t="s">
+        <v>286</v>
       </c>
       <c r="L130" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M130" t="s">
+        <v>89</v>
+      </c>
+      <c r="P130" t="s">
         <v>72</v>
       </c>
-      <c r="P130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q130" t="s">
-        <v>203</v>
+        <v>261</v>
       </c>
       <c r="R130" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C131" t="s">
         <v>19</v>
       </c>
       <c r="E131" t="s">
-        <v>88</v>
+        <v>107</v>
       </c>
       <c r="F131" t="s">
-        <v>484</v>
+        <v>619</v>
       </c>
       <c r="G131" t="s">
-        <v>485</v>
+        <v>620</v>
+      </c>
+      <c r="J131" t="s">
+        <v>95</v>
       </c>
       <c r="L131" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M131" t="s">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="P131" t="s">
-        <v>486</v>
+        <v>621</v>
       </c>
       <c r="Q131" t="s">
-        <v>136</v>
+        <v>171</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C132" t="s">
         <v>19</v>
       </c>
       <c r="E132" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F132" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G132" t="s">
-        <v>488</v>
+        <v>623</v>
+      </c>
+      <c r="J132" t="s">
+        <v>103</v>
       </c>
       <c r="L132" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M132" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P132" t="s">
-        <v>489</v>
+        <v>624</v>
       </c>
       <c r="Q132" t="s">
-        <v>380</v>
+        <v>482</v>
       </c>
       <c r="R132" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C133" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E133" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F133" t="s">
-        <v>238</v>
+        <v>301</v>
       </c>
       <c r="G133" t="s">
-        <v>490</v>
+        <v>625</v>
+      </c>
+      <c r="J133" t="s">
+        <v>95</v>
       </c>
       <c r="L133" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M133" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P133" t="s">
-        <v>240</v>
+        <v>303</v>
       </c>
       <c r="Q133" t="s">
-        <v>392</v>
+        <v>498</v>
       </c>
     </row>
     <row r="134" spans="1:18">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C134" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E134" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="F134" t="s">
-        <v>158</v>
+        <v>201</v>
       </c>
       <c r="G134" t="s">
-        <v>491</v>
+        <v>626</v>
+      </c>
+      <c r="H134" t="s">
+        <v>627</v>
+      </c>
+      <c r="I134" t="s">
+        <v>204</v>
+      </c>
+      <c r="J134" t="s">
+        <v>25</v>
+      </c>
+      <c r="K134" t="s">
+        <v>51</v>
       </c>
       <c r="L134" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M134" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="P134" t="s">
-        <v>492</v>
+        <v>628</v>
       </c>
       <c r="Q134" t="s">
-        <v>165</v>
+        <v>212</v>
       </c>
       <c r="R134" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C135" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E135" t="s">
-        <v>268</v>
+        <v>338</v>
       </c>
       <c r="F135" t="s">
-        <v>493</v>
+        <v>629</v>
       </c>
       <c r="G135" t="s">
-        <v>494</v>
+        <v>630</v>
+      </c>
+      <c r="H135" t="s">
+        <v>631</v>
+      </c>
+      <c r="I135" t="s">
+        <v>204</v>
+      </c>
+      <c r="J135" t="s">
+        <v>25</v>
+      </c>
+      <c r="K135" t="s">
+        <v>530</v>
       </c>
       <c r="L135" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M135" t="s">
-        <v>270</v>
+        <v>341</v>
       </c>
       <c r="P135" t="s">
-        <v>495</v>
+        <v>632</v>
       </c>
       <c r="Q135" t="s">
-        <v>112</v>
+        <v>137</v>
       </c>
       <c r="R135" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C136" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E136" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F136" t="s">
-        <v>496</v>
+        <v>633</v>
       </c>
       <c r="G136" t="s">
-        <v>497</v>
+        <v>634</v>
+      </c>
+      <c r="H136" t="s">
+        <v>635</v>
+      </c>
+      <c r="I136" t="s">
+        <v>24</v>
+      </c>
+      <c r="J136" t="s">
+        <v>25</v>
+      </c>
+      <c r="K136" t="s">
+        <v>381</v>
       </c>
       <c r="L136" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M136" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P136" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="Q136" t="s">
-        <v>392</v>
+        <v>498</v>
       </c>
       <c r="R136" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C137" t="s">
         <v>19</v>
       </c>
       <c r="E137" t="s">
-        <v>411</v>
+        <v>520</v>
       </c>
       <c r="F137" t="s">
-        <v>233</v>
+        <v>294</v>
       </c>
       <c r="G137" t="s">
-        <v>498</v>
+        <v>636</v>
+      </c>
+      <c r="J137" t="s">
+        <v>330</v>
       </c>
       <c r="L137" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M137" t="s">
-        <v>413</v>
+        <v>523</v>
       </c>
       <c r="P137" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q137" t="s">
-        <v>499</v>
+        <v>637</v>
       </c>
       <c r="R137" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="138" spans="1:18">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C138" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E138" t="s">
-        <v>411</v>
+        <v>520</v>
       </c>
       <c r="F138" t="s">
-        <v>500</v>
+        <v>638</v>
       </c>
       <c r="G138" t="s">
-        <v>501</v>
+        <v>639</v>
+      </c>
+      <c r="H138" t="s">
+        <v>640</v>
+      </c>
+      <c r="I138" t="s">
+        <v>168</v>
+      </c>
+      <c r="J138" t="s">
+        <v>25</v>
+      </c>
+      <c r="K138" t="s">
+        <v>381</v>
       </c>
       <c r="L138" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M138" t="s">
-        <v>413</v>
+        <v>523</v>
       </c>
       <c r="P138" t="s">
-        <v>414</v>
+        <v>524</v>
       </c>
       <c r="Q138" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
       <c r="R138" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="139" spans="1:18">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C139" t="s">
         <v>19</v>
       </c>
       <c r="E139" t="s">
-        <v>344</v>
+        <v>437</v>
       </c>
       <c r="F139" t="s">
-        <v>350</v>
+        <v>446</v>
       </c>
       <c r="G139" t="s">
-        <v>502</v>
+        <v>641</v>
+      </c>
+      <c r="H139" t="s">
+        <v>232</v>
+      </c>
+      <c r="I139" t="s">
+        <v>24</v>
+      </c>
+      <c r="J139" t="s">
+        <v>25</v>
+      </c>
+      <c r="K139" t="s">
+        <v>642</v>
       </c>
       <c r="L139" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M139" t="s">
-        <v>347</v>
+        <v>442</v>
       </c>
       <c r="P139" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q139" t="s">
-        <v>503</v>
+        <v>643</v>
       </c>
       <c r="R139" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C140" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E140" t="s">
-        <v>477</v>
+        <v>608</v>
       </c>
       <c r="F140" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G140" t="s">
-        <v>504</v>
+        <v>644</v>
+      </c>
+      <c r="H140" t="s">
+        <v>645</v>
+      </c>
+      <c r="I140" t="s">
+        <v>204</v>
+      </c>
+      <c r="J140" t="s">
+        <v>25</v>
+      </c>
+      <c r="K140" t="s">
+        <v>646</v>
       </c>
       <c r="L140" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M140" t="s">
-        <v>479</v>
+        <v>611</v>
       </c>
       <c r="P140" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q140" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
       <c r="R140" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C141" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E141" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F141" t="s">
-        <v>505</v>
+        <v>647</v>
       </c>
       <c r="G141" t="s">
-        <v>506</v>
+        <v>648</v>
+      </c>
+      <c r="H141" t="s">
+        <v>545</v>
+      </c>
+      <c r="I141" t="s">
+        <v>24</v>
+      </c>
+      <c r="J141" t="s">
+        <v>25</v>
+      </c>
+      <c r="K141" t="s">
+        <v>143</v>
       </c>
       <c r="L141" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M141" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P141" t="s">
-        <v>186</v>
+        <v>239</v>
       </c>
       <c r="Q141" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="R141" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="142" spans="1:18">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C142" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E142" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F142" t="s">
-        <v>386</v>
+        <v>490</v>
       </c>
       <c r="G142" t="s">
-        <v>507</v>
+        <v>649</v>
+      </c>
+      <c r="H142" t="s">
+        <v>650</v>
+      </c>
+      <c r="I142" t="s">
+        <v>24</v>
+      </c>
+      <c r="J142" t="s">
+        <v>25</v>
+      </c>
+      <c r="K142" t="s">
+        <v>651</v>
       </c>
       <c r="L142" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M142" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P142" t="s">
-        <v>288</v>
+        <v>365</v>
       </c>
       <c r="Q142" t="s">
-        <v>508</v>
+        <v>652</v>
       </c>
       <c r="R142" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C143" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E143" t="s">
-        <v>459</v>
+        <v>584</v>
       </c>
       <c r="F143" t="s">
-        <v>256</v>
+        <v>320</v>
       </c>
       <c r="G143" t="s">
-        <v>509</v>
+        <v>653</v>
+      </c>
+      <c r="H143" t="s">
+        <v>586</v>
+      </c>
+      <c r="I143" t="s">
+        <v>24</v>
+      </c>
+      <c r="J143" t="s">
+        <v>25</v>
+      </c>
+      <c r="K143" t="s">
+        <v>26</v>
       </c>
       <c r="L143" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M143" t="s">
-        <v>461</v>
+        <v>587</v>
       </c>
       <c r="P143" t="s">
-        <v>510</v>
+        <v>654</v>
       </c>
       <c r="Q143" t="s">
-        <v>466</v>
+        <v>593</v>
       </c>
       <c r="R143" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C144" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E144" t="s">
-        <v>232</v>
+        <v>293</v>
       </c>
       <c r="F144" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G144" t="s">
-        <v>511</v>
+        <v>655</v>
+      </c>
+      <c r="H144" t="s">
+        <v>656</v>
+      </c>
+      <c r="I144" t="s">
+        <v>50</v>
+      </c>
+      <c r="J144" t="s">
+        <v>25</v>
+      </c>
+      <c r="K144" t="s">
+        <v>657</v>
       </c>
       <c r="L144" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M144" t="s">
-        <v>235</v>
+        <v>296</v>
       </c>
       <c r="P144" t="s">
-        <v>512</v>
+        <v>658</v>
       </c>
       <c r="Q144" t="s">
-        <v>289</v>
+        <v>366</v>
       </c>
       <c r="R144" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="145" spans="1:18">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C145" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E145" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F145" t="s">
-        <v>279</v>
+        <v>353</v>
       </c>
       <c r="G145" t="s">
-        <v>513</v>
+        <v>659</v>
+      </c>
+      <c r="H145" t="s">
+        <v>232</v>
+      </c>
+      <c r="I145" t="s">
+        <v>24</v>
+      </c>
+      <c r="J145" t="s">
+        <v>25</v>
+      </c>
+      <c r="K145" t="s">
+        <v>143</v>
       </c>
       <c r="L145" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M145" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P145" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q145" t="s">
-        <v>514</v>
+        <v>660</v>
       </c>
       <c r="R145" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="146" spans="1:18">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C146" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E146" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F146" t="s">
-        <v>381</v>
+        <v>483</v>
       </c>
       <c r="G146" t="s">
-        <v>515</v>
+        <v>661</v>
+      </c>
+      <c r="H146" t="s">
+        <v>662</v>
+      </c>
+      <c r="I146" t="s">
+        <v>168</v>
+      </c>
+      <c r="J146" t="s">
+        <v>25</v>
+      </c>
+      <c r="K146" t="s">
+        <v>51</v>
       </c>
       <c r="L146" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M146" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P146" t="s">
-        <v>516</v>
+        <v>663</v>
       </c>
       <c r="Q146" t="s">
-        <v>517</v>
+        <v>664</v>
       </c>
       <c r="R146" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="147" spans="1:18">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C147" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E147" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F147" t="s">
-        <v>518</v>
+        <v>665</v>
       </c>
       <c r="G147" t="s">
-        <v>519</v>
+        <v>666</v>
+      </c>
+      <c r="H147" t="s">
+        <v>667</v>
+      </c>
+      <c r="I147" t="s">
+        <v>204</v>
+      </c>
+      <c r="J147" t="s">
+        <v>25</v>
+      </c>
+      <c r="K147" t="s">
+        <v>299</v>
       </c>
       <c r="L147" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M147" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P147" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q147" t="s">
-        <v>243</v>
+        <v>306</v>
       </c>
       <c r="R147" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="148" spans="1:18">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C148" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E148" t="s">
-        <v>360</v>
+        <v>458</v>
       </c>
       <c r="F148" t="s">
-        <v>378</v>
+        <v>480</v>
       </c>
       <c r="G148" t="s">
-        <v>520</v>
+        <v>668</v>
+      </c>
+      <c r="H148" t="s">
+        <v>669</v>
+      </c>
+      <c r="I148" t="s">
+        <v>204</v>
+      </c>
+      <c r="J148" t="s">
+        <v>25</v>
+      </c>
+      <c r="K148" t="s">
+        <v>259</v>
       </c>
       <c r="L148" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M148" t="s">
-        <v>362</v>
+        <v>461</v>
       </c>
       <c r="P148" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q148" t="s">
-        <v>521</v>
+        <v>670</v>
       </c>
       <c r="R148" t="s">
-        <v>276</v>
+        <v>349</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C149" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E149" t="s">
-        <v>232</v>
+        <v>293</v>
       </c>
       <c r="F149" t="s">
-        <v>256</v>
+        <v>320</v>
       </c>
       <c r="G149" t="s">
-        <v>522</v>
+        <v>671</v>
+      </c>
+      <c r="H149" t="s">
+        <v>672</v>
+      </c>
+      <c r="I149" t="s">
+        <v>50</v>
+      </c>
+      <c r="J149" t="s">
+        <v>25</v>
+      </c>
+      <c r="K149" t="s">
+        <v>411</v>
       </c>
       <c r="L149" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M149" t="s">
-        <v>235</v>
+        <v>296</v>
       </c>
       <c r="P149" t="s">
-        <v>471</v>
+        <v>600</v>
       </c>
       <c r="Q149" t="s">
-        <v>308</v>
+        <v>391</v>
       </c>
       <c r="R149" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="150" spans="1:18">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C150" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E150" t="s">
-        <v>344</v>
+        <v>437</v>
       </c>
       <c r="F150" t="s">
-        <v>304</v>
+        <v>386</v>
       </c>
       <c r="G150" t="s">
-        <v>523</v>
+        <v>673</v>
+      </c>
+      <c r="H150" t="s">
+        <v>595</v>
+      </c>
+      <c r="I150" t="s">
+        <v>24</v>
+      </c>
+      <c r="J150" t="s">
+        <v>25</v>
+      </c>
+      <c r="K150" t="s">
+        <v>657</v>
       </c>
       <c r="L150" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M150" t="s">
-        <v>347</v>
+        <v>442</v>
       </c>
       <c r="P150" t="s">
-        <v>524</v>
+        <v>674</v>
       </c>
       <c r="Q150" t="s">
-        <v>525</v>
+        <v>675</v>
       </c>
       <c r="R150" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="151" spans="1:18">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C151" t="s">
         <v>19</v>
       </c>
       <c r="E151" t="s">
-        <v>144</v>
+        <v>183</v>
       </c>
       <c r="F151" t="s">
-        <v>378</v>
+        <v>480</v>
       </c>
       <c r="G151" t="s">
-        <v>526</v>
+        <v>676</v>
+      </c>
+      <c r="H151" t="s">
+        <v>677</v>
+      </c>
+      <c r="I151" t="s">
+        <v>24</v>
+      </c>
+      <c r="J151" t="s">
+        <v>25</v>
+      </c>
+      <c r="K151" t="s">
+        <v>455</v>
       </c>
       <c r="L151" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M151" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="P151" t="s">
-        <v>527</v>
+        <v>678</v>
       </c>
       <c r="Q151" t="s">
-        <v>521</v>
+        <v>670</v>
       </c>
       <c r="R151" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="152" spans="1:18">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C152" t="s">
         <v>19</v>
       </c>
       <c r="E152" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F152" t="s">
-        <v>273</v>
+        <v>345</v>
       </c>
       <c r="G152" t="s">
-        <v>528</v>
+        <v>679</v>
+      </c>
+      <c r="H152" t="s">
+        <v>680</v>
+      </c>
+      <c r="I152" t="s">
+        <v>24</v>
+      </c>
+      <c r="J152" t="s">
+        <v>25</v>
+      </c>
+      <c r="K152" t="s">
+        <v>286</v>
       </c>
       <c r="L152" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M152" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P152" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="Q152" t="s">
-        <v>380</v>
+        <v>482</v>
       </c>
       <c r="R152" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="153" spans="1:18">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C153" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>350</v>
+        <v>446</v>
       </c>
       <c r="G153" t="s">
-        <v>529</v>
+        <v>681</v>
+      </c>
+      <c r="H153" t="s">
+        <v>680</v>
+      </c>
+      <c r="I153" t="s">
+        <v>24</v>
+      </c>
+      <c r="J153" t="s">
+        <v>25</v>
+      </c>
+      <c r="K153" t="s">
+        <v>143</v>
       </c>
       <c r="L153" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M153" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="P153" t="s">
-        <v>530</v>
+        <v>682</v>
       </c>
       <c r="Q153" t="s">
-        <v>406</v>
+        <v>514</v>
       </c>
       <c r="R153" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C154" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E154" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F154" t="s">
-        <v>315</v>
+        <v>401</v>
       </c>
       <c r="G154" t="s">
-        <v>531</v>
+        <v>683</v>
+      </c>
+      <c r="J154" t="s">
+        <v>95</v>
       </c>
       <c r="L154" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M154" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P154" t="s">
-        <v>532</v>
+        <v>684</v>
       </c>
       <c r="Q154" t="s">
-        <v>245</v>
+        <v>308</v>
       </c>
       <c r="R154" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="155" spans="1:18">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C155" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E155" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F155" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="G155" t="s">
-        <v>533</v>
+        <v>685</v>
+      </c>
+      <c r="H155" t="s">
+        <v>406</v>
+      </c>
+      <c r="I155" t="s">
+        <v>24</v>
+      </c>
+      <c r="J155" t="s">
+        <v>25</v>
+      </c>
+      <c r="K155" t="s">
+        <v>686</v>
       </c>
       <c r="L155" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M155" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P155" t="s">
-        <v>534</v>
+        <v>687</v>
       </c>
       <c r="Q155" t="s">
-        <v>535</v>
+        <v>688</v>
       </c>
     </row>
     <row r="156" spans="1:18">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C156" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E156" t="s">
-        <v>232</v>
+        <v>293</v>
       </c>
       <c r="F156" t="s">
-        <v>518</v>
+        <v>665</v>
       </c>
       <c r="G156" t="s">
-        <v>536</v>
+        <v>689</v>
+      </c>
+      <c r="H156" t="s">
+        <v>690</v>
+      </c>
+      <c r="I156" t="s">
+        <v>24</v>
+      </c>
+      <c r="J156" t="s">
+        <v>25</v>
+      </c>
+      <c r="K156" t="s">
+        <v>51</v>
       </c>
       <c r="L156" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M156" t="s">
-        <v>235</v>
+        <v>296</v>
       </c>
       <c r="P156" t="s">
-        <v>537</v>
+        <v>691</v>
       </c>
       <c r="Q156" t="s">
-        <v>503</v>
+        <v>643</v>
       </c>
       <c r="R156" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C157" t="s">
         <v>19</v>
       </c>
       <c r="E157" t="s">
+        <v>129</v>
+      </c>
+      <c r="F157" t="s">
+        <v>283</v>
+      </c>
+      <c r="G157" t="s">
+        <v>692</v>
+      </c>
+      <c r="H157" t="s">
+        <v>174</v>
+      </c>
+      <c r="I157" t="s">
+        <v>24</v>
+      </c>
+      <c r="J157" t="s">
+        <v>25</v>
+      </c>
+      <c r="K157" t="s">
+        <v>286</v>
+      </c>
+      <c r="L157" t="s">
+        <v>134</v>
+      </c>
+      <c r="M157" t="s">
+        <v>135</v>
+      </c>
+      <c r="P157" t="s">
+        <v>693</v>
+      </c>
+      <c r="Q157" t="s">
+        <v>694</v>
+      </c>
+      <c r="R157" t="s">
         <v>106</v>
-      </c>
-[...19 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="158" spans="1:18">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C158" t="s">
         <v>19</v>
       </c>
       <c r="E158" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="F158" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G158" t="s">
-        <v>541</v>
+        <v>695</v>
+      </c>
+      <c r="H158" t="s">
+        <v>696</v>
+      </c>
+      <c r="I158" t="s">
+        <v>68</v>
+      </c>
+      <c r="J158" t="s">
+        <v>25</v>
+      </c>
+      <c r="K158" t="s">
+        <v>143</v>
       </c>
       <c r="L158" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M158" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="P158" t="s">
-        <v>542</v>
+        <v>697</v>
       </c>
       <c r="Q158" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R158" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="159" spans="1:18">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C159" t="s">
         <v>19</v>
       </c>
       <c r="E159" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F159" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="G159" t="s">
-        <v>543</v>
+        <v>698</v>
+      </c>
+      <c r="H159" t="s">
+        <v>59</v>
+      </c>
+      <c r="I159" t="s">
+        <v>24</v>
+      </c>
+      <c r="J159" t="s">
+        <v>25</v>
+      </c>
+      <c r="K159" t="s">
+        <v>616</v>
       </c>
       <c r="L159" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M159" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P159" t="s">
-        <v>176</v>
+        <v>227</v>
       </c>
       <c r="Q159" t="s">
-        <v>544</v>
+        <v>699</v>
       </c>
       <c r="R159" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="160" spans="1:18">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C160" t="s">
         <v>19</v>
       </c>
       <c r="E160" t="s">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="F160" t="s">
-        <v>233</v>
+        <v>294</v>
       </c>
       <c r="G160" t="s">
-        <v>545</v>
+        <v>700</v>
+      </c>
+      <c r="H160" t="s">
+        <v>701</v>
+      </c>
+      <c r="I160" t="s">
+        <v>24</v>
+      </c>
+      <c r="J160" t="s">
+        <v>25</v>
+      </c>
+      <c r="K160" t="s">
+        <v>51</v>
       </c>
       <c r="L160" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M160" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="P160" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q160" t="s">
-        <v>546</v>
+        <v>702</v>
       </c>
       <c r="R160" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="161" spans="1:18">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C161" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E161" t="s">
-        <v>268</v>
+        <v>338</v>
       </c>
       <c r="F161" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G161" t="s">
-        <v>547</v>
+        <v>703</v>
+      </c>
+      <c r="H161" t="s">
+        <v>595</v>
+      </c>
+      <c r="I161" t="s">
+        <v>24</v>
+      </c>
+      <c r="J161" t="s">
+        <v>25</v>
+      </c>
+      <c r="K161" t="s">
+        <v>160</v>
       </c>
       <c r="L161" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M161" t="s">
-        <v>270</v>
+        <v>341</v>
       </c>
       <c r="P161" t="s">
-        <v>401</v>
+        <v>509</v>
       </c>
       <c r="Q161" t="s">
-        <v>231</v>
+        <v>292</v>
       </c>
       <c r="R161" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="162" spans="1:18">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C162" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E162" t="s">
-        <v>548</v>
+        <v>704</v>
       </c>
       <c r="F162" t="s">
-        <v>256</v>
+        <v>320</v>
       </c>
       <c r="G162" t="s">
-        <v>549</v>
+        <v>705</v>
+      </c>
+      <c r="H162" t="s">
+        <v>545</v>
+      </c>
+      <c r="I162" t="s">
+        <v>24</v>
+      </c>
+      <c r="J162" t="s">
+        <v>25</v>
+      </c>
+      <c r="K162" t="s">
+        <v>26</v>
       </c>
       <c r="L162" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M162" t="s">
-        <v>550</v>
+        <v>706</v>
       </c>
       <c r="P162" t="s">
-        <v>551</v>
+        <v>707</v>
       </c>
       <c r="Q162" t="s">
-        <v>552</v>
+        <v>708</v>
       </c>
       <c r="R162" t="s">
-        <v>276</v>
+        <v>349</v>
       </c>
     </row>
     <row r="163" spans="1:18">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C163" t="s">
         <v>19</v>
       </c>
       <c r="E163" t="s">
-        <v>264</v>
+        <v>332</v>
       </c>
       <c r="F163" t="s">
-        <v>288</v>
+        <v>365</v>
       </c>
       <c r="G163" t="s">
-        <v>553</v>
+        <v>709</v>
+      </c>
+      <c r="H163" t="s">
+        <v>710</v>
+      </c>
+      <c r="I163" t="s">
+        <v>711</v>
+      </c>
+      <c r="J163" t="s">
+        <v>25</v>
+      </c>
+      <c r="K163" t="s">
+        <v>51</v>
       </c>
       <c r="L163" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M163" t="s">
-        <v>267</v>
+        <v>337</v>
       </c>
       <c r="P163" t="s">
-        <v>554</v>
+        <v>712</v>
       </c>
       <c r="Q163" t="s">
-        <v>207</v>
+        <v>266</v>
       </c>
       <c r="R163" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="164" spans="1:18">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C164" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E164" t="s">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="F164" t="s">
-        <v>555</v>
+        <v>713</v>
       </c>
       <c r="G164" t="s">
-        <v>556</v>
+        <v>714</v>
+      </c>
+      <c r="H164" t="s">
+        <v>715</v>
+      </c>
+      <c r="I164" t="s">
+        <v>24</v>
+      </c>
+      <c r="J164" t="s">
+        <v>25</v>
+      </c>
+      <c r="K164" t="s">
+        <v>51</v>
       </c>
       <c r="L164" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M164" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="P164" t="s">
-        <v>170</v>
+        <v>219</v>
       </c>
       <c r="Q164" t="s">
-        <v>499</v>
+        <v>637</v>
       </c>
       <c r="R164" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
         <v>18</v>
       </c>
       <c r="C165" t="s">
         <v>19</v>
       </c>
       <c r="E165" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="F165" t="s">
-        <v>291</v>
+        <v>368</v>
       </c>
       <c r="G165" t="s">
-        <v>557</v>
+        <v>716</v>
+      </c>
+      <c r="H165" t="s">
+        <v>717</v>
+      </c>
+      <c r="I165" t="s">
+        <v>24</v>
+      </c>
+      <c r="J165" t="s">
+        <v>25</v>
+      </c>
+      <c r="K165" t="s">
+        <v>26</v>
       </c>
       <c r="L165" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M165" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="P165" t="s">
-        <v>338</v>
+        <v>430</v>
       </c>
       <c r="Q165" t="s">
-        <v>558</v>
+        <v>718</v>
       </c>
       <c r="R165" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="166" spans="1:18">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C166" t="s">
+        <v>45</v>
+      </c>
+      <c r="E166" t="s">
+        <v>719</v>
+      </c>
+      <c r="F166" t="s">
+        <v>139</v>
+      </c>
+      <c r="G166" t="s">
+        <v>720</v>
+      </c>
+      <c r="H166" t="s">
+        <v>721</v>
+      </c>
+      <c r="I166" t="s">
+        <v>24</v>
+      </c>
+      <c r="J166" t="s">
+        <v>25</v>
+      </c>
+      <c r="K166" t="s">
         <v>38</v>
       </c>
-      <c r="E166" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L166" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M166" t="s">
-        <v>561</v>
+        <v>722</v>
       </c>
       <c r="P166" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q166" t="s">
-        <v>399</v>
+        <v>506</v>
       </c>
       <c r="R166" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="167" spans="1:18">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C167" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E167" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="F167" t="s">
-        <v>562</v>
+        <v>723</v>
       </c>
       <c r="G167" t="s">
-        <v>563</v>
+        <v>724</v>
+      </c>
+      <c r="J167" t="s">
+        <v>95</v>
       </c>
       <c r="L167" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M167" t="s">
-        <v>164</v>
+        <v>211</v>
       </c>
       <c r="P167" t="s">
-        <v>564</v>
+        <v>725</v>
       </c>
       <c r="Q167" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="R167" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="168" spans="1:18">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C168" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E168" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F168" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G168" t="s">
-        <v>565</v>
+        <v>726</v>
+      </c>
+      <c r="H168" t="s">
+        <v>727</v>
+      </c>
+      <c r="I168" t="s">
+        <v>24</v>
+      </c>
+      <c r="J168" t="s">
+        <v>25</v>
+      </c>
+      <c r="K168" t="s">
+        <v>577</v>
       </c>
       <c r="L168" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M168" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P168" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="Q168" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="R168" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="169" spans="1:18">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C169" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E169" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F169" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G169" t="s">
-        <v>566</v>
+        <v>728</v>
+      </c>
+      <c r="H169" t="s">
+        <v>496</v>
+      </c>
+      <c r="I169" t="s">
+        <v>50</v>
+      </c>
+      <c r="J169" t="s">
+        <v>25</v>
+      </c>
+      <c r="K169" t="s">
+        <v>210</v>
       </c>
       <c r="L169" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M169" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P169" t="s">
-        <v>567</v>
+        <v>729</v>
       </c>
       <c r="Q169" t="s">
-        <v>380</v>
+        <v>482</v>
       </c>
       <c r="R169" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="170" spans="1:18">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C170" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E170" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F170" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="G170" t="s">
-        <v>568</v>
+        <v>730</v>
+      </c>
+      <c r="H170" t="s">
+        <v>191</v>
+      </c>
+      <c r="I170" t="s">
+        <v>24</v>
+      </c>
+      <c r="J170" t="s">
+        <v>25</v>
+      </c>
+      <c r="K170" t="s">
+        <v>180</v>
       </c>
       <c r="L170" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M170" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P170" t="s">
-        <v>294</v>
+        <v>373</v>
       </c>
       <c r="Q170" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="R170" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="171" spans="1:18">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C171" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E171" t="s">
-        <v>282</v>
+        <v>358</v>
       </c>
       <c r="F171" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="G171" t="s">
-        <v>569</v>
+        <v>731</v>
+      </c>
+      <c r="H171" t="s">
+        <v>667</v>
+      </c>
+      <c r="I171" t="s">
+        <v>204</v>
+      </c>
+      <c r="J171" t="s">
+        <v>25</v>
+      </c>
+      <c r="K171" t="s">
+        <v>299</v>
       </c>
       <c r="L171" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M171" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="P171" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q171" t="s">
-        <v>157</v>
+        <v>200</v>
       </c>
       <c r="R171" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="172" spans="1:18">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C172" t="s">
         <v>19</v>
       </c>
       <c r="E172" t="s">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="F172" t="s">
-        <v>431</v>
+        <v>549</v>
       </c>
       <c r="G172" t="s">
-        <v>570</v>
+        <v>732</v>
+      </c>
+      <c r="H172" t="s">
+        <v>733</v>
+      </c>
+      <c r="I172" t="s">
+        <v>24</v>
+      </c>
+      <c r="J172" t="s">
+        <v>25</v>
+      </c>
+      <c r="K172" t="s">
+        <v>51</v>
       </c>
       <c r="L172" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M172" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="P172" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q172" t="s">
-        <v>410</v>
+        <v>519</v>
       </c>
       <c r="R172" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="173" spans="1:18">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C173" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E173" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F173" t="s">
-        <v>173</v>
+        <v>222</v>
       </c>
       <c r="G173" t="s">
-        <v>571</v>
+        <v>734</v>
+      </c>
+      <c r="J173" t="s">
+        <v>393</v>
       </c>
       <c r="L173" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M173" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P173" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="Q173" t="s">
-        <v>333</v>
+        <v>425</v>
       </c>
       <c r="R173" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="174" spans="1:18">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C174" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E174" t="s">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="F174" t="s">
-        <v>279</v>
+        <v>353</v>
       </c>
       <c r="G174" t="s">
-        <v>572</v>
+        <v>735</v>
+      </c>
+      <c r="H174" t="s">
+        <v>736</v>
+      </c>
+      <c r="I174" t="s">
+        <v>68</v>
+      </c>
+      <c r="J174" t="s">
+        <v>25</v>
+      </c>
+      <c r="K174" t="s">
+        <v>441</v>
       </c>
       <c r="L174" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M174" t="s">
-        <v>249</v>
+        <v>313</v>
       </c>
       <c r="P174" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q174" t="s">
-        <v>260</v>
+        <v>326</v>
       </c>
       <c r="R174" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="175" spans="1:18">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C175" t="s">
         <v>19</v>
       </c>
       <c r="E175" t="s">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="F175" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G175" t="s">
-        <v>573</v>
+        <v>737</v>
+      </c>
+      <c r="H175" t="s">
+        <v>738</v>
+      </c>
+      <c r="I175" t="s">
+        <v>24</v>
+      </c>
+      <c r="J175" t="s">
+        <v>25</v>
+      </c>
+      <c r="K175" t="s">
+        <v>26</v>
       </c>
       <c r="L175" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M175" t="s">
-        <v>249</v>
+        <v>313</v>
       </c>
       <c r="P175" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="Q175" t="s">
-        <v>118</v>
+        <v>146</v>
       </c>
       <c r="R175" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="176" spans="1:18">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C176" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E176" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F176" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="G176" t="s">
-        <v>574</v>
+        <v>739</v>
+      </c>
+      <c r="J176" t="s">
+        <v>95</v>
       </c>
       <c r="L176" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M176" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P176" t="s">
-        <v>575</v>
+        <v>740</v>
       </c>
       <c r="Q176" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
     </row>
     <row r="177" spans="1:18">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C177" t="s">
         <v>19</v>
       </c>
       <c r="E177" t="s">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="F177" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="G177" t="s">
-        <v>576</v>
+        <v>741</v>
+      </c>
+      <c r="J177" t="s">
+        <v>742</v>
       </c>
       <c r="L177" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M177" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="P177" t="s">
-        <v>189</v>
+        <v>243</v>
       </c>
       <c r="Q177" t="s">
-        <v>151</v>
+        <v>193</v>
       </c>
       <c r="R177" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="178" spans="1:18">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C178" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E178" t="s">
-        <v>264</v>
+        <v>332</v>
       </c>
       <c r="F178" t="s">
-        <v>195</v>
+        <v>251</v>
       </c>
       <c r="G178" t="s">
-        <v>577</v>
+        <v>743</v>
+      </c>
+      <c r="H178" t="s">
+        <v>534</v>
+      </c>
+      <c r="I178" t="s">
+        <v>142</v>
+      </c>
+      <c r="J178" t="s">
+        <v>25</v>
+      </c>
+      <c r="K178" t="s">
+        <v>371</v>
       </c>
       <c r="L178" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M178" t="s">
-        <v>267</v>
+        <v>337</v>
       </c>
       <c r="P178" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q178" t="s">
-        <v>517</v>
+        <v>664</v>
       </c>
       <c r="R178" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="179" spans="1:18">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>223</v>
+        <v>282</v>
       </c>
       <c r="C179" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E179" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F179" t="s">
-        <v>578</v>
+        <v>744</v>
       </c>
       <c r="G179" t="s">
-        <v>579</v>
+        <v>745</v>
+      </c>
+      <c r="H179" t="s">
+        <v>746</v>
+      </c>
+      <c r="I179" t="s">
+        <v>24</v>
+      </c>
+      <c r="J179" t="s">
+        <v>25</v>
+      </c>
+      <c r="K179" t="s">
+        <v>530</v>
       </c>
       <c r="L179" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M179" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P179" t="s">
-        <v>580</v>
+        <v>747</v>
       </c>
       <c r="Q179" t="s">
-        <v>281</v>
+        <v>357</v>
       </c>
       <c r="R179" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="180" spans="1:18">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C180" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E180" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="F180" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="G180" t="s">
-        <v>581</v>
+        <v>748</v>
+      </c>
+      <c r="J180" t="s">
+        <v>95</v>
       </c>
       <c r="L180" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M180" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="P180" t="s">
-        <v>582</v>
+        <v>749</v>
       </c>
       <c r="Q180" t="s">
-        <v>508</v>
+        <v>652</v>
       </c>
       <c r="R180" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="181" spans="1:18">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>223</v>
+        <v>282</v>
       </c>
       <c r="C181" t="s">
         <v>19</v>
       </c>
       <c r="E181" t="s">
-        <v>548</v>
+        <v>704</v>
       </c>
       <c r="F181" t="s">
-        <v>228</v>
+        <v>289</v>
       </c>
       <c r="G181" t="s">
-        <v>583</v>
+        <v>750</v>
+      </c>
+      <c r="J181" t="s">
+        <v>95</v>
       </c>
       <c r="L181" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M181" t="s">
-        <v>550</v>
+        <v>706</v>
       </c>
       <c r="P181" t="s">
-        <v>584</v>
+        <v>751</v>
       </c>
       <c r="Q181" t="s">
-        <v>118</v>
+        <v>146</v>
       </c>
       <c r="R181" t="s">
-        <v>276</v>
+        <v>349</v>
       </c>
     </row>
     <row r="182" spans="1:18">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C182" t="s">
         <v>19</v>
       </c>
       <c r="E182" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F182" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G182" t="s">
-        <v>585</v>
+        <v>752</v>
+      </c>
+      <c r="H182" t="s">
+        <v>153</v>
+      </c>
+      <c r="I182" t="s">
+        <v>24</v>
+      </c>
+      <c r="J182" t="s">
+        <v>25</v>
+      </c>
+      <c r="K182" t="s">
+        <v>38</v>
       </c>
       <c r="L182" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M182" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P182" t="s">
-        <v>350</v>
+        <v>446</v>
       </c>
       <c r="Q182" t="s">
-        <v>586</v>
+        <v>753</v>
       </c>
       <c r="R182" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="183" spans="1:18">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C183" t="s">
         <v>19</v>
       </c>
       <c r="E183" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="F183" t="s">
-        <v>386</v>
+        <v>490</v>
       </c>
       <c r="G183" t="s">
-        <v>587</v>
+        <v>754</v>
+      </c>
+      <c r="H183" t="s">
+        <v>232</v>
+      </c>
+      <c r="I183" t="s">
+        <v>24</v>
+      </c>
+      <c r="J183" t="s">
+        <v>25</v>
+      </c>
+      <c r="K183" t="s">
+        <v>351</v>
       </c>
       <c r="L183" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M183" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="P183" t="s">
-        <v>588</v>
+        <v>755</v>
       </c>
       <c r="Q183" t="s">
-        <v>227</v>
+        <v>288</v>
       </c>
       <c r="R183" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="184" spans="1:18">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C184" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E184" t="s">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="F184" t="s">
-        <v>195</v>
+        <v>251</v>
       </c>
       <c r="G184" t="s">
-        <v>589</v>
+        <v>756</v>
+      </c>
+      <c r="H184" t="s">
+        <v>153</v>
+      </c>
+      <c r="I184" t="s">
+        <v>24</v>
+      </c>
+      <c r="J184" t="s">
+        <v>25</v>
+      </c>
+      <c r="K184" t="s">
+        <v>51</v>
       </c>
       <c r="L184" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M184" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="P184" t="s">
-        <v>492</v>
+        <v>628</v>
       </c>
       <c r="Q184" t="s">
-        <v>286</v>
+        <v>363</v>
       </c>
       <c r="R184" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="185" spans="1:18">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C185" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E185" t="s">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="F185" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="G185" t="s">
-        <v>590</v>
+        <v>757</v>
+      </c>
+      <c r="H185" t="s">
+        <v>758</v>
+      </c>
+      <c r="I185" t="s">
+        <v>50</v>
+      </c>
+      <c r="J185" t="s">
+        <v>25</v>
+      </c>
+      <c r="K185" t="s">
+        <v>143</v>
       </c>
       <c r="L185" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M185" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="P185" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q185" t="s">
-        <v>591</v>
+        <v>759</v>
       </c>
       <c r="R185" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="186" spans="1:18">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
         <v>18</v>
       </c>
       <c r="C186" t="s">
         <v>19</v>
       </c>
       <c r="E186" t="s">
-        <v>290</v>
+        <v>367</v>
       </c>
       <c r="F186" t="s">
         <v>21</v>
       </c>
       <c r="G186" t="s">
-        <v>592</v>
+        <v>760</v>
+      </c>
+      <c r="H186" t="s">
+        <v>761</v>
+      </c>
+      <c r="I186" t="s">
+        <v>762</v>
+      </c>
+      <c r="J186" t="s">
+        <v>25</v>
+      </c>
+      <c r="K186" t="s">
+        <v>530</v>
       </c>
       <c r="L186" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M186" t="s">
-        <v>293</v>
+        <v>372</v>
       </c>
       <c r="P186" t="s">
-        <v>458</v>
+        <v>583</v>
       </c>
       <c r="Q186" t="s">
-        <v>591</v>
+        <v>759</v>
       </c>
       <c r="R186" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="187" spans="1:18">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
         <v>18</v>
       </c>
       <c r="C187" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E187" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F187" t="s">
-        <v>173</v>
+        <v>222</v>
       </c>
       <c r="G187" t="s">
-        <v>593</v>
+        <v>763</v>
+      </c>
+      <c r="J187" t="s">
+        <v>393</v>
       </c>
       <c r="L187" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M187" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P187" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q187" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="R187" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="188" spans="1:18">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C188" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E188" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F188" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="G188" t="s">
-        <v>594</v>
+        <v>764</v>
+      </c>
+      <c r="J188" t="s">
+        <v>765</v>
       </c>
       <c r="L188" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M188" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P188" t="s">
-        <v>170</v>
+        <v>219</v>
       </c>
       <c r="Q188" t="s">
-        <v>540</v>
+        <v>694</v>
       </c>
       <c r="R188" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="189" spans="1:18">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C189" t="s">
         <v>19</v>
       </c>
       <c r="E189" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F189" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G189" t="s">
-        <v>595</v>
+        <v>766</v>
+      </c>
+      <c r="H189" t="s">
+        <v>767</v>
+      </c>
+      <c r="I189" t="s">
+        <v>24</v>
+      </c>
+      <c r="J189" t="s">
+        <v>25</v>
+      </c>
+      <c r="K189" t="s">
+        <v>530</v>
       </c>
       <c r="L189" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M189" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P189" t="s">
-        <v>209</v>
+        <v>268</v>
       </c>
       <c r="Q189" t="s">
-        <v>289</v>
+        <v>366</v>
       </c>
       <c r="R189" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="190" spans="1:18">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
         <v>18</v>
       </c>
       <c r="C190" t="s">
         <v>19</v>
       </c>
       <c r="E190" t="s">
-        <v>360</v>
+        <v>458</v>
       </c>
       <c r="F190" t="s">
-        <v>596</v>
+        <v>768</v>
       </c>
       <c r="G190" t="s">
-        <v>597</v>
+        <v>769</v>
+      </c>
+      <c r="J190" t="s">
+        <v>95</v>
       </c>
       <c r="L190" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M190" t="s">
-        <v>362</v>
+        <v>461</v>
       </c>
       <c r="P190" t="s">
-        <v>598</v>
+        <v>770</v>
       </c>
       <c r="Q190" t="s">
-        <v>302</v>
+        <v>384</v>
       </c>
       <c r="R190" t="s">
-        <v>365</v>
+        <v>464</v>
       </c>
     </row>
     <row r="191" spans="1:18">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C191" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E191" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F191" t="s">
-        <v>599</v>
+        <v>771</v>
       </c>
       <c r="G191" t="s">
-        <v>600</v>
+        <v>772</v>
+      </c>
+      <c r="J191" t="s">
+        <v>330</v>
       </c>
       <c r="L191" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M191" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P191" t="s">
-        <v>325</v>
+        <v>415</v>
       </c>
       <c r="Q191" t="s">
-        <v>373</v>
+        <v>473</v>
       </c>
       <c r="R191" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="192" spans="1:18">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C192" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E192" t="s">
-        <v>344</v>
+        <v>437</v>
       </c>
       <c r="F192" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G192" t="s">
-        <v>601</v>
+        <v>773</v>
+      </c>
+      <c r="H192" t="s">
+        <v>774</v>
+      </c>
+      <c r="I192" t="s">
+        <v>50</v>
+      </c>
+      <c r="J192" t="s">
+        <v>25</v>
+      </c>
+      <c r="K192" t="s">
+        <v>411</v>
       </c>
       <c r="L192" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M192" t="s">
-        <v>347</v>
+        <v>442</v>
       </c>
       <c r="P192" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q192" t="s">
-        <v>462</v>
+        <v>588</v>
       </c>
       <c r="R192" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="193" spans="1:18">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C193" t="s">
         <v>19</v>
       </c>
       <c r="E193" t="s">
-        <v>303</v>
+        <v>385</v>
       </c>
       <c r="F193" t="s">
-        <v>602</v>
+        <v>775</v>
       </c>
       <c r="G193" t="s">
-        <v>603</v>
+        <v>776</v>
+      </c>
+      <c r="H193" t="s">
+        <v>777</v>
+      </c>
+      <c r="I193" t="s">
+        <v>50</v>
+      </c>
+      <c r="J193" t="s">
+        <v>25</v>
+      </c>
+      <c r="K193" t="s">
+        <v>778</v>
       </c>
       <c r="L193" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M193" t="s">
-        <v>306</v>
+        <v>389</v>
       </c>
       <c r="P193" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q193" t="s">
-        <v>190</v>
+        <v>244</v>
       </c>
     </row>
     <row r="194" spans="1:18">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C194" t="s">
         <v>19</v>
       </c>
       <c r="E194" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F194" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G194" t="s">
-        <v>604</v>
+        <v>779</v>
+      </c>
+      <c r="J194" t="s">
+        <v>103</v>
       </c>
       <c r="L194" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M194" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P194" t="s">
-        <v>458</v>
+        <v>583</v>
       </c>
       <c r="Q194" t="s">
-        <v>399</v>
+        <v>506</v>
       </c>
       <c r="R194" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="195" spans="1:18">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C195" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E195" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F195" t="s">
-        <v>505</v>
+        <v>647</v>
       </c>
       <c r="G195" t="s">
-        <v>605</v>
+        <v>780</v>
+      </c>
+      <c r="J195" t="s">
+        <v>95</v>
       </c>
       <c r="L195" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M195" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P195" t="s">
-        <v>606</v>
+        <v>781</v>
       </c>
       <c r="Q195" t="s">
-        <v>591</v>
+        <v>759</v>
       </c>
       <c r="R195" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="196" spans="1:18">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
         <v>18</v>
       </c>
       <c r="C196" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E196" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="F196" t="s">
-        <v>607</v>
+        <v>782</v>
       </c>
       <c r="G196" t="s">
-        <v>608</v>
+        <v>783</v>
+      </c>
+      <c r="J196" t="s">
+        <v>95</v>
       </c>
       <c r="L196" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M196" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="P196" t="s">
-        <v>609</v>
+        <v>784</v>
       </c>
       <c r="Q196" t="s">
-        <v>546</v>
+        <v>702</v>
       </c>
       <c r="R196" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="197" spans="1:18">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C197" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E197" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="F197" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="G197" t="s">
-        <v>610</v>
+        <v>785</v>
+      </c>
+      <c r="J197" t="s">
+        <v>580</v>
       </c>
       <c r="L197" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M197" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="P197" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q197" t="s">
-        <v>143</v>
+        <v>182</v>
       </c>
       <c r="R197" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="198" spans="1:18">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C198" t="s">
         <v>19</v>
       </c>
       <c r="E198" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F198" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G198" t="s">
-        <v>611</v>
+        <v>786</v>
+      </c>
+      <c r="J198" t="s">
+        <v>787</v>
       </c>
       <c r="L198" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M198" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P198" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q198" t="s">
-        <v>326</v>
+        <v>416</v>
       </c>
       <c r="R198" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="199" spans="1:18">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C199" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E199" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F199" t="s">
         <v>21</v>
       </c>
       <c r="G199" t="s">
-        <v>612</v>
+        <v>788</v>
+      </c>
+      <c r="H199" t="s">
+        <v>185</v>
+      </c>
+      <c r="I199" t="s">
+        <v>24</v>
+      </c>
+      <c r="J199" t="s">
+        <v>25</v>
+      </c>
+      <c r="K199" t="s">
+        <v>530</v>
       </c>
       <c r="L199" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M199" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P199" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q199" t="s">
-        <v>157</v>
+        <v>200</v>
       </c>
       <c r="R199" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="200" spans="1:18">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C200" t="s">
         <v>19</v>
       </c>
       <c r="E200" t="s">
-        <v>282</v>
+        <v>358</v>
       </c>
       <c r="F200" t="s">
-        <v>562</v>
+        <v>723</v>
       </c>
       <c r="G200" t="s">
-        <v>613</v>
+        <v>789</v>
+      </c>
+      <c r="H200" t="s">
+        <v>790</v>
+      </c>
+      <c r="I200" t="s">
+        <v>24</v>
+      </c>
+      <c r="J200" t="s">
+        <v>25</v>
+      </c>
+      <c r="K200" t="s">
+        <v>441</v>
       </c>
       <c r="L200" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M200" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="P200" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q200" t="s">
-        <v>540</v>
+        <v>694</v>
       </c>
       <c r="R200" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="201" spans="1:18">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C201" t="s">
         <v>19</v>
       </c>
       <c r="E201" t="s">
-        <v>411</v>
+        <v>520</v>
       </c>
       <c r="F201" t="s">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="G201" t="s">
-        <v>614</v>
+        <v>791</v>
+      </c>
+      <c r="H201" t="s">
+        <v>792</v>
+      </c>
+      <c r="I201" t="s">
+        <v>24</v>
+      </c>
+      <c r="J201" t="s">
+        <v>25</v>
+      </c>
+      <c r="K201" t="s">
+        <v>133</v>
       </c>
       <c r="L201" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M201" t="s">
-        <v>413</v>
+        <v>523</v>
       </c>
       <c r="P201" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q201" t="s">
-        <v>615</v>
+        <v>793</v>
       </c>
       <c r="R201" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="202" spans="1:18">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C202" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E202" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="F202" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="G202" t="s">
-        <v>616</v>
+        <v>794</v>
+      </c>
+      <c r="H202" t="s">
+        <v>795</v>
+      </c>
+      <c r="I202" t="s">
+        <v>168</v>
+      </c>
+      <c r="J202" t="s">
+        <v>25</v>
+      </c>
+      <c r="K202" t="s">
+        <v>133</v>
       </c>
       <c r="L202" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M202" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="P202" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q202" t="s">
-        <v>392</v>
+        <v>498</v>
       </c>
       <c r="R202" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="203" spans="1:18">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C203" t="s">
         <v>19</v>
       </c>
       <c r="E203" t="s">
-        <v>217</v>
+        <v>276</v>
       </c>
       <c r="F203" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G203" t="s">
-        <v>617</v>
+        <v>796</v>
+      </c>
+      <c r="H203" t="s">
+        <v>460</v>
+      </c>
+      <c r="I203" t="s">
+        <v>50</v>
+      </c>
+      <c r="J203" t="s">
+        <v>25</v>
+      </c>
+      <c r="K203" t="s">
+        <v>286</v>
       </c>
       <c r="L203" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M203" t="s">
-        <v>220</v>
+        <v>279</v>
       </c>
       <c r="P203" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="Q203" t="s">
-        <v>231</v>
+        <v>292</v>
       </c>
       <c r="R203" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="204" spans="1:18">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C204" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E204" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F204" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G204" t="s">
-        <v>618</v>
+        <v>797</v>
+      </c>
+      <c r="H204" t="s">
+        <v>59</v>
+      </c>
+      <c r="I204" t="s">
+        <v>24</v>
+      </c>
+      <c r="J204" t="s">
+        <v>25</v>
+      </c>
+      <c r="K204" t="s">
+        <v>133</v>
       </c>
       <c r="L204" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M204" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P204" t="s">
-        <v>619</v>
+        <v>798</v>
       </c>
       <c r="Q204" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="R204" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="205" spans="1:18">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C205" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E205" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F205" t="s">
-        <v>620</v>
+        <v>799</v>
       </c>
       <c r="G205" t="s">
-        <v>621</v>
+        <v>800</v>
+      </c>
+      <c r="J205" t="s">
+        <v>95</v>
       </c>
       <c r="L205" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M205" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P205" t="s">
-        <v>619</v>
+        <v>798</v>
       </c>
       <c r="Q205" t="s">
-        <v>203</v>
+        <v>261</v>
       </c>
       <c r="R205" t="s">
-        <v>334</v>
+        <v>426</v>
       </c>
     </row>
     <row r="206" spans="1:18">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C206" t="s">
         <v>19</v>
       </c>
       <c r="E206" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F206" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="G206" t="s">
-        <v>622</v>
+        <v>801</v>
+      </c>
+      <c r="J206" t="s">
+        <v>95</v>
       </c>
       <c r="L206" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M206" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P206" t="s">
-        <v>623</v>
+        <v>802</v>
       </c>
       <c r="Q206" t="s">
-        <v>286</v>
+        <v>363</v>
       </c>
     </row>
     <row r="207" spans="1:18">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C207" t="s">
         <v>19</v>
       </c>
       <c r="E207" t="s">
-        <v>459</v>
+        <v>584</v>
       </c>
       <c r="F207" t="s">
-        <v>315</v>
+        <v>401</v>
       </c>
       <c r="G207" t="s">
-        <v>624</v>
+        <v>803</v>
+      </c>
+      <c r="H207" t="s">
+        <v>590</v>
+      </c>
+      <c r="I207" t="s">
+        <v>50</v>
+      </c>
+      <c r="J207" t="s">
+        <v>25</v>
+      </c>
+      <c r="K207" t="s">
+        <v>371</v>
       </c>
       <c r="L207" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M207" t="s">
-        <v>461</v>
+        <v>587</v>
       </c>
       <c r="P207" t="s">
-        <v>625</v>
+        <v>804</v>
       </c>
       <c r="Q207" t="s">
-        <v>118</v>
+        <v>146</v>
       </c>
       <c r="R207" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="208" spans="1:18">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C208" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E208" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F208" t="s">
-        <v>518</v>
+        <v>665</v>
       </c>
       <c r="G208" t="s">
-        <v>626</v>
+        <v>805</v>
+      </c>
+      <c r="H208" t="s">
+        <v>806</v>
+      </c>
+      <c r="I208" t="s">
+        <v>204</v>
+      </c>
+      <c r="J208" t="s">
+        <v>25</v>
+      </c>
+      <c r="K208" t="s">
+        <v>143</v>
       </c>
       <c r="L208" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M208" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P208" t="s">
-        <v>627</v>
+        <v>807</v>
       </c>
       <c r="Q208" t="s">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="R208" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="209" spans="1:18">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C209" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E209" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F209" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G209" t="s">
-        <v>628</v>
+        <v>808</v>
+      </c>
+      <c r="J209" t="s">
+        <v>148</v>
       </c>
       <c r="L209" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M209" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P209" t="s">
-        <v>294</v>
+        <v>373</v>
       </c>
       <c r="Q209" t="s">
-        <v>586</v>
+        <v>753</v>
       </c>
       <c r="R209" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="210" spans="1:18">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C210" t="s">
         <v>19</v>
       </c>
       <c r="E210" t="s">
-        <v>232</v>
+        <v>293</v>
       </c>
       <c r="F210" t="s">
-        <v>629</v>
+        <v>809</v>
       </c>
       <c r="G210" t="s">
-        <v>630</v>
+        <v>810</v>
+      </c>
+      <c r="J210" t="s">
+        <v>103</v>
       </c>
       <c r="L210" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M210" t="s">
-        <v>235</v>
+        <v>296</v>
       </c>
       <c r="P210" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q210" t="s">
-        <v>364</v>
+        <v>463</v>
       </c>
       <c r="R210" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="211" spans="1:18">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
         <v>18</v>
       </c>
       <c r="C211" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E211" t="s">
-        <v>217</v>
+        <v>276</v>
       </c>
       <c r="F211" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G211" t="s">
-        <v>631</v>
+        <v>811</v>
+      </c>
+      <c r="H211" t="s">
+        <v>812</v>
+      </c>
+      <c r="I211" t="s">
+        <v>50</v>
+      </c>
+      <c r="J211" t="s">
+        <v>25</v>
+      </c>
+      <c r="K211" t="s">
+        <v>26</v>
       </c>
       <c r="L211" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M211" t="s">
-        <v>220</v>
+        <v>279</v>
       </c>
       <c r="P211" t="s">
-        <v>632</v>
+        <v>813</v>
       </c>
       <c r="Q211" t="s">
-        <v>227</v>
+        <v>288</v>
       </c>
       <c r="R211" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="212" spans="1:18">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C212" t="s">
         <v>19</v>
       </c>
       <c r="E212" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F212" t="s">
-        <v>437</v>
+        <v>558</v>
       </c>
       <c r="G212" t="s">
-        <v>633</v>
+        <v>814</v>
+      </c>
+      <c r="H212" t="s">
+        <v>815</v>
+      </c>
+      <c r="I212" t="s">
+        <v>142</v>
+      </c>
+      <c r="J212" t="s">
+        <v>25</v>
+      </c>
+      <c r="K212" t="s">
+        <v>657</v>
       </c>
       <c r="L212" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M212" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P212" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q212" t="s">
-        <v>227</v>
+        <v>288</v>
       </c>
       <c r="R212" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="213" spans="1:18">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C213" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E213" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F213" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="G213" t="s">
-        <v>634</v>
+        <v>816</v>
+      </c>
+      <c r="J213" t="s">
+        <v>95</v>
       </c>
       <c r="L213" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M213" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P213" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q213" t="s">
-        <v>508</v>
+        <v>652</v>
       </c>
       <c r="R213" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="214" spans="1:18">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C214" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E214" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F214" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="G214" t="s">
-        <v>635</v>
+        <v>817</v>
+      </c>
+      <c r="H214" t="s">
+        <v>818</v>
+      </c>
+      <c r="I214" t="s">
+        <v>168</v>
+      </c>
+      <c r="J214" t="s">
+        <v>25</v>
+      </c>
+      <c r="K214" t="s">
+        <v>530</v>
       </c>
       <c r="L214" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M214" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P214" t="s">
-        <v>636</v>
+        <v>819</v>
       </c>
       <c r="Q214" t="s">
-        <v>321</v>
+        <v>408</v>
       </c>
       <c r="R214" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="215" spans="1:18">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
         <v>18</v>
       </c>
       <c r="C215" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E215" t="s">
-        <v>344</v>
+        <v>437</v>
       </c>
       <c r="F215" t="s">
-        <v>296</v>
+        <v>375</v>
       </c>
       <c r="G215" t="s">
-        <v>637</v>
+        <v>820</v>
+      </c>
+      <c r="H215" t="s">
+        <v>821</v>
+      </c>
+      <c r="I215" t="s">
+        <v>50</v>
+      </c>
+      <c r="J215" t="s">
+        <v>25</v>
+      </c>
+      <c r="K215" t="s">
+        <v>26</v>
       </c>
       <c r="L215" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M215" t="s">
-        <v>347</v>
+        <v>442</v>
       </c>
       <c r="P215" t="s">
-        <v>625</v>
+        <v>804</v>
       </c>
       <c r="Q215" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="R215" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="216" spans="1:18">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C216" t="s">
         <v>19</v>
       </c>
       <c r="E216" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F216" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G216" t="s">
-        <v>638</v>
+        <v>822</v>
+      </c>
+      <c r="H216" t="s">
+        <v>701</v>
+      </c>
+      <c r="I216" t="s">
+        <v>24</v>
+      </c>
+      <c r="J216" t="s">
+        <v>25</v>
+      </c>
+      <c r="K216" t="s">
+        <v>51</v>
       </c>
       <c r="L216" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M216" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P216" t="s">
-        <v>639</v>
+        <v>823</v>
       </c>
       <c r="Q216" t="s">
-        <v>143</v>
+        <v>182</v>
       </c>
       <c r="R216" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="217" spans="1:18">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C217" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E217" t="s">
-        <v>411</v>
+        <v>520</v>
       </c>
       <c r="F217" t="s">
-        <v>233</v>
+        <v>294</v>
       </c>
       <c r="G217" t="s">
-        <v>640</v>
+        <v>824</v>
+      </c>
+      <c r="H217" t="s">
+        <v>825</v>
+      </c>
+      <c r="I217" t="s">
+        <v>168</v>
+      </c>
+      <c r="J217" t="s">
+        <v>25</v>
+      </c>
+      <c r="K217" t="s">
+        <v>826</v>
       </c>
       <c r="L217" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M217" t="s">
-        <v>413</v>
+        <v>523</v>
       </c>
       <c r="P217" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q217" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="R217" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="218" spans="1:18">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C218" t="s">
         <v>19</v>
       </c>
       <c r="E218" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F218" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="G218" t="s">
-        <v>641</v>
+        <v>827</v>
+      </c>
+      <c r="J218" t="s">
+        <v>95</v>
       </c>
       <c r="L218" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M218" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P218" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="Q218" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="R218" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="219" spans="1:18">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C219" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E219" t="s">
-        <v>548</v>
+        <v>704</v>
       </c>
       <c r="F219" t="s">
-        <v>500</v>
+        <v>638</v>
       </c>
       <c r="G219" t="s">
-        <v>642</v>
+        <v>828</v>
+      </c>
+      <c r="H219" t="s">
+        <v>432</v>
+      </c>
+      <c r="I219" t="s">
+        <v>24</v>
+      </c>
+      <c r="J219" t="s">
+        <v>25</v>
+      </c>
+      <c r="K219" t="s">
+        <v>381</v>
       </c>
       <c r="L219" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M219" t="s">
-        <v>550</v>
+        <v>706</v>
       </c>
       <c r="P219" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q219" t="s">
-        <v>392</v>
+        <v>498</v>
       </c>
       <c r="R219" t="s">
-        <v>276</v>
+        <v>349</v>
       </c>
     </row>
     <row r="220" spans="1:18">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C220" t="s">
         <v>19</v>
       </c>
       <c r="E220" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="F220" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G220" t="s">
-        <v>643</v>
+        <v>829</v>
+      </c>
+      <c r="H220" t="s">
+        <v>792</v>
+      </c>
+      <c r="I220" t="s">
+        <v>24</v>
+      </c>
+      <c r="J220" t="s">
+        <v>25</v>
+      </c>
+      <c r="K220" t="s">
+        <v>651</v>
       </c>
       <c r="L220" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M220" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="P220" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="Q220" t="s">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="R220" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="221" spans="1:18">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C221" t="s">
+        <v>45</v>
+      </c>
+      <c r="E221" t="s">
+        <v>395</v>
+      </c>
+      <c r="F221" t="s">
+        <v>195</v>
+      </c>
+      <c r="G221" t="s">
+        <v>830</v>
+      </c>
+      <c r="H221" t="s">
+        <v>831</v>
+      </c>
+      <c r="I221" t="s">
+        <v>24</v>
+      </c>
+      <c r="J221" t="s">
+        <v>25</v>
+      </c>
+      <c r="K221" t="s">
         <v>38</v>
       </c>
-      <c r="E221" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L221" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M221" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P221" t="s">
-        <v>259</v>
+        <v>325</v>
       </c>
       <c r="Q221" t="s">
-        <v>243</v>
+        <v>306</v>
       </c>
       <c r="R221" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="222" spans="1:18">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C222" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E222" t="s">
+        <v>129</v>
+      </c>
+      <c r="F222" t="s">
+        <v>638</v>
+      </c>
+      <c r="G222" t="s">
+        <v>832</v>
+      </c>
+      <c r="H222" t="s">
+        <v>258</v>
+      </c>
+      <c r="I222" t="s">
+        <v>142</v>
+      </c>
+      <c r="J222" t="s">
+        <v>25</v>
+      </c>
+      <c r="K222" t="s">
+        <v>143</v>
+      </c>
+      <c r="L222" t="s">
+        <v>134</v>
+      </c>
+      <c r="M222" t="s">
+        <v>135</v>
+      </c>
+      <c r="P222" t="s">
+        <v>390</v>
+      </c>
+      <c r="Q222" t="s">
+        <v>457</v>
+      </c>
+      <c r="R222" t="s">
         <v>106</v>
-      </c>
-[...19 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="223" spans="1:18">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C223" t="s">
         <v>19</v>
       </c>
       <c r="E223" t="s">
-        <v>366</v>
+        <v>465</v>
       </c>
       <c r="F223" t="s">
-        <v>562</v>
+        <v>723</v>
       </c>
       <c r="G223" t="s">
-        <v>646</v>
+        <v>833</v>
+      </c>
+      <c r="J223" t="s">
+        <v>834</v>
       </c>
       <c r="L223" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M223" t="s">
-        <v>368</v>
+        <v>467</v>
       </c>
       <c r="P223" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="Q223" t="s">
-        <v>647</v>
+        <v>835</v>
       </c>
       <c r="R223" t="s">
-        <v>648</v>
+        <v>836</v>
       </c>
     </row>
     <row r="224" spans="1:18">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C224" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E224" t="s">
+        <v>129</v>
+      </c>
+      <c r="F224" t="s">
+        <v>345</v>
+      </c>
+      <c r="G224" t="s">
+        <v>837</v>
+      </c>
+      <c r="H224" t="s">
+        <v>838</v>
+      </c>
+      <c r="I224" t="s">
+        <v>50</v>
+      </c>
+      <c r="J224" t="s">
+        <v>25</v>
+      </c>
+      <c r="K224" t="s">
+        <v>411</v>
+      </c>
+      <c r="L224" t="s">
+        <v>134</v>
+      </c>
+      <c r="M224" t="s">
+        <v>135</v>
+      </c>
+      <c r="P224" t="s">
+        <v>139</v>
+      </c>
+      <c r="Q224" t="s">
+        <v>182</v>
+      </c>
+      <c r="R224" t="s">
         <v>106</v>
-      </c>
-[...19 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="225" spans="1:18">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C225" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E225" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F225" t="s">
-        <v>599</v>
+        <v>771</v>
       </c>
       <c r="G225" t="s">
-        <v>650</v>
+        <v>839</v>
+      </c>
+      <c r="H225" t="s">
+        <v>840</v>
+      </c>
+      <c r="I225" t="s">
+        <v>204</v>
+      </c>
+      <c r="J225" t="s">
+        <v>25</v>
+      </c>
+      <c r="K225" t="s">
+        <v>51</v>
       </c>
       <c r="L225" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M225" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P225" t="s">
-        <v>651</v>
+        <v>841</v>
       </c>
       <c r="Q225" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
       <c r="R225" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="226" spans="1:18">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C226" t="s">
         <v>19</v>
       </c>
       <c r="E226" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="F226" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="G226" t="s">
-        <v>652</v>
+        <v>842</v>
+      </c>
+      <c r="H226" t="s">
+        <v>715</v>
+      </c>
+      <c r="I226" t="s">
+        <v>24</v>
+      </c>
+      <c r="J226" t="s">
+        <v>25</v>
+      </c>
+      <c r="K226" t="s">
+        <v>259</v>
       </c>
       <c r="L226" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M226" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="P226" t="s">
-        <v>275</v>
+        <v>348</v>
       </c>
       <c r="Q226" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="R226" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="227" spans="1:18">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C227" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E227" t="s">
-        <v>282</v>
+        <v>358</v>
       </c>
       <c r="F227" t="s">
-        <v>304</v>
+        <v>386</v>
       </c>
       <c r="G227" t="s">
-        <v>653</v>
+        <v>843</v>
+      </c>
+      <c r="J227" t="s">
+        <v>95</v>
       </c>
       <c r="L227" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M227" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="P227" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q227" t="s">
-        <v>654</v>
+        <v>844</v>
       </c>
       <c r="R227" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="228" spans="1:18">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>223</v>
+        <v>282</v>
       </c>
       <c r="C228" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E228" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F228" t="s">
-        <v>437</v>
+        <v>558</v>
       </c>
       <c r="G228" t="s">
-        <v>655</v>
+        <v>845</v>
+      </c>
+      <c r="J228" t="s">
+        <v>95</v>
       </c>
       <c r="L228" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M228" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P228" t="s">
-        <v>656</v>
+        <v>846</v>
       </c>
       <c r="Q228" t="s">
-        <v>558</v>
+        <v>718</v>
       </c>
       <c r="R228" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="229" spans="1:18">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C229" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E229" t="s">
-        <v>144</v>
+        <v>183</v>
       </c>
       <c r="F229" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G229" t="s">
-        <v>657</v>
+        <v>847</v>
+      </c>
+      <c r="H229" t="s">
+        <v>848</v>
+      </c>
+      <c r="I229" t="s">
+        <v>204</v>
+      </c>
+      <c r="J229" t="s">
+        <v>25</v>
+      </c>
+      <c r="K229" t="s">
+        <v>616</v>
       </c>
       <c r="L229" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M229" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="P229" t="s">
-        <v>658</v>
+        <v>849</v>
       </c>
       <c r="Q229" t="s">
-        <v>183</v>
+        <v>235</v>
       </c>
       <c r="R229" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="230" spans="1:18">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
         <v>18</v>
       </c>
       <c r="C230" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E230" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F230" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="G230" t="s">
-        <v>659</v>
+        <v>850</v>
+      </c>
+      <c r="J230" t="s">
+        <v>393</v>
       </c>
       <c r="L230" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M230" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P230" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q230" t="s">
-        <v>435</v>
+        <v>555</v>
       </c>
       <c r="R230" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="231" spans="1:18">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C231" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E231" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F231" t="s">
-        <v>660</v>
+        <v>851</v>
       </c>
       <c r="G231" t="s">
-        <v>661</v>
+        <v>852</v>
+      </c>
+      <c r="H231" t="s">
+        <v>853</v>
+      </c>
+      <c r="I231" t="s">
+        <v>204</v>
+      </c>
+      <c r="J231" t="s">
+        <v>25</v>
+      </c>
+      <c r="K231" t="s">
+        <v>381</v>
       </c>
       <c r="L231" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M231" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P231" t="s">
-        <v>662</v>
+        <v>854</v>
       </c>
       <c r="Q231" t="s">
-        <v>183</v>
+        <v>235</v>
       </c>
       <c r="R231" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="232" spans="1:18">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
         <v>18</v>
       </c>
       <c r="C232" t="s">
         <v>19</v>
       </c>
       <c r="E232" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F232" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G232" t="s">
-        <v>663</v>
+        <v>855</v>
+      </c>
+      <c r="H232" t="s">
+        <v>677</v>
+      </c>
+      <c r="I232" t="s">
+        <v>24</v>
+      </c>
+      <c r="J232" t="s">
+        <v>25</v>
+      </c>
+      <c r="K232" t="s">
+        <v>26</v>
       </c>
       <c r="L232" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M232" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P232" t="s">
-        <v>135</v>
+        <v>170</v>
       </c>
       <c r="Q232" t="s">
-        <v>210</v>
+        <v>269</v>
       </c>
       <c r="R232" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="233" spans="1:18">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C233" t="s">
         <v>19</v>
       </c>
       <c r="E233" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F233" t="s">
-        <v>664</v>
+        <v>856</v>
       </c>
       <c r="G233" t="s">
-        <v>665</v>
+        <v>857</v>
+      </c>
+      <c r="H233" t="s">
+        <v>858</v>
+      </c>
+      <c r="I233" t="s">
+        <v>24</v>
+      </c>
+      <c r="J233" t="s">
+        <v>25</v>
+      </c>
+      <c r="K233" t="s">
+        <v>143</v>
       </c>
       <c r="L233" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M233" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P233" t="s">
-        <v>666</v>
+        <v>859</v>
       </c>
       <c r="Q233" t="s">
-        <v>177</v>
+        <v>228</v>
       </c>
       <c r="R233" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="234" spans="1:18">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C234" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E234" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F234" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="G234" t="s">
-        <v>667</v>
+        <v>860</v>
+      </c>
+      <c r="J234" t="s">
+        <v>95</v>
       </c>
       <c r="L234" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M234" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P234" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q234" t="s">
-        <v>668</v>
+        <v>861</v>
       </c>
     </row>
     <row r="235" spans="1:18">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C235" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E235" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F235" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G235" t="s">
-        <v>669</v>
+        <v>862</v>
+      </c>
+      <c r="H235" t="s">
+        <v>863</v>
+      </c>
+      <c r="I235" t="s">
+        <v>204</v>
+      </c>
+      <c r="J235" t="s">
+        <v>25</v>
+      </c>
+      <c r="K235" t="s">
+        <v>143</v>
       </c>
       <c r="L235" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M235" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P235" t="s">
-        <v>670</v>
+        <v>864</v>
       </c>
       <c r="Q235" t="s">
-        <v>341</v>
+        <v>434</v>
       </c>
       <c r="R235" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="236" spans="1:18">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C236" t="s">
         <v>19</v>
       </c>
       <c r="E236" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F236" t="s">
-        <v>671</v>
+        <v>865</v>
       </c>
       <c r="G236" t="s">
-        <v>672</v>
+        <v>866</v>
+      </c>
+      <c r="J236" t="s">
+        <v>103</v>
       </c>
       <c r="L236" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M236" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P236" t="s">
-        <v>606</v>
+        <v>781</v>
       </c>
       <c r="Q236" t="s">
-        <v>673</v>
+        <v>867</v>
       </c>
       <c r="R236" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="237" spans="1:18">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C237" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E237" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F237" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G237" t="s">
-        <v>674</v>
+        <v>868</v>
+      </c>
+      <c r="J237" t="s">
+        <v>95</v>
       </c>
       <c r="L237" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M237" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P237" t="s">
-        <v>675</v>
+        <v>869</v>
       </c>
       <c r="Q237" t="s">
-        <v>615</v>
+        <v>793</v>
       </c>
       <c r="R237" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="238" spans="1:18">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C238" t="s">
         <v>19</v>
       </c>
       <c r="E238" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F238" t="s">
-        <v>228</v>
+        <v>289</v>
       </c>
       <c r="G238" t="s">
-        <v>676</v>
+        <v>870</v>
+      </c>
+      <c r="J238" t="s">
+        <v>330</v>
       </c>
       <c r="L238" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M238" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P238" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q238" t="s">
-        <v>326</v>
+        <v>416</v>
       </c>
       <c r="R238" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="239" spans="1:18">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C239" t="s">
         <v>19</v>
       </c>
       <c r="E239" t="s">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="F239" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="G239" t="s">
-        <v>677</v>
+        <v>871</v>
+      </c>
+      <c r="H239" t="s">
+        <v>872</v>
+      </c>
+      <c r="I239" t="s">
+        <v>50</v>
+      </c>
+      <c r="J239" t="s">
+        <v>25</v>
+      </c>
+      <c r="K239" t="s">
+        <v>873</v>
       </c>
       <c r="L239" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M239" t="s">
-        <v>249</v>
+        <v>313</v>
       </c>
       <c r="P239" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q239" t="s">
-        <v>678</v>
+        <v>874</v>
       </c>
       <c r="R239" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="240" spans="1:18">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C240" t="s">
+        <v>45</v>
+      </c>
+      <c r="E240" t="s">
+        <v>385</v>
+      </c>
+      <c r="F240" t="s">
+        <v>490</v>
+      </c>
+      <c r="G240" t="s">
+        <v>875</v>
+      </c>
+      <c r="H240" t="s">
+        <v>876</v>
+      </c>
+      <c r="I240" t="s">
+        <v>248</v>
+      </c>
+      <c r="J240" t="s">
+        <v>25</v>
+      </c>
+      <c r="K240" t="s">
         <v>38</v>
       </c>
-      <c r="E240" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L240" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M240" t="s">
-        <v>306</v>
+        <v>389</v>
       </c>
       <c r="P240" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="Q240" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="R240" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="241" spans="1:18">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C241" t="s">
         <v>19</v>
       </c>
       <c r="E241" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F241" t="s">
-        <v>386</v>
+        <v>490</v>
       </c>
       <c r="G241" t="s">
-        <v>680</v>
+        <v>877</v>
+      </c>
+      <c r="H241" t="s">
+        <v>878</v>
+      </c>
+      <c r="I241" t="s">
+        <v>24</v>
+      </c>
+      <c r="J241" t="s">
+        <v>25</v>
+      </c>
+      <c r="K241" t="s">
+        <v>286</v>
       </c>
       <c r="L241" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M241" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P241" t="s">
-        <v>681</v>
+        <v>879</v>
       </c>
       <c r="Q241" t="s">
-        <v>469</v>
+        <v>597</v>
       </c>
       <c r="R241" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="242" spans="1:18">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C242" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E242" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F242" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G242" t="s">
-        <v>682</v>
+        <v>880</v>
+      </c>
+      <c r="H242" t="s">
+        <v>881</v>
+      </c>
+      <c r="I242" t="s">
+        <v>50</v>
+      </c>
+      <c r="J242" t="s">
+        <v>25</v>
+      </c>
+      <c r="K242" t="s">
+        <v>441</v>
       </c>
       <c r="L242" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M242" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P242" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q242" t="s">
-        <v>503</v>
+        <v>643</v>
       </c>
       <c r="R242" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="243" spans="1:18">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C243" t="s">
         <v>19</v>
       </c>
       <c r="E243" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F243" t="s">
-        <v>414</v>
+        <v>524</v>
       </c>
       <c r="G243" t="s">
-        <v>683</v>
+        <v>882</v>
+      </c>
+      <c r="H243" t="s">
+        <v>883</v>
+      </c>
+      <c r="I243" t="s">
+        <v>24</v>
+      </c>
+      <c r="J243" t="s">
+        <v>25</v>
+      </c>
+      <c r="K243" t="s">
+        <v>884</v>
       </c>
       <c r="L243" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M243" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P243" t="s">
-        <v>684</v>
+        <v>885</v>
       </c>
       <c r="Q243" t="s">
-        <v>151</v>
+        <v>193</v>
       </c>
       <c r="R243" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="244" spans="1:18">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C244" t="s">
         <v>19</v>
       </c>
       <c r="E244" t="s">
         <v>20</v>
       </c>
       <c r="F244" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G244" t="s">
-        <v>685</v>
+        <v>886</v>
+      </c>
+      <c r="H244" t="s">
+        <v>887</v>
+      </c>
+      <c r="I244" t="s">
+        <v>24</v>
+      </c>
+      <c r="J244" t="s">
+        <v>25</v>
+      </c>
+      <c r="K244" t="s">
+        <v>26</v>
       </c>
       <c r="L244" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M244" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="P244" t="s">
-        <v>445</v>
+        <v>567</v>
       </c>
       <c r="Q244" t="s">
-        <v>243</v>
+        <v>306</v>
       </c>
       <c r="R244" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="245" spans="1:18">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C245" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E245" t="s">
-        <v>411</v>
+        <v>520</v>
       </c>
       <c r="F245" t="s">
-        <v>233</v>
+        <v>294</v>
       </c>
       <c r="G245" t="s">
-        <v>686</v>
+        <v>888</v>
+      </c>
+      <c r="H245" t="s">
+        <v>432</v>
+      </c>
+      <c r="I245" t="s">
+        <v>24</v>
+      </c>
+      <c r="J245" t="s">
+        <v>25</v>
+      </c>
+      <c r="K245" t="s">
+        <v>286</v>
       </c>
       <c r="L245" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M245" t="s">
-        <v>413</v>
+        <v>523</v>
       </c>
       <c r="P245" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q245" t="s">
-        <v>678</v>
+        <v>874</v>
       </c>
       <c r="R245" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="246" spans="1:18">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C246" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E246" t="s">
-        <v>303</v>
+        <v>385</v>
       </c>
       <c r="F246" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="G246" t="s">
-        <v>687</v>
+        <v>889</v>
+      </c>
+      <c r="J246" t="s">
+        <v>603</v>
       </c>
       <c r="L246" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M246" t="s">
-        <v>306</v>
+        <v>389</v>
       </c>
       <c r="P246" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q246" t="s">
-        <v>517</v>
+        <v>664</v>
       </c>
       <c r="R246" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="247" spans="1:18">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C247" t="s">
         <v>19</v>
       </c>
       <c r="E247" t="s">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="F247" t="s">
-        <v>218</v>
+        <v>277</v>
       </c>
       <c r="G247" t="s">
-        <v>688</v>
+        <v>890</v>
+      </c>
+      <c r="H247" t="s">
+        <v>891</v>
+      </c>
+      <c r="I247" t="s">
+        <v>50</v>
+      </c>
+      <c r="J247" t="s">
+        <v>25</v>
+      </c>
+      <c r="K247" t="s">
+        <v>400</v>
       </c>
       <c r="L247" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M247" t="s">
-        <v>249</v>
+        <v>313</v>
       </c>
       <c r="P247" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q247" t="s">
-        <v>469</v>
+        <v>597</v>
       </c>
       <c r="R247" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="248" spans="1:18">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
         <v>18</v>
       </c>
       <c r="C248" t="s">
         <v>19</v>
       </c>
       <c r="E248" t="s">
-        <v>303</v>
+        <v>385</v>
       </c>
       <c r="F248" t="s">
-        <v>602</v>
+        <v>775</v>
       </c>
       <c r="G248" t="s">
-        <v>689</v>
+        <v>892</v>
+      </c>
+      <c r="H248" t="s">
+        <v>893</v>
+      </c>
+      <c r="I248" t="s">
+        <v>68</v>
+      </c>
+      <c r="J248" t="s">
+        <v>25</v>
+      </c>
+      <c r="K248" t="s">
+        <v>225</v>
       </c>
       <c r="L248" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M248" t="s">
-        <v>306</v>
+        <v>389</v>
       </c>
       <c r="P248" t="s">
-        <v>690</v>
+        <v>894</v>
       </c>
       <c r="Q248" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
     </row>
     <row r="249" spans="1:18">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C249" t="s">
         <v>19</v>
       </c>
       <c r="E249" t="s">
-        <v>559</v>
+        <v>719</v>
       </c>
       <c r="F249" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G249" t="s">
-        <v>691</v>
+        <v>895</v>
+      </c>
+      <c r="H249" t="s">
+        <v>896</v>
+      </c>
+      <c r="I249" t="s">
+        <v>248</v>
+      </c>
+      <c r="J249" t="s">
+        <v>25</v>
+      </c>
+      <c r="K249" t="s">
+        <v>356</v>
       </c>
       <c r="L249" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M249" t="s">
-        <v>561</v>
+        <v>722</v>
       </c>
       <c r="P249" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q249" t="s">
-        <v>254</v>
+        <v>318</v>
       </c>
       <c r="R249" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="250" spans="1:18">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C250" t="s">
         <v>19</v>
       </c>
       <c r="E250" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F250" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G250" t="s">
-        <v>692</v>
+        <v>897</v>
+      </c>
+      <c r="H250" t="s">
+        <v>898</v>
+      </c>
+      <c r="I250" t="s">
+        <v>24</v>
+      </c>
+      <c r="J250" t="s">
+        <v>25</v>
+      </c>
+      <c r="K250" t="s">
+        <v>651</v>
       </c>
       <c r="L250" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M250" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P250" t="s">
-        <v>693</v>
+        <v>899</v>
       </c>
       <c r="Q250" t="s">
-        <v>389</v>
+        <v>494</v>
       </c>
       <c r="R250" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="251" spans="1:18">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
         <v>18</v>
       </c>
       <c r="C251" t="s">
         <v>19</v>
       </c>
       <c r="E251" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F251" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G251" t="s">
-        <v>694</v>
+        <v>900</v>
+      </c>
+      <c r="H251" t="s">
+        <v>736</v>
+      </c>
+      <c r="I251" t="s">
+        <v>68</v>
+      </c>
+      <c r="J251" t="s">
+        <v>25</v>
+      </c>
+      <c r="K251" t="s">
+        <v>143</v>
       </c>
       <c r="L251" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M251" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P251" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q251" t="s">
-        <v>160</v>
+        <v>205</v>
       </c>
       <c r="R251" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="252" spans="1:18">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C252" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E252" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="F252" t="s">
-        <v>224</v>
+        <v>283</v>
       </c>
       <c r="G252" t="s">
-        <v>695</v>
+        <v>901</v>
+      </c>
+      <c r="H252" t="s">
+        <v>232</v>
+      </c>
+      <c r="I252" t="s">
+        <v>24</v>
+      </c>
+      <c r="J252" t="s">
+        <v>25</v>
+      </c>
+      <c r="K252" t="s">
+        <v>356</v>
       </c>
       <c r="L252" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M252" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="P252" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q252" t="s">
-        <v>435</v>
+        <v>555</v>
       </c>
       <c r="R252" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="253" spans="1:18">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C253" t="s">
         <v>19</v>
       </c>
       <c r="E253" t="s">
-        <v>211</v>
+        <v>270</v>
       </c>
       <c r="F253" t="s">
         <v>21</v>
       </c>
       <c r="G253" t="s">
-        <v>696</v>
+        <v>902</v>
+      </c>
+      <c r="H253" t="s">
+        <v>258</v>
+      </c>
+      <c r="I253" t="s">
+        <v>142</v>
+      </c>
+      <c r="J253" t="s">
+        <v>25</v>
+      </c>
+      <c r="K253" t="s">
+        <v>210</v>
       </c>
       <c r="L253" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M253" t="s">
-        <v>214</v>
+        <v>273</v>
       </c>
       <c r="P253" t="s">
-        <v>156</v>
+        <v>199</v>
       </c>
       <c r="Q253" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="R253" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="254" spans="1:18">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C254" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E254" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F254" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G254" t="s">
-        <v>697</v>
+        <v>903</v>
+      </c>
+      <c r="H254" t="s">
+        <v>904</v>
+      </c>
+      <c r="I254" t="s">
+        <v>168</v>
+      </c>
+      <c r="J254" t="s">
+        <v>25</v>
+      </c>
+      <c r="K254" t="s">
+        <v>286</v>
       </c>
       <c r="L254" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M254" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P254" t="s">
-        <v>698</v>
+        <v>905</v>
       </c>
       <c r="Q254" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="R254" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="255" spans="1:18">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C255" t="s">
         <v>19</v>
       </c>
       <c r="E255" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F255" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="G255" t="s">
-        <v>699</v>
+        <v>906</v>
+      </c>
+      <c r="H255" t="s">
+        <v>907</v>
+      </c>
+      <c r="I255" t="s">
+        <v>24</v>
+      </c>
+      <c r="J255" t="s">
+        <v>25</v>
+      </c>
+      <c r="K255" t="s">
+        <v>143</v>
       </c>
       <c r="L255" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M255" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P255" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q255" t="s">
-        <v>222</v>
+        <v>281</v>
       </c>
       <c r="R255" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="256" spans="1:18">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
         <v>18</v>
       </c>
       <c r="C256" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E256" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="F256" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G256" t="s">
-        <v>700</v>
+        <v>908</v>
+      </c>
+      <c r="H256" t="s">
+        <v>909</v>
+      </c>
+      <c r="I256" t="s">
+        <v>24</v>
+      </c>
+      <c r="J256" t="s">
+        <v>25</v>
+      </c>
+      <c r="K256" t="s">
+        <v>133</v>
       </c>
       <c r="L256" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M256" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="P256" t="s">
-        <v>701</v>
+        <v>910</v>
       </c>
       <c r="Q256" t="s">
-        <v>143</v>
+        <v>182</v>
       </c>
       <c r="R256" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="257" spans="1:18">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
         <v>18</v>
       </c>
       <c r="C257" t="s">
         <v>19</v>
       </c>
       <c r="E257" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F257" t="s">
-        <v>602</v>
+        <v>775</v>
       </c>
       <c r="G257" t="s">
-        <v>702</v>
+        <v>911</v>
+      </c>
+      <c r="H257" t="s">
+        <v>564</v>
+      </c>
+      <c r="I257" t="s">
+        <v>50</v>
+      </c>
+      <c r="J257" t="s">
+        <v>25</v>
+      </c>
+      <c r="K257" t="s">
+        <v>912</v>
       </c>
       <c r="L257" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M257" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P257" t="s">
-        <v>703</v>
+        <v>913</v>
       </c>
       <c r="Q257" t="s">
-        <v>704</v>
+        <v>914</v>
       </c>
     </row>
     <row r="258" spans="1:18">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
         <v>18</v>
       </c>
       <c r="C258" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E258" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F258" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="G258" t="s">
-        <v>705</v>
+        <v>915</v>
+      </c>
+      <c r="H258" t="s">
+        <v>631</v>
+      </c>
+      <c r="I258" t="s">
+        <v>204</v>
+      </c>
+      <c r="J258" t="s">
+        <v>25</v>
+      </c>
+      <c r="K258" t="s">
+        <v>51</v>
       </c>
       <c r="L258" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M258" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P258" t="s">
-        <v>706</v>
+        <v>916</v>
       </c>
       <c r="Q258" t="s">
-        <v>392</v>
+        <v>498</v>
       </c>
       <c r="R258" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="259" spans="1:18">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C259" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E259" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F259" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="G259" t="s">
-        <v>707</v>
+        <v>917</v>
+      </c>
+      <c r="H259" t="s">
+        <v>203</v>
+      </c>
+      <c r="I259" t="s">
+        <v>204</v>
+      </c>
+      <c r="J259" t="s">
+        <v>25</v>
+      </c>
+      <c r="K259" t="s">
+        <v>381</v>
       </c>
       <c r="L259" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M259" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P259" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q259" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R259" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="260" spans="1:18">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C260" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E260" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F260" t="s">
-        <v>505</v>
+        <v>647</v>
       </c>
       <c r="G260" t="s">
-        <v>708</v>
+        <v>918</v>
+      </c>
+      <c r="H260" t="s">
+        <v>919</v>
+      </c>
+      <c r="I260" t="s">
+        <v>24</v>
+      </c>
+      <c r="J260" t="s">
+        <v>25</v>
+      </c>
+      <c r="K260" t="s">
+        <v>599</v>
       </c>
       <c r="L260" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M260" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P260" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="Q260" t="s">
-        <v>456</v>
+        <v>581</v>
       </c>
       <c r="R260" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="261" spans="1:18">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C261" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E261" t="s">
-        <v>166</v>
+        <v>213</v>
       </c>
       <c r="F261" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G261" t="s">
-        <v>709</v>
+        <v>920</v>
+      </c>
+      <c r="H261" t="s">
+        <v>132</v>
+      </c>
+      <c r="I261" t="s">
+        <v>50</v>
+      </c>
+      <c r="J261" t="s">
+        <v>25</v>
+      </c>
+      <c r="K261" t="s">
+        <v>133</v>
       </c>
       <c r="L261" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M261" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="P261" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q261" t="s">
-        <v>177</v>
+        <v>228</v>
       </c>
       <c r="R261" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="262" spans="1:18">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
         <v>18</v>
       </c>
       <c r="C262" t="s">
         <v>19</v>
       </c>
       <c r="E262" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="F262" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="G262" t="s">
-        <v>710</v>
+        <v>921</v>
+      </c>
+      <c r="H262" t="s">
+        <v>922</v>
+      </c>
+      <c r="I262" t="s">
+        <v>50</v>
+      </c>
+      <c r="J262" t="s">
+        <v>25</v>
+      </c>
+      <c r="K262" t="s">
+        <v>286</v>
       </c>
       <c r="L262" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M262" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="P262" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q262" t="s">
-        <v>207</v>
+        <v>266</v>
       </c>
       <c r="R262" t="s">
-        <v>276</v>
+        <v>349</v>
       </c>
     </row>
     <row r="263" spans="1:18">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C263" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E263" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F263" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G263" t="s">
-        <v>711</v>
+        <v>923</v>
+      </c>
+      <c r="H263" t="s">
+        <v>924</v>
+      </c>
+      <c r="I263" t="s">
+        <v>24</v>
+      </c>
+      <c r="J263" t="s">
+        <v>25</v>
+      </c>
+      <c r="K263" t="s">
+        <v>455</v>
       </c>
       <c r="L263" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M263" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P263" t="s">
-        <v>388</v>
+        <v>493</v>
       </c>
       <c r="Q263" t="s">
-        <v>222</v>
+        <v>281</v>
       </c>
       <c r="R263" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="264" spans="1:18">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
         <v>18</v>
       </c>
       <c r="C264" t="s">
         <v>19</v>
       </c>
       <c r="E264" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F264" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G264" t="s">
-        <v>712</v>
+        <v>925</v>
+      </c>
+      <c r="H264" t="s">
+        <v>891</v>
+      </c>
+      <c r="I264" t="s">
+        <v>50</v>
+      </c>
+      <c r="J264" t="s">
+        <v>25</v>
+      </c>
+      <c r="K264" t="s">
+        <v>577</v>
       </c>
       <c r="L264" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M264" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P264" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q264" t="s">
-        <v>466</v>
+        <v>593</v>
       </c>
       <c r="R264" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="265" spans="1:18">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C265" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E265" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F265" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G265" t="s">
-        <v>713</v>
+        <v>926</v>
+      </c>
+      <c r="J265" t="s">
+        <v>603</v>
       </c>
       <c r="L265" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M265" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P265" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="Q265" t="s">
-        <v>210</v>
+        <v>269</v>
       </c>
       <c r="R265" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="266" spans="1:18">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C266" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E266" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F266" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G266" t="s">
-        <v>714</v>
+        <v>927</v>
+      </c>
+      <c r="J266" t="s">
+        <v>95</v>
       </c>
       <c r="L266" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M266" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="P266" t="s">
-        <v>715</v>
+        <v>928</v>
       </c>
       <c r="Q266" t="s">
-        <v>716</v>
+        <v>929</v>
       </c>
       <c r="R266" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="267" spans="1:18">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C267" t="s">
         <v>19</v>
       </c>
       <c r="E267" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F267" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G267" t="s">
-        <v>717</v>
+        <v>930</v>
+      </c>
+      <c r="J267" t="s">
+        <v>95</v>
       </c>
       <c r="L267" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M267" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P267" t="s">
-        <v>350</v>
+        <v>446</v>
       </c>
       <c r="Q267" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="R267" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="268" spans="1:18">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C268" t="s">
         <v>19</v>
       </c>
       <c r="E268" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F268" t="s">
-        <v>278</v>
+        <v>352</v>
       </c>
       <c r="G268" t="s">
-        <v>718</v>
+        <v>931</v>
+      </c>
+      <c r="J268" t="s">
+        <v>95</v>
       </c>
       <c r="L268" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M268" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P268" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q268" t="s">
-        <v>719</v>
+        <v>932</v>
       </c>
     </row>
     <row r="269" spans="1:18">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C269" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E269" t="s">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="F269" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G269" t="s">
-        <v>720</v>
+        <v>933</v>
+      </c>
+      <c r="H269" t="s">
+        <v>934</v>
+      </c>
+      <c r="I269" t="s">
+        <v>204</v>
+      </c>
+      <c r="J269" t="s">
+        <v>25</v>
+      </c>
+      <c r="K269" t="s">
+        <v>371</v>
       </c>
       <c r="L269" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M269" t="s">
-        <v>249</v>
+        <v>313</v>
       </c>
       <c r="P269" t="s">
-        <v>215</v>
+        <v>274</v>
       </c>
       <c r="Q269" t="s">
-        <v>165</v>
+        <v>212</v>
       </c>
       <c r="R269" t="s">
-        <v>721</v>
+        <v>935</v>
       </c>
     </row>
     <row r="270" spans="1:18">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C270" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E270" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F270" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="G270" t="s">
-        <v>722</v>
+        <v>936</v>
+      </c>
+      <c r="H270" t="s">
+        <v>937</v>
+      </c>
+      <c r="I270" t="s">
+        <v>248</v>
+      </c>
+      <c r="J270" t="s">
+        <v>25</v>
+      </c>
+      <c r="K270" t="s">
+        <v>599</v>
       </c>
       <c r="L270" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M270" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P270" t="s">
-        <v>723</v>
+        <v>938</v>
       </c>
       <c r="Q270" t="s">
-        <v>281</v>
+        <v>357</v>
       </c>
       <c r="R270" t="s">
-        <v>724</v>
+        <v>939</v>
       </c>
     </row>
     <row r="271" spans="1:18">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
         <v>18</v>
       </c>
       <c r="C271" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E271" t="s">
-        <v>395</v>
+        <v>501</v>
       </c>
       <c r="F271" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G271" t="s">
-        <v>725</v>
+        <v>940</v>
+      </c>
+      <c r="J271" t="s">
+        <v>95</v>
       </c>
       <c r="L271" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M271" t="s">
-        <v>397</v>
+        <v>504</v>
       </c>
       <c r="P271" t="s">
-        <v>726</v>
+        <v>941</v>
       </c>
       <c r="Q271" t="s">
-        <v>558</v>
+        <v>718</v>
       </c>
       <c r="R271" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="272" spans="1:18">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C272" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E272" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F272" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G272" t="s">
-        <v>727</v>
+        <v>942</v>
+      </c>
+      <c r="H272" t="s">
+        <v>943</v>
+      </c>
+      <c r="I272" t="s">
+        <v>68</v>
+      </c>
+      <c r="J272" t="s">
+        <v>25</v>
+      </c>
+      <c r="K272" t="s">
+        <v>51</v>
       </c>
       <c r="L272" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M272" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P272" t="s">
-        <v>294</v>
+        <v>373</v>
       </c>
       <c r="Q272" t="s">
-        <v>678</v>
+        <v>874</v>
       </c>
       <c r="R272" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="273" spans="1:18">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C273" t="s">
         <v>19</v>
       </c>
       <c r="E273" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F273" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G273" t="s">
-        <v>728</v>
+        <v>944</v>
+      </c>
+      <c r="H273" t="s">
+        <v>945</v>
+      </c>
+      <c r="I273" t="s">
+        <v>50</v>
+      </c>
+      <c r="J273" t="s">
+        <v>25</v>
+      </c>
+      <c r="K273" t="s">
+        <v>540</v>
       </c>
       <c r="L273" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M273" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P273" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q273" t="s">
-        <v>729</v>
+        <v>946</v>
       </c>
       <c r="R273" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="274" spans="1:18">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C274" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E274" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F274" t="s">
-        <v>378</v>
+        <v>480</v>
       </c>
       <c r="G274" t="s">
-        <v>730</v>
+        <v>947</v>
+      </c>
+      <c r="H274" t="s">
+        <v>203</v>
+      </c>
+      <c r="I274" t="s">
+        <v>204</v>
+      </c>
+      <c r="J274" t="s">
+        <v>25</v>
+      </c>
+      <c r="K274" t="s">
+        <v>356</v>
       </c>
       <c r="L274" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M274" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P274" t="s">
-        <v>731</v>
+        <v>948</v>
       </c>
       <c r="Q274" t="s">
-        <v>732</v>
+        <v>949</v>
       </c>
       <c r="R274" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="275" spans="1:18">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C275" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E275" t="s">
-        <v>255</v>
+        <v>319</v>
       </c>
       <c r="F275" t="s">
-        <v>500</v>
+        <v>638</v>
       </c>
       <c r="G275" t="s">
-        <v>733</v>
+        <v>950</v>
+      </c>
+      <c r="J275" t="s">
+        <v>103</v>
       </c>
       <c r="L275" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M275" t="s">
-        <v>258</v>
+        <v>324</v>
       </c>
       <c r="P275" t="s">
-        <v>734</v>
+        <v>951</v>
       </c>
       <c r="Q275" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="R275" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="276" spans="1:18">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C276" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E276" t="s">
-        <v>122</v>
+        <v>151</v>
       </c>
       <c r="F276" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G276" t="s">
-        <v>735</v>
+        <v>952</v>
+      </c>
+      <c r="J276" t="s">
+        <v>95</v>
       </c>
       <c r="L276" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M276" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="P276" t="s">
-        <v>736</v>
+        <v>953</v>
       </c>
       <c r="Q276" t="s">
-        <v>222</v>
+        <v>281</v>
       </c>
       <c r="R276" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="277" spans="1:18">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C277" t="s">
         <v>19</v>
       </c>
       <c r="E277" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F277" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="G277" t="s">
-        <v>737</v>
+        <v>954</v>
+      </c>
+      <c r="H277" t="s">
+        <v>955</v>
+      </c>
+      <c r="I277" t="s">
+        <v>24</v>
+      </c>
+      <c r="J277" t="s">
+        <v>25</v>
+      </c>
+      <c r="K277" t="s">
+        <v>51</v>
       </c>
       <c r="L277" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M277" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P277" t="s">
-        <v>734</v>
+        <v>951</v>
       </c>
       <c r="Q277" t="s">
-        <v>341</v>
+        <v>434</v>
       </c>
       <c r="R277" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="278" spans="1:18">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C278" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E278" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F278" t="s">
-        <v>381</v>
+        <v>483</v>
       </c>
       <c r="G278" t="s">
-        <v>738</v>
+        <v>956</v>
+      </c>
+      <c r="H278" t="s">
+        <v>957</v>
+      </c>
+      <c r="I278" t="s">
+        <v>204</v>
+      </c>
+      <c r="J278" t="s">
+        <v>25</v>
+      </c>
+      <c r="K278" t="s">
+        <v>958</v>
       </c>
       <c r="L278" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M278" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P278" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="Q278" t="s">
-        <v>615</v>
+        <v>793</v>
       </c>
       <c r="R278" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="279" spans="1:18">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C279" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E279" t="s">
         <v>20</v>
       </c>
       <c r="F279" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="G279" t="s">
-        <v>739</v>
+        <v>959</v>
+      </c>
+      <c r="H279" t="s">
+        <v>460</v>
+      </c>
+      <c r="I279" t="s">
+        <v>50</v>
+      </c>
+      <c r="J279" t="s">
+        <v>25</v>
+      </c>
+      <c r="K279" t="s">
+        <v>960</v>
       </c>
       <c r="L279" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M279" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="P279" t="s">
-        <v>363</v>
+        <v>462</v>
       </c>
       <c r="Q279" t="s">
-        <v>508</v>
+        <v>652</v>
       </c>
       <c r="R279" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="280" spans="1:18">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C280" t="s">
         <v>19</v>
       </c>
       <c r="E280" t="s">
-        <v>474</v>
+        <v>604</v>
       </c>
       <c r="F280" t="s">
-        <v>200</v>
+        <v>256</v>
       </c>
       <c r="G280" t="s">
-        <v>740</v>
+        <v>961</v>
+      </c>
+      <c r="H280" t="s">
+        <v>179</v>
+      </c>
+      <c r="I280" t="s">
+        <v>24</v>
+      </c>
+      <c r="J280" t="s">
+        <v>25</v>
+      </c>
+      <c r="K280" t="s">
+        <v>646</v>
       </c>
       <c r="L280" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M280" t="s">
-        <v>476</v>
+        <v>607</v>
       </c>
       <c r="P280" t="s">
-        <v>690</v>
+        <v>894</v>
       </c>
       <c r="Q280" t="s">
-        <v>422</v>
+        <v>536</v>
       </c>
       <c r="R280" t="s">
-        <v>741</v>
+        <v>962</v>
       </c>
     </row>
     <row r="281" spans="1:18">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C281" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E281" t="s">
-        <v>303</v>
+        <v>385</v>
       </c>
       <c r="F281" t="s">
-        <v>500</v>
+        <v>638</v>
       </c>
       <c r="G281" t="s">
-        <v>742</v>
+        <v>963</v>
+      </c>
+      <c r="H281" t="s">
+        <v>185</v>
+      </c>
+      <c r="I281" t="s">
+        <v>24</v>
+      </c>
+      <c r="J281" t="s">
+        <v>25</v>
+      </c>
+      <c r="K281" t="s">
+        <v>143</v>
       </c>
       <c r="L281" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M281" t="s">
-        <v>306</v>
+        <v>389</v>
       </c>
       <c r="P281" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="Q281" t="s">
-        <v>380</v>
+        <v>482</v>
       </c>
       <c r="R281" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="282" spans="1:18">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C282" t="s">
         <v>19</v>
       </c>
       <c r="E282" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="F282" t="s">
-        <v>743</v>
+        <v>964</v>
       </c>
       <c r="G282" t="s">
-        <v>744</v>
+        <v>965</v>
+      </c>
+      <c r="H282" t="s">
+        <v>767</v>
+      </c>
+      <c r="I282" t="s">
+        <v>168</v>
+      </c>
+      <c r="J282" t="s">
+        <v>25</v>
+      </c>
+      <c r="K282" t="s">
+        <v>26</v>
       </c>
       <c r="L282" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M282" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="P282" t="s">
-        <v>135</v>
+        <v>170</v>
       </c>
       <c r="Q282" t="s">
-        <v>499</v>
+        <v>637</v>
       </c>
       <c r="R282" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="283" spans="1:18">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C283" t="s">
         <v>19</v>
       </c>
       <c r="E283" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="F283" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="G283" t="s">
-        <v>745</v>
+        <v>966</v>
+      </c>
+      <c r="H283" t="s">
+        <v>174</v>
+      </c>
+      <c r="I283" t="s">
+        <v>24</v>
+      </c>
+      <c r="J283" t="s">
+        <v>25</v>
+      </c>
+      <c r="K283" t="s">
+        <v>225</v>
       </c>
       <c r="L283" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M283" t="s">
-        <v>164</v>
+        <v>211</v>
       </c>
       <c r="P283" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="Q283" t="s">
-        <v>673</v>
+        <v>867</v>
       </c>
       <c r="R283" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="284" spans="1:18">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C284" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E284" t="s">
-        <v>282</v>
+        <v>358</v>
       </c>
       <c r="F284" t="s">
-        <v>386</v>
+        <v>490</v>
       </c>
       <c r="G284" t="s">
-        <v>746</v>
+        <v>967</v>
+      </c>
+      <c r="H284" t="s">
+        <v>968</v>
+      </c>
+      <c r="I284" t="s">
+        <v>24</v>
+      </c>
+      <c r="J284" t="s">
+        <v>25</v>
+      </c>
+      <c r="K284" t="s">
+        <v>26</v>
       </c>
       <c r="L284" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M284" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="P284" t="s">
-        <v>747</v>
+        <v>969</v>
       </c>
       <c r="Q284" t="s">
-        <v>190</v>
+        <v>244</v>
       </c>
       <c r="R284" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="285" spans="1:18">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C285" t="s">
         <v>19</v>
       </c>
       <c r="E285" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F285" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G285" t="s">
-        <v>749</v>
+        <v>971</v>
+      </c>
+      <c r="J285" t="s">
+        <v>95</v>
       </c>
       <c r="L285" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M285" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P285" t="s">
-        <v>750</v>
+        <v>972</v>
       </c>
       <c r="Q285" t="s">
-        <v>183</v>
+        <v>235</v>
       </c>
       <c r="R285" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="286" spans="1:18">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C286" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E286" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F286" t="s">
-        <v>327</v>
+        <v>417</v>
       </c>
       <c r="G286" t="s">
-        <v>751</v>
+        <v>973</v>
+      </c>
+      <c r="J286" t="s">
+        <v>393</v>
       </c>
       <c r="L286" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M286" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P286" t="s">
-        <v>350</v>
+        <v>446</v>
       </c>
       <c r="Q286" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="R286" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="287" spans="1:18">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C287" t="s">
         <v>19</v>
       </c>
       <c r="E287" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F287" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="G287" t="s">
-        <v>752</v>
+        <v>974</v>
+      </c>
+      <c r="J287" t="s">
+        <v>148</v>
       </c>
       <c r="L287" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M287" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P287" t="s">
-        <v>176</v>
+        <v>227</v>
       </c>
       <c r="Q287" t="s">
-        <v>302</v>
+        <v>384</v>
       </c>
       <c r="R287" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="288" spans="1:18">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C288" t="s">
         <v>19</v>
       </c>
       <c r="E288" t="s">
-        <v>264</v>
+        <v>332</v>
       </c>
       <c r="F288" t="s">
-        <v>753</v>
+        <v>975</v>
       </c>
       <c r="G288" t="s">
-        <v>754</v>
+        <v>976</v>
+      </c>
+      <c r="H288" t="s">
+        <v>977</v>
+      </c>
+      <c r="I288" t="s">
+        <v>24</v>
+      </c>
+      <c r="J288" t="s">
+        <v>25</v>
+      </c>
+      <c r="K288" t="s">
+        <v>455</v>
       </c>
       <c r="L288" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M288" t="s">
-        <v>267</v>
+        <v>337</v>
       </c>
       <c r="P288" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="Q288" t="s">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="R288" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="289" spans="1:18">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C289" t="s">
         <v>19</v>
       </c>
       <c r="E289" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F289" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="G289" t="s">
-        <v>755</v>
+        <v>978</v>
+      </c>
+      <c r="J289" t="s">
+        <v>330</v>
       </c>
       <c r="L289" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M289" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P289" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q289" t="s">
-        <v>546</v>
+        <v>702</v>
       </c>
       <c r="R289" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="290" spans="1:18">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C290" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E290" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="F290" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="G290" t="s">
-        <v>756</v>
+        <v>979</v>
+      </c>
+      <c r="H290" t="s">
+        <v>590</v>
+      </c>
+      <c r="I290" t="s">
+        <v>50</v>
+      </c>
+      <c r="J290" t="s">
+        <v>25</v>
+      </c>
+      <c r="K290" t="s">
+        <v>186</v>
       </c>
       <c r="L290" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M290" t="s">
-        <v>164</v>
+        <v>211</v>
       </c>
       <c r="P290" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q290" t="s">
-        <v>757</v>
+        <v>980</v>
       </c>
       <c r="R290" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="291" spans="1:18">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C291" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E291" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F291" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G291" t="s">
-        <v>758</v>
+        <v>981</v>
+      </c>
+      <c r="J291" t="s">
+        <v>393</v>
       </c>
       <c r="L291" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M291" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P291" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q291" t="s">
-        <v>199</v>
+        <v>255</v>
       </c>
       <c r="R291" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="292" spans="1:18">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C292" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E292" t="s">
-        <v>411</v>
+        <v>520</v>
       </c>
       <c r="F292" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="G292" t="s">
-        <v>759</v>
+        <v>982</v>
+      </c>
+      <c r="H292" t="s">
+        <v>489</v>
+      </c>
+      <c r="I292" t="s">
+        <v>24</v>
+      </c>
+      <c r="J292" t="s">
+        <v>25</v>
+      </c>
+      <c r="K292" t="s">
+        <v>400</v>
       </c>
       <c r="L292" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M292" t="s">
-        <v>413</v>
+        <v>523</v>
       </c>
       <c r="P292" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q292" t="s">
-        <v>454</v>
+        <v>578</v>
       </c>
       <c r="R292" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="293" spans="1:18">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C293" t="s">
         <v>19</v>
       </c>
       <c r="E293" t="s">
-        <v>344</v>
+        <v>437</v>
       </c>
       <c r="F293" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G293" t="s">
-        <v>760</v>
+        <v>983</v>
+      </c>
+      <c r="H293" t="s">
+        <v>984</v>
+      </c>
+      <c r="I293" t="s">
+        <v>24</v>
+      </c>
+      <c r="J293" t="s">
+        <v>25</v>
+      </c>
+      <c r="K293" t="s">
+        <v>356</v>
       </c>
       <c r="L293" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M293" t="s">
-        <v>347</v>
+        <v>442</v>
       </c>
       <c r="P293" t="s">
-        <v>391</v>
+        <v>497</v>
       </c>
       <c r="Q293" t="s">
-        <v>143</v>
+        <v>182</v>
       </c>
       <c r="R293" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="294" spans="1:18">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C294" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E294" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F294" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G294" t="s">
-        <v>761</v>
+        <v>985</v>
+      </c>
+      <c r="H294" t="s">
+        <v>986</v>
+      </c>
+      <c r="I294" t="s">
+        <v>168</v>
+      </c>
+      <c r="J294" t="s">
+        <v>25</v>
+      </c>
+      <c r="K294" t="s">
+        <v>51</v>
       </c>
       <c r="L294" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M294" t="s">
+        <v>89</v>
+      </c>
+      <c r="P294" t="s">
         <v>72</v>
       </c>
-      <c r="P294" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q294" t="s">
-        <v>157</v>
+        <v>200</v>
       </c>
       <c r="R294" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="295" spans="1:18">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C295" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E295" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F295" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G295" t="s">
-        <v>762</v>
+        <v>987</v>
+      </c>
+      <c r="J295" t="s">
+        <v>603</v>
       </c>
       <c r="L295" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M295" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P295" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q295" t="s">
-        <v>243</v>
+        <v>306</v>
       </c>
       <c r="R295" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="296" spans="1:18">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C296" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E296" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="F296" t="s">
-        <v>158</v>
+        <v>201</v>
       </c>
       <c r="G296" t="s">
-        <v>763</v>
+        <v>988</v>
+      </c>
+      <c r="H296" t="s">
+        <v>815</v>
+      </c>
+      <c r="I296" t="s">
+        <v>142</v>
+      </c>
+      <c r="J296" t="s">
+        <v>25</v>
+      </c>
+      <c r="K296" t="s">
+        <v>299</v>
       </c>
       <c r="L296" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M296" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="P296" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q296" t="s">
-        <v>673</v>
+        <v>867</v>
       </c>
       <c r="R296" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="297" spans="1:18">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
         <v>18</v>
       </c>
       <c r="C297" t="s">
         <v>19</v>
       </c>
       <c r="E297" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F297" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G297" t="s">
-        <v>764</v>
+        <v>989</v>
+      </c>
+      <c r="H297" t="s">
+        <v>419</v>
+      </c>
+      <c r="I297" t="s">
+        <v>50</v>
+      </c>
+      <c r="J297" t="s">
+        <v>25</v>
+      </c>
+      <c r="K297" t="s">
+        <v>133</v>
       </c>
       <c r="L297" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M297" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P297" t="s">
-        <v>765</v>
+        <v>990</v>
       </c>
       <c r="Q297" t="s">
-        <v>766</v>
+        <v>991</v>
       </c>
       <c r="R297" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="298" spans="1:18">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C298" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E298" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="F298" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="G298" t="s">
-        <v>767</v>
+        <v>992</v>
+      </c>
+      <c r="H298" t="s">
+        <v>993</v>
+      </c>
+      <c r="I298" t="s">
+        <v>24</v>
+      </c>
+      <c r="J298" t="s">
+        <v>25</v>
+      </c>
+      <c r="K298" t="s">
+        <v>455</v>
       </c>
       <c r="L298" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M298" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="P298" t="s">
-        <v>768</v>
+        <v>994</v>
       </c>
       <c r="Q298" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
       <c r="R298" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="299" spans="1:18">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C299" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E299" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="F299" t="s">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="G299" t="s">
-        <v>769</v>
+        <v>995</v>
+      </c>
+      <c r="J299" t="s">
+        <v>330</v>
       </c>
       <c r="L299" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M299" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="P299" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q299" t="s">
-        <v>517</v>
+        <v>664</v>
       </c>
       <c r="R299" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="300" spans="1:18">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C300" t="s">
+        <v>45</v>
+      </c>
+      <c r="E300" t="s">
+        <v>64</v>
+      </c>
+      <c r="F300" t="s">
+        <v>638</v>
+      </c>
+      <c r="G300" t="s">
+        <v>996</v>
+      </c>
+      <c r="H300" t="s">
+        <v>997</v>
+      </c>
+      <c r="I300" t="s">
+        <v>142</v>
+      </c>
+      <c r="J300" t="s">
+        <v>25</v>
+      </c>
+      <c r="K300" t="s">
         <v>38</v>
       </c>
-      <c r="E300" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L300" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M300" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P300" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q300" t="s">
-        <v>508</v>
+        <v>652</v>
       </c>
       <c r="R300" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="301" spans="1:18">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C301" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E301" t="s">
-        <v>360</v>
+        <v>458</v>
       </c>
       <c r="F301" t="s">
-        <v>296</v>
+        <v>375</v>
       </c>
       <c r="G301" t="s">
-        <v>771</v>
+        <v>998</v>
+      </c>
+      <c r="H301" t="s">
+        <v>999</v>
+      </c>
+      <c r="I301" t="s">
+        <v>68</v>
+      </c>
+      <c r="J301" t="s">
+        <v>25</v>
+      </c>
+      <c r="K301" t="s">
+        <v>657</v>
       </c>
       <c r="L301" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M301" t="s">
-        <v>362</v>
+        <v>461</v>
       </c>
       <c r="P301" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q301" t="s">
-        <v>766</v>
+        <v>991</v>
       </c>
       <c r="R301" t="s">
-        <v>276</v>
+        <v>349</v>
       </c>
     </row>
     <row r="302" spans="1:18">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C302" t="s">
         <v>19</v>
       </c>
       <c r="E302" t="s">
-        <v>395</v>
+        <v>501</v>
       </c>
       <c r="F302" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G302" t="s">
-        <v>772</v>
+        <v>1000</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1001</v>
+      </c>
+      <c r="I302" t="s">
+        <v>168</v>
+      </c>
+      <c r="J302" t="s">
+        <v>25</v>
+      </c>
+      <c r="K302" t="s">
+        <v>217</v>
       </c>
       <c r="L302" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M302" t="s">
-        <v>397</v>
+        <v>504</v>
       </c>
       <c r="P302" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q302" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="R302" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="303" spans="1:18">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C303" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E303" t="s">
-        <v>395</v>
+        <v>501</v>
       </c>
       <c r="F303" t="s">
-        <v>296</v>
+        <v>375</v>
       </c>
       <c r="G303" t="s">
-        <v>773</v>
+        <v>1002</v>
+      </c>
+      <c r="H303" t="s">
+        <v>185</v>
+      </c>
+      <c r="I303" t="s">
+        <v>24</v>
+      </c>
+      <c r="J303" t="s">
+        <v>25</v>
+      </c>
+      <c r="K303" t="s">
+        <v>381</v>
       </c>
       <c r="L303" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M303" t="s">
-        <v>397</v>
+        <v>504</v>
       </c>
       <c r="P303" t="s">
-        <v>338</v>
+        <v>430</v>
       </c>
       <c r="Q303" t="s">
-        <v>132</v>
+        <v>164</v>
       </c>
       <c r="R303" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="304" spans="1:18">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C304" t="s">
+        <v>45</v>
+      </c>
+      <c r="E304" t="s">
+        <v>395</v>
+      </c>
+      <c r="F304" t="s">
+        <v>230</v>
+      </c>
+      <c r="G304" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1004</v>
+      </c>
+      <c r="I304" t="s">
+        <v>24</v>
+      </c>
+      <c r="J304" t="s">
+        <v>25</v>
+      </c>
+      <c r="K304" t="s">
         <v>38</v>
       </c>
-      <c r="E304" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L304" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M304" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P304" t="s">
-        <v>775</v>
+        <v>1005</v>
       </c>
       <c r="Q304" t="s">
-        <v>558</v>
+        <v>718</v>
       </c>
       <c r="R304" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="305" spans="1:18">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C305" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E305" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F305" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="G305" t="s">
-        <v>776</v>
+        <v>1006</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1007</v>
+      </c>
+      <c r="I305" t="s">
+        <v>24</v>
+      </c>
+      <c r="J305" t="s">
+        <v>25</v>
+      </c>
+      <c r="K305" t="s">
+        <v>143</v>
       </c>
       <c r="L305" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M305" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P305" t="s">
-        <v>391</v>
+        <v>497</v>
       </c>
       <c r="Q305" t="s">
-        <v>586</v>
+        <v>753</v>
       </c>
       <c r="R305" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="306" spans="1:18">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C306" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E306" t="s">
-        <v>282</v>
+        <v>358</v>
       </c>
       <c r="F306" t="s">
-        <v>777</v>
+        <v>1008</v>
       </c>
       <c r="G306" t="s">
-        <v>778</v>
+        <v>1009</v>
+      </c>
+      <c r="H306" t="s">
+        <v>179</v>
+      </c>
+      <c r="I306" t="s">
+        <v>24</v>
+      </c>
+      <c r="J306" t="s">
+        <v>25</v>
+      </c>
+      <c r="K306" t="s">
+        <v>51</v>
       </c>
       <c r="L306" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M306" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="P306" t="s">
-        <v>329</v>
+        <v>420</v>
       </c>
       <c r="Q306" t="s">
-        <v>210</v>
+        <v>269</v>
       </c>
     </row>
     <row r="307" spans="1:18">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C307" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E307" t="s">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="F307" t="s">
-        <v>318</v>
+        <v>404</v>
       </c>
       <c r="G307" t="s">
-        <v>779</v>
+        <v>1010</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1011</v>
+      </c>
+      <c r="I307" t="s">
+        <v>24</v>
+      </c>
+      <c r="J307" t="s">
+        <v>25</v>
+      </c>
+      <c r="K307" t="s">
+        <v>299</v>
       </c>
       <c r="L307" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M307" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="P307" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="Q307" t="s">
-        <v>203</v>
+        <v>261</v>
       </c>
       <c r="R307" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="308" spans="1:18">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C308" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E308" t="s">
-        <v>217</v>
+        <v>276</v>
       </c>
       <c r="F308" t="s">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="G308" t="s">
-        <v>780</v>
+        <v>1012</v>
+      </c>
+      <c r="J308" t="s">
+        <v>95</v>
       </c>
       <c r="L308" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M308" t="s">
-        <v>220</v>
+        <v>279</v>
       </c>
       <c r="P308" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q308" t="s">
-        <v>359</v>
+        <v>457</v>
       </c>
       <c r="R308" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="309" spans="1:18">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C309" t="s">
         <v>19</v>
       </c>
       <c r="E309" t="s">
-        <v>411</v>
+        <v>520</v>
       </c>
       <c r="F309" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="G309" t="s">
-        <v>781</v>
+        <v>1013</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1014</v>
+      </c>
+      <c r="I309" t="s">
+        <v>24</v>
+      </c>
+      <c r="J309" t="s">
+        <v>25</v>
+      </c>
+      <c r="K309" t="s">
+        <v>286</v>
       </c>
       <c r="L309" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M309" t="s">
-        <v>413</v>
+        <v>523</v>
       </c>
       <c r="P309" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q309" t="s">
-        <v>766</v>
+        <v>991</v>
       </c>
       <c r="R309" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="310" spans="1:18">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C310" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E310" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F310" t="s">
-        <v>304</v>
+        <v>386</v>
       </c>
       <c r="G310" t="s">
-        <v>782</v>
+        <v>1015</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1016</v>
+      </c>
+      <c r="I310" t="s">
+        <v>142</v>
+      </c>
+      <c r="J310" t="s">
+        <v>25</v>
+      </c>
+      <c r="K310" t="s">
+        <v>51</v>
       </c>
       <c r="L310" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M310" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P310" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="Q310" t="s">
-        <v>193</v>
+        <v>249</v>
       </c>
       <c r="R310" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="311" spans="1:18">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C311" t="s">
         <v>19</v>
       </c>
       <c r="E311" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F311" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G311" t="s">
-        <v>783</v>
+        <v>1017</v>
+      </c>
+      <c r="H311" t="s">
+        <v>863</v>
+      </c>
+      <c r="I311" t="s">
+        <v>24</v>
+      </c>
+      <c r="J311" t="s">
+        <v>25</v>
+      </c>
+      <c r="K311" t="s">
+        <v>455</v>
       </c>
       <c r="L311" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M311" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P311" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="Q311" t="s">
-        <v>165</v>
+        <v>212</v>
       </c>
       <c r="R311" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="312" spans="1:18">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C312" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E312" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="F312" t="s">
-        <v>278</v>
+        <v>352</v>
       </c>
       <c r="G312" t="s">
-        <v>784</v>
+        <v>1018</v>
+      </c>
+      <c r="H312" t="s">
+        <v>179</v>
+      </c>
+      <c r="I312" t="s">
+        <v>24</v>
+      </c>
+      <c r="J312" t="s">
+        <v>25</v>
+      </c>
+      <c r="K312" t="s">
+        <v>381</v>
       </c>
       <c r="L312" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M312" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="P312" t="s">
-        <v>391</v>
+        <v>497</v>
       </c>
       <c r="Q312" t="s">
-        <v>452</v>
+        <v>574</v>
       </c>
       <c r="R312" t="s">
-        <v>334</v>
+        <v>426</v>
       </c>
     </row>
     <row r="313" spans="1:18">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C313" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E313" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F313" t="s">
-        <v>785</v>
+        <v>1019</v>
       </c>
       <c r="G313" t="s">
-        <v>786</v>
+        <v>1020</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1021</v>
+      </c>
+      <c r="I313" t="s">
+        <v>24</v>
+      </c>
+      <c r="J313" t="s">
+        <v>25</v>
+      </c>
+      <c r="K313" t="s">
+        <v>69</v>
       </c>
       <c r="L313" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M313" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P313" t="s">
-        <v>176</v>
+        <v>227</v>
       </c>
       <c r="Q313" t="s">
-        <v>732</v>
+        <v>949</v>
       </c>
       <c r="R313" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="314" spans="1:18">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C314" t="s">
         <v>19</v>
       </c>
       <c r="E314" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="F314" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="G314" t="s">
-        <v>787</v>
+        <v>1022</v>
+      </c>
+      <c r="H314" t="s">
+        <v>159</v>
+      </c>
+      <c r="I314" t="s">
+        <v>24</v>
+      </c>
+      <c r="J314" t="s">
+        <v>25</v>
+      </c>
+      <c r="K314" t="s">
+        <v>26</v>
       </c>
       <c r="L314" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M314" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="P314" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q314" t="s">
-        <v>647</v>
+        <v>835</v>
       </c>
       <c r="R314" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="315" spans="1:18">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
         <v>18</v>
       </c>
       <c r="C315" t="s">
         <v>19</v>
       </c>
       <c r="E315" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F315" t="s">
-        <v>218</v>
+        <v>277</v>
       </c>
       <c r="G315" t="s">
-        <v>788</v>
+        <v>1023</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1024</v>
+      </c>
+      <c r="I315" t="s">
+        <v>24</v>
+      </c>
+      <c r="J315" t="s">
+        <v>25</v>
+      </c>
+      <c r="K315" t="s">
+        <v>356</v>
       </c>
       <c r="L315" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M315" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P315" t="s">
-        <v>789</v>
+        <v>1025</v>
       </c>
       <c r="Q315" t="s">
-        <v>790</v>
+        <v>1026</v>
       </c>
       <c r="R315" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="316" spans="1:18">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C316" t="s">
         <v>19</v>
       </c>
       <c r="E316" t="s">
-        <v>439</v>
+        <v>560</v>
       </c>
       <c r="F316" t="s">
-        <v>386</v>
+        <v>490</v>
       </c>
       <c r="G316" t="s">
-        <v>791</v>
+        <v>1027</v>
+      </c>
+      <c r="J316" t="s">
+        <v>148</v>
       </c>
       <c r="L316" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M316" t="s">
-        <v>441</v>
+        <v>562</v>
       </c>
       <c r="P316" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="Q316" t="s">
-        <v>250</v>
+        <v>314</v>
       </c>
       <c r="R316" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="317" spans="1:18">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C317" t="s">
         <v>19</v>
       </c>
       <c r="E317" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F317" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="G317" t="s">
-        <v>792</v>
+        <v>1028</v>
+      </c>
+      <c r="J317" t="s">
+        <v>95</v>
       </c>
       <c r="L317" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M317" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P317" t="s">
-        <v>793</v>
+        <v>1029</v>
       </c>
       <c r="Q317" t="s">
-        <v>552</v>
+        <v>708</v>
       </c>
       <c r="R317" t="s">
-        <v>794</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="318" spans="1:18">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C318" t="s">
         <v>19</v>
       </c>
       <c r="E318" t="s">
-        <v>144</v>
+        <v>183</v>
       </c>
       <c r="F318" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="G318" t="s">
-        <v>795</v>
+        <v>1031</v>
+      </c>
+      <c r="J318" t="s">
+        <v>1032</v>
       </c>
       <c r="L318" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M318" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="P318" t="s">
-        <v>198</v>
+        <v>254</v>
       </c>
       <c r="Q318" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="R318" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="319" spans="1:18">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C319" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E319" t="s">
-        <v>459</v>
+        <v>584</v>
       </c>
       <c r="F319" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="G319" t="s">
-        <v>796</v>
+        <v>1033</v>
+      </c>
+      <c r="J319" t="s">
+        <v>1034</v>
       </c>
       <c r="L319" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M319" t="s">
-        <v>461</v>
+        <v>587</v>
       </c>
       <c r="P319" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q319" t="s">
-        <v>766</v>
+        <v>991</v>
       </c>
       <c r="R319" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="320" spans="1:18">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C320" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E320" t="s">
-        <v>548</v>
+        <v>704</v>
       </c>
       <c r="F320" t="s">
-        <v>350</v>
+        <v>446</v>
       </c>
       <c r="G320" t="s">
-        <v>797</v>
+        <v>1035</v>
+      </c>
+      <c r="H320" t="s">
+        <v>264</v>
+      </c>
+      <c r="I320" t="s">
+        <v>24</v>
+      </c>
+      <c r="J320" t="s">
+        <v>25</v>
+      </c>
+      <c r="K320" t="s">
+        <v>351</v>
       </c>
       <c r="L320" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M320" t="s">
-        <v>550</v>
+        <v>706</v>
       </c>
       <c r="P320" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q320" t="s">
-        <v>237</v>
+        <v>300</v>
       </c>
       <c r="R320" t="s">
-        <v>276</v>
+        <v>349</v>
       </c>
     </row>
     <row r="321" spans="1:18">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C321" t="s">
+        <v>45</v>
+      </c>
+      <c r="E321" t="s">
+        <v>121</v>
+      </c>
+      <c r="F321" t="s">
+        <v>101</v>
+      </c>
+      <c r="G321" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H321" t="s">
+        <v>440</v>
+      </c>
+      <c r="I321" t="s">
+        <v>24</v>
+      </c>
+      <c r="J321" t="s">
+        <v>25</v>
+      </c>
+      <c r="K321" t="s">
         <v>38</v>
       </c>
-      <c r="E321" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L321" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M321" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="P321" t="s">
-        <v>715</v>
+        <v>928</v>
       </c>
       <c r="Q321" t="s">
-        <v>231</v>
+        <v>292</v>
       </c>
       <c r="R321" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="322" spans="1:18">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322" t="s">
         <v>18</v>
       </c>
       <c r="C322" t="s">
         <v>19</v>
       </c>
       <c r="E322" t="s">
-        <v>477</v>
+        <v>608</v>
       </c>
       <c r="F322" t="s">
-        <v>378</v>
+        <v>480</v>
       </c>
       <c r="G322" t="s">
-        <v>799</v>
+        <v>1037</v>
+      </c>
+      <c r="J322" t="s">
+        <v>95</v>
       </c>
       <c r="L322" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M322" t="s">
-        <v>479</v>
+        <v>611</v>
       </c>
       <c r="P322" t="s">
-        <v>715</v>
+        <v>928</v>
       </c>
       <c r="Q322" t="s">
-        <v>207</v>
+        <v>266</v>
       </c>
       <c r="R322" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="323" spans="1:18">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C323" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E323" t="s">
-        <v>411</v>
+        <v>520</v>
       </c>
       <c r="F323" t="s">
-        <v>800</v>
+        <v>1038</v>
       </c>
       <c r="G323" t="s">
-        <v>801</v>
+        <v>1039</v>
+      </c>
+      <c r="H323" t="s">
+        <v>179</v>
+      </c>
+      <c r="I323" t="s">
+        <v>24</v>
+      </c>
+      <c r="J323" t="s">
+        <v>25</v>
+      </c>
+      <c r="K323" t="s">
+        <v>1040</v>
       </c>
       <c r="L323" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M323" t="s">
-        <v>413</v>
+        <v>523</v>
       </c>
       <c r="P323" t="s">
-        <v>802</v>
+        <v>1041</v>
       </c>
       <c r="Q323" t="s">
-        <v>132</v>
+        <v>164</v>
       </c>
     </row>
     <row r="324" spans="1:18">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C324" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E324" t="s">
-        <v>477</v>
+        <v>608</v>
       </c>
       <c r="F324" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="G324" t="s">
-        <v>803</v>
+        <v>1042</v>
+      </c>
+      <c r="H324" t="s">
+        <v>360</v>
+      </c>
+      <c r="I324" t="s">
+        <v>24</v>
+      </c>
+      <c r="J324" t="s">
+        <v>25</v>
+      </c>
+      <c r="K324" t="s">
+        <v>133</v>
       </c>
       <c r="L324" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M324" t="s">
-        <v>479</v>
+        <v>611</v>
       </c>
       <c r="P324" t="s">
-        <v>747</v>
+        <v>969</v>
       </c>
       <c r="Q324" t="s">
-        <v>245</v>
+        <v>308</v>
       </c>
       <c r="R324" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="325" spans="1:18">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C325" t="s">
         <v>19</v>
       </c>
       <c r="E325" t="s">
-        <v>559</v>
+        <v>719</v>
       </c>
       <c r="F325" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="G325" t="s">
-        <v>804</v>
+        <v>1043</v>
+      </c>
+      <c r="J325" t="s">
+        <v>95</v>
       </c>
       <c r="L325" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M325" t="s">
-        <v>561</v>
+        <v>722</v>
       </c>
       <c r="P325" t="s">
-        <v>445</v>
+        <v>567</v>
       </c>
       <c r="Q325" t="s">
-        <v>732</v>
+        <v>949</v>
       </c>
       <c r="R325" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="326" spans="1:18">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326" t="s">
         <v>18</v>
       </c>
       <c r="C326" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E326" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="F326" t="s">
-        <v>273</v>
+        <v>345</v>
       </c>
       <c r="G326" t="s">
-        <v>805</v>
+        <v>1044</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1045</v>
+      </c>
+      <c r="I326" t="s">
+        <v>50</v>
+      </c>
+      <c r="J326" t="s">
+        <v>25</v>
+      </c>
+      <c r="K326" t="s">
+        <v>133</v>
       </c>
       <c r="L326" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M326" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="P326" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q326" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="R326" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="327" spans="1:18">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327" t="s">
         <v>18</v>
       </c>
       <c r="C327" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E327" t="s">
-        <v>290</v>
+        <v>367</v>
       </c>
       <c r="F327" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="G327" t="s">
-        <v>806</v>
+        <v>1046</v>
+      </c>
+      <c r="H327" t="s">
+        <v>59</v>
+      </c>
+      <c r="I327" t="s">
+        <v>24</v>
+      </c>
+      <c r="J327" t="s">
+        <v>25</v>
+      </c>
+      <c r="K327" t="s">
+        <v>133</v>
       </c>
       <c r="L327" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M327" t="s">
-        <v>293</v>
+        <v>372</v>
       </c>
       <c r="P327" t="s">
-        <v>807</v>
+        <v>1047</v>
       </c>
       <c r="Q327" t="s">
-        <v>177</v>
+        <v>228</v>
       </c>
       <c r="R327" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="328" spans="1:18">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C328" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E328" t="s">
-        <v>282</v>
+        <v>358</v>
       </c>
       <c r="F328" t="s">
-        <v>562</v>
+        <v>723</v>
       </c>
       <c r="G328" t="s">
-        <v>808</v>
+        <v>1048</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1049</v>
+      </c>
+      <c r="I328" t="s">
+        <v>24</v>
+      </c>
+      <c r="J328" t="s">
+        <v>25</v>
+      </c>
+      <c r="K328" t="s">
+        <v>356</v>
       </c>
       <c r="L328" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M328" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="P328" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q328" t="s">
-        <v>790</v>
+        <v>1026</v>
       </c>
       <c r="R328" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="329" spans="1:18">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C329" t="s">
         <v>19</v>
       </c>
       <c r="E329" t="s">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="F329" t="s">
-        <v>233</v>
+        <v>294</v>
       </c>
       <c r="G329" t="s">
-        <v>809</v>
+        <v>1050</v>
+      </c>
+      <c r="H329" t="s">
+        <v>891</v>
+      </c>
+      <c r="I329" t="s">
+        <v>50</v>
+      </c>
+      <c r="J329" t="s">
+        <v>25</v>
+      </c>
+      <c r="K329" t="s">
+        <v>351</v>
       </c>
       <c r="L329" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M329" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="P329" t="s">
-        <v>135</v>
+        <v>170</v>
       </c>
       <c r="Q329" t="s">
-        <v>118</v>
+        <v>146</v>
       </c>
       <c r="R329" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="330" spans="1:18">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C330" t="s">
         <v>19</v>
       </c>
       <c r="E330" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F330" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="G330" t="s">
-        <v>810</v>
+        <v>1051</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1014</v>
+      </c>
+      <c r="I330" t="s">
+        <v>24</v>
+      </c>
+      <c r="J330" t="s">
+        <v>25</v>
+      </c>
+      <c r="K330" t="s">
+        <v>1052</v>
       </c>
       <c r="L330" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M330" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P330" t="s">
-        <v>625</v>
+        <v>804</v>
       </c>
       <c r="Q330" t="s">
-        <v>302</v>
+        <v>384</v>
       </c>
       <c r="R330" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="331" spans="1:18">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C331" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E331" t="s">
-        <v>344</v>
+        <v>437</v>
       </c>
       <c r="F331" t="s">
-        <v>304</v>
+        <v>386</v>
       </c>
       <c r="G331" t="s">
-        <v>811</v>
+        <v>1053</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1054</v>
+      </c>
+      <c r="I331" t="s">
+        <v>24</v>
+      </c>
+      <c r="J331" t="s">
+        <v>25</v>
+      </c>
+      <c r="K331" t="s">
+        <v>522</v>
       </c>
       <c r="L331" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M331" t="s">
-        <v>347</v>
+        <v>442</v>
       </c>
       <c r="P331" t="s">
-        <v>388</v>
+        <v>493</v>
       </c>
       <c r="Q331" t="s">
-        <v>673</v>
+        <v>867</v>
       </c>
       <c r="R331" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="332" spans="1:18">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C332" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E332" t="s">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="F332" t="s">
-        <v>414</v>
+        <v>524</v>
       </c>
       <c r="G332" t="s">
-        <v>812</v>
+        <v>1055</v>
+      </c>
+      <c r="J332" t="s">
+        <v>603</v>
       </c>
       <c r="L332" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M332" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
       <c r="P332" t="s">
-        <v>240</v>
+        <v>303</v>
       </c>
       <c r="Q332" t="s">
-        <v>615</v>
+        <v>793</v>
       </c>
       <c r="R332" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="333" spans="1:18">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C333" t="s">
         <v>19</v>
       </c>
       <c r="E333" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F333" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G333" t="s">
-        <v>813</v>
+        <v>1056</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1057</v>
+      </c>
+      <c r="I333" t="s">
+        <v>24</v>
+      </c>
+      <c r="J333" t="s">
+        <v>25</v>
+      </c>
+      <c r="K333" t="s">
+        <v>540</v>
       </c>
       <c r="L333" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M333" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P333" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q333" t="s">
-        <v>389</v>
+        <v>494</v>
       </c>
       <c r="R333" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="334" spans="1:18">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C334" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E334" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F334" t="s">
-        <v>279</v>
+        <v>353</v>
       </c>
       <c r="G334" t="s">
-        <v>814</v>
+        <v>1058</v>
+      </c>
+      <c r="J334" t="s">
+        <v>377</v>
       </c>
       <c r="L334" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M334" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P334" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q334" t="s">
-        <v>199</v>
+        <v>255</v>
       </c>
       <c r="R334" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="335" spans="1:18">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C335" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E335" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="F335" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G335" t="s">
-        <v>815</v>
+        <v>1059</v>
+      </c>
+      <c r="J335" t="s">
+        <v>787</v>
       </c>
       <c r="L335" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M335" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="P335" t="s">
-        <v>816</v>
+        <v>1060</v>
       </c>
       <c r="Q335" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="R335" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="336" spans="1:18">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336" t="s">
-        <v>223</v>
+        <v>282</v>
       </c>
       <c r="C336" t="s">
         <v>19</v>
       </c>
       <c r="E336" t="s">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="F336" t="s">
-        <v>228</v>
+        <v>289</v>
       </c>
       <c r="G336" t="s">
-        <v>817</v>
+        <v>1061</v>
+      </c>
+      <c r="H336" t="s">
+        <v>586</v>
+      </c>
+      <c r="I336" t="s">
+        <v>24</v>
+      </c>
+      <c r="J336" t="s">
+        <v>25</v>
+      </c>
+      <c r="K336" t="s">
+        <v>133</v>
       </c>
       <c r="L336" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M336" t="s">
-        <v>249</v>
+        <v>313</v>
       </c>
       <c r="P336" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q336" t="s">
-        <v>254</v>
+        <v>318</v>
       </c>
       <c r="R336" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="337" spans="1:18">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C337" t="s">
         <v>19</v>
       </c>
       <c r="E337" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F337" t="s">
-        <v>437</v>
+        <v>558</v>
       </c>
       <c r="G337" t="s">
-        <v>818</v>
+        <v>1062</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1063</v>
+      </c>
+      <c r="I337" t="s">
+        <v>711</v>
+      </c>
+      <c r="J337" t="s">
+        <v>25</v>
+      </c>
+      <c r="K337" t="s">
+        <v>143</v>
       </c>
       <c r="L337" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M337" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P337" t="s">
-        <v>819</v>
+        <v>1064</v>
       </c>
       <c r="Q337" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R337" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="338" spans="1:18">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C338" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E338" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F338" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="G338" t="s">
-        <v>820</v>
+        <v>1065</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1007</v>
+      </c>
+      <c r="I338" t="s">
+        <v>24</v>
+      </c>
+      <c r="J338" t="s">
+        <v>25</v>
+      </c>
+      <c r="K338" t="s">
+        <v>356</v>
       </c>
       <c r="L338" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M338" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P338" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="Q338" t="s">
-        <v>821</v>
+        <v>1066</v>
       </c>
       <c r="R338" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="339" spans="1:18">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C339" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E339" t="s">
-        <v>459</v>
+        <v>584</v>
       </c>
       <c r="F339" t="s">
-        <v>318</v>
+        <v>404</v>
       </c>
       <c r="G339" t="s">
-        <v>822</v>
+        <v>1067</v>
+      </c>
+      <c r="H339" t="s">
+        <v>586</v>
+      </c>
+      <c r="I339" t="s">
+        <v>24</v>
+      </c>
+      <c r="J339" t="s">
+        <v>25</v>
+      </c>
+      <c r="K339" t="s">
+        <v>51</v>
       </c>
       <c r="L339" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M339" t="s">
-        <v>461</v>
+        <v>587</v>
       </c>
       <c r="P339" t="s">
-        <v>775</v>
+        <v>1005</v>
       </c>
       <c r="Q339" t="s">
-        <v>678</v>
+        <v>874</v>
       </c>
       <c r="R339" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="340" spans="1:18">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C340" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E340" t="s">
+        <v>100</v>
+      </c>
+      <c r="F340" t="s">
+        <v>1068</v>
+      </c>
+      <c r="G340" t="s">
+        <v>1069</v>
+      </c>
+      <c r="J340" t="s">
+        <v>95</v>
+      </c>
+      <c r="L340" t="s">
+        <v>27</v>
+      </c>
+      <c r="M340" t="s">
+        <v>104</v>
+      </c>
+      <c r="P340" t="s">
+        <v>1070</v>
+      </c>
+      <c r="Q340" t="s">
+        <v>601</v>
+      </c>
+      <c r="R340" t="s">
         <v>82</v>
-      </c>
-[...19 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="341" spans="1:18">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C341" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E341" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F341" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G341" t="s">
-        <v>826</v>
+        <v>1071</v>
+      </c>
+      <c r="J341" t="s">
+        <v>834</v>
       </c>
       <c r="L341" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M341" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P341" t="s">
-        <v>427</v>
+        <v>543</v>
       </c>
       <c r="Q341" t="s">
-        <v>183</v>
+        <v>235</v>
       </c>
       <c r="R341" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="342" spans="1:18">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C342" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E342" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F342" t="s">
-        <v>827</v>
+        <v>1072</v>
       </c>
       <c r="G342" t="s">
-        <v>828</v>
+        <v>1073</v>
+      </c>
+      <c r="H342" t="s">
+        <v>662</v>
+      </c>
+      <c r="I342" t="s">
+        <v>168</v>
+      </c>
+      <c r="J342" t="s">
+        <v>25</v>
+      </c>
+      <c r="K342" t="s">
+        <v>26</v>
       </c>
       <c r="L342" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M342" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P342" t="s">
-        <v>609</v>
+        <v>784</v>
       </c>
       <c r="Q342" t="s">
-        <v>143</v>
+        <v>182</v>
       </c>
       <c r="R342" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="343" spans="1:18">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C343" t="s">
         <v>19</v>
       </c>
       <c r="E343" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F343" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G343" t="s">
-        <v>829</v>
+        <v>1074</v>
+      </c>
+      <c r="J343" t="s">
+        <v>1075</v>
       </c>
       <c r="L343" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M343" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P343" t="s">
-        <v>830</v>
+        <v>1076</v>
       </c>
       <c r="Q343" t="s">
-        <v>199</v>
+        <v>255</v>
       </c>
       <c r="R343" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="344" spans="1:18">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C344" t="s">
         <v>19</v>
       </c>
       <c r="E344" t="s">
-        <v>232</v>
+        <v>293</v>
       </c>
       <c r="F344" t="s">
-        <v>228</v>
+        <v>289</v>
       </c>
       <c r="G344" t="s">
-        <v>831</v>
+        <v>1077</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1078</v>
+      </c>
+      <c r="I344" t="s">
+        <v>24</v>
+      </c>
+      <c r="J344" t="s">
+        <v>25</v>
+      </c>
+      <c r="K344" t="s">
+        <v>1079</v>
       </c>
       <c r="L344" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M344" t="s">
-        <v>235</v>
+        <v>296</v>
       </c>
       <c r="P344" t="s">
-        <v>329</v>
+        <v>420</v>
       </c>
       <c r="Q344" t="s">
-        <v>389</v>
+        <v>494</v>
       </c>
       <c r="R344" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="345" spans="1:18">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C345" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E345" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="F345" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G345" t="s">
-        <v>832</v>
+        <v>1080</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1081</v>
+      </c>
+      <c r="I345" t="s">
+        <v>24</v>
+      </c>
+      <c r="J345" t="s">
+        <v>25</v>
+      </c>
+      <c r="K345" t="s">
+        <v>1082</v>
       </c>
       <c r="L345" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M345" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="P345" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="Q345" t="s">
-        <v>289</v>
+        <v>366</v>
       </c>
       <c r="R345" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="346" spans="1:18">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C346" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E346" t="s">
-        <v>166</v>
+        <v>213</v>
       </c>
       <c r="F346" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="G346" t="s">
-        <v>833</v>
+        <v>1083</v>
+      </c>
+      <c r="H346" t="s">
+        <v>153</v>
+      </c>
+      <c r="I346" t="s">
+        <v>24</v>
+      </c>
+      <c r="J346" t="s">
+        <v>25</v>
+      </c>
+      <c r="K346" t="s">
+        <v>455</v>
       </c>
       <c r="L346" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M346" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="P346" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="Q346" t="s">
-        <v>143</v>
+        <v>182</v>
       </c>
       <c r="R346" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="347" spans="1:18">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C347" t="s">
         <v>19</v>
       </c>
       <c r="E347" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F347" t="s">
-        <v>834</v>
+        <v>1084</v>
       </c>
       <c r="G347" t="s">
-        <v>835</v>
+        <v>1085</v>
+      </c>
+      <c r="J347" t="s">
+        <v>148</v>
       </c>
       <c r="L347" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M347" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P347" t="s">
-        <v>189</v>
+        <v>243</v>
       </c>
       <c r="Q347" t="s">
-        <v>508</v>
+        <v>652</v>
       </c>
     </row>
     <row r="348" spans="1:18">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348" t="s">
         <v>18</v>
       </c>
       <c r="C348" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E348" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F348" t="s">
-        <v>602</v>
+        <v>775</v>
       </c>
       <c r="G348" t="s">
-        <v>836</v>
+        <v>1086</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1087</v>
+      </c>
+      <c r="I348" t="s">
+        <v>24</v>
+      </c>
+      <c r="J348" t="s">
+        <v>25</v>
+      </c>
+      <c r="K348" t="s">
+        <v>577</v>
       </c>
       <c r="L348" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M348" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P348" t="s">
-        <v>837</v>
+        <v>1088</v>
       </c>
       <c r="Q348" t="s">
-        <v>544</v>
+        <v>699</v>
       </c>
     </row>
     <row r="349" spans="1:18">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C349" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E349" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="F349" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G349" t="s">
-        <v>838</v>
+        <v>1089</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1090</v>
+      </c>
+      <c r="I349" t="s">
+        <v>204</v>
+      </c>
+      <c r="J349" t="s">
+        <v>25</v>
+      </c>
+      <c r="K349" t="s">
+        <v>884</v>
       </c>
       <c r="L349" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M349" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="P349" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q349" t="s">
-        <v>207</v>
+        <v>266</v>
       </c>
       <c r="R349" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="350" spans="1:18">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C350" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E350" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F350" t="s">
-        <v>839</v>
+        <v>1091</v>
       </c>
       <c r="G350" t="s">
-        <v>840</v>
+        <v>1092</v>
+      </c>
+      <c r="H350" t="s">
+        <v>59</v>
+      </c>
+      <c r="I350" t="s">
+        <v>24</v>
+      </c>
+      <c r="J350" t="s">
+        <v>25</v>
+      </c>
+      <c r="K350" t="s">
+        <v>180</v>
       </c>
       <c r="L350" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M350" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P350" t="s">
-        <v>377</v>
+        <v>479</v>
       </c>
       <c r="Q350" t="s">
-        <v>203</v>
+        <v>261</v>
       </c>
       <c r="R350" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="351" spans="1:18">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C351" t="s">
         <v>19</v>
       </c>
       <c r="E351" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="F351" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="G351" t="s">
-        <v>841</v>
+        <v>1093</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1094</v>
+      </c>
+      <c r="I351" t="s">
+        <v>50</v>
+      </c>
+      <c r="J351" t="s">
+        <v>25</v>
+      </c>
+      <c r="K351" t="s">
+        <v>225</v>
       </c>
       <c r="L351" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M351" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="P351" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q351" t="s">
-        <v>403</v>
+        <v>511</v>
       </c>
       <c r="R351" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="352" spans="1:18">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C352" t="s">
         <v>19</v>
       </c>
       <c r="E352" t="s">
-        <v>474</v>
+        <v>604</v>
       </c>
       <c r="F352" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G352" t="s">
-        <v>842</v>
+        <v>1095</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1096</v>
+      </c>
+      <c r="I352" t="s">
+        <v>24</v>
+      </c>
+      <c r="J352" t="s">
+        <v>25</v>
+      </c>
+      <c r="K352" t="s">
+        <v>51</v>
       </c>
       <c r="L352" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M352" t="s">
-        <v>476</v>
+        <v>607</v>
       </c>
       <c r="P352" t="s">
-        <v>843</v>
+        <v>1097</v>
       </c>
       <c r="Q352" t="s">
-        <v>844</v>
+        <v>1098</v>
       </c>
       <c r="R352" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="353" spans="1:18">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C353" t="s">
         <v>19</v>
       </c>
       <c r="E353" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="F353" t="s">
-        <v>500</v>
+        <v>638</v>
       </c>
       <c r="G353" t="s">
-        <v>845</v>
+        <v>1099</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1100</v>
+      </c>
+      <c r="I353" t="s">
+        <v>50</v>
+      </c>
+      <c r="J353" t="s">
+        <v>25</v>
+      </c>
+      <c r="K353" t="s">
+        <v>143</v>
       </c>
       <c r="L353" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M353" t="s">
-        <v>164</v>
+        <v>211</v>
       </c>
       <c r="P353" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q353" t="s">
-        <v>846</v>
+        <v>1101</v>
       </c>
       <c r="R353" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="354" spans="1:18">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C354" t="s">
         <v>19</v>
       </c>
       <c r="E354" t="s">
-        <v>847</v>
+        <v>1102</v>
       </c>
       <c r="F354" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G354" t="s">
-        <v>848</v>
+        <v>1103</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1104</v>
+      </c>
+      <c r="I354" t="s">
+        <v>24</v>
+      </c>
+      <c r="J354" t="s">
+        <v>25</v>
+      </c>
+      <c r="K354" t="s">
+        <v>26</v>
       </c>
       <c r="L354" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M354" t="s">
-        <v>849</v>
+        <v>1105</v>
       </c>
       <c r="P354" t="s">
-        <v>850</v>
+        <v>1106</v>
       </c>
       <c r="Q354" t="s">
-        <v>851</v>
+        <v>1107</v>
       </c>
       <c r="R354" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="355" spans="1:18">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C355" t="s">
         <v>19</v>
       </c>
       <c r="E355" t="s">
-        <v>852</v>
+        <v>1108</v>
       </c>
       <c r="F355" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G355" t="s">
-        <v>853</v>
+        <v>1109</v>
+      </c>
+      <c r="J355" t="s">
+        <v>330</v>
       </c>
       <c r="L355" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M355" t="s">
-        <v>854</v>
+        <v>1110</v>
       </c>
       <c r="P355" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="Q355" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R355" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="356" spans="1:18">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C356" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E356" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="F356" t="s">
-        <v>378</v>
+        <v>480</v>
       </c>
       <c r="G356" t="s">
-        <v>855</v>
+        <v>1111</v>
+      </c>
+      <c r="H356" t="s">
+        <v>432</v>
+      </c>
+      <c r="I356" t="s">
+        <v>24</v>
+      </c>
+      <c r="J356" t="s">
+        <v>25</v>
+      </c>
+      <c r="K356" t="s">
+        <v>117</v>
       </c>
       <c r="L356" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M356" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="P356" t="s">
-        <v>856</v>
+        <v>1112</v>
       </c>
       <c r="Q356" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="R356" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="357" spans="1:18">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C357" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E357" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
       <c r="F357" t="s">
-        <v>247</v>
+        <v>310</v>
       </c>
       <c r="G357" t="s">
-        <v>857</v>
+        <v>1113</v>
+      </c>
+      <c r="J357" t="s">
+        <v>95</v>
       </c>
       <c r="L357" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M357" t="s">
-        <v>155</v>
+        <v>198</v>
       </c>
       <c r="P357" t="s">
-        <v>858</v>
+        <v>1114</v>
       </c>
       <c r="Q357" t="s">
-        <v>586</v>
+        <v>753</v>
       </c>
       <c r="R357" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="358" spans="1:18">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C358" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E358" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="F358" t="s">
-        <v>184</v>
+        <v>236</v>
       </c>
       <c r="G358" t="s">
-        <v>859</v>
+        <v>1115</v>
+      </c>
+      <c r="H358" t="s">
+        <v>410</v>
+      </c>
+      <c r="I358" t="s">
+        <v>1116</v>
+      </c>
+      <c r="J358" t="s">
+        <v>25</v>
+      </c>
+      <c r="K358" t="s">
+        <v>540</v>
       </c>
       <c r="L358" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M358" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="P358" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q358" t="s">
-        <v>392</v>
+        <v>498</v>
       </c>
       <c r="R358" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="359" spans="1:18">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C359" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E359" t="s">
-        <v>360</v>
+        <v>458</v>
       </c>
       <c r="F359" t="s">
-        <v>195</v>
+        <v>251</v>
       </c>
       <c r="G359" t="s">
-        <v>860</v>
+        <v>1117</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1118</v>
+      </c>
+      <c r="I359" t="s">
+        <v>50</v>
+      </c>
+      <c r="J359" t="s">
+        <v>25</v>
+      </c>
+      <c r="K359" t="s">
+        <v>441</v>
       </c>
       <c r="L359" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M359" t="s">
-        <v>362</v>
+        <v>461</v>
       </c>
       <c r="P359" t="s">
-        <v>861</v>
+        <v>1119</v>
       </c>
       <c r="Q359" t="s">
-        <v>151</v>
+        <v>193</v>
       </c>
       <c r="R359" t="s">
-        <v>276</v>
+        <v>349</v>
       </c>
     </row>
     <row r="360" spans="1:18">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C360" t="s">
         <v>19</v>
       </c>
       <c r="E360" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F360" t="s">
-        <v>279</v>
+        <v>353</v>
       </c>
       <c r="G360" t="s">
-        <v>862</v>
+        <v>1120</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1121</v>
+      </c>
+      <c r="I360" t="s">
+        <v>24</v>
+      </c>
+      <c r="J360" t="s">
+        <v>25</v>
+      </c>
+      <c r="K360" t="s">
+        <v>299</v>
       </c>
       <c r="L360" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M360" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P360" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q360" t="s">
-        <v>392</v>
+        <v>498</v>
       </c>
       <c r="R360" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="361" spans="1:18">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C361" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E361" t="s">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="F361" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G361" t="s">
-        <v>863</v>
+        <v>1122</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1123</v>
+      </c>
+      <c r="J361" t="s">
+        <v>25</v>
+      </c>
+      <c r="K361" t="s">
+        <v>210</v>
       </c>
       <c r="L361" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M361" t="s">
-        <v>249</v>
+        <v>313</v>
       </c>
       <c r="P361" t="s">
-        <v>864</v>
+        <v>1124</v>
       </c>
       <c r="Q361" t="s">
-        <v>286</v>
+        <v>363</v>
       </c>
       <c r="R361" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="362" spans="1:18">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362" t="s">
         <v>18</v>
       </c>
       <c r="C362" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E362" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F362" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G362" t="s">
-        <v>865</v>
+        <v>1125</v>
+      </c>
+      <c r="J362" t="s">
+        <v>580</v>
       </c>
       <c r="L362" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M362" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P362" t="s">
-        <v>866</v>
+        <v>1126</v>
       </c>
       <c r="Q362" t="s">
-        <v>227</v>
+        <v>288</v>
       </c>
       <c r="R362" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="363" spans="1:18">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C363" t="s">
         <v>19</v>
       </c>
       <c r="E363" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="F363" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G363" t="s">
-        <v>867</v>
+        <v>1127</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I363" t="s">
+        <v>24</v>
+      </c>
+      <c r="J363" t="s">
+        <v>25</v>
+      </c>
+      <c r="K363" t="s">
+        <v>26</v>
       </c>
       <c r="L363" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M363" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="P363" t="s">
-        <v>768</v>
+        <v>994</v>
       </c>
       <c r="Q363" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="R363" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="364" spans="1:18">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C364" t="s">
         <v>19</v>
       </c>
       <c r="E364" t="s">
-        <v>344</v>
+        <v>437</v>
       </c>
       <c r="F364" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="G364" t="s">
-        <v>868</v>
+        <v>1129</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1130</v>
+      </c>
+      <c r="I364" t="s">
+        <v>24</v>
+      </c>
+      <c r="J364" t="s">
+        <v>25</v>
+      </c>
+      <c r="K364" t="s">
+        <v>455</v>
       </c>
       <c r="L364" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M364" t="s">
-        <v>347</v>
+        <v>442</v>
       </c>
       <c r="P364" t="s">
-        <v>391</v>
+        <v>497</v>
       </c>
       <c r="Q364" t="s">
-        <v>359</v>
+        <v>457</v>
       </c>
       <c r="R364" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="365" spans="1:18">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C365" t="s">
         <v>19</v>
       </c>
       <c r="E365" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F365" t="s">
-        <v>500</v>
+        <v>638</v>
       </c>
       <c r="G365" t="s">
-        <v>869</v>
+        <v>1131</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1121</v>
+      </c>
+      <c r="I365" t="s">
+        <v>24</v>
+      </c>
+      <c r="J365" t="s">
+        <v>25</v>
+      </c>
+      <c r="K365" t="s">
+        <v>133</v>
       </c>
       <c r="L365" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M365" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P365" t="s">
-        <v>150</v>
+        <v>192</v>
       </c>
       <c r="Q365" t="s">
-        <v>193</v>
+        <v>249</v>
       </c>
       <c r="R365" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="366" spans="1:18">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C366" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E366" t="s">
-        <v>852</v>
+        <v>1108</v>
       </c>
       <c r="F366" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="G366" t="s">
-        <v>870</v>
+        <v>1132</v>
+      </c>
+      <c r="H366" t="s">
+        <v>340</v>
+      </c>
+      <c r="I366" t="s">
+        <v>24</v>
+      </c>
+      <c r="J366" t="s">
+        <v>25</v>
+      </c>
+      <c r="K366" t="s">
+        <v>381</v>
       </c>
       <c r="L366" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M366" t="s">
-        <v>854</v>
+        <v>1110</v>
       </c>
       <c r="P366" t="s">
-        <v>606</v>
+        <v>781</v>
       </c>
       <c r="Q366" t="s">
-        <v>394</v>
+        <v>500</v>
       </c>
       <c r="R366" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="367" spans="1:18">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C367" t="s">
         <v>19</v>
       </c>
       <c r="E367" t="s">
-        <v>411</v>
+        <v>520</v>
       </c>
       <c r="F367" t="s">
-        <v>629</v>
+        <v>809</v>
       </c>
       <c r="G367" t="s">
-        <v>871</v>
+        <v>1133</v>
+      </c>
+      <c r="H367" t="s">
+        <v>174</v>
+      </c>
+      <c r="I367" t="s">
+        <v>24</v>
+      </c>
+      <c r="J367" t="s">
+        <v>25</v>
+      </c>
+      <c r="K367" t="s">
+        <v>1134</v>
       </c>
       <c r="L367" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M367" t="s">
-        <v>413</v>
+        <v>523</v>
       </c>
       <c r="P367" t="s">
-        <v>872</v>
+        <v>1135</v>
       </c>
       <c r="Q367" t="s">
-        <v>310</v>
+        <v>394</v>
       </c>
       <c r="R367" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="368" spans="1:18">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368" t="s">
         <v>18</v>
       </c>
       <c r="C368" t="s">
         <v>19</v>
       </c>
       <c r="E368" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F368" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G368" t="s">
-        <v>873</v>
+        <v>1136</v>
+      </c>
+      <c r="H368" t="s">
+        <v>460</v>
+      </c>
+      <c r="I368" t="s">
+        <v>50</v>
+      </c>
+      <c r="J368" t="s">
+        <v>25</v>
+      </c>
+      <c r="K368" t="s">
+        <v>530</v>
       </c>
       <c r="L368" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M368" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P368" t="s">
-        <v>874</v>
+        <v>1137</v>
       </c>
       <c r="Q368" t="s">
-        <v>243</v>
+        <v>306</v>
       </c>
       <c r="R368" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="369" spans="1:18">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C369" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E369" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F369" t="s">
-        <v>562</v>
+        <v>723</v>
       </c>
       <c r="G369" t="s">
-        <v>875</v>
+        <v>1138</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1139</v>
+      </c>
+      <c r="I369" t="s">
+        <v>204</v>
+      </c>
+      <c r="J369" t="s">
+        <v>25</v>
+      </c>
+      <c r="K369" t="s">
+        <v>51</v>
       </c>
       <c r="L369" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M369" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P369" t="s">
-        <v>876</v>
+        <v>1140</v>
       </c>
       <c r="Q369" t="s">
-        <v>321</v>
+        <v>408</v>
       </c>
       <c r="R369" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="370" spans="1:18">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C370" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E370" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F370" t="s">
-        <v>877</v>
+        <v>1141</v>
       </c>
       <c r="G370" t="s">
-        <v>878</v>
+        <v>1142</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1143</v>
+      </c>
+      <c r="I370" t="s">
+        <v>50</v>
+      </c>
+      <c r="J370" t="s">
+        <v>25</v>
+      </c>
+      <c r="K370" t="s">
+        <v>51</v>
       </c>
       <c r="L370" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M370" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P370" t="s">
-        <v>879</v>
+        <v>1144</v>
       </c>
       <c r="Q370" t="s">
-        <v>245</v>
+        <v>308</v>
       </c>
       <c r="R370" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="371" spans="1:18">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
-        <v>223</v>
+        <v>282</v>
       </c>
       <c r="C371" t="s">
         <v>19</v>
       </c>
       <c r="E371" t="s">
-        <v>144</v>
+        <v>183</v>
       </c>
       <c r="F371" t="s">
-        <v>327</v>
+        <v>417</v>
       </c>
       <c r="G371" t="s">
-        <v>880</v>
+        <v>1145</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1090</v>
+      </c>
+      <c r="I371" t="s">
+        <v>204</v>
+      </c>
+      <c r="J371" t="s">
+        <v>25</v>
+      </c>
+      <c r="K371" t="s">
+        <v>51</v>
       </c>
       <c r="L371" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M371" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="P371" t="s">
-        <v>881</v>
+        <v>1146</v>
       </c>
       <c r="Q371" t="s">
-        <v>732</v>
+        <v>949</v>
       </c>
       <c r="R371" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="372" spans="1:18">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C372" t="s">
         <v>19</v>
       </c>
       <c r="E372" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F372" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G372" t="s">
-        <v>882</v>
+        <v>1147</v>
+      </c>
+      <c r="H372" t="s">
+        <v>891</v>
+      </c>
+      <c r="I372" t="s">
+        <v>50</v>
+      </c>
+      <c r="J372" t="s">
+        <v>25</v>
+      </c>
+      <c r="K372" t="s">
+        <v>371</v>
       </c>
       <c r="L372" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M372" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P372" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="Q372" t="s">
-        <v>615</v>
+        <v>793</v>
       </c>
       <c r="R372" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="373" spans="1:18">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373" t="s">
         <v>18</v>
       </c>
       <c r="C373" t="s">
         <v>19</v>
       </c>
       <c r="E373" t="s">
-        <v>439</v>
+        <v>560</v>
       </c>
       <c r="F373" t="s">
-        <v>596</v>
+        <v>768</v>
       </c>
       <c r="G373" t="s">
-        <v>883</v>
+        <v>1148</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1149</v>
+      </c>
+      <c r="I373" t="s">
+        <v>24</v>
+      </c>
+      <c r="J373" t="s">
+        <v>25</v>
+      </c>
+      <c r="K373" t="s">
+        <v>884</v>
       </c>
       <c r="L373" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M373" t="s">
-        <v>441</v>
+        <v>562</v>
       </c>
       <c r="P373" t="s">
-        <v>272</v>
+        <v>344</v>
       </c>
       <c r="Q373" t="s">
-        <v>250</v>
+        <v>314</v>
       </c>
       <c r="R373" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="374" spans="1:18">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C374" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E374" t="s">
-        <v>852</v>
+        <v>1108</v>
       </c>
       <c r="F374" t="s">
-        <v>423</v>
+        <v>537</v>
       </c>
       <c r="G374" t="s">
-        <v>884</v>
+        <v>1150</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1096</v>
+      </c>
+      <c r="I374" t="s">
+        <v>24</v>
+      </c>
+      <c r="J374" t="s">
+        <v>25</v>
+      </c>
+      <c r="K374" t="s">
+        <v>381</v>
       </c>
       <c r="L374" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M374" t="s">
-        <v>854</v>
+        <v>1110</v>
       </c>
       <c r="P374" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q374" t="s">
-        <v>389</v>
+        <v>494</v>
       </c>
       <c r="R374" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="375" spans="1:18">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C375" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E375" t="s">
-        <v>255</v>
+        <v>319</v>
       </c>
       <c r="F375" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="G375" t="s">
-        <v>885</v>
+        <v>1151</v>
+      </c>
+      <c r="J375" t="s">
+        <v>95</v>
       </c>
       <c r="L375" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M375" t="s">
-        <v>258</v>
+        <v>324</v>
       </c>
       <c r="P375" t="s">
-        <v>554</v>
+        <v>712</v>
       </c>
       <c r="Q375" t="s">
-        <v>227</v>
+        <v>288</v>
       </c>
       <c r="R375" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="376" spans="1:18">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C376" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E376" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F376" t="s">
-        <v>173</v>
+        <v>222</v>
       </c>
       <c r="G376" t="s">
-        <v>886</v>
+        <v>1152</v>
+      </c>
+      <c r="H376" t="s">
+        <v>116</v>
+      </c>
+      <c r="I376" t="s">
+        <v>50</v>
+      </c>
+      <c r="J376" t="s">
+        <v>25</v>
+      </c>
+      <c r="K376" t="s">
+        <v>259</v>
       </c>
       <c r="L376" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M376" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P376" t="s">
-        <v>887</v>
+        <v>1153</v>
       </c>
       <c r="Q376" t="s">
-        <v>355</v>
+        <v>451</v>
       </c>
       <c r="R376" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="377" spans="1:18">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C377" t="s">
         <v>19</v>
       </c>
       <c r="E377" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F377" t="s">
-        <v>381</v>
+        <v>483</v>
       </c>
       <c r="G377" t="s">
-        <v>888</v>
+        <v>1154</v>
+      </c>
+      <c r="H377" t="s">
+        <v>153</v>
+      </c>
+      <c r="I377" t="s">
+        <v>24</v>
+      </c>
+      <c r="J377" t="s">
+        <v>25</v>
+      </c>
+      <c r="K377" t="s">
+        <v>286</v>
       </c>
       <c r="L377" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M377" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P377" t="s">
-        <v>889</v>
+        <v>1155</v>
       </c>
       <c r="Q377" t="s">
-        <v>321</v>
+        <v>408</v>
       </c>
       <c r="R377" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="378" spans="1:18">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C378" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E378" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F378" t="s">
-        <v>599</v>
+        <v>771</v>
       </c>
       <c r="G378" t="s">
-        <v>890</v>
+        <v>1156</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1157</v>
+      </c>
+      <c r="I378" t="s">
+        <v>24</v>
+      </c>
+      <c r="J378" t="s">
+        <v>25</v>
+      </c>
+      <c r="K378" t="s">
+        <v>343</v>
       </c>
       <c r="L378" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M378" t="s">
+        <v>89</v>
+      </c>
+      <c r="P378" t="s">
         <v>72</v>
       </c>
-      <c r="P378" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q378" t="s">
-        <v>321</v>
+        <v>408</v>
       </c>
       <c r="R378" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="379" spans="1:18">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379" t="s">
         <v>18</v>
       </c>
       <c r="C379" t="s">
         <v>19</v>
       </c>
       <c r="E379" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F379" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G379" t="s">
-        <v>891</v>
+        <v>1158</v>
+      </c>
+      <c r="H379" t="s">
+        <v>761</v>
+      </c>
+      <c r="I379" t="s">
+        <v>1159</v>
+      </c>
+      <c r="J379" t="s">
+        <v>25</v>
+      </c>
+      <c r="K379" t="s">
+        <v>143</v>
       </c>
       <c r="L379" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M379" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P379" t="s">
-        <v>272</v>
+        <v>344</v>
       </c>
       <c r="Q379" t="s">
-        <v>517</v>
+        <v>664</v>
       </c>
       <c r="R379" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="380" spans="1:18">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C380" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E380" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F380" t="s">
-        <v>562</v>
+        <v>723</v>
       </c>
       <c r="G380" t="s">
-        <v>892</v>
+        <v>1160</v>
+      </c>
+      <c r="H380" t="s">
+        <v>672</v>
+      </c>
+      <c r="I380" t="s">
+        <v>50</v>
+      </c>
+      <c r="J380" t="s">
+        <v>25</v>
+      </c>
+      <c r="K380" t="s">
+        <v>351</v>
       </c>
       <c r="L380" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M380" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P380" t="s">
-        <v>866</v>
+        <v>1126</v>
       </c>
       <c r="Q380" t="s">
-        <v>456</v>
+        <v>581</v>
       </c>
       <c r="R380" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="381" spans="1:18">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C381" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E381" t="s">
-        <v>232</v>
+        <v>293</v>
       </c>
       <c r="F381" t="s">
-        <v>238</v>
+        <v>301</v>
       </c>
       <c r="G381" t="s">
-        <v>893</v>
+        <v>1161</v>
+      </c>
+      <c r="J381" t="s">
+        <v>393</v>
       </c>
       <c r="L381" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M381" t="s">
-        <v>235</v>
+        <v>296</v>
       </c>
       <c r="P381" t="s">
-        <v>894</v>
+        <v>1162</v>
       </c>
       <c r="Q381" t="s">
-        <v>469</v>
+        <v>597</v>
       </c>
     </row>
     <row r="382" spans="1:18">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C382" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E382" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="F382" t="s">
-        <v>895</v>
+        <v>1163</v>
       </c>
       <c r="G382" t="s">
-        <v>896</v>
+        <v>1164</v>
+      </c>
+      <c r="H382" t="s">
+        <v>863</v>
+      </c>
+      <c r="I382" t="s">
+        <v>204</v>
+      </c>
+      <c r="J382" t="s">
+        <v>25</v>
+      </c>
+      <c r="K382" t="s">
+        <v>143</v>
       </c>
       <c r="L382" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M382" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="P382" t="s">
-        <v>897</v>
+        <v>1165</v>
       </c>
       <c r="Q382" t="s">
-        <v>546</v>
+        <v>702</v>
       </c>
       <c r="R382" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="383" spans="1:18">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383" t="s">
         <v>18</v>
       </c>
       <c r="C383" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E383" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F383" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G383" t="s">
-        <v>898</v>
+        <v>1166</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1167</v>
+      </c>
+      <c r="I383" t="s">
+        <v>24</v>
+      </c>
+      <c r="J383" t="s">
+        <v>25</v>
+      </c>
+      <c r="K383" t="s">
+        <v>51</v>
       </c>
       <c r="L383" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M383" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P383" t="s">
-        <v>206</v>
+        <v>265</v>
       </c>
       <c r="Q383" t="s">
-        <v>844</v>
+        <v>1098</v>
       </c>
       <c r="R383" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="384" spans="1:18">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C384" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E384" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F384" t="s">
-        <v>279</v>
+        <v>353</v>
       </c>
       <c r="G384" t="s">
-        <v>899</v>
+        <v>1168</v>
+      </c>
+      <c r="J384" t="s">
+        <v>330</v>
       </c>
       <c r="L384" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M384" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P384" t="s">
-        <v>240</v>
+        <v>303</v>
       </c>
       <c r="Q384" t="s">
-        <v>615</v>
+        <v>793</v>
       </c>
       <c r="R384" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="385" spans="1:18">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C385" t="s">
         <v>19</v>
       </c>
       <c r="E385" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F385" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G385" t="s">
-        <v>900</v>
+        <v>1169</v>
+      </c>
+      <c r="H385" t="s">
+        <v>1170</v>
+      </c>
+      <c r="I385" t="s">
+        <v>248</v>
+      </c>
+      <c r="J385" t="s">
+        <v>25</v>
+      </c>
+      <c r="K385" t="s">
+        <v>577</v>
       </c>
       <c r="L385" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M385" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P385" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q385" t="s">
-        <v>136</v>
+        <v>171</v>
       </c>
       <c r="R385" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="386" spans="1:18">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C386" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E386" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F386" t="s">
-        <v>671</v>
+        <v>865</v>
       </c>
       <c r="G386" t="s">
-        <v>901</v>
+        <v>1171</v>
+      </c>
+      <c r="J386" t="s">
+        <v>834</v>
       </c>
       <c r="L386" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M386" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P386" t="s">
-        <v>325</v>
+        <v>415</v>
       </c>
       <c r="Q386" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="R386" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="387" spans="1:18">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387" t="s">
         <v>18</v>
       </c>
       <c r="C387" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E387" t="s">
-        <v>255</v>
+        <v>319</v>
       </c>
       <c r="F387" t="s">
-        <v>386</v>
+        <v>490</v>
       </c>
       <c r="G387" t="s">
-        <v>902</v>
+        <v>1172</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1173</v>
+      </c>
+      <c r="I387" t="s">
+        <v>168</v>
+      </c>
+      <c r="J387" t="s">
+        <v>25</v>
+      </c>
+      <c r="K387" t="s">
+        <v>143</v>
       </c>
       <c r="L387" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M387" t="s">
-        <v>258</v>
+        <v>324</v>
       </c>
       <c r="P387" t="s">
-        <v>259</v>
+        <v>325</v>
       </c>
       <c r="Q387" t="s">
-        <v>508</v>
+        <v>652</v>
       </c>
       <c r="R387" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="388" spans="1:18">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388" t="s">
         <v>18</v>
       </c>
       <c r="C388" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E388" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F388" t="s">
-        <v>273</v>
+        <v>345</v>
       </c>
       <c r="G388" t="s">
-        <v>903</v>
+        <v>1174</v>
+      </c>
+      <c r="J388" t="s">
+        <v>103</v>
       </c>
       <c r="L388" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M388" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P388" t="s">
-        <v>904</v>
+        <v>1175</v>
       </c>
       <c r="Q388" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R388" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="389" spans="1:18">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C389" t="s">
         <v>19</v>
       </c>
       <c r="E389" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F389" t="s">
-        <v>315</v>
+        <v>401</v>
       </c>
       <c r="G389" t="s">
-        <v>905</v>
+        <v>1176</v>
+      </c>
+      <c r="H389" t="s">
+        <v>232</v>
+      </c>
+      <c r="I389" t="s">
+        <v>24</v>
+      </c>
+      <c r="J389" t="s">
+        <v>25</v>
+      </c>
+      <c r="K389" t="s">
+        <v>26</v>
       </c>
       <c r="L389" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M389" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P389" t="s">
-        <v>338</v>
+        <v>430</v>
       </c>
       <c r="Q389" t="s">
-        <v>466</v>
+        <v>593</v>
       </c>
       <c r="R389" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="390" spans="1:18">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C390" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E390" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F390" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G390" t="s">
-        <v>906</v>
+        <v>1177</v>
+      </c>
+      <c r="H390" t="s">
+        <v>445</v>
+      </c>
+      <c r="I390" t="s">
+        <v>50</v>
+      </c>
+      <c r="J390" t="s">
+        <v>25</v>
+      </c>
+      <c r="K390" t="s">
+        <v>26</v>
       </c>
       <c r="L390" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M390" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P390" t="s">
-        <v>195</v>
+        <v>251</v>
       </c>
       <c r="Q390" t="s">
-        <v>359</v>
+        <v>457</v>
       </c>
       <c r="R390" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="391" spans="1:18">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C391" t="s">
         <v>19</v>
       </c>
       <c r="E391" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F391" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G391" t="s">
-        <v>907</v>
+        <v>1178</v>
+      </c>
+      <c r="H391" t="s">
+        <v>922</v>
+      </c>
+      <c r="I391" t="s">
+        <v>24</v>
+      </c>
+      <c r="J391" t="s">
+        <v>25</v>
+      </c>
+      <c r="K391" t="s">
+        <v>1179</v>
       </c>
       <c r="L391" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M391" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P391" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q391" t="s">
-        <v>118</v>
+        <v>146</v>
       </c>
       <c r="R391" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="392" spans="1:18">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C392" t="s">
         <v>19</v>
       </c>
       <c r="E392" t="s">
-        <v>411</v>
+        <v>520</v>
       </c>
       <c r="F392" t="s">
-        <v>386</v>
+        <v>490</v>
       </c>
       <c r="G392" t="s">
-        <v>908</v>
+        <v>1180</v>
+      </c>
+      <c r="H392" t="s">
+        <v>586</v>
+      </c>
+      <c r="I392" t="s">
+        <v>24</v>
+      </c>
+      <c r="J392" t="s">
+        <v>25</v>
+      </c>
+      <c r="K392" t="s">
+        <v>884</v>
       </c>
       <c r="L392" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M392" t="s">
-        <v>413</v>
+        <v>523</v>
       </c>
       <c r="P392" t="s">
-        <v>909</v>
+        <v>1181</v>
       </c>
       <c r="Q392" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
       <c r="R392" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="393" spans="1:18">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393" t="s">
         <v>18</v>
       </c>
       <c r="C393" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E393" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F393" t="s">
-        <v>602</v>
+        <v>775</v>
       </c>
       <c r="G393" t="s">
-        <v>910</v>
+        <v>1182</v>
+      </c>
+      <c r="J393" t="s">
+        <v>95</v>
       </c>
       <c r="L393" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M393" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P393" t="s">
-        <v>911</v>
+        <v>1183</v>
       </c>
       <c r="Q393" t="s">
-        <v>260</v>
+        <v>326</v>
       </c>
     </row>
     <row r="394" spans="1:18">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C394" t="s">
+        <v>45</v>
+      </c>
+      <c r="E394" t="s">
+        <v>172</v>
+      </c>
+      <c r="F394" t="s">
+        <v>47</v>
+      </c>
+      <c r="G394" t="s">
+        <v>1184</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1185</v>
+      </c>
+      <c r="I394" t="s">
+        <v>168</v>
+      </c>
+      <c r="J394" t="s">
+        <v>25</v>
+      </c>
+      <c r="K394" t="s">
         <v>38</v>
       </c>
-      <c r="E394" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L394" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M394" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P394" t="s">
-        <v>913</v>
+        <v>1186</v>
       </c>
       <c r="Q394" t="s">
-        <v>222</v>
+        <v>281</v>
       </c>
       <c r="R394" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="395" spans="1:18">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C395" t="s">
         <v>19</v>
       </c>
       <c r="E395" t="s">
-        <v>459</v>
+        <v>584</v>
       </c>
       <c r="F395" t="s">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="G395" t="s">
-        <v>914</v>
+        <v>1187</v>
+      </c>
+      <c r="H395" t="s">
+        <v>232</v>
+      </c>
+      <c r="I395" t="s">
+        <v>24</v>
+      </c>
+      <c r="J395" t="s">
+        <v>25</v>
+      </c>
+      <c r="K395" t="s">
+        <v>51</v>
       </c>
       <c r="L395" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M395" t="s">
-        <v>461</v>
+        <v>587</v>
       </c>
       <c r="P395" t="s">
-        <v>690</v>
+        <v>894</v>
       </c>
       <c r="Q395" t="s">
-        <v>254</v>
+        <v>318</v>
       </c>
       <c r="R395" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="396" spans="1:18">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396" t="s">
         <v>18</v>
       </c>
       <c r="C396" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E396" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="F396" t="s">
-        <v>195</v>
+        <v>251</v>
       </c>
       <c r="G396" t="s">
-        <v>915</v>
+        <v>1188</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1189</v>
+      </c>
+      <c r="I396" t="s">
+        <v>168</v>
+      </c>
+      <c r="J396" t="s">
+        <v>25</v>
+      </c>
+      <c r="K396" t="s">
+        <v>26</v>
       </c>
       <c r="L396" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M396" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="P396" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q396" t="s">
-        <v>355</v>
+        <v>451</v>
       </c>
       <c r="R396" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="397" spans="1:18">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C397" t="s">
         <v>19</v>
       </c>
       <c r="E397" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="F397" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G397" t="s">
-        <v>916</v>
+        <v>1190</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1191</v>
+      </c>
+      <c r="I397" t="s">
+        <v>24</v>
+      </c>
+      <c r="J397" t="s">
+        <v>25</v>
+      </c>
+      <c r="K397" t="s">
+        <v>530</v>
       </c>
       <c r="L397" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M397" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="P397" t="s">
-        <v>917</v>
+        <v>1192</v>
       </c>
       <c r="Q397" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="R397" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="398" spans="1:18">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398" t="s">
-        <v>223</v>
+        <v>282</v>
       </c>
       <c r="C398" t="s">
         <v>19</v>
       </c>
       <c r="E398" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F398" t="s">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="G398" t="s">
-        <v>918</v>
+        <v>1193</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I398" t="s">
+        <v>24</v>
+      </c>
+      <c r="J398" t="s">
+        <v>25</v>
+      </c>
+      <c r="K398" t="s">
+        <v>286</v>
       </c>
       <c r="L398" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M398" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P398" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q398" t="s">
-        <v>392</v>
+        <v>498</v>
       </c>
       <c r="R398" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="399" spans="1:18">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C399" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E399" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F399" t="s">
-        <v>919</v>
+        <v>1195</v>
       </c>
       <c r="G399" t="s">
-        <v>920</v>
+        <v>1196</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1197</v>
+      </c>
+      <c r="I399" t="s">
+        <v>24</v>
+      </c>
+      <c r="J399" t="s">
+        <v>25</v>
+      </c>
+      <c r="K399" t="s">
+        <v>884</v>
       </c>
       <c r="L399" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M399" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P399" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q399" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R399" t="s">
-        <v>276</v>
+        <v>349</v>
       </c>
     </row>
     <row r="400" spans="1:18">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C400" t="s">
         <v>19</v>
       </c>
       <c r="E400" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F400" t="s">
-        <v>921</v>
+        <v>1198</v>
       </c>
       <c r="G400" t="s">
-        <v>922</v>
+        <v>1199</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1200</v>
+      </c>
+      <c r="I400" t="s">
+        <v>24</v>
+      </c>
+      <c r="J400" t="s">
+        <v>25</v>
+      </c>
+      <c r="K400" t="s">
+        <v>133</v>
       </c>
       <c r="L400" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M400" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P400" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q400" t="s">
-        <v>654</v>
+        <v>844</v>
       </c>
       <c r="R400" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="401" spans="1:18">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C401" t="s">
         <v>19</v>
       </c>
       <c r="E401" t="s">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="F401" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="G401" t="s">
-        <v>923</v>
+        <v>1201</v>
+      </c>
+      <c r="J401" t="s">
+        <v>103</v>
       </c>
       <c r="L401" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M401" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
       <c r="P401" t="s">
-        <v>288</v>
+        <v>365</v>
       </c>
       <c r="Q401" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="R401" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="402" spans="1:18">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C402" t="s">
         <v>19</v>
       </c>
       <c r="E402" t="s">
-        <v>459</v>
+        <v>584</v>
       </c>
       <c r="F402" t="s">
-        <v>315</v>
+        <v>401</v>
       </c>
       <c r="G402" t="s">
-        <v>924</v>
+        <v>1202</v>
+      </c>
+      <c r="H402" t="s">
+        <v>576</v>
+      </c>
+      <c r="I402" t="s">
+        <v>24</v>
+      </c>
+      <c r="J402" t="s">
+        <v>25</v>
+      </c>
+      <c r="K402" t="s">
+        <v>455</v>
       </c>
       <c r="L402" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M402" t="s">
-        <v>461</v>
+        <v>587</v>
       </c>
       <c r="P402" t="s">
-        <v>391</v>
+        <v>497</v>
       </c>
       <c r="Q402" t="s">
-        <v>615</v>
+        <v>793</v>
       </c>
       <c r="R402" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="403" spans="1:18">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C403" t="s">
         <v>19</v>
       </c>
       <c r="E403" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F403" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G403" t="s">
-        <v>925</v>
+        <v>1203</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1096</v>
+      </c>
+      <c r="I403" t="s">
+        <v>24</v>
+      </c>
+      <c r="J403" t="s">
+        <v>25</v>
+      </c>
+      <c r="K403" t="s">
+        <v>884</v>
       </c>
       <c r="L403" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M403" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P403" t="s">
-        <v>872</v>
+        <v>1135</v>
       </c>
       <c r="Q403" t="s">
-        <v>190</v>
+        <v>244</v>
       </c>
       <c r="R403" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="404" spans="1:18">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C404" t="s">
         <v>19</v>
       </c>
       <c r="E404" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F404" t="s">
-        <v>291</v>
+        <v>368</v>
       </c>
       <c r="G404" t="s">
-        <v>926</v>
+        <v>1204</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1205</v>
+      </c>
+      <c r="I404" t="s">
+        <v>248</v>
+      </c>
+      <c r="J404" t="s">
+        <v>25</v>
+      </c>
+      <c r="K404" t="s">
+        <v>38</v>
       </c>
       <c r="L404" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M404" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P404" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q404" t="s">
-        <v>183</v>
+        <v>235</v>
       </c>
       <c r="R404" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="405" spans="1:18">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C405" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E405" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="F405" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="G405" t="s">
-        <v>927</v>
+        <v>1206</v>
+      </c>
+      <c r="H405" t="s">
+        <v>727</v>
+      </c>
+      <c r="I405" t="s">
+        <v>24</v>
+      </c>
+      <c r="J405" t="s">
+        <v>25</v>
+      </c>
+      <c r="K405" t="s">
+        <v>616</v>
       </c>
       <c r="L405" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M405" t="s">
-        <v>164</v>
+        <v>211</v>
       </c>
       <c r="P405" t="s">
-        <v>656</v>
+        <v>846</v>
       </c>
       <c r="Q405" t="s">
-        <v>422</v>
+        <v>536</v>
       </c>
       <c r="R405" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="406" spans="1:18">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C406" t="s">
         <v>19</v>
       </c>
       <c r="E406" t="s">
-        <v>548</v>
+        <v>704</v>
       </c>
       <c r="F406" t="s">
-        <v>318</v>
+        <v>404</v>
       </c>
       <c r="G406" t="s">
-        <v>928</v>
+        <v>1207</v>
+      </c>
+      <c r="H406" t="s">
+        <v>736</v>
+      </c>
+      <c r="I406" t="s">
+        <v>68</v>
+      </c>
+      <c r="J406" t="s">
+        <v>25</v>
+      </c>
+      <c r="K406" t="s">
+        <v>143</v>
       </c>
       <c r="L406" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M406" t="s">
-        <v>550</v>
+        <v>706</v>
       </c>
       <c r="P406" t="s">
-        <v>843</v>
+        <v>1097</v>
       </c>
       <c r="Q406" t="s">
-        <v>403</v>
+        <v>511</v>
       </c>
       <c r="R406" t="s">
-        <v>276</v>
+        <v>349</v>
       </c>
     </row>
     <row r="407" spans="1:18">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C407" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E407" t="s">
-        <v>548</v>
+        <v>704</v>
       </c>
       <c r="F407" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G407" t="s">
-        <v>929</v>
+        <v>1208</v>
+      </c>
+      <c r="H407" t="s">
+        <v>669</v>
+      </c>
+      <c r="I407" t="s">
+        <v>204</v>
+      </c>
+      <c r="J407" t="s">
+        <v>25</v>
+      </c>
+      <c r="K407" t="s">
+        <v>117</v>
       </c>
       <c r="L407" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M407" t="s">
-        <v>550</v>
+        <v>706</v>
       </c>
       <c r="P407" t="s">
-        <v>930</v>
+        <v>1209</v>
       </c>
       <c r="Q407" t="s">
-        <v>535</v>
+        <v>688</v>
       </c>
       <c r="R407" t="s">
-        <v>365</v>
+        <v>464</v>
       </c>
     </row>
     <row r="408" spans="1:18">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C408" t="s">
         <v>19</v>
       </c>
       <c r="E408" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F408" t="s">
-        <v>273</v>
+        <v>345</v>
       </c>
       <c r="G408" t="s">
-        <v>931</v>
+        <v>1210</v>
+      </c>
+      <c r="J408" t="s">
+        <v>95</v>
       </c>
       <c r="L408" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M408" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P408" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q408" t="s">
-        <v>281</v>
+        <v>357</v>
       </c>
       <c r="R408" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="409" spans="1:18">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C409" t="s">
         <v>19</v>
       </c>
       <c r="E409" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="F409" t="s">
-        <v>484</v>
+        <v>619</v>
       </c>
       <c r="G409" t="s">
-        <v>932</v>
+        <v>1211</v>
+      </c>
+      <c r="J409" t="s">
+        <v>1212</v>
       </c>
       <c r="L409" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M409" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="P409" t="s">
-        <v>933</v>
+        <v>1213</v>
       </c>
       <c r="Q409" t="s">
-        <v>118</v>
+        <v>146</v>
       </c>
     </row>
     <row r="410" spans="1:18">
       <c r="A410">
         <v>409</v>
       </c>
       <c r="B410" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C410" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E410" t="s">
-        <v>211</v>
+        <v>270</v>
       </c>
       <c r="F410" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="G410" t="s">
-        <v>934</v>
+        <v>1214</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1215</v>
+      </c>
+      <c r="I410" t="s">
+        <v>24</v>
+      </c>
+      <c r="J410" t="s">
+        <v>25</v>
+      </c>
+      <c r="K410" t="s">
+        <v>51</v>
       </c>
       <c r="L410" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M410" t="s">
-        <v>214</v>
+        <v>273</v>
       </c>
       <c r="P410" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q410" t="s">
-        <v>678</v>
+        <v>874</v>
       </c>
       <c r="R410" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="411" spans="1:18">
       <c r="A411">
         <v>410</v>
       </c>
       <c r="B411" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C411" t="s">
         <v>19</v>
       </c>
       <c r="E411" t="s">
-        <v>344</v>
+        <v>437</v>
       </c>
       <c r="F411" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="G411" t="s">
-        <v>935</v>
+        <v>1216</v>
+      </c>
+      <c r="J411" t="s">
+        <v>95</v>
       </c>
       <c r="L411" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M411" t="s">
-        <v>347</v>
+        <v>442</v>
       </c>
       <c r="P411" t="s">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="Q411" t="s">
-        <v>729</v>
+        <v>946</v>
       </c>
       <c r="R411" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="412" spans="1:18">
       <c r="A412">
         <v>411</v>
       </c>
       <c r="B412" t="s">
         <v>18</v>
       </c>
       <c r="C412" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E412" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F412" t="s">
-        <v>602</v>
+        <v>775</v>
       </c>
       <c r="G412" t="s">
-        <v>936</v>
+        <v>1217</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I412" t="s">
+        <v>50</v>
+      </c>
+      <c r="J412" t="s">
+        <v>25</v>
+      </c>
+      <c r="K412" t="s">
+        <v>77</v>
       </c>
       <c r="L412" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M412" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P412" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q412" t="s">
-        <v>937</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="413" spans="1:18">
       <c r="A413">
         <v>412</v>
       </c>
       <c r="B413" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C413" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E413" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F413" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="G413" t="s">
-        <v>938</v>
+        <v>1220</v>
+      </c>
+      <c r="J413" t="s">
+        <v>95</v>
       </c>
       <c r="L413" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M413" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P413" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="Q413" t="s">
-        <v>410</v>
+        <v>519</v>
       </c>
       <c r="R413" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="414" spans="1:18">
       <c r="A414">
         <v>413</v>
       </c>
       <c r="B414" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C414" t="s">
         <v>19</v>
       </c>
       <c r="E414" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F414" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G414" t="s">
-        <v>939</v>
+        <v>1221</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1222</v>
+      </c>
+      <c r="I414" t="s">
+        <v>142</v>
+      </c>
+      <c r="J414" t="s">
+        <v>25</v>
+      </c>
+      <c r="K414" t="s">
+        <v>299</v>
       </c>
       <c r="L414" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M414" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P414" t="s">
-        <v>940</v>
+        <v>1223</v>
       </c>
       <c r="Q414" t="s">
-        <v>321</v>
+        <v>408</v>
       </c>
       <c r="R414" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="415" spans="1:18">
       <c r="A415">
         <v>414</v>
       </c>
       <c r="B415" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C415" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E415" t="s">
-        <v>282</v>
+        <v>358</v>
       </c>
       <c r="F415" t="s">
-        <v>629</v>
+        <v>809</v>
       </c>
       <c r="G415" t="s">
-        <v>941</v>
+        <v>1224</v>
+      </c>
+      <c r="J415" t="s">
+        <v>834</v>
       </c>
       <c r="L415" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M415" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="P415" t="s">
-        <v>942</v>
+        <v>1225</v>
       </c>
       <c r="Q415" t="s">
-        <v>183</v>
+        <v>235</v>
       </c>
       <c r="R415" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="416" spans="1:18">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C416" t="s">
         <v>19</v>
       </c>
       <c r="E416" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F416" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G416" t="s">
-        <v>943</v>
+        <v>1226</v>
+      </c>
+      <c r="J416" t="s">
+        <v>95</v>
       </c>
       <c r="L416" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M416" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P416" t="s">
-        <v>329</v>
+        <v>420</v>
       </c>
       <c r="Q416" t="s">
-        <v>944</v>
+        <v>1227</v>
       </c>
       <c r="R416" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="417" spans="1:18">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C417" t="s">
+        <v>45</v>
+      </c>
+      <c r="E417" t="s">
+        <v>421</v>
+      </c>
+      <c r="F417" t="s">
+        <v>230</v>
+      </c>
+      <c r="G417" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H417" t="s">
+        <v>1229</v>
+      </c>
+      <c r="I417" t="s">
+        <v>24</v>
+      </c>
+      <c r="J417" t="s">
+        <v>25</v>
+      </c>
+      <c r="K417" t="s">
         <v>38</v>
       </c>
-      <c r="E417" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L417" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M417" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P417" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q417" t="s">
-        <v>394</v>
+        <v>500</v>
       </c>
       <c r="R417" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="418" spans="1:18">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418" t="s">
         <v>18</v>
       </c>
       <c r="C418" t="s">
         <v>19</v>
       </c>
       <c r="E418" t="s">
-        <v>459</v>
+        <v>584</v>
       </c>
       <c r="F418" t="s">
-        <v>378</v>
+        <v>480</v>
       </c>
       <c r="G418" t="s">
-        <v>946</v>
+        <v>1230</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1231</v>
+      </c>
+      <c r="I418" t="s">
+        <v>204</v>
+      </c>
+      <c r="J418" t="s">
+        <v>25</v>
+      </c>
+      <c r="K418" t="s">
+        <v>884</v>
       </c>
       <c r="L418" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M418" t="s">
-        <v>461</v>
+        <v>587</v>
       </c>
       <c r="P418" t="s">
-        <v>434</v>
+        <v>554</v>
       </c>
       <c r="Q418" t="s">
-        <v>112</v>
+        <v>137</v>
       </c>
       <c r="R418" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="419" spans="1:18">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419" t="s">
         <v>18</v>
       </c>
       <c r="C419" t="s">
         <v>19</v>
       </c>
       <c r="E419" t="s">
+        <v>157</v>
+      </c>
+      <c r="F419" t="s">
+        <v>375</v>
+      </c>
+      <c r="G419" t="s">
+        <v>1232</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1233</v>
+      </c>
+      <c r="I419" t="s">
+        <v>50</v>
+      </c>
+      <c r="J419" t="s">
+        <v>25</v>
+      </c>
+      <c r="K419" t="s">
+        <v>1234</v>
+      </c>
+      <c r="L419" t="s">
+        <v>161</v>
+      </c>
+      <c r="M419" t="s">
+        <v>162</v>
+      </c>
+      <c r="P419" t="s">
         <v>127</v>
       </c>
-      <c r="F419" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="Q419" t="s">
-        <v>302</v>
+        <v>384</v>
       </c>
       <c r="R419" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="420" spans="1:18">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C420" t="s">
         <v>19</v>
       </c>
       <c r="E420" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F420" t="s">
-        <v>578</v>
+        <v>744</v>
       </c>
       <c r="G420" t="s">
-        <v>948</v>
+        <v>1235</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1236</v>
+      </c>
+      <c r="I420" t="s">
+        <v>50</v>
+      </c>
+      <c r="J420" t="s">
+        <v>25</v>
+      </c>
+      <c r="K420" t="s">
+        <v>1237</v>
       </c>
       <c r="L420" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M420" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P420" t="s">
-        <v>949</v>
+        <v>1238</v>
       </c>
       <c r="Q420" t="s">
-        <v>462</v>
+        <v>588</v>
       </c>
       <c r="R420" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="421" spans="1:18">
       <c r="A421">
         <v>420</v>
       </c>
       <c r="B421" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C421" t="s">
         <v>19</v>
       </c>
       <c r="E421" t="s">
-        <v>264</v>
+        <v>332</v>
       </c>
       <c r="F421" t="s">
-        <v>950</v>
+        <v>1239</v>
       </c>
       <c r="G421" t="s">
-        <v>951</v>
+        <v>1240</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1241</v>
+      </c>
+      <c r="I421" t="s">
+        <v>50</v>
+      </c>
+      <c r="J421" t="s">
+        <v>25</v>
+      </c>
+      <c r="K421" t="s">
+        <v>143</v>
       </c>
       <c r="L421" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M421" t="s">
-        <v>267</v>
+        <v>337</v>
       </c>
       <c r="P421" t="s">
-        <v>156</v>
+        <v>199</v>
       </c>
       <c r="Q421" t="s">
-        <v>508</v>
+        <v>652</v>
       </c>
       <c r="R421" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="422" spans="1:18">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C422" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E422" t="s">
         <v>20</v>
       </c>
       <c r="F422" t="s">
-        <v>296</v>
+        <v>375</v>
       </c>
       <c r="G422" t="s">
-        <v>952</v>
+        <v>1242</v>
+      </c>
+      <c r="J422" t="s">
+        <v>95</v>
       </c>
       <c r="L422" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M422" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="P422" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q422" t="s">
-        <v>525</v>
+        <v>675</v>
       </c>
       <c r="R422" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="423" spans="1:18">
       <c r="A423">
         <v>422</v>
       </c>
       <c r="B423" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C423" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E423" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F423" t="s">
-        <v>500</v>
+        <v>638</v>
       </c>
       <c r="G423" t="s">
-        <v>953</v>
+        <v>1243</v>
+      </c>
+      <c r="H423" t="s">
+        <v>680</v>
+      </c>
+      <c r="I423" t="s">
+        <v>24</v>
+      </c>
+      <c r="J423" t="s">
+        <v>25</v>
+      </c>
+      <c r="K423" t="s">
+        <v>884</v>
       </c>
       <c r="L423" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M423" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P423" t="s">
-        <v>427</v>
+        <v>543</v>
       </c>
       <c r="Q423" t="s">
-        <v>160</v>
+        <v>205</v>
       </c>
       <c r="R423" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="424" spans="1:18">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C424" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E424" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F424" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G424" t="s">
-        <v>954</v>
+        <v>1244</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1149</v>
+      </c>
+      <c r="I424" t="s">
+        <v>24</v>
+      </c>
+      <c r="J424" t="s">
+        <v>25</v>
+      </c>
+      <c r="K424" t="s">
+        <v>51</v>
       </c>
       <c r="L424" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M424" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P424" t="s">
-        <v>623</v>
+        <v>802</v>
       </c>
       <c r="Q424" t="s">
-        <v>160</v>
+        <v>205</v>
       </c>
       <c r="R424" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="425" spans="1:18">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C425" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E425" t="s">
-        <v>232</v>
+        <v>293</v>
       </c>
       <c r="F425" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G425" t="s">
-        <v>955</v>
+        <v>1245</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I425" t="s">
+        <v>24</v>
+      </c>
+      <c r="J425" t="s">
+        <v>25</v>
+      </c>
+      <c r="K425" t="s">
+        <v>343</v>
       </c>
       <c r="L425" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M425" t="s">
-        <v>235</v>
+        <v>296</v>
       </c>
       <c r="P425" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q425" t="s">
-        <v>151</v>
+        <v>193</v>
       </c>
       <c r="R425" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="426" spans="1:18">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C426" t="s">
         <v>19</v>
       </c>
       <c r="E426" t="s">
-        <v>264</v>
+        <v>332</v>
       </c>
       <c r="F426" t="s">
-        <v>327</v>
+        <v>417</v>
       </c>
       <c r="G426" t="s">
-        <v>956</v>
+        <v>1247</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1248</v>
+      </c>
+      <c r="I426" t="s">
+        <v>142</v>
+      </c>
+      <c r="J426" t="s">
+        <v>25</v>
+      </c>
+      <c r="K426" t="s">
+        <v>299</v>
       </c>
       <c r="L426" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M426" t="s">
-        <v>267</v>
+        <v>337</v>
       </c>
       <c r="P426" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q426" t="s">
-        <v>151</v>
+        <v>193</v>
       </c>
       <c r="R426" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="427" spans="1:18">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427" t="s">
         <v>18</v>
       </c>
       <c r="C427" t="s">
         <v>19</v>
       </c>
       <c r="E427" t="s">
-        <v>474</v>
+        <v>604</v>
       </c>
       <c r="F427" t="s">
-        <v>378</v>
+        <v>480</v>
       </c>
       <c r="G427" t="s">
-        <v>957</v>
+        <v>1249</v>
+      </c>
+      <c r="H427" t="s">
+        <v>696</v>
+      </c>
+      <c r="I427" t="s">
+        <v>68</v>
+      </c>
+      <c r="J427" t="s">
+        <v>25</v>
+      </c>
+      <c r="K427" t="s">
+        <v>26</v>
       </c>
       <c r="L427" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M427" t="s">
-        <v>476</v>
+        <v>607</v>
       </c>
       <c r="P427" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q427" t="s">
-        <v>243</v>
+        <v>306</v>
       </c>
       <c r="R427" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="428" spans="1:18">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C428" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E428" t="s">
         <v>20</v>
       </c>
       <c r="F428" t="s">
-        <v>958</v>
+        <v>1250</v>
       </c>
       <c r="G428" t="s">
-        <v>959</v>
+        <v>1251</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1252</v>
+      </c>
+      <c r="I428" t="s">
+        <v>248</v>
+      </c>
+      <c r="J428" t="s">
+        <v>25</v>
+      </c>
+      <c r="K428" t="s">
+        <v>143</v>
       </c>
       <c r="L428" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M428" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="P428" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q428" t="s">
-        <v>729</v>
+        <v>946</v>
       </c>
       <c r="R428" t="s">
-        <v>794</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="429" spans="1:18">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C429" t="s">
         <v>19</v>
       </c>
       <c r="E429" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="F429" t="s">
-        <v>273</v>
+        <v>345</v>
       </c>
       <c r="G429" t="s">
-        <v>960</v>
+        <v>1253</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1254</v>
+      </c>
+      <c r="I429" t="s">
+        <v>24</v>
+      </c>
+      <c r="J429" t="s">
+        <v>25</v>
+      </c>
+      <c r="K429" t="s">
+        <v>299</v>
       </c>
       <c r="L429" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M429" t="s">
-        <v>164</v>
+        <v>211</v>
       </c>
       <c r="P429" t="s">
-        <v>512</v>
+        <v>658</v>
       </c>
       <c r="Q429" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="R429" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="430" spans="1:18">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430" t="s">
         <v>18</v>
       </c>
       <c r="C430" t="s">
         <v>19</v>
       </c>
       <c r="E430" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="F430" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="G430" t="s">
-        <v>961</v>
+        <v>1255</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1256</v>
+      </c>
+      <c r="I430" t="s">
+        <v>24</v>
+      </c>
+      <c r="J430" t="s">
+        <v>25</v>
+      </c>
+      <c r="K430" t="s">
+        <v>299</v>
       </c>
       <c r="L430" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M430" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="P430" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q430" t="s">
-        <v>586</v>
+        <v>753</v>
       </c>
       <c r="R430" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="431" spans="1:18">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C431" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E431" t="s">
-        <v>264</v>
+        <v>332</v>
       </c>
       <c r="F431" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G431" t="s">
-        <v>962</v>
+        <v>1257</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1189</v>
+      </c>
+      <c r="I431" t="s">
+        <v>168</v>
+      </c>
+      <c r="J431" t="s">
+        <v>25</v>
+      </c>
+      <c r="K431" t="s">
+        <v>1258</v>
       </c>
       <c r="L431" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M431" t="s">
-        <v>267</v>
+        <v>337</v>
       </c>
       <c r="P431" t="s">
-        <v>963</v>
+        <v>1259</v>
       </c>
       <c r="Q431" t="s">
-        <v>302</v>
+        <v>384</v>
       </c>
       <c r="R431" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="432" spans="1:18">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C432" t="s">
         <v>19</v>
       </c>
       <c r="E432" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="F432" t="s">
-        <v>228</v>
+        <v>289</v>
       </c>
       <c r="G432" t="s">
-        <v>964</v>
+        <v>1260</v>
+      </c>
+      <c r="H432" t="s">
+        <v>767</v>
+      </c>
+      <c r="I432" t="s">
+        <v>24</v>
+      </c>
+      <c r="J432" t="s">
+        <v>25</v>
+      </c>
+      <c r="K432" t="s">
+        <v>26</v>
       </c>
       <c r="L432" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M432" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="P432" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q432" t="s">
-        <v>260</v>
+        <v>326</v>
       </c>
       <c r="R432" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="433" spans="1:18">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C433" t="s">
         <v>19</v>
       </c>
       <c r="E433" t="s">
-        <v>178</v>
+        <v>229</v>
       </c>
       <c r="F433" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G433" t="s">
-        <v>965</v>
+        <v>1261</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1262</v>
+      </c>
+      <c r="I433" t="s">
+        <v>24</v>
+      </c>
+      <c r="J433" t="s">
+        <v>25</v>
+      </c>
+      <c r="K433" t="s">
+        <v>455</v>
       </c>
       <c r="L433" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M433" t="s">
-        <v>181</v>
+        <v>233</v>
       </c>
       <c r="P433" t="s">
-        <v>966</v>
+        <v>1263</v>
       </c>
       <c r="Q433" t="s">
-        <v>151</v>
+        <v>193</v>
       </c>
       <c r="R433" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="434" spans="1:18">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434" t="s">
         <v>18</v>
       </c>
       <c r="C434" t="s">
         <v>19</v>
       </c>
       <c r="E434" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F434" t="s">
-        <v>437</v>
+        <v>558</v>
       </c>
       <c r="G434" t="s">
-        <v>967</v>
+        <v>1264</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1265</v>
+      </c>
+      <c r="I434" t="s">
+        <v>24</v>
+      </c>
+      <c r="J434" t="s">
+        <v>25</v>
+      </c>
+      <c r="K434" t="s">
+        <v>26</v>
       </c>
       <c r="L434" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M434" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P434" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q434" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="R434" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="435" spans="1:18">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C435" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E435" t="s">
-        <v>360</v>
+        <v>458</v>
       </c>
       <c r="F435" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G435" t="s">
-        <v>968</v>
+        <v>1266</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1267</v>
+      </c>
+      <c r="I435" t="s">
+        <v>50</v>
+      </c>
+      <c r="J435" t="s">
+        <v>25</v>
+      </c>
+      <c r="K435" t="s">
+        <v>133</v>
       </c>
       <c r="L435" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M435" t="s">
-        <v>362</v>
+        <v>461</v>
       </c>
       <c r="P435" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q435" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
       <c r="R435" t="s">
-        <v>365</v>
+        <v>464</v>
       </c>
     </row>
     <row r="436" spans="1:18">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C436" t="s">
         <v>19</v>
       </c>
       <c r="E436" t="s">
-        <v>144</v>
+        <v>183</v>
       </c>
       <c r="F436" t="s">
         <v>21</v>
       </c>
       <c r="G436" t="s">
-        <v>969</v>
+        <v>1268</v>
+      </c>
+      <c r="J436" t="s">
+        <v>393</v>
       </c>
       <c r="L436" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M436" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="P436" t="s">
-        <v>970</v>
+        <v>1269</v>
       </c>
       <c r="Q436" t="s">
-        <v>462</v>
+        <v>588</v>
       </c>
       <c r="R436" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="437" spans="1:18">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437" t="s">
         <v>18</v>
       </c>
       <c r="C437" t="s">
         <v>19</v>
       </c>
       <c r="E437" t="s">
-        <v>474</v>
+        <v>604</v>
       </c>
       <c r="F437" t="s">
-        <v>218</v>
+        <v>277</v>
       </c>
       <c r="G437" t="s">
-        <v>971</v>
+        <v>1270</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1271</v>
+      </c>
+      <c r="I437" t="s">
+        <v>50</v>
+      </c>
+      <c r="J437" t="s">
+        <v>25</v>
+      </c>
+      <c r="K437" t="s">
+        <v>371</v>
       </c>
       <c r="L437" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M437" t="s">
-        <v>476</v>
+        <v>607</v>
       </c>
       <c r="P437" t="s">
-        <v>843</v>
+        <v>1097</v>
       </c>
       <c r="Q437" t="s">
-        <v>851</v>
+        <v>1107</v>
       </c>
       <c r="R437" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="438" spans="1:18">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C438" t="s">
         <v>19</v>
       </c>
       <c r="E438" t="s">
-        <v>217</v>
+        <v>276</v>
       </c>
       <c r="F438" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G438" t="s">
-        <v>972</v>
+        <v>1272</v>
+      </c>
+      <c r="H438" t="s">
+        <v>185</v>
+      </c>
+      <c r="I438" t="s">
+        <v>24</v>
+      </c>
+      <c r="J438" t="s">
+        <v>25</v>
+      </c>
+      <c r="K438" t="s">
+        <v>381</v>
       </c>
       <c r="L438" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M438" t="s">
-        <v>220</v>
+        <v>279</v>
       </c>
       <c r="P438" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q438" t="s">
-        <v>222</v>
+        <v>281</v>
       </c>
       <c r="R438" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="439" spans="1:18">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439" t="s">
         <v>18</v>
       </c>
       <c r="C439" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E439" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F439" t="s">
-        <v>273</v>
+        <v>345</v>
       </c>
       <c r="G439" t="s">
-        <v>973</v>
+        <v>1273</v>
+      </c>
+      <c r="J439" t="s">
+        <v>603</v>
       </c>
       <c r="L439" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M439" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P439" t="s">
-        <v>930</v>
+        <v>1209</v>
       </c>
       <c r="Q439" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="R439" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="440" spans="1:18">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C440" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E440" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="F440" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="G440" t="s">
-        <v>974</v>
+        <v>1274</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1275</v>
+      </c>
+      <c r="I440" t="s">
+        <v>24</v>
+      </c>
+      <c r="J440" t="s">
+        <v>25</v>
+      </c>
+      <c r="K440" t="s">
+        <v>530</v>
       </c>
       <c r="L440" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M440" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="P440" t="s">
-        <v>259</v>
+        <v>325</v>
       </c>
       <c r="Q440" t="s">
-        <v>403</v>
+        <v>511</v>
       </c>
       <c r="R440" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="441" spans="1:18">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C441" t="s">
         <v>19</v>
       </c>
       <c r="E441" t="s">
-        <v>144</v>
+        <v>183</v>
       </c>
       <c r="F441" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="G441" t="s">
-        <v>975</v>
+        <v>1276</v>
+      </c>
+      <c r="H441" t="s">
+        <v>159</v>
+      </c>
+      <c r="I441" t="s">
+        <v>24</v>
+      </c>
+      <c r="J441" t="s">
+        <v>25</v>
+      </c>
+      <c r="K441" t="s">
+        <v>530</v>
       </c>
       <c r="L441" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M441" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="P441" t="s">
-        <v>976</v>
+        <v>1277</v>
       </c>
       <c r="Q441" t="s">
-        <v>364</v>
+        <v>463</v>
       </c>
       <c r="R441" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="442" spans="1:18">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C442" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E442" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F442" t="s">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="G442" t="s">
-        <v>977</v>
+        <v>1278</v>
+      </c>
+      <c r="J442" t="s">
+        <v>103</v>
       </c>
       <c r="L442" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M442" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P442" t="s">
-        <v>323</v>
+        <v>412</v>
       </c>
       <c r="Q442" t="s">
-        <v>766</v>
+        <v>991</v>
       </c>
       <c r="R442" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="443" spans="1:18">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C443" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E443" t="s">
-        <v>978</v>
+        <v>1279</v>
       </c>
       <c r="F443" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G443" t="s">
-        <v>979</v>
+        <v>1280</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1281</v>
+      </c>
+      <c r="I443" t="s">
+        <v>204</v>
+      </c>
+      <c r="J443" t="s">
+        <v>25</v>
+      </c>
+      <c r="K443" t="s">
+        <v>884</v>
       </c>
       <c r="L443" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M443" t="s">
-        <v>980</v>
+        <v>1282</v>
       </c>
       <c r="P443" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q443" t="s">
-        <v>462</v>
+        <v>588</v>
       </c>
       <c r="R443" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="444" spans="1:18">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C444" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E444" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F444" t="s">
-        <v>431</v>
+        <v>549</v>
       </c>
       <c r="G444" t="s">
-        <v>981</v>
+        <v>1283</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1284</v>
+      </c>
+      <c r="I444" t="s">
+        <v>24</v>
+      </c>
+      <c r="J444" t="s">
+        <v>25</v>
+      </c>
+      <c r="K444" t="s">
+        <v>133</v>
       </c>
       <c r="L444" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M444" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P444" t="s">
-        <v>982</v>
+        <v>1285</v>
       </c>
       <c r="Q444" t="s">
-        <v>227</v>
+        <v>288</v>
       </c>
       <c r="R444" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="445" spans="1:18">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445" t="s">
-        <v>223</v>
+        <v>282</v>
       </c>
       <c r="C445" t="s">
         <v>19</v>
       </c>
       <c r="E445" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F445" t="s">
-        <v>200</v>
+        <v>256</v>
       </c>
       <c r="G445" t="s">
-        <v>983</v>
+        <v>1286</v>
+      </c>
+      <c r="H445" t="s">
+        <v>209</v>
+      </c>
+      <c r="I445" t="s">
+        <v>24</v>
+      </c>
+      <c r="J445" t="s">
+        <v>25</v>
+      </c>
+      <c r="K445" t="s">
+        <v>958</v>
       </c>
       <c r="L445" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M445" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P445" t="s">
-        <v>658</v>
+        <v>849</v>
       </c>
       <c r="Q445" t="s">
-        <v>678</v>
+        <v>874</v>
       </c>
     </row>
     <row r="446" spans="1:18">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C446" t="s">
         <v>19</v>
       </c>
       <c r="E446" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F446" t="s">
-        <v>291</v>
+        <v>368</v>
       </c>
       <c r="G446" t="s">
-        <v>984</v>
+        <v>1287</v>
+      </c>
+      <c r="J446" t="s">
+        <v>787</v>
       </c>
       <c r="L446" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M446" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P446" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q446" t="s">
-        <v>321</v>
+        <v>408</v>
       </c>
       <c r="R446" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="447" spans="1:18">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C447" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E447" t="s">
-        <v>166</v>
+        <v>213</v>
       </c>
       <c r="F447" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="G447" t="s">
-        <v>985</v>
+        <v>1288</v>
+      </c>
+      <c r="J447" t="s">
+        <v>742</v>
       </c>
       <c r="L447" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M447" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="P447" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q447" t="s">
-        <v>508</v>
+        <v>652</v>
       </c>
       <c r="R447" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="448" spans="1:18">
       <c r="A448">
         <v>447</v>
       </c>
       <c r="B448" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C448" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E448" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="F448" t="s">
-        <v>133</v>
+        <v>165</v>
       </c>
       <c r="G448" t="s">
-        <v>986</v>
+        <v>1289</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1290</v>
+      </c>
+      <c r="I448" t="s">
+        <v>168</v>
+      </c>
+      <c r="J448" t="s">
+        <v>25</v>
+      </c>
+      <c r="K448" t="s">
+        <v>958</v>
       </c>
       <c r="L448" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M448" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="P448" t="s">
-        <v>987</v>
+        <v>1291</v>
       </c>
       <c r="Q448" t="s">
-        <v>118</v>
+        <v>146</v>
       </c>
       <c r="R448" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="449" spans="1:18">
       <c r="A449">
         <v>448</v>
       </c>
       <c r="B449" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C449" t="s">
+        <v>45</v>
+      </c>
+      <c r="E449" t="s">
+        <v>395</v>
+      </c>
+      <c r="F449" t="s">
+        <v>723</v>
+      </c>
+      <c r="G449" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1293</v>
+      </c>
+      <c r="I449" t="s">
+        <v>50</v>
+      </c>
+      <c r="J449" t="s">
+        <v>25</v>
+      </c>
+      <c r="K449" t="s">
         <v>38</v>
       </c>
-      <c r="E449" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L449" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M449" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P449" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q449" t="s">
-        <v>250</v>
+        <v>314</v>
       </c>
       <c r="R449" t="s">
-        <v>989</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="450" spans="1:18">
       <c r="A450">
         <v>449</v>
       </c>
       <c r="B450" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C450" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E450" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="F450" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="G450" t="s">
-        <v>990</v>
+        <v>1295</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1284</v>
+      </c>
+      <c r="I450" t="s">
+        <v>24</v>
+      </c>
+      <c r="J450" t="s">
+        <v>25</v>
+      </c>
+      <c r="K450" t="s">
+        <v>381</v>
       </c>
       <c r="L450" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M450" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="P450" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q450" t="s">
-        <v>851</v>
+        <v>1107</v>
       </c>
       <c r="R450" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="451" spans="1:18">
       <c r="A451">
         <v>450</v>
       </c>
       <c r="B451" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C451" t="s">
         <v>19</v>
       </c>
       <c r="E451" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F451" t="s">
-        <v>599</v>
+        <v>771</v>
       </c>
       <c r="G451" t="s">
-        <v>991</v>
+        <v>1296</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1078</v>
+      </c>
+      <c r="I451" t="s">
+        <v>24</v>
+      </c>
+      <c r="J451" t="s">
+        <v>25</v>
+      </c>
+      <c r="K451" t="s">
+        <v>286</v>
       </c>
       <c r="L451" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M451" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P451" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q451" t="s">
-        <v>245</v>
+        <v>308</v>
       </c>
       <c r="R451" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="452" spans="1:18">
       <c r="A452">
         <v>451</v>
       </c>
       <c r="B452" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C452" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E452" t="s">
-        <v>264</v>
+        <v>332</v>
       </c>
       <c r="F452" t="s">
-        <v>378</v>
+        <v>480</v>
       </c>
       <c r="G452" t="s">
-        <v>992</v>
+        <v>1297</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I452" t="s">
+        <v>50</v>
+      </c>
+      <c r="J452" t="s">
+        <v>25</v>
+      </c>
+      <c r="K452" t="s">
+        <v>356</v>
       </c>
       <c r="L452" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M452" t="s">
-        <v>267</v>
+        <v>337</v>
       </c>
       <c r="P452" t="s">
-        <v>609</v>
+        <v>784</v>
       </c>
       <c r="Q452" t="s">
-        <v>136</v>
+        <v>171</v>
       </c>
       <c r="R452" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="453" spans="1:18">
       <c r="A453">
         <v>452</v>
       </c>
       <c r="B453" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C453" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E453" t="s">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="F453" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="G453" t="s">
-        <v>993</v>
+        <v>1298</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1299</v>
+      </c>
+      <c r="I453" t="s">
+        <v>24</v>
+      </c>
+      <c r="J453" t="s">
+        <v>25</v>
+      </c>
+      <c r="K453" t="s">
+        <v>455</v>
       </c>
       <c r="L453" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M453" t="s">
-        <v>249</v>
+        <v>313</v>
       </c>
       <c r="P453" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="Q453" t="s">
-        <v>380</v>
+        <v>482</v>
       </c>
       <c r="R453" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="454" spans="1:18">
       <c r="A454">
         <v>453</v>
       </c>
       <c r="B454" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C454" t="s">
         <v>19</v>
       </c>
       <c r="E454" t="s">
-        <v>439</v>
+        <v>560</v>
       </c>
       <c r="F454" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G454" t="s">
-        <v>994</v>
+        <v>1300</v>
+      </c>
+      <c r="J454" t="s">
+        <v>834</v>
       </c>
       <c r="L454" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M454" t="s">
-        <v>441</v>
+        <v>562</v>
       </c>
       <c r="P454" t="s">
-        <v>606</v>
+        <v>781</v>
       </c>
       <c r="Q454" t="s">
-        <v>210</v>
+        <v>269</v>
       </c>
       <c r="R454" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="455" spans="1:18">
       <c r="A455">
         <v>454</v>
       </c>
       <c r="B455" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C455" t="s">
         <v>19</v>
       </c>
       <c r="E455" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F455" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G455" t="s">
-        <v>995</v>
+        <v>1301</v>
+      </c>
+      <c r="J455" t="s">
+        <v>834</v>
       </c>
       <c r="L455" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M455" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P455" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="Q455" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="R455" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="456" spans="1:18">
       <c r="A456">
         <v>455</v>
       </c>
       <c r="B456" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C456" t="s">
         <v>19</v>
       </c>
       <c r="E456" t="s">
-        <v>459</v>
+        <v>584</v>
       </c>
       <c r="F456" t="s">
-        <v>228</v>
+        <v>289</v>
       </c>
       <c r="G456" t="s">
-        <v>996</v>
+        <v>1302</v>
+      </c>
+      <c r="J456" t="s">
+        <v>787</v>
       </c>
       <c r="L456" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M456" t="s">
-        <v>461</v>
+        <v>587</v>
       </c>
       <c r="P456" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q456" t="s">
-        <v>546</v>
+        <v>702</v>
       </c>
       <c r="R456" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="457" spans="1:18">
       <c r="A457">
         <v>456</v>
       </c>
       <c r="B457" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C457" t="s">
         <v>19</v>
       </c>
       <c r="E457" t="s">
-        <v>559</v>
+        <v>719</v>
       </c>
       <c r="F457" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G457" t="s">
-        <v>997</v>
+        <v>1303</v>
+      </c>
+      <c r="J457" t="s">
+        <v>1304</v>
       </c>
       <c r="L457" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M457" t="s">
-        <v>561</v>
+        <v>722</v>
       </c>
       <c r="P457" t="s">
-        <v>338</v>
+        <v>430</v>
       </c>
       <c r="Q457" t="s">
-        <v>326</v>
+        <v>416</v>
       </c>
       <c r="R457" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="458" spans="1:18">
       <c r="A458">
         <v>457</v>
       </c>
       <c r="B458" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C458" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E458" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F458" t="s">
-        <v>315</v>
+        <v>401</v>
       </c>
       <c r="G458" t="s">
-        <v>998</v>
+        <v>1305</v>
+      </c>
+      <c r="H458" t="s">
+        <v>258</v>
+      </c>
+      <c r="I458" t="s">
+        <v>142</v>
+      </c>
+      <c r="J458" t="s">
+        <v>25</v>
+      </c>
+      <c r="K458" t="s">
+        <v>180</v>
       </c>
       <c r="L458" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M458" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P458" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="Q458" t="s">
-        <v>118</v>
+        <v>146</v>
       </c>
       <c r="R458" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="459" spans="1:18">
       <c r="A459">
         <v>458</v>
       </c>
       <c r="B459" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C459" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E459" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="F459" t="s">
-        <v>338</v>
+        <v>430</v>
       </c>
       <c r="G459" t="s">
-        <v>999</v>
+        <v>1306</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1307</v>
+      </c>
+      <c r="I459" t="s">
+        <v>24</v>
+      </c>
+      <c r="J459" t="s">
+        <v>25</v>
+      </c>
+      <c r="K459" t="s">
+        <v>657</v>
       </c>
       <c r="L459" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M459" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="P459" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="Q459" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R459" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="460" spans="1:18">
       <c r="A460">
         <v>459</v>
       </c>
       <c r="B460" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C460" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E460" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F460" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="G460" t="s">
-        <v>1000</v>
+        <v>1308</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1309</v>
+      </c>
+      <c r="I460" t="s">
+        <v>50</v>
+      </c>
+      <c r="J460" t="s">
+        <v>25</v>
+      </c>
+      <c r="K460" t="s">
+        <v>411</v>
       </c>
       <c r="L460" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M460" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P460" t="s">
-        <v>1001</v>
+        <v>1310</v>
       </c>
       <c r="Q460" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
       <c r="R460" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="461" spans="1:18">
       <c r="A461">
         <v>460</v>
       </c>
       <c r="B461" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C461" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E461" t="s">
-        <v>264</v>
+        <v>332</v>
       </c>
       <c r="F461" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G461" t="s">
-        <v>1002</v>
+        <v>1311</v>
+      </c>
+      <c r="H461" t="s">
+        <v>517</v>
+      </c>
+      <c r="I461" t="s">
+        <v>24</v>
+      </c>
+      <c r="J461" t="s">
+        <v>25</v>
+      </c>
+      <c r="K461" t="s">
+        <v>51</v>
       </c>
       <c r="L461" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M461" t="s">
-        <v>267</v>
+        <v>337</v>
       </c>
       <c r="P461" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="Q461" t="s">
-        <v>844</v>
+        <v>1098</v>
       </c>
       <c r="R461" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="462" spans="1:18">
       <c r="A462">
         <v>461</v>
       </c>
       <c r="B462" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C462" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E462" t="s">
-        <v>166</v>
+        <v>213</v>
       </c>
       <c r="F462" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="G462" t="s">
-        <v>1003</v>
+        <v>1312</v>
+      </c>
+      <c r="J462" t="s">
+        <v>95</v>
       </c>
       <c r="L462" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M462" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="P462" t="s">
-        <v>226</v>
+        <v>287</v>
       </c>
       <c r="Q462" t="s">
-        <v>535</v>
+        <v>688</v>
       </c>
       <c r="R462" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="463" spans="1:18">
       <c r="A463">
         <v>462</v>
       </c>
       <c r="B463" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C463" t="s">
         <v>19</v>
       </c>
       <c r="E463" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F463" t="s">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="G463" t="s">
-        <v>1004</v>
+        <v>1313</v>
+      </c>
+      <c r="H463" t="s">
+        <v>232</v>
+      </c>
+      <c r="I463" t="s">
+        <v>24</v>
+      </c>
+      <c r="J463" t="s">
+        <v>25</v>
+      </c>
+      <c r="K463" t="s">
+        <v>884</v>
       </c>
       <c r="L463" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M463" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P463" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q463" t="s">
-        <v>227</v>
+        <v>288</v>
       </c>
       <c r="R463" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="464" spans="1:18">
       <c r="A464">
         <v>463</v>
       </c>
       <c r="B464" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C464" t="s">
         <v>19</v>
       </c>
       <c r="E464" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="F464" t="s">
-        <v>173</v>
+        <v>222</v>
       </c>
       <c r="G464" t="s">
-        <v>1005</v>
+        <v>1314</v>
+      </c>
+      <c r="H464" t="s">
+        <v>36</v>
+      </c>
+      <c r="I464" t="s">
+        <v>37</v>
+      </c>
+      <c r="J464" t="s">
+        <v>25</v>
+      </c>
+      <c r="K464" t="s">
+        <v>351</v>
       </c>
       <c r="L464" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M464" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="P464" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="Q464" t="s">
-        <v>190</v>
+        <v>244</v>
       </c>
       <c r="R464" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="465" spans="1:18">
       <c r="A465">
         <v>464</v>
       </c>
       <c r="B465" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C465" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E465" t="s">
-        <v>411</v>
+        <v>520</v>
       </c>
       <c r="F465" t="s">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="G465" t="s">
-        <v>1006</v>
+        <v>1315</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1316</v>
+      </c>
+      <c r="I465" t="s">
+        <v>204</v>
+      </c>
+      <c r="J465" t="s">
+        <v>25</v>
+      </c>
+      <c r="K465" t="s">
+        <v>133</v>
       </c>
       <c r="L465" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M465" t="s">
-        <v>413</v>
+        <v>523</v>
       </c>
       <c r="P465" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q465" t="s">
-        <v>302</v>
+        <v>384</v>
       </c>
       <c r="R465" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="466" spans="1:18">
       <c r="A466">
         <v>465</v>
       </c>
       <c r="B466" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C466" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E466" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F466" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G466" t="s">
-        <v>1007</v>
+        <v>1317</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1318</v>
+      </c>
+      <c r="I466" t="s">
+        <v>24</v>
+      </c>
+      <c r="J466" t="s">
+        <v>25</v>
+      </c>
+      <c r="K466" t="s">
+        <v>455</v>
       </c>
       <c r="L466" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M466" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P466" t="s">
-        <v>135</v>
+        <v>170</v>
       </c>
       <c r="Q466" t="s">
-        <v>552</v>
+        <v>708</v>
       </c>
       <c r="R466" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="467" spans="1:18">
       <c r="A467">
         <v>466</v>
       </c>
       <c r="B467" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C467" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E467" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="F467" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="G467" t="s">
-        <v>1008</v>
+        <v>1319</v>
+      </c>
+      <c r="J467" t="s">
+        <v>95</v>
       </c>
       <c r="L467" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M467" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="P467" t="s">
-        <v>1009</v>
+        <v>1320</v>
       </c>
       <c r="Q467" t="s">
-        <v>231</v>
+        <v>292</v>
       </c>
       <c r="R467" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="468" spans="1:18">
       <c r="A468">
         <v>467</v>
       </c>
       <c r="B468" t="s">
         <v>18</v>
       </c>
       <c r="C468" t="s">
         <v>19</v>
       </c>
       <c r="E468" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
       <c r="F468" t="s">
-        <v>273</v>
+        <v>345</v>
       </c>
       <c r="G468" t="s">
-        <v>1010</v>
+        <v>1321</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1322</v>
+      </c>
+      <c r="I468" t="s">
+        <v>24</v>
+      </c>
+      <c r="J468" t="s">
+        <v>25</v>
+      </c>
+      <c r="K468" t="s">
+        <v>530</v>
       </c>
       <c r="L468" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M468" t="s">
-        <v>155</v>
+        <v>198</v>
       </c>
       <c r="P468" t="s">
-        <v>837</v>
+        <v>1088</v>
       </c>
       <c r="Q468" t="s">
-        <v>326</v>
+        <v>416</v>
       </c>
       <c r="R468" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="469" spans="1:18">
       <c r="A469">
         <v>468</v>
       </c>
       <c r="B469" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C469" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E469" t="s">
-        <v>559</v>
+        <v>719</v>
       </c>
       <c r="F469" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G469" t="s">
-        <v>1011</v>
+        <v>1323</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1324</v>
+      </c>
+      <c r="I469" t="s">
+        <v>204</v>
+      </c>
+      <c r="J469" t="s">
+        <v>25</v>
+      </c>
+      <c r="K469" t="s">
+        <v>299</v>
       </c>
       <c r="L469" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M469" t="s">
-        <v>561</v>
+        <v>722</v>
       </c>
       <c r="P469" t="s">
-        <v>1012</v>
+        <v>1325</v>
       </c>
       <c r="Q469" t="s">
-        <v>394</v>
+        <v>500</v>
       </c>
       <c r="R469" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="470" spans="1:18">
       <c r="A470">
         <v>469</v>
       </c>
       <c r="B470" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C470" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E470" t="s">
-        <v>411</v>
+        <v>520</v>
       </c>
       <c r="F470" t="s">
-        <v>315</v>
+        <v>401</v>
       </c>
       <c r="G470" t="s">
-        <v>1013</v>
+        <v>1326</v>
+      </c>
+      <c r="H470" t="s">
+        <v>878</v>
+      </c>
+      <c r="I470" t="s">
+        <v>24</v>
+      </c>
+      <c r="J470" t="s">
+        <v>25</v>
+      </c>
+      <c r="K470" t="s">
+        <v>143</v>
       </c>
       <c r="L470" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M470" t="s">
-        <v>413</v>
+        <v>523</v>
       </c>
       <c r="P470" t="s">
-        <v>414</v>
+        <v>524</v>
       </c>
       <c r="Q470" t="s">
-        <v>591</v>
+        <v>759</v>
       </c>
       <c r="R470" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="471" spans="1:18">
       <c r="A471">
         <v>470</v>
       </c>
       <c r="B471" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C471" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E471" t="s">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="F471" t="s">
-        <v>318</v>
+        <v>404</v>
       </c>
       <c r="G471" t="s">
-        <v>1014</v>
+        <v>1327</v>
+      </c>
+      <c r="H471" t="s">
+        <v>232</v>
+      </c>
+      <c r="I471" t="s">
+        <v>24</v>
+      </c>
+      <c r="J471" t="s">
+        <v>25</v>
+      </c>
+      <c r="K471" t="s">
+        <v>1328</v>
       </c>
       <c r="L471" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M471" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="P471" t="s">
-        <v>1015</v>
+        <v>1329</v>
       </c>
       <c r="Q471" t="s">
-        <v>286</v>
+        <v>363</v>
       </c>
       <c r="R471" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="472" spans="1:18">
       <c r="A472">
         <v>471</v>
       </c>
       <c r="B472" t="s">
         <v>18</v>
       </c>
       <c r="C472" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E472" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F472" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="G472" t="s">
-        <v>1016</v>
+        <v>1330</v>
+      </c>
+      <c r="J472" t="s">
+        <v>103</v>
       </c>
       <c r="L472" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M472" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P472" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q472" t="s">
-        <v>210</v>
+        <v>269</v>
       </c>
       <c r="R472" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="473" spans="1:18">
       <c r="A473">
         <v>472</v>
       </c>
       <c r="B473" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C473" t="s">
         <v>19</v>
       </c>
       <c r="E473" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="F473" t="s">
-        <v>327</v>
+        <v>417</v>
       </c>
       <c r="G473" t="s">
-        <v>1017</v>
+        <v>1331</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1200</v>
+      </c>
+      <c r="I473" t="s">
+        <v>24</v>
+      </c>
+      <c r="J473" t="s">
+        <v>25</v>
+      </c>
+      <c r="K473" t="s">
+        <v>455</v>
       </c>
       <c r="L473" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M473" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="P473" t="s">
-        <v>427</v>
+        <v>543</v>
       </c>
       <c r="Q473" t="s">
-        <v>1018</v>
+        <v>1332</v>
       </c>
       <c r="R473" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="474" spans="1:18">
       <c r="A474">
         <v>473</v>
       </c>
       <c r="B474" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C474" t="s">
         <v>19</v>
       </c>
       <c r="E474" t="s">
-        <v>268</v>
+        <v>338</v>
       </c>
       <c r="F474" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G474" t="s">
-        <v>1019</v>
+        <v>1333</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1334</v>
+      </c>
+      <c r="I474" t="s">
+        <v>50</v>
+      </c>
+      <c r="J474" t="s">
+        <v>25</v>
+      </c>
+      <c r="K474" t="s">
+        <v>51</v>
       </c>
       <c r="L474" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M474" t="s">
-        <v>270</v>
+        <v>341</v>
       </c>
       <c r="P474" t="s">
-        <v>1020</v>
+        <v>1335</v>
       </c>
       <c r="Q474" t="s">
-        <v>326</v>
+        <v>416</v>
       </c>
       <c r="R474" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="475" spans="1:18">
       <c r="A475">
         <v>474</v>
       </c>
       <c r="B475" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C475" t="s">
         <v>19</v>
       </c>
       <c r="E475" t="s">
-        <v>166</v>
+        <v>213</v>
       </c>
       <c r="F475" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="G475" t="s">
-        <v>1021</v>
+        <v>1336</v>
+      </c>
+      <c r="J475" t="s">
+        <v>834</v>
       </c>
       <c r="L475" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M475" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="P475" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q475" t="s">
-        <v>333</v>
+        <v>425</v>
       </c>
       <c r="R475" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="476" spans="1:18">
       <c r="A476">
         <v>475</v>
       </c>
       <c r="B476" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C476" t="s">
         <v>19</v>
       </c>
       <c r="E476" t="s">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="F476" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="G476" t="s">
-        <v>1022</v>
+        <v>1337</v>
+      </c>
+      <c r="H476" t="s">
+        <v>736</v>
+      </c>
+      <c r="I476" t="s">
+        <v>68</v>
+      </c>
+      <c r="J476" t="s">
+        <v>25</v>
+      </c>
+      <c r="K476" t="s">
+        <v>217</v>
       </c>
       <c r="L476" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M476" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="P476" t="s">
-        <v>1023</v>
+        <v>1338</v>
       </c>
       <c r="Q476" t="s">
-        <v>452</v>
+        <v>574</v>
       </c>
       <c r="R476" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="477" spans="1:18">
       <c r="A477">
         <v>476</v>
       </c>
       <c r="B477" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C477" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E477" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F477" t="s">
-        <v>823</v>
+        <v>1068</v>
       </c>
       <c r="G477" t="s">
-        <v>1024</v>
+        <v>1339</v>
+      </c>
+      <c r="H477" t="s">
+        <v>503</v>
+      </c>
+      <c r="I477" t="s">
+        <v>24</v>
+      </c>
+      <c r="J477" t="s">
+        <v>25</v>
+      </c>
+      <c r="K477" t="s">
+        <v>143</v>
       </c>
       <c r="L477" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M477" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="P477" t="s">
-        <v>734</v>
+        <v>951</v>
       </c>
       <c r="Q477" t="s">
-        <v>160</v>
+        <v>205</v>
       </c>
       <c r="R477" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="478" spans="1:18">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C478" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E478" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F478" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G478" t="s">
-        <v>1025</v>
+        <v>1340</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1231</v>
+      </c>
+      <c r="I478" t="s">
+        <v>204</v>
+      </c>
+      <c r="J478" t="s">
+        <v>25</v>
+      </c>
+      <c r="K478" t="s">
+        <v>336</v>
       </c>
       <c r="L478" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M478" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P478" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q478" t="s">
-        <v>456</v>
+        <v>581</v>
       </c>
       <c r="R478" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="479" spans="1:18">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C479" t="s">
         <v>19</v>
       </c>
       <c r="E479" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F479" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="G479" t="s">
-        <v>1026</v>
+        <v>1341</v>
+      </c>
+      <c r="J479" t="s">
+        <v>95</v>
       </c>
       <c r="L479" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M479" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P479" t="s">
-        <v>681</v>
+        <v>879</v>
       </c>
       <c r="Q479" t="s">
-        <v>160</v>
+        <v>205</v>
       </c>
     </row>
     <row r="480" spans="1:18">
       <c r="A480">
         <v>479</v>
       </c>
       <c r="B480" t="s">
-        <v>223</v>
+        <v>282</v>
       </c>
       <c r="C480" t="s">
         <v>19</v>
       </c>
       <c r="E480" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="F480" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="G480" t="s">
-        <v>1027</v>
+        <v>1342</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1343</v>
+      </c>
+      <c r="I480" t="s">
+        <v>24</v>
+      </c>
+      <c r="J480" t="s">
+        <v>25</v>
+      </c>
+      <c r="K480" t="s">
+        <v>411</v>
       </c>
       <c r="L480" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M480" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="P480" t="s">
-        <v>198</v>
+        <v>254</v>
       </c>
       <c r="Q480" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="R480" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="481" spans="1:18">
       <c r="A481">
         <v>480</v>
       </c>
       <c r="B481" t="s">
         <v>18</v>
       </c>
       <c r="C481" t="s">
         <v>19</v>
       </c>
       <c r="E481" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F481" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G481" t="s">
-        <v>1028</v>
+        <v>1344</v>
+      </c>
+      <c r="H481" t="s">
+        <v>132</v>
+      </c>
+      <c r="I481" t="s">
+        <v>50</v>
+      </c>
+      <c r="J481" t="s">
+        <v>25</v>
+      </c>
+      <c r="K481" t="s">
+        <v>1345</v>
       </c>
       <c r="L481" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M481" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P481" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="Q481" t="s">
-        <v>591</v>
+        <v>759</v>
       </c>
       <c r="R481" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="482" spans="1:18">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C482" t="s">
         <v>19</v>
       </c>
       <c r="E482" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F482" t="s">
-        <v>228</v>
+        <v>289</v>
       </c>
       <c r="G482" t="s">
-        <v>1029</v>
+        <v>1346</v>
+      </c>
+      <c r="H482" t="s">
+        <v>340</v>
+      </c>
+      <c r="I482" t="s">
+        <v>24</v>
+      </c>
+      <c r="J482" t="s">
+        <v>25</v>
+      </c>
+      <c r="K482" t="s">
+        <v>217</v>
       </c>
       <c r="L482" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M482" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P482" t="s">
-        <v>864</v>
+        <v>1124</v>
       </c>
       <c r="Q482" t="s">
-        <v>136</v>
+        <v>171</v>
       </c>
       <c r="R482" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="483" spans="1:18">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C483" t="s">
         <v>19</v>
       </c>
       <c r="E483" t="s">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="F483" t="s">
-        <v>785</v>
+        <v>1019</v>
       </c>
       <c r="G483" t="s">
-        <v>1030</v>
+        <v>1347</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1348</v>
+      </c>
+      <c r="I483" t="s">
+        <v>24</v>
+      </c>
+      <c r="J483" t="s">
+        <v>25</v>
+      </c>
+      <c r="K483" t="s">
+        <v>38</v>
       </c>
       <c r="L483" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M483" t="s">
-        <v>249</v>
+        <v>313</v>
       </c>
       <c r="P483" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="Q483" t="s">
-        <v>546</v>
+        <v>702</v>
       </c>
       <c r="R483" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="484" spans="1:18">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484" t="s">
-        <v>223</v>
+        <v>282</v>
       </c>
       <c r="C484" t="s">
         <v>19</v>
       </c>
       <c r="E484" t="s">
-        <v>255</v>
+        <v>319</v>
       </c>
       <c r="F484" t="s">
-        <v>256</v>
+        <v>320</v>
       </c>
       <c r="G484" t="s">
-        <v>1031</v>
+        <v>1349</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1350</v>
+      </c>
+      <c r="I484" t="s">
+        <v>68</v>
+      </c>
+      <c r="J484" t="s">
+        <v>25</v>
+      </c>
+      <c r="K484" t="s">
+        <v>38</v>
       </c>
       <c r="L484" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M484" t="s">
-        <v>258</v>
+        <v>324</v>
       </c>
       <c r="P484" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="Q484" t="s">
-        <v>403</v>
+        <v>511</v>
       </c>
       <c r="R484" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="485" spans="1:18">
       <c r="A485">
         <v>484</v>
       </c>
       <c r="B485" t="s">
-        <v>223</v>
+        <v>282</v>
       </c>
       <c r="C485" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E485" t="s">
-        <v>144</v>
+        <v>183</v>
       </c>
       <c r="F485" t="s">
-        <v>602</v>
+        <v>775</v>
       </c>
       <c r="G485" t="s">
-        <v>1032</v>
+        <v>1351</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1352</v>
+      </c>
+      <c r="I485" t="s">
+        <v>24</v>
+      </c>
+      <c r="J485" t="s">
+        <v>25</v>
+      </c>
+      <c r="K485" t="s">
+        <v>1353</v>
       </c>
       <c r="L485" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M485" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="P485" t="s">
-        <v>294</v>
+        <v>373</v>
       </c>
       <c r="Q485" t="s">
-        <v>716</v>
+        <v>929</v>
       </c>
     </row>
     <row r="486" spans="1:18">
       <c r="A486">
         <v>485</v>
       </c>
       <c r="B486" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C486" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E486" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F486" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="G486" t="s">
-        <v>1033</v>
+        <v>1354</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1355</v>
+      </c>
+      <c r="I486" t="s">
+        <v>50</v>
+      </c>
+      <c r="J486" t="s">
+        <v>25</v>
+      </c>
+      <c r="K486" t="s">
+        <v>455</v>
       </c>
       <c r="L486" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M486" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P486" t="s">
-        <v>240</v>
+        <v>303</v>
       </c>
       <c r="Q486" t="s">
-        <v>456</v>
+        <v>581</v>
       </c>
     </row>
     <row r="487" spans="1:18">
       <c r="A487">
         <v>486</v>
       </c>
       <c r="B487" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C487" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E487" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F487" t="s">
-        <v>500</v>
+        <v>638</v>
       </c>
       <c r="G487" t="s">
-        <v>1034</v>
+        <v>1356</v>
+      </c>
+      <c r="J487" t="s">
+        <v>95</v>
       </c>
       <c r="L487" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M487" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P487" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q487" t="s">
-        <v>151</v>
+        <v>193</v>
       </c>
       <c r="R487" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="488" spans="1:18">
       <c r="A488">
         <v>487</v>
       </c>
       <c r="B488" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C488" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E488" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="F488" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G488" t="s">
-        <v>1035</v>
+        <v>1357</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1358</v>
+      </c>
+      <c r="I488" t="s">
+        <v>24</v>
+      </c>
+      <c r="J488" t="s">
+        <v>25</v>
+      </c>
+      <c r="K488" t="s">
+        <v>143</v>
       </c>
       <c r="L488" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M488" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="P488" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q488" t="s">
-        <v>544</v>
+        <v>699</v>
       </c>
       <c r="R488" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="489" spans="1:18">
       <c r="A489">
         <v>488</v>
       </c>
       <c r="B489" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C489" t="s">
         <v>19</v>
       </c>
       <c r="E489" t="s">
-        <v>166</v>
+        <v>213</v>
       </c>
       <c r="F489" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G489" t="s">
-        <v>1036</v>
+        <v>1359</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1360</v>
+      </c>
+      <c r="I489" t="s">
+        <v>24</v>
+      </c>
+      <c r="J489" t="s">
+        <v>25</v>
+      </c>
+      <c r="K489" t="s">
+        <v>884</v>
       </c>
       <c r="L489" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M489" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="P489" t="s">
-        <v>1037</v>
+        <v>1361</v>
       </c>
       <c r="Q489" t="s">
-        <v>359</v>
+        <v>457</v>
       </c>
       <c r="R489" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="490" spans="1:18">
       <c r="A490">
         <v>489</v>
       </c>
       <c r="B490" t="s">
         <v>18</v>
       </c>
       <c r="C490" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E490" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F490" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="G490" t="s">
-        <v>1038</v>
+        <v>1362</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I490" t="s">
+        <v>1363</v>
+      </c>
+      <c r="J490" t="s">
+        <v>25</v>
+      </c>
+      <c r="K490" t="s">
+        <v>133</v>
       </c>
       <c r="L490" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M490" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P490" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q490" t="s">
-        <v>732</v>
+        <v>949</v>
       </c>
       <c r="R490" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="491" spans="1:18">
       <c r="A491">
         <v>490</v>
       </c>
       <c r="B491" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C491" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E491" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F491" t="s">
-        <v>195</v>
+        <v>251</v>
       </c>
       <c r="G491" t="s">
-        <v>1039</v>
+        <v>1364</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1365</v>
+      </c>
+      <c r="I491" t="s">
+        <v>24</v>
+      </c>
+      <c r="J491" t="s">
+        <v>25</v>
+      </c>
+      <c r="K491" t="s">
+        <v>455</v>
       </c>
       <c r="L491" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M491" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P491" t="s">
-        <v>176</v>
+        <v>227</v>
       </c>
       <c r="Q491" t="s">
-        <v>466</v>
+        <v>593</v>
       </c>
       <c r="R491" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="492" spans="1:18">
       <c r="A492">
         <v>491</v>
       </c>
       <c r="B492" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C492" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E492" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F492" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G492" t="s">
-        <v>1040</v>
+        <v>1366</v>
+      </c>
+      <c r="J492" t="s">
+        <v>95</v>
       </c>
       <c r="L492" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M492" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P492" t="s">
-        <v>240</v>
+        <v>303</v>
       </c>
       <c r="Q492" t="s">
-        <v>160</v>
+        <v>205</v>
       </c>
       <c r="R492" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="493" spans="1:18">
       <c r="A493">
         <v>492</v>
       </c>
       <c r="B493" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C493" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E493" t="s">
-        <v>255</v>
+        <v>319</v>
       </c>
       <c r="F493" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G493" t="s">
-        <v>1041</v>
+        <v>1367</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1350</v>
+      </c>
+      <c r="I493" t="s">
+        <v>68</v>
+      </c>
+      <c r="J493" t="s">
+        <v>25</v>
+      </c>
+      <c r="K493" t="s">
+        <v>299</v>
       </c>
       <c r="L493" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M493" t="s">
-        <v>258</v>
+        <v>324</v>
       </c>
       <c r="P493" t="s">
-        <v>1042</v>
+        <v>1368</v>
       </c>
       <c r="Q493" t="s">
-        <v>503</v>
+        <v>643</v>
       </c>
       <c r="R493" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="494" spans="1:18">
       <c r="A494">
         <v>493</v>
       </c>
       <c r="B494" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C494" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E494" t="s">
-        <v>439</v>
+        <v>560</v>
       </c>
       <c r="F494" t="s">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="G494" t="s">
-        <v>1043</v>
+        <v>1369</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I494" t="s">
+        <v>24</v>
+      </c>
+      <c r="J494" t="s">
+        <v>25</v>
+      </c>
+      <c r="K494" t="s">
+        <v>299</v>
       </c>
       <c r="L494" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M494" t="s">
-        <v>441</v>
+        <v>562</v>
       </c>
       <c r="P494" t="s">
-        <v>1044</v>
+        <v>1371</v>
       </c>
       <c r="Q494" t="s">
-        <v>422</v>
+        <v>536</v>
       </c>
       <c r="R494" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="495" spans="1:18">
       <c r="A495">
         <v>494</v>
       </c>
       <c r="B495" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C495" t="s">
         <v>19</v>
       </c>
       <c r="E495" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F495" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G495" t="s">
-        <v>1045</v>
+        <v>1372</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1373</v>
+      </c>
+      <c r="I495" t="s">
+        <v>711</v>
+      </c>
+      <c r="J495" t="s">
+        <v>25</v>
+      </c>
+      <c r="K495" t="s">
+        <v>38</v>
       </c>
       <c r="L495" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M495" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P495" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q495" t="s">
-        <v>508</v>
+        <v>652</v>
       </c>
       <c r="R495" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="496" spans="1:18">
       <c r="A496">
         <v>495</v>
       </c>
       <c r="B496" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C496" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E496" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F496" t="s">
-        <v>500</v>
+        <v>638</v>
       </c>
       <c r="G496" t="s">
-        <v>1046</v>
+        <v>1374</v>
+      </c>
+      <c r="J496" t="s">
+        <v>95</v>
       </c>
       <c r="L496" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M496" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P496" t="s">
-        <v>1023</v>
+        <v>1338</v>
       </c>
       <c r="Q496" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="R496" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="497" spans="1:18">
       <c r="A497">
         <v>496</v>
       </c>
       <c r="B497" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C497" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E497" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F497" t="s">
-        <v>228</v>
+        <v>289</v>
       </c>
       <c r="G497" t="s">
-        <v>1047</v>
+        <v>1375</v>
+      </c>
+      <c r="H497" t="s">
+        <v>863</v>
+      </c>
+      <c r="I497" t="s">
+        <v>204</v>
+      </c>
+      <c r="J497" t="s">
+        <v>25</v>
+      </c>
+      <c r="K497" t="s">
+        <v>455</v>
       </c>
       <c r="L497" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M497" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P497" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q497" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R497" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="498" spans="1:18">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C498" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E498" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="F498" t="s">
         <v>21</v>
       </c>
       <c r="G498" t="s">
-        <v>1048</v>
+        <v>1376</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1373</v>
+      </c>
+      <c r="I498" t="s">
+        <v>711</v>
+      </c>
+      <c r="J498" t="s">
+        <v>25</v>
+      </c>
+      <c r="K498" t="s">
+        <v>160</v>
       </c>
       <c r="L498" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M498" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="P498" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q498" t="s">
-        <v>719</v>
+        <v>932</v>
       </c>
       <c r="R498" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="499" spans="1:18">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499" t="s">
-        <v>1049</v>
+        <v>1377</v>
       </c>
       <c r="C499" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E499" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F499" t="s">
-        <v>218</v>
+        <v>277</v>
       </c>
       <c r="G499" t="s">
-        <v>1050</v>
+        <v>1378</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1123</v>
+      </c>
+      <c r="J499" t="s">
+        <v>25</v>
+      </c>
+      <c r="K499" t="s">
+        <v>286</v>
       </c>
       <c r="L499" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M499" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P499" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q499" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="R499" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="500" spans="1:18">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C500" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E500" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F500" t="s">
-        <v>315</v>
+        <v>401</v>
       </c>
       <c r="G500" t="s">
-        <v>1051</v>
+        <v>1379</v>
+      </c>
+      <c r="H500" t="s">
+        <v>489</v>
+      </c>
+      <c r="I500" t="s">
+        <v>24</v>
+      </c>
+      <c r="J500" t="s">
+        <v>25</v>
+      </c>
+      <c r="K500" t="s">
+        <v>1380</v>
       </c>
       <c r="L500" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M500" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P500" t="s">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="Q500" t="s">
-        <v>517</v>
+        <v>664</v>
       </c>
       <c r="R500" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="501" spans="1:18">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501" t="s">
         <v>18</v>
       </c>
       <c r="C501" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E501" t="s">
-        <v>255</v>
+        <v>319</v>
       </c>
       <c r="F501" t="s">
-        <v>378</v>
+        <v>480</v>
       </c>
       <c r="G501" t="s">
-        <v>1052</v>
+        <v>1381</v>
+      </c>
+      <c r="H501" t="s">
+        <v>153</v>
+      </c>
+      <c r="I501" t="s">
+        <v>24</v>
+      </c>
+      <c r="J501" t="s">
+        <v>25</v>
+      </c>
+      <c r="K501" t="s">
+        <v>117</v>
       </c>
       <c r="L501" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M501" t="s">
-        <v>258</v>
+        <v>324</v>
       </c>
       <c r="P501" t="s">
-        <v>843</v>
+        <v>1097</v>
       </c>
       <c r="Q501" t="s">
-        <v>466</v>
+        <v>593</v>
       </c>
       <c r="R501" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="502" spans="1:18">
       <c r="A502">
         <v>501</v>
       </c>
       <c r="B502" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C502" t="s">
         <v>19</v>
       </c>
       <c r="E502" t="s">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="F502" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G502" t="s">
-        <v>1053</v>
+        <v>1382</v>
+      </c>
+      <c r="H502" t="s">
+        <v>340</v>
+      </c>
+      <c r="I502" t="s">
+        <v>24</v>
+      </c>
+      <c r="J502" t="s">
+        <v>25</v>
+      </c>
+      <c r="K502" t="s">
+        <v>143</v>
       </c>
       <c r="L502" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M502" t="s">
-        <v>249</v>
+        <v>313</v>
       </c>
       <c r="P502" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="Q502" t="s">
-        <v>250</v>
+        <v>314</v>
       </c>
       <c r="R502" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="503" spans="1:18">
       <c r="A503">
         <v>502</v>
       </c>
       <c r="B503" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C503" t="s">
         <v>19</v>
       </c>
       <c r="E503" t="s">
-        <v>559</v>
+        <v>719</v>
       </c>
       <c r="F503" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G503" t="s">
-        <v>1054</v>
+        <v>1383</v>
+      </c>
+      <c r="H503" t="s">
+        <v>736</v>
+      </c>
+      <c r="I503" t="s">
+        <v>68</v>
+      </c>
+      <c r="J503" t="s">
+        <v>25</v>
+      </c>
+      <c r="K503" t="s">
+        <v>286</v>
       </c>
       <c r="L503" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M503" t="s">
-        <v>561</v>
+        <v>722</v>
       </c>
       <c r="P503" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="Q503" t="s">
-        <v>392</v>
+        <v>498</v>
       </c>
       <c r="R503" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="504" spans="1:18">
       <c r="A504">
         <v>503</v>
       </c>
       <c r="B504" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C504" t="s">
         <v>19</v>
       </c>
       <c r="E504" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F504" t="s">
-        <v>279</v>
+        <v>353</v>
       </c>
       <c r="G504" t="s">
-        <v>1055</v>
+        <v>1384</v>
+      </c>
+      <c r="H504" t="s">
+        <v>1385</v>
+      </c>
+      <c r="I504" t="s">
+        <v>50</v>
+      </c>
+      <c r="J504" t="s">
+        <v>25</v>
+      </c>
+      <c r="K504" t="s">
+        <v>133</v>
       </c>
       <c r="L504" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M504" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P504" t="s">
-        <v>1056</v>
+        <v>1386</v>
       </c>
       <c r="Q504" t="s">
-        <v>302</v>
+        <v>384</v>
       </c>
       <c r="R504" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="505" spans="1:18">
       <c r="A505">
         <v>504</v>
       </c>
       <c r="B505" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C505" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E505" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F505" t="s">
-        <v>1057</v>
+        <v>1387</v>
       </c>
       <c r="G505" t="s">
-        <v>1058</v>
+        <v>1388</v>
+      </c>
+      <c r="J505" t="s">
+        <v>393</v>
       </c>
       <c r="L505" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M505" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P505" t="s">
-        <v>1059</v>
+        <v>1389</v>
       </c>
       <c r="Q505" t="s">
-        <v>183</v>
+        <v>235</v>
       </c>
     </row>
     <row r="506" spans="1:18">
       <c r="A506">
         <v>505</v>
       </c>
       <c r="B506" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C506" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E506" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F506" t="s">
-        <v>279</v>
+        <v>353</v>
       </c>
       <c r="G506" t="s">
-        <v>1060</v>
+        <v>1390</v>
+      </c>
+      <c r="J506" t="s">
+        <v>330</v>
       </c>
       <c r="L506" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M506" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P506" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q506" t="s">
-        <v>148</v>
+        <v>189</v>
       </c>
       <c r="R506" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="507" spans="1:18">
       <c r="A507">
         <v>506</v>
       </c>
       <c r="B507" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C507" t="s">
         <v>19</v>
       </c>
       <c r="E507" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F507" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G507" t="s">
-        <v>1061</v>
+        <v>1391</v>
+      </c>
+      <c r="H507" t="s">
+        <v>517</v>
+      </c>
+      <c r="I507" t="s">
+        <v>24</v>
+      </c>
+      <c r="J507" t="s">
+        <v>25</v>
+      </c>
+      <c r="K507" t="s">
+        <v>143</v>
       </c>
       <c r="L507" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M507" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P507" t="s">
-        <v>1062</v>
+        <v>1392</v>
       </c>
       <c r="Q507" t="s">
-        <v>289</v>
+        <v>366</v>
       </c>
       <c r="R507" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="508" spans="1:18">
       <c r="A508">
         <v>507</v>
       </c>
       <c r="B508" t="s">
         <v>18</v>
       </c>
       <c r="C508" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E508" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F508" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="G508" t="s">
-        <v>1063</v>
+        <v>1393</v>
+      </c>
+      <c r="H508" t="s">
+        <v>1394</v>
+      </c>
+      <c r="I508" t="s">
+        <v>50</v>
+      </c>
+      <c r="J508" t="s">
+        <v>25</v>
+      </c>
+      <c r="K508" t="s">
+        <v>160</v>
       </c>
       <c r="L508" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M508" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P508" t="s">
-        <v>1064</v>
+        <v>1395</v>
       </c>
       <c r="Q508" t="s">
-        <v>525</v>
+        <v>675</v>
       </c>
       <c r="R508" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="509" spans="1:18">
       <c r="A509">
         <v>508</v>
       </c>
       <c r="B509" t="s">
         <v>18</v>
       </c>
       <c r="C509" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E509" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F509" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="G509" t="s">
-        <v>1065</v>
+        <v>1396</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1021</v>
+      </c>
+      <c r="I509" t="s">
+        <v>24</v>
+      </c>
+      <c r="J509" t="s">
+        <v>25</v>
+      </c>
+      <c r="K509" t="s">
+        <v>371</v>
       </c>
       <c r="L509" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M509" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P509" t="s">
-        <v>775</v>
+        <v>1005</v>
       </c>
       <c r="Q509" t="s">
-        <v>199</v>
+        <v>255</v>
       </c>
       <c r="R509" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="510" spans="1:18">
       <c r="A510">
         <v>509</v>
       </c>
       <c r="B510" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C510" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E510" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F510" t="s">
-        <v>753</v>
+        <v>975</v>
       </c>
       <c r="G510" t="s">
-        <v>1066</v>
+        <v>1397</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1024</v>
+      </c>
+      <c r="I510" t="s">
+        <v>24</v>
+      </c>
+      <c r="J510" t="s">
+        <v>25</v>
+      </c>
+      <c r="K510" t="s">
+        <v>441</v>
       </c>
       <c r="L510" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M510" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P510" t="s">
-        <v>1067</v>
+        <v>1398</v>
       </c>
       <c r="Q510" t="s">
-        <v>729</v>
+        <v>946</v>
       </c>
       <c r="R510" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="511" spans="1:18">
       <c r="A511">
         <v>510</v>
       </c>
       <c r="B511" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C511" t="s">
         <v>19</v>
       </c>
       <c r="E511" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F511" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="G511" t="s">
-        <v>1068</v>
+        <v>1399</v>
+      </c>
+      <c r="J511" t="s">
+        <v>103</v>
       </c>
       <c r="L511" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M511" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P511" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="Q511" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
     </row>
     <row r="512" spans="1:18">
       <c r="A512">
         <v>511</v>
       </c>
       <c r="B512" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C512" t="s">
         <v>19</v>
       </c>
       <c r="E512" t="s">
-        <v>178</v>
+        <v>229</v>
       </c>
       <c r="F512" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G512" t="s">
-        <v>1069</v>
+        <v>1400</v>
+      </c>
+      <c r="J512" t="s">
+        <v>95</v>
       </c>
       <c r="L512" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M512" t="s">
-        <v>181</v>
+        <v>233</v>
       </c>
       <c r="P512" t="s">
-        <v>1070</v>
+        <v>1401</v>
       </c>
       <c r="Q512" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R512" t="s">
-        <v>1071</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="513" spans="1:18">
       <c r="A513">
         <v>512</v>
       </c>
       <c r="B513" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C513" t="s">
         <v>19</v>
       </c>
       <c r="E513" t="s">
-        <v>144</v>
+        <v>183</v>
       </c>
       <c r="F513" t="s">
-        <v>315</v>
+        <v>401</v>
       </c>
       <c r="G513" t="s">
-        <v>1072</v>
+        <v>1403</v>
+      </c>
+      <c r="H513" t="s">
+        <v>696</v>
+      </c>
+      <c r="I513" t="s">
+        <v>68</v>
+      </c>
+      <c r="J513" t="s">
+        <v>25</v>
+      </c>
+      <c r="K513" t="s">
+        <v>143</v>
       </c>
       <c r="L513" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M513" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="P513" t="s">
-        <v>609</v>
+        <v>784</v>
       </c>
       <c r="Q513" t="s">
-        <v>851</v>
+        <v>1107</v>
       </c>
       <c r="R513" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="514" spans="1:18">
       <c r="A514">
         <v>513</v>
       </c>
       <c r="B514" t="s">
         <v>18</v>
       </c>
       <c r="C514" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E514" t="s">
-        <v>255</v>
+        <v>319</v>
       </c>
       <c r="F514" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G514" t="s">
-        <v>1073</v>
+        <v>1404</v>
+      </c>
+      <c r="H514" t="s">
+        <v>492</v>
+      </c>
+      <c r="I514" t="s">
+        <v>50</v>
+      </c>
+      <c r="J514" t="s">
+        <v>25</v>
+      </c>
+      <c r="K514" t="s">
+        <v>26</v>
       </c>
       <c r="L514" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M514" t="s">
-        <v>258</v>
+        <v>324</v>
       </c>
       <c r="P514" t="s">
-        <v>1074</v>
+        <v>1405</v>
       </c>
       <c r="Q514" t="s">
-        <v>250</v>
+        <v>314</v>
       </c>
       <c r="R514" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="515" spans="1:18">
       <c r="A515">
         <v>514</v>
       </c>
       <c r="B515" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C515" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E515" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="F515" t="s">
-        <v>288</v>
+        <v>365</v>
       </c>
       <c r="G515" t="s">
-        <v>1075</v>
+        <v>1406</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1407</v>
+      </c>
+      <c r="I515" t="s">
+        <v>142</v>
+      </c>
+      <c r="J515" t="s">
+        <v>25</v>
+      </c>
+      <c r="K515" t="s">
+        <v>577</v>
       </c>
       <c r="L515" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M515" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="P515" t="s">
-        <v>1076</v>
+        <v>1408</v>
       </c>
       <c r="Q515" t="s">
-        <v>143</v>
+        <v>182</v>
       </c>
       <c r="R515" t="s">
-        <v>1077</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="516" spans="1:18">
       <c r="A516">
         <v>515</v>
       </c>
       <c r="B516" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C516" t="s">
         <v>19</v>
       </c>
       <c r="E516" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="F516" t="s">
-        <v>327</v>
+        <v>417</v>
       </c>
       <c r="G516" t="s">
-        <v>1078</v>
+        <v>1410</v>
+      </c>
+      <c r="H516" t="s">
+        <v>878</v>
+      </c>
+      <c r="I516" t="s">
+        <v>24</v>
+      </c>
+      <c r="J516" t="s">
+        <v>25</v>
+      </c>
+      <c r="K516" t="s">
+        <v>351</v>
       </c>
       <c r="L516" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M516" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="P516" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q516" t="s">
-        <v>389</v>
+        <v>494</v>
       </c>
       <c r="R516" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="517" spans="1:18">
       <c r="A517">
         <v>516</v>
       </c>
       <c r="B517" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C517" t="s">
         <v>19</v>
       </c>
       <c r="E517" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F517" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G517" t="s">
-        <v>1079</v>
+        <v>1411</v>
+      </c>
+      <c r="J517" t="s">
+        <v>787</v>
       </c>
       <c r="L517" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M517" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P517" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="Q517" t="s">
-        <v>254</v>
+        <v>318</v>
       </c>
       <c r="R517" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="518" spans="1:18">
       <c r="A518">
         <v>517</v>
       </c>
       <c r="B518" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C518" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E518" t="s">
-        <v>847</v>
+        <v>1102</v>
       </c>
       <c r="F518" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G518" t="s">
-        <v>1080</v>
+        <v>1412</v>
+      </c>
+      <c r="H518" t="s">
+        <v>1413</v>
+      </c>
+      <c r="I518" t="s">
+        <v>248</v>
+      </c>
+      <c r="J518" t="s">
+        <v>25</v>
+      </c>
+      <c r="K518" t="s">
+        <v>286</v>
       </c>
       <c r="L518" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M518" t="s">
-        <v>849</v>
+        <v>1105</v>
       </c>
       <c r="P518" t="s">
-        <v>1023</v>
+        <v>1338</v>
       </c>
       <c r="Q518" t="s">
-        <v>193</v>
+        <v>249</v>
       </c>
       <c r="R518" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="519" spans="1:18">
       <c r="A519">
         <v>518</v>
       </c>
       <c r="B519" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C519" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E519" t="s">
+        <v>100</v>
+      </c>
+      <c r="F519" t="s">
+        <v>310</v>
+      </c>
+      <c r="G519" t="s">
+        <v>1414</v>
+      </c>
+      <c r="J519" t="s">
+        <v>1212</v>
+      </c>
+      <c r="L519" t="s">
+        <v>27</v>
+      </c>
+      <c r="M519" t="s">
+        <v>104</v>
+      </c>
+      <c r="P519" t="s">
+        <v>600</v>
+      </c>
+      <c r="Q519" t="s">
+        <v>991</v>
+      </c>
+      <c r="R519" t="s">
         <v>82</v>
-      </c>
-[...19 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="520" spans="1:18">
       <c r="A520">
         <v>519</v>
       </c>
       <c r="B520" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C520" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E520" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F520" t="s">
-        <v>671</v>
+        <v>865</v>
       </c>
       <c r="G520" t="s">
-        <v>1082</v>
+        <v>1415</v>
+      </c>
+      <c r="J520" t="s">
+        <v>103</v>
       </c>
       <c r="L520" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M520" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P520" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q520" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="R520" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="521" spans="1:18">
       <c r="A521">
         <v>520</v>
       </c>
       <c r="B521" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C521" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E521" t="s">
-        <v>166</v>
+        <v>213</v>
       </c>
       <c r="F521" t="s">
-        <v>265</v>
+        <v>333</v>
       </c>
       <c r="G521" t="s">
-        <v>1083</v>
+        <v>1416</v>
+      </c>
+      <c r="H521" t="s">
+        <v>203</v>
+      </c>
+      <c r="I521" t="s">
+        <v>204</v>
+      </c>
+      <c r="J521" t="s">
+        <v>25</v>
+      </c>
+      <c r="K521" t="s">
+        <v>577</v>
       </c>
       <c r="L521" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M521" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="P521" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q521" t="s">
-        <v>359</v>
+        <v>457</v>
       </c>
       <c r="R521" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="522" spans="1:18">
       <c r="A522">
         <v>521</v>
       </c>
       <c r="B522" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C522" t="s">
         <v>19</v>
       </c>
       <c r="E522" t="s">
-        <v>395</v>
+        <v>501</v>
       </c>
       <c r="F522" t="s">
-        <v>1084</v>
+        <v>1417</v>
       </c>
       <c r="G522" t="s">
-        <v>1085</v>
+        <v>1418</v>
+      </c>
+      <c r="J522" t="s">
+        <v>1212</v>
       </c>
       <c r="L522" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M522" t="s">
-        <v>397</v>
+        <v>504</v>
       </c>
       <c r="P522" t="s">
-        <v>1086</v>
+        <v>1419</v>
       </c>
       <c r="Q522" t="s">
-        <v>558</v>
+        <v>718</v>
       </c>
     </row>
     <row r="523" spans="1:18">
       <c r="A523">
         <v>522</v>
       </c>
       <c r="B523" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C523" t="s">
         <v>19</v>
       </c>
       <c r="E523" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="F523" t="s">
-        <v>602</v>
+        <v>775</v>
       </c>
       <c r="G523" t="s">
-        <v>1087</v>
+        <v>1420</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1421</v>
+      </c>
+      <c r="I523" t="s">
+        <v>142</v>
+      </c>
+      <c r="J523" t="s">
+        <v>25</v>
+      </c>
+      <c r="K523" t="s">
+        <v>411</v>
       </c>
       <c r="L523" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M523" t="s">
-        <v>164</v>
+        <v>211</v>
       </c>
       <c r="P523" t="s">
-        <v>690</v>
+        <v>894</v>
       </c>
       <c r="Q523" t="s">
-        <v>295</v>
+        <v>374</v>
       </c>
     </row>
     <row r="524" spans="1:18">
       <c r="A524">
         <v>523</v>
       </c>
       <c r="B524" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C524" t="s">
         <v>19</v>
       </c>
       <c r="E524" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F524" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G524" t="s">
-        <v>1088</v>
+        <v>1422</v>
+      </c>
+      <c r="J524" t="s">
+        <v>95</v>
       </c>
       <c r="L524" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M524" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P524" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="Q524" t="s">
-        <v>203</v>
+        <v>261</v>
       </c>
       <c r="R524" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="525" spans="1:18">
       <c r="A525">
         <v>524</v>
       </c>
       <c r="B525" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C525" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E525" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F525" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G525" t="s">
-        <v>1089</v>
+        <v>1423</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1424</v>
+      </c>
+      <c r="I525" t="s">
+        <v>168</v>
+      </c>
+      <c r="J525" t="s">
+        <v>25</v>
+      </c>
+      <c r="K525" t="s">
+        <v>26</v>
       </c>
       <c r="L525" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M525" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P525" t="s">
-        <v>656</v>
+        <v>846</v>
       </c>
       <c r="Q525" t="s">
-        <v>821</v>
+        <v>1066</v>
       </c>
       <c r="R525" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="526" spans="1:18">
       <c r="A526">
         <v>525</v>
       </c>
       <c r="B526" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C526" t="s">
         <v>19</v>
       </c>
       <c r="E526" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F526" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="G526" t="s">
-        <v>1090</v>
+        <v>1425</v>
+      </c>
+      <c r="J526" t="s">
+        <v>393</v>
       </c>
       <c r="L526" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M526" t="s">
+        <v>89</v>
+      </c>
+      <c r="P526" t="s">
         <v>72</v>
       </c>
-      <c r="P526" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q526" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R526" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="527" spans="1:18">
       <c r="A527">
         <v>526</v>
       </c>
       <c r="B527" t="s">
         <v>18</v>
       </c>
       <c r="C527" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E527" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="F527" t="s">
-        <v>562</v>
+        <v>723</v>
       </c>
       <c r="G527" t="s">
-        <v>1091</v>
+        <v>1426</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1427</v>
+      </c>
+      <c r="I527" t="s">
+        <v>50</v>
+      </c>
+      <c r="J527" t="s">
+        <v>25</v>
+      </c>
+      <c r="K527" t="s">
+        <v>826</v>
       </c>
       <c r="L527" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M527" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="P527" t="s">
-        <v>1092</v>
+        <v>1428</v>
       </c>
       <c r="Q527" t="s">
-        <v>148</v>
+        <v>189</v>
       </c>
       <c r="R527" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="528" spans="1:18">
       <c r="A528">
         <v>527</v>
       </c>
       <c r="B528" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C528" t="s">
         <v>19</v>
       </c>
       <c r="E528" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="F528" t="s">
-        <v>288</v>
+        <v>365</v>
       </c>
       <c r="G528" t="s">
-        <v>1093</v>
+        <v>1429</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1430</v>
+      </c>
+      <c r="I528" t="s">
+        <v>24</v>
+      </c>
+      <c r="J528" t="s">
+        <v>25</v>
+      </c>
+      <c r="K528" t="s">
+        <v>286</v>
       </c>
       <c r="L528" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M528" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="P528" t="s">
-        <v>775</v>
+        <v>1005</v>
       </c>
       <c r="Q528" t="s">
-        <v>380</v>
+        <v>482</v>
       </c>
       <c r="R528" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="529" spans="1:18">
       <c r="A529">
         <v>528</v>
       </c>
       <c r="B529" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C529" t="s">
         <v>19</v>
       </c>
       <c r="E529" t="s">
-        <v>88</v>
+        <v>107</v>
       </c>
       <c r="F529" t="s">
-        <v>89</v>
+        <v>108</v>
       </c>
       <c r="G529" t="s">
-        <v>1094</v>
+        <v>1431</v>
+      </c>
+      <c r="H529" t="s">
+        <v>432</v>
+      </c>
+      <c r="I529" t="s">
+        <v>24</v>
+      </c>
+      <c r="J529" t="s">
+        <v>25</v>
+      </c>
+      <c r="K529" t="s">
+        <v>51</v>
       </c>
       <c r="L529" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M529" t="s">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="P529" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q529" t="s">
-        <v>546</v>
+        <v>702</v>
       </c>
     </row>
     <row r="530" spans="1:18">
       <c r="A530">
         <v>529</v>
       </c>
       <c r="B530" t="s">
         <v>18</v>
       </c>
       <c r="C530" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E530" t="s">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="F530" t="s">
-        <v>218</v>
+        <v>277</v>
       </c>
       <c r="G530" t="s">
-        <v>1095</v>
+        <v>1432</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1293</v>
+      </c>
+      <c r="I530" t="s">
+        <v>50</v>
+      </c>
+      <c r="J530" t="s">
+        <v>25</v>
+      </c>
+      <c r="K530" t="s">
+        <v>455</v>
       </c>
       <c r="L530" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M530" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
       <c r="P530" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q530" t="s">
-        <v>452</v>
+        <v>574</v>
       </c>
       <c r="R530" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="531" spans="1:18">
       <c r="A531">
         <v>530</v>
       </c>
       <c r="B531" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C531" t="s">
         <v>19</v>
       </c>
       <c r="E531" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F531" t="s">
-        <v>599</v>
+        <v>771</v>
       </c>
       <c r="G531" t="s">
-        <v>1096</v>
+        <v>1433</v>
+      </c>
+      <c r="H531" t="s">
+        <v>701</v>
+      </c>
+      <c r="I531" t="s">
+        <v>24</v>
+      </c>
+      <c r="J531" t="s">
+        <v>25</v>
+      </c>
+      <c r="K531" t="s">
+        <v>26</v>
       </c>
       <c r="L531" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M531" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P531" t="s">
-        <v>343</v>
+        <v>436</v>
       </c>
       <c r="Q531" t="s">
-        <v>546</v>
+        <v>702</v>
       </c>
       <c r="R531" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="532" spans="1:18">
       <c r="A532">
         <v>531</v>
       </c>
       <c r="B532" t="s">
         <v>18</v>
       </c>
       <c r="C532" t="s">
         <v>19</v>
       </c>
       <c r="E532" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F532" t="s">
-        <v>602</v>
+        <v>775</v>
       </c>
       <c r="G532" t="s">
-        <v>1097</v>
+        <v>1434</v>
+      </c>
+      <c r="H532" t="s">
+        <v>153</v>
+      </c>
+      <c r="I532" t="s">
+        <v>24</v>
+      </c>
+      <c r="J532" t="s">
+        <v>25</v>
+      </c>
+      <c r="K532" t="s">
+        <v>577</v>
       </c>
       <c r="L532" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M532" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P532" t="s">
-        <v>471</v>
+        <v>600</v>
       </c>
       <c r="Q532" t="s">
-        <v>514</v>
+        <v>660</v>
       </c>
     </row>
     <row r="533" spans="1:18">
       <c r="A533">
         <v>532</v>
       </c>
       <c r="B533" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C533" t="s">
         <v>19</v>
       </c>
       <c r="E533" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F533" t="s">
-        <v>315</v>
+        <v>401</v>
       </c>
       <c r="G533" t="s">
-        <v>1098</v>
+        <v>1435</v>
+      </c>
+      <c r="H533" t="s">
+        <v>1436</v>
+      </c>
+      <c r="I533" t="s">
+        <v>68</v>
+      </c>
+      <c r="J533" t="s">
+        <v>25</v>
+      </c>
+      <c r="K533" t="s">
+        <v>133</v>
       </c>
       <c r="L533" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M533" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P533" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q533" t="s">
-        <v>719</v>
+        <v>932</v>
       </c>
       <c r="R533" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="534" spans="1:18">
       <c r="A534">
         <v>533</v>
       </c>
       <c r="B534" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C534" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E534" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F534" t="s">
         <v>21</v>
       </c>
       <c r="G534" t="s">
-        <v>1099</v>
+        <v>1437</v>
+      </c>
+      <c r="H534" t="s">
+        <v>1438</v>
+      </c>
+      <c r="I534" t="s">
+        <v>24</v>
+      </c>
+      <c r="J534" t="s">
+        <v>25</v>
+      </c>
+      <c r="K534" t="s">
+        <v>51</v>
       </c>
       <c r="L534" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M534" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P534" t="s">
-        <v>1100</v>
+        <v>1439</v>
       </c>
       <c r="Q534" t="s">
-        <v>237</v>
+        <v>300</v>
       </c>
       <c r="R534" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="535" spans="1:18">
       <c r="A535">
         <v>534</v>
       </c>
       <c r="B535" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C535" t="s">
         <v>19</v>
       </c>
       <c r="E535" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F535" t="s">
-        <v>500</v>
+        <v>638</v>
       </c>
       <c r="G535" t="s">
-        <v>1101</v>
+        <v>1440</v>
+      </c>
+      <c r="H535" t="s">
+        <v>1441</v>
+      </c>
+      <c r="I535" t="s">
+        <v>24</v>
+      </c>
+      <c r="J535" t="s">
+        <v>25</v>
+      </c>
+      <c r="K535" t="s">
+        <v>299</v>
       </c>
       <c r="L535" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M535" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P535" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="Q535" t="s">
-        <v>231</v>
+        <v>292</v>
       </c>
       <c r="R535" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="536" spans="1:18">
       <c r="A536">
         <v>535</v>
       </c>
       <c r="B536" t="s">
         <v>18</v>
       </c>
       <c r="C536" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E536" t="s">
-        <v>282</v>
+        <v>358</v>
       </c>
       <c r="F536" t="s">
-        <v>291</v>
+        <v>368</v>
       </c>
       <c r="G536" t="s">
-        <v>1102</v>
+        <v>1442</v>
+      </c>
+      <c r="H536" t="s">
+        <v>209</v>
+      </c>
+      <c r="I536" t="s">
+        <v>24</v>
+      </c>
+      <c r="J536" t="s">
+        <v>25</v>
+      </c>
+      <c r="K536" t="s">
+        <v>60</v>
       </c>
       <c r="L536" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M536" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="P536" t="s">
-        <v>1103</v>
+        <v>1443</v>
       </c>
       <c r="Q536" t="s">
-        <v>508</v>
+        <v>652</v>
       </c>
       <c r="R536" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="537" spans="1:18">
       <c r="A537">
         <v>536</v>
       </c>
       <c r="B537" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C537" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E537" t="s">
-        <v>264</v>
+        <v>332</v>
       </c>
       <c r="F537" t="s">
-        <v>278</v>
+        <v>352</v>
       </c>
       <c r="G537" t="s">
-        <v>1104</v>
+        <v>1444</v>
+      </c>
+      <c r="H537" t="s">
+        <v>1445</v>
+      </c>
+      <c r="I537" t="s">
+        <v>24</v>
+      </c>
+      <c r="J537" t="s">
+        <v>25</v>
+      </c>
+      <c r="K537" t="s">
+        <v>210</v>
       </c>
       <c r="L537" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M537" t="s">
-        <v>267</v>
+        <v>337</v>
       </c>
       <c r="P537" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="Q537" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
     </row>
     <row r="538" spans="1:18">
       <c r="A538">
         <v>537</v>
       </c>
       <c r="B538" t="s">
-        <v>223</v>
+        <v>282</v>
       </c>
       <c r="C538" t="s">
         <v>19</v>
       </c>
       <c r="E538" t="s">
-        <v>411</v>
+        <v>520</v>
       </c>
       <c r="F538" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="G538" t="s">
-        <v>1105</v>
+        <v>1446</v>
+      </c>
+      <c r="H538" t="s">
+        <v>1094</v>
+      </c>
+      <c r="I538" t="s">
+        <v>50</v>
+      </c>
+      <c r="J538" t="s">
+        <v>25</v>
+      </c>
+      <c r="K538" t="s">
+        <v>826</v>
       </c>
       <c r="L538" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M538" t="s">
-        <v>413</v>
+        <v>523</v>
       </c>
       <c r="P538" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q538" t="s">
-        <v>1106</v>
+        <v>1447</v>
       </c>
       <c r="R538" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="539" spans="1:18">
       <c r="A539">
         <v>538</v>
       </c>
       <c r="B539" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C539" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E539" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F539" t="s">
-        <v>318</v>
+        <v>404</v>
       </c>
       <c r="G539" t="s">
-        <v>1107</v>
+        <v>1448</v>
+      </c>
+      <c r="J539" t="s">
+        <v>787</v>
       </c>
       <c r="L539" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M539" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P539" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q539" t="s">
-        <v>615</v>
+        <v>793</v>
       </c>
       <c r="R539" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="540" spans="1:18">
       <c r="A540">
         <v>539</v>
       </c>
       <c r="B540" t="s">
         <v>18</v>
       </c>
       <c r="C540" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E540" t="s">
-        <v>144</v>
+        <v>183</v>
       </c>
       <c r="F540" t="s">
-        <v>304</v>
+        <v>386</v>
       </c>
       <c r="G540" t="s">
-        <v>1108</v>
+        <v>1449</v>
+      </c>
+      <c r="H540" t="s">
+        <v>258</v>
+      </c>
+      <c r="I540" t="s">
+        <v>142</v>
+      </c>
+      <c r="J540" t="s">
+        <v>25</v>
+      </c>
+      <c r="K540" t="s">
+        <v>26</v>
       </c>
       <c r="L540" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M540" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="P540" t="s">
-        <v>527</v>
+        <v>678</v>
       </c>
       <c r="Q540" t="s">
-        <v>846</v>
+        <v>1101</v>
       </c>
       <c r="R540" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="541" spans="1:18">
       <c r="A541">
         <v>540</v>
       </c>
       <c r="B541" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C541" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E541" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F541" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G541" t="s">
-        <v>1109</v>
+        <v>1450</v>
+      </c>
+      <c r="H541" t="s">
+        <v>863</v>
+      </c>
+      <c r="I541" t="s">
+        <v>204</v>
+      </c>
+      <c r="J541" t="s">
+        <v>25</v>
+      </c>
+      <c r="K541" t="s">
+        <v>884</v>
       </c>
       <c r="L541" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M541" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P541" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q541" t="s">
-        <v>846</v>
+        <v>1101</v>
       </c>
       <c r="R541" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="542" spans="1:18">
       <c r="A542">
         <v>541</v>
       </c>
       <c r="B542" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C542" t="s">
         <v>19</v>
       </c>
       <c r="E542" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F542" t="s">
-        <v>386</v>
+        <v>490</v>
       </c>
       <c r="G542" t="s">
-        <v>1110</v>
+        <v>1451</v>
+      </c>
+      <c r="H542" t="s">
+        <v>1149</v>
+      </c>
+      <c r="I542" t="s">
+        <v>24</v>
+      </c>
+      <c r="J542" t="s">
+        <v>25</v>
+      </c>
+      <c r="K542" t="s">
+        <v>356</v>
       </c>
       <c r="L542" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M542" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P542" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="Q542" t="s">
-        <v>499</v>
+        <v>637</v>
       </c>
       <c r="R542" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="543" spans="1:18">
       <c r="A543">
         <v>542</v>
       </c>
       <c r="B543" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C543" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E543" t="s">
-        <v>303</v>
+        <v>385</v>
       </c>
       <c r="F543" t="s">
-        <v>304</v>
+        <v>386</v>
       </c>
       <c r="G543" t="s">
-        <v>1111</v>
+        <v>1452</v>
+      </c>
+      <c r="H543" t="s">
+        <v>672</v>
+      </c>
+      <c r="I543" t="s">
+        <v>50</v>
+      </c>
+      <c r="J543" t="s">
+        <v>25</v>
+      </c>
+      <c r="K543" t="s">
+        <v>143</v>
       </c>
       <c r="L543" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M543" t="s">
-        <v>306</v>
+        <v>389</v>
       </c>
       <c r="P543" t="s">
-        <v>837</v>
+        <v>1088</v>
       </c>
       <c r="Q543" t="s">
-        <v>469</v>
+        <v>597</v>
       </c>
       <c r="R543" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="544" spans="1:18">
       <c r="A544">
         <v>543</v>
       </c>
       <c r="B544" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C544" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E544" t="s">
-        <v>303</v>
+        <v>385</v>
       </c>
       <c r="F544" t="s">
-        <v>304</v>
+        <v>386</v>
       </c>
       <c r="G544" t="s">
-        <v>1112</v>
+        <v>1453</v>
+      </c>
+      <c r="H544" t="s">
+        <v>191</v>
+      </c>
+      <c r="I544" t="s">
+        <v>24</v>
+      </c>
+      <c r="J544" t="s">
+        <v>25</v>
+      </c>
+      <c r="K544" t="s">
+        <v>143</v>
       </c>
       <c r="L544" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M544" t="s">
-        <v>306</v>
+        <v>389</v>
       </c>
       <c r="P544" t="s">
-        <v>731</v>
+        <v>948</v>
       </c>
       <c r="Q544" t="s">
-        <v>157</v>
+        <v>200</v>
       </c>
       <c r="R544" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="545" spans="1:18">
       <c r="A545">
         <v>544</v>
       </c>
       <c r="B545" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C545" t="s">
+        <v>45</v>
+      </c>
+      <c r="E545" t="s">
+        <v>84</v>
+      </c>
+      <c r="F545" t="s">
+        <v>85</v>
+      </c>
+      <c r="G545" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H545" t="s">
+        <v>1455</v>
+      </c>
+      <c r="I545" t="s">
+        <v>168</v>
+      </c>
+      <c r="J545" t="s">
+        <v>25</v>
+      </c>
+      <c r="K545" t="s">
         <v>38</v>
       </c>
-      <c r="E545" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L545" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M545" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P545" t="s">
-        <v>198</v>
+        <v>254</v>
       </c>
       <c r="Q545" t="s">
-        <v>678</v>
+        <v>874</v>
       </c>
       <c r="R545" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="546" spans="1:18">
       <c r="A546">
         <v>545</v>
       </c>
       <c r="B546" t="s">
         <v>18</v>
       </c>
       <c r="C546" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E546" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F546" t="s">
         <v>21</v>
       </c>
       <c r="G546" t="s">
-        <v>1114</v>
+        <v>1456</v>
+      </c>
+      <c r="H546" t="s">
+        <v>1427</v>
+      </c>
+      <c r="I546" t="s">
+        <v>50</v>
+      </c>
+      <c r="J546" t="s">
+        <v>25</v>
+      </c>
+      <c r="K546" t="s">
+        <v>657</v>
       </c>
       <c r="L546" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M546" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P546" t="s">
-        <v>1115</v>
+        <v>1457</v>
       </c>
       <c r="Q546" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
       <c r="R546" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="547" spans="1:18">
       <c r="A547">
         <v>546</v>
       </c>
       <c r="B547" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C547" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E547" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F547" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G547" t="s">
-        <v>1116</v>
+        <v>1458</v>
+      </c>
+      <c r="J547" t="s">
+        <v>834</v>
       </c>
       <c r="L547" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M547" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P547" t="s">
-        <v>1086</v>
+        <v>1419</v>
       </c>
       <c r="Q547" t="s">
-        <v>364</v>
+        <v>463</v>
       </c>
       <c r="R547" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="548" spans="1:18">
       <c r="A548">
         <v>547</v>
       </c>
       <c r="B548" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C548" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E548" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F548" t="s">
-        <v>195</v>
+        <v>251</v>
       </c>
       <c r="G548" t="s">
-        <v>1117</v>
+        <v>1459</v>
+      </c>
+      <c r="H548" t="s">
+        <v>1460</v>
+      </c>
+      <c r="I548" t="s">
+        <v>168</v>
+      </c>
+      <c r="J548" t="s">
+        <v>25</v>
+      </c>
+      <c r="K548" t="s">
+        <v>286</v>
       </c>
       <c r="L548" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M548" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P548" t="s">
-        <v>894</v>
+        <v>1162</v>
       </c>
       <c r="Q548" t="s">
-        <v>469</v>
+        <v>597</v>
       </c>
       <c r="R548" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="549" spans="1:18">
       <c r="A549">
         <v>548</v>
       </c>
       <c r="B549" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C549" t="s">
         <v>19</v>
       </c>
       <c r="E549" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F549" t="s">
-        <v>505</v>
+        <v>647</v>
       </c>
       <c r="G549" t="s">
-        <v>1118</v>
+        <v>1461</v>
+      </c>
+      <c r="H549" t="s">
+        <v>1462</v>
+      </c>
+      <c r="I549" t="s">
+        <v>24</v>
+      </c>
+      <c r="J549" t="s">
+        <v>25</v>
+      </c>
+      <c r="K549" t="s">
+        <v>160</v>
       </c>
       <c r="L549" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M549" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P549" t="s">
-        <v>288</v>
+        <v>365</v>
       </c>
       <c r="Q549" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="R549" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="550" spans="1:18">
       <c r="A550">
         <v>549</v>
       </c>
       <c r="B550" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C550" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E550" t="s">
-        <v>847</v>
+        <v>1102</v>
       </c>
       <c r="F550" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="G550" t="s">
-        <v>1119</v>
+        <v>1463</v>
+      </c>
+      <c r="H550" t="s">
+        <v>167</v>
+      </c>
+      <c r="I550" t="s">
+        <v>168</v>
+      </c>
+      <c r="J550" t="s">
+        <v>25</v>
+      </c>
+      <c r="K550" t="s">
+        <v>26</v>
       </c>
       <c r="L550" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M550" t="s">
-        <v>849</v>
+        <v>1105</v>
       </c>
       <c r="P550" t="s">
-        <v>427</v>
+        <v>543</v>
       </c>
       <c r="Q550" t="s">
-        <v>462</v>
+        <v>588</v>
       </c>
       <c r="R550" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="551" spans="1:18">
       <c r="A551">
         <v>550</v>
       </c>
       <c r="B551" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C551" t="s">
         <v>19</v>
       </c>
       <c r="E551" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F551" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G551" t="s">
-        <v>1120</v>
+        <v>1464</v>
+      </c>
+      <c r="H551" t="s">
+        <v>545</v>
+      </c>
+      <c r="I551" t="s">
+        <v>24</v>
+      </c>
+      <c r="J551" t="s">
+        <v>25</v>
+      </c>
+      <c r="K551" t="s">
+        <v>286</v>
       </c>
       <c r="L551" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M551" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P551" t="s">
-        <v>176</v>
+        <v>227</v>
       </c>
       <c r="Q551" t="s">
-        <v>250</v>
+        <v>314</v>
       </c>
       <c r="R551" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="552" spans="1:18">
       <c r="A552">
         <v>551</v>
       </c>
       <c r="B552" t="s">
         <v>18</v>
       </c>
       <c r="C552" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E552" t="s">
-        <v>474</v>
+        <v>604</v>
       </c>
       <c r="F552" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="G552" t="s">
-        <v>1121</v>
+        <v>1465</v>
+      </c>
+      <c r="H552" t="s">
+        <v>696</v>
+      </c>
+      <c r="I552" t="s">
+        <v>68</v>
+      </c>
+      <c r="J552" t="s">
+        <v>25</v>
+      </c>
+      <c r="K552" t="s">
+        <v>455</v>
       </c>
       <c r="L552" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M552" t="s">
-        <v>476</v>
+        <v>607</v>
       </c>
       <c r="P552" t="s">
-        <v>150</v>
+        <v>192</v>
       </c>
       <c r="Q552" t="s">
-        <v>851</v>
+        <v>1107</v>
       </c>
       <c r="R552" t="s">
-        <v>276</v>
+        <v>349</v>
       </c>
     </row>
     <row r="553" spans="1:18">
       <c r="A553">
         <v>552</v>
       </c>
       <c r="B553" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C553" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E553" t="s">
-        <v>217</v>
+        <v>276</v>
       </c>
       <c r="F553" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G553" t="s">
-        <v>1122</v>
+        <v>1466</v>
+      </c>
+      <c r="J553" t="s">
+        <v>1467</v>
       </c>
       <c r="L553" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M553" t="s">
-        <v>220</v>
+        <v>279</v>
       </c>
       <c r="P553" t="s">
-        <v>1123</v>
+        <v>1468</v>
       </c>
       <c r="Q553" t="s">
-        <v>591</v>
+        <v>759</v>
       </c>
       <c r="R553" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="554" spans="1:18">
       <c r="A554">
         <v>553</v>
       </c>
       <c r="B554" t="s">
         <v>18</v>
       </c>
       <c r="C554" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E554" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="F554" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="G554" t="s">
-        <v>1124</v>
+        <v>1469</v>
+      </c>
+      <c r="J554" t="s">
+        <v>197</v>
       </c>
       <c r="L554" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M554" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="P554" t="s">
-        <v>1125</v>
+        <v>1470</v>
       </c>
       <c r="Q554" t="s">
-        <v>286</v>
+        <v>363</v>
       </c>
       <c r="R554" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="555" spans="1:18">
       <c r="A555">
         <v>554</v>
       </c>
       <c r="B555" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C555" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E555" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F555" t="s">
-        <v>296</v>
+        <v>375</v>
       </c>
       <c r="G555" t="s">
-        <v>1126</v>
+        <v>1471</v>
+      </c>
+      <c r="H555" t="s">
+        <v>853</v>
+      </c>
+      <c r="I555" t="s">
+        <v>204</v>
+      </c>
+      <c r="J555" t="s">
+        <v>25</v>
+      </c>
+      <c r="K555" t="s">
+        <v>381</v>
       </c>
       <c r="L555" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M555" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P555" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="Q555" t="s">
-        <v>136</v>
+        <v>171</v>
       </c>
       <c r="R555" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="556" spans="1:18">
       <c r="A556">
         <v>555</v>
       </c>
       <c r="B556" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C556" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E556" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F556" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G556" t="s">
-        <v>1127</v>
+        <v>1472</v>
+      </c>
+      <c r="H556" t="s">
+        <v>1427</v>
+      </c>
+      <c r="I556" t="s">
+        <v>50</v>
+      </c>
+      <c r="J556" t="s">
+        <v>25</v>
+      </c>
+      <c r="K556" t="s">
+        <v>441</v>
       </c>
       <c r="L556" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M556" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P556" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q556" t="s">
-        <v>1018</v>
+        <v>1332</v>
       </c>
       <c r="R556" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="557" spans="1:18">
       <c r="A557">
         <v>556</v>
       </c>
       <c r="B557" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C557" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E557" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F557" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G557" t="s">
-        <v>1128</v>
+        <v>1473</v>
+      </c>
+      <c r="H557" t="s">
+        <v>1474</v>
+      </c>
+      <c r="I557" t="s">
+        <v>68</v>
+      </c>
+      <c r="J557" t="s">
+        <v>25</v>
+      </c>
+      <c r="K557" t="s">
+        <v>441</v>
       </c>
       <c r="L557" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M557" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P557" t="s">
-        <v>343</v>
+        <v>436</v>
       </c>
       <c r="Q557" t="s">
-        <v>410</v>
+        <v>519</v>
       </c>
       <c r="R557" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="558" spans="1:18">
       <c r="A558">
         <v>557</v>
       </c>
       <c r="B558" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C558" t="s">
         <v>19</v>
       </c>
       <c r="E558" t="s">
-        <v>255</v>
+        <v>319</v>
       </c>
       <c r="F558" t="s">
-        <v>173</v>
+        <v>222</v>
       </c>
       <c r="G558" t="s">
-        <v>1129</v>
+        <v>1475</v>
+      </c>
+      <c r="H558" t="s">
+        <v>1476</v>
+      </c>
+      <c r="I558" t="s">
+        <v>24</v>
+      </c>
+      <c r="J558" t="s">
+        <v>25</v>
+      </c>
+      <c r="K558" t="s">
+        <v>577</v>
       </c>
       <c r="L558" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M558" t="s">
-        <v>258</v>
+        <v>324</v>
       </c>
       <c r="P558" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q558" t="s">
-        <v>1130</v>
+        <v>1477</v>
       </c>
       <c r="R558" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="559" spans="1:18">
       <c r="A559">
         <v>558</v>
       </c>
       <c r="B559" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C559" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E559" t="s">
-        <v>232</v>
+        <v>293</v>
       </c>
       <c r="F559" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G559" t="s">
-        <v>1131</v>
+        <v>1478</v>
+      </c>
+      <c r="H559" t="s">
+        <v>590</v>
+      </c>
+      <c r="I559" t="s">
+        <v>50</v>
+      </c>
+      <c r="J559" t="s">
+        <v>25</v>
+      </c>
+      <c r="K559" t="s">
+        <v>411</v>
       </c>
       <c r="L559" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M559" t="s">
-        <v>235</v>
+        <v>296</v>
       </c>
       <c r="P559" t="s">
-        <v>1132</v>
+        <v>1479</v>
       </c>
       <c r="Q559" t="s">
-        <v>207</v>
+        <v>266</v>
       </c>
       <c r="R559" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="560" spans="1:18">
       <c r="A560">
         <v>559</v>
       </c>
       <c r="B560" t="s">
         <v>18</v>
       </c>
       <c r="C560" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E560" t="s">
-        <v>122</v>
+        <v>151</v>
       </c>
       <c r="F560" t="s">
-        <v>1133</v>
+        <v>1480</v>
       </c>
       <c r="G560" t="s">
-        <v>1134</v>
+        <v>1481</v>
+      </c>
+      <c r="H560" t="s">
+        <v>853</v>
+      </c>
+      <c r="I560" t="s">
+        <v>204</v>
+      </c>
+      <c r="J560" t="s">
+        <v>25</v>
+      </c>
+      <c r="K560" t="s">
+        <v>180</v>
       </c>
       <c r="L560" t="s">
+        <v>70</v>
+      </c>
+      <c r="M560" t="s">
+        <v>154</v>
+      </c>
+      <c r="P560" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Q560" t="s">
         <v>55</v>
       </c>
-      <c r="M560" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R560" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="561" spans="1:18">
       <c r="A561">
         <v>560</v>
       </c>
       <c r="B561" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C561" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E561" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
       <c r="F561" t="s">
-        <v>153</v>
+        <v>195</v>
       </c>
       <c r="G561" t="s">
-        <v>1136</v>
+        <v>1483</v>
+      </c>
+      <c r="J561" t="s">
+        <v>148</v>
       </c>
       <c r="L561" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M561" t="s">
-        <v>155</v>
+        <v>198</v>
       </c>
       <c r="P561" t="s">
-        <v>272</v>
+        <v>344</v>
       </c>
       <c r="Q561" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="R561" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="562" spans="1:18">
       <c r="A562">
         <v>561</v>
       </c>
       <c r="B562" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C562" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E562" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F562" t="s">
-        <v>1137</v>
+        <v>1484</v>
       </c>
       <c r="G562" t="s">
-        <v>1138</v>
+        <v>1485</v>
+      </c>
+      <c r="H562" t="s">
+        <v>1284</v>
+      </c>
+      <c r="I562" t="s">
+        <v>24</v>
+      </c>
+      <c r="J562" t="s">
+        <v>25</v>
+      </c>
+      <c r="K562" t="s">
+        <v>210</v>
       </c>
       <c r="L562" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M562" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="P562" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="Q562" t="s">
-        <v>143</v>
+        <v>182</v>
       </c>
       <c r="R562" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="563" spans="1:18">
       <c r="A563">
         <v>562</v>
       </c>
       <c r="B563" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C563" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E563" t="s">
-        <v>474</v>
+        <v>604</v>
       </c>
       <c r="F563" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="G563" t="s">
-        <v>1139</v>
+        <v>1486</v>
+      </c>
+      <c r="J563" t="s">
+        <v>95</v>
       </c>
       <c r="L563" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M563" t="s">
-        <v>476</v>
+        <v>607</v>
       </c>
       <c r="P563" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q563" t="s">
-        <v>673</v>
+        <v>867</v>
       </c>
       <c r="R563" t="s">
-        <v>276</v>
+        <v>349</v>
       </c>
     </row>
     <row r="564" spans="1:18">
       <c r="A564">
         <v>563</v>
       </c>
       <c r="B564" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C564" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E564" t="s">
         <v>20</v>
       </c>
       <c r="F564" t="s">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="G564" t="s">
-        <v>1140</v>
+        <v>1487</v>
+      </c>
+      <c r="H564" t="s">
+        <v>1488</v>
+      </c>
+      <c r="I564" t="s">
+        <v>24</v>
+      </c>
+      <c r="J564" t="s">
+        <v>25</v>
+      </c>
+      <c r="K564" t="s">
+        <v>884</v>
       </c>
       <c r="L564" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M564" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="P564" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="Q564" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="R564" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="565" spans="1:18">
       <c r="A565">
         <v>564</v>
       </c>
       <c r="B565" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C565" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E565" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F565" t="s">
-        <v>518</v>
+        <v>665</v>
       </c>
       <c r="G565" t="s">
-        <v>1141</v>
+        <v>1489</v>
+      </c>
+      <c r="J565" t="s">
+        <v>103</v>
       </c>
       <c r="L565" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M565" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P565" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q565" t="s">
-        <v>231</v>
+        <v>292</v>
       </c>
       <c r="R565" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="566" spans="1:18">
       <c r="A566">
         <v>565</v>
       </c>
       <c r="B566" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C566" t="s">
         <v>19</v>
       </c>
       <c r="E566" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F566" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G566" t="s">
-        <v>1142</v>
+        <v>1490</v>
+      </c>
+      <c r="J566" t="s">
+        <v>148</v>
       </c>
       <c r="L566" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M566" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P566" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q566" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="R566" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="567" spans="1:18">
       <c r="A567">
         <v>566</v>
       </c>
       <c r="B567" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C567" t="s">
         <v>19</v>
       </c>
       <c r="E567" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F567" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G567" t="s">
-        <v>1143</v>
+        <v>1491</v>
+      </c>
+      <c r="H567" t="s">
+        <v>174</v>
+      </c>
+      <c r="I567" t="s">
+        <v>24</v>
+      </c>
+      <c r="J567" t="s">
+        <v>25</v>
+      </c>
+      <c r="K567" t="s">
+        <v>381</v>
       </c>
       <c r="L567" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M567" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P567" t="s">
-        <v>1144</v>
+        <v>1492</v>
       </c>
       <c r="Q567" t="s">
-        <v>558</v>
+        <v>718</v>
       </c>
       <c r="R567" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="568" spans="1:18">
       <c r="A568">
         <v>567</v>
       </c>
       <c r="B568" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C568" t="s">
         <v>19</v>
       </c>
       <c r="E568" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="F568" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="G568" t="s">
-        <v>1145</v>
+        <v>1493</v>
+      </c>
+      <c r="H568" t="s">
+        <v>1494</v>
+      </c>
+      <c r="I568" t="s">
+        <v>50</v>
+      </c>
+      <c r="J568" t="s">
+        <v>25</v>
+      </c>
+      <c r="K568" t="s">
+        <v>1495</v>
       </c>
       <c r="L568" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M568" t="s">
-        <v>164</v>
+        <v>211</v>
       </c>
       <c r="P568" t="s">
-        <v>564</v>
+        <v>725</v>
       </c>
       <c r="Q568" t="s">
-        <v>136</v>
+        <v>171</v>
       </c>
       <c r="R568" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="569" spans="1:18">
       <c r="A569">
         <v>568</v>
       </c>
       <c r="B569" t="s">
         <v>18</v>
       </c>
       <c r="C569" t="s">
         <v>19</v>
       </c>
       <c r="E569" t="s">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="F569" t="s">
-        <v>423</v>
+        <v>537</v>
       </c>
       <c r="G569" t="s">
-        <v>1146</v>
+        <v>1496</v>
+      </c>
+      <c r="H569" t="s">
+        <v>1497</v>
+      </c>
+      <c r="I569" t="s">
+        <v>68</v>
+      </c>
+      <c r="J569" t="s">
+        <v>25</v>
+      </c>
+      <c r="K569" t="s">
+        <v>26</v>
       </c>
       <c r="L569" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M569" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
       <c r="P569" t="s">
-        <v>1147</v>
+        <v>1498</v>
       </c>
       <c r="Q569" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R569" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="570" spans="1:18">
       <c r="A570">
         <v>569</v>
       </c>
       <c r="B570" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C570" t="s">
         <v>19</v>
       </c>
       <c r="E570" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F570" t="s">
+        <v>114</v>
+      </c>
+      <c r="G570" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J570" t="s">
         <v>95</v>
       </c>
-      <c r="G570" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L570" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M570" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P570" t="s">
-        <v>492</v>
+        <v>628</v>
       </c>
       <c r="Q570" t="s">
-        <v>157</v>
+        <v>200</v>
       </c>
       <c r="R570" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="571" spans="1:18">
       <c r="A571">
         <v>570</v>
       </c>
       <c r="B571" t="s">
         <v>18</v>
       </c>
       <c r="C571" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E571" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F571" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G571" t="s">
-        <v>1149</v>
+        <v>1500</v>
+      </c>
+      <c r="J571" t="s">
+        <v>95</v>
       </c>
       <c r="L571" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M571" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P571" t="s">
-        <v>294</v>
+        <v>373</v>
       </c>
       <c r="Q571" t="s">
-        <v>591</v>
+        <v>759</v>
       </c>
       <c r="R571" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="572" spans="1:18">
       <c r="A572">
         <v>571</v>
       </c>
       <c r="B572" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C572" t="s">
         <v>19</v>
       </c>
       <c r="E572" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F572" t="s">
-        <v>228</v>
+        <v>289</v>
       </c>
       <c r="G572" t="s">
-        <v>1150</v>
+        <v>1501</v>
+      </c>
+      <c r="H572" t="s">
+        <v>174</v>
+      </c>
+      <c r="I572" t="s">
+        <v>24</v>
+      </c>
+      <c r="J572" t="s">
+        <v>25</v>
+      </c>
+      <c r="K572" t="s">
+        <v>1495</v>
       </c>
       <c r="L572" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M572" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P572" t="s">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="Q572" t="s">
-        <v>452</v>
+        <v>574</v>
       </c>
       <c r="R572" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="573" spans="1:18">
       <c r="A573">
         <v>572</v>
       </c>
       <c r="B573" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C573" t="s">
         <v>19</v>
       </c>
       <c r="E573" t="s">
-        <v>474</v>
+        <v>604</v>
       </c>
       <c r="F573" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G573" t="s">
-        <v>1151</v>
+        <v>1502</v>
+      </c>
+      <c r="J573" t="s">
+        <v>603</v>
       </c>
       <c r="L573" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M573" t="s">
-        <v>476</v>
+        <v>607</v>
       </c>
       <c r="P573" t="s">
-        <v>338</v>
+        <v>430</v>
       </c>
       <c r="Q573" t="s">
-        <v>237</v>
+        <v>300</v>
       </c>
       <c r="R573" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="574" spans="1:18">
       <c r="A574">
         <v>573</v>
       </c>
       <c r="B574" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C574" t="s">
+        <v>45</v>
+      </c>
+      <c r="E574" t="s">
+        <v>84</v>
+      </c>
+      <c r="F574" t="s">
+        <v>34</v>
+      </c>
+      <c r="G574" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H574" t="s">
+        <v>1504</v>
+      </c>
+      <c r="I574" t="s">
+        <v>24</v>
+      </c>
+      <c r="J574" t="s">
+        <v>25</v>
+      </c>
+      <c r="K574" t="s">
         <v>38</v>
       </c>
-      <c r="E574" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L574" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M574" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P574" t="s">
-        <v>259</v>
+        <v>325</v>
       </c>
       <c r="Q574" t="s">
-        <v>719</v>
+        <v>932</v>
       </c>
       <c r="R574" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="575" spans="1:18">
       <c r="A575">
         <v>574</v>
       </c>
       <c r="B575" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C575" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E575" t="s">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="F575" t="s">
-        <v>233</v>
+        <v>294</v>
       </c>
       <c r="G575" t="s">
-        <v>1153</v>
+        <v>1505</v>
+      </c>
+      <c r="H575" t="s">
+        <v>1281</v>
+      </c>
+      <c r="I575" t="s">
+        <v>204</v>
+      </c>
+      <c r="J575" t="s">
+        <v>25</v>
+      </c>
+      <c r="K575" t="s">
+        <v>143</v>
       </c>
       <c r="L575" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M575" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="P575" t="s">
-        <v>401</v>
+        <v>509</v>
       </c>
       <c r="Q575" t="s">
-        <v>359</v>
+        <v>457</v>
       </c>
       <c r="R575" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="576" spans="1:18">
       <c r="A576">
         <v>575</v>
       </c>
       <c r="B576" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C576" t="s">
         <v>19</v>
       </c>
       <c r="E576" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F576" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G576" t="s">
-        <v>1154</v>
+        <v>1506</v>
+      </c>
+      <c r="H576" t="s">
+        <v>124</v>
+      </c>
+      <c r="I576" t="s">
+        <v>24</v>
+      </c>
+      <c r="J576" t="s">
+        <v>25</v>
+      </c>
+      <c r="K576" t="s">
+        <v>651</v>
       </c>
       <c r="L576" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M576" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P576" t="s">
-        <v>259</v>
+        <v>325</v>
       </c>
       <c r="Q576" t="s">
-        <v>333</v>
+        <v>425</v>
       </c>
       <c r="R576" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="577" spans="1:18">
       <c r="A577">
         <v>576</v>
       </c>
       <c r="B577" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C577" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E577" t="s">
-        <v>303</v>
+        <v>385</v>
       </c>
       <c r="F577" t="s">
-        <v>500</v>
+        <v>638</v>
       </c>
       <c r="G577" t="s">
-        <v>1155</v>
+        <v>1507</v>
+      </c>
+      <c r="J577" t="s">
+        <v>95</v>
       </c>
       <c r="L577" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M577" t="s">
-        <v>306</v>
+        <v>389</v>
       </c>
       <c r="P577" t="s">
-        <v>492</v>
+        <v>628</v>
       </c>
       <c r="Q577" t="s">
-        <v>364</v>
+        <v>463</v>
       </c>
       <c r="R577" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="578" spans="1:18">
       <c r="A578">
         <v>577</v>
       </c>
       <c r="B578" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C578" t="s">
         <v>19</v>
       </c>
       <c r="E578" t="s">
-        <v>268</v>
+        <v>338</v>
       </c>
       <c r="F578" t="s">
-        <v>304</v>
+        <v>386</v>
       </c>
       <c r="G578" t="s">
-        <v>1156</v>
+        <v>1508</v>
+      </c>
+      <c r="H578" t="s">
+        <v>878</v>
+      </c>
+      <c r="I578" t="s">
+        <v>24</v>
+      </c>
+      <c r="J578" t="s">
+        <v>25</v>
+      </c>
+      <c r="K578" t="s">
+        <v>455</v>
       </c>
       <c r="L578" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M578" t="s">
-        <v>270</v>
+        <v>341</v>
       </c>
       <c r="P578" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q578" t="s">
         <v>73</v>
       </c>
-      <c r="Q578" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R578" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="579" spans="1:18">
       <c r="A579">
         <v>578</v>
       </c>
       <c r="B579" t="s">
         <v>18</v>
       </c>
       <c r="C579" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E579" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F579" t="s">
-        <v>228</v>
+        <v>289</v>
       </c>
       <c r="G579" t="s">
-        <v>1157</v>
+        <v>1509</v>
+      </c>
+      <c r="J579" t="s">
+        <v>103</v>
       </c>
       <c r="L579" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M579" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P579" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q579" t="s">
-        <v>558</v>
+        <v>718</v>
       </c>
       <c r="R579" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="580" spans="1:18">
       <c r="A580">
         <v>579</v>
       </c>
       <c r="B580" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C580" t="s">
         <v>19</v>
       </c>
       <c r="E580" t="s">
-        <v>144</v>
+        <v>183</v>
       </c>
       <c r="F580" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G580" t="s">
-        <v>1158</v>
+        <v>1510</v>
+      </c>
+      <c r="H580" t="s">
+        <v>1511</v>
+      </c>
+      <c r="I580" t="s">
+        <v>168</v>
+      </c>
+      <c r="J580" t="s">
+        <v>25</v>
+      </c>
+      <c r="K580" t="s">
+        <v>299</v>
       </c>
       <c r="L580" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M580" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="P580" t="s">
-        <v>1044</v>
+        <v>1371</v>
       </c>
       <c r="Q580" t="s">
-        <v>757</v>
+        <v>980</v>
       </c>
       <c r="R580" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="581" spans="1:18">
       <c r="A581">
         <v>580</v>
       </c>
       <c r="B581" t="s">
         <v>18</v>
       </c>
       <c r="C581" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E581" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F581" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="G581" t="s">
-        <v>1159</v>
+        <v>1512</v>
+      </c>
+      <c r="H581" t="s">
+        <v>203</v>
+      </c>
+      <c r="I581" t="s">
+        <v>204</v>
+      </c>
+      <c r="J581" t="s">
+        <v>25</v>
+      </c>
+      <c r="K581" t="s">
+        <v>51</v>
       </c>
       <c r="L581" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M581" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P581" t="s">
-        <v>1160</v>
+        <v>1513</v>
       </c>
       <c r="Q581" t="s">
-        <v>517</v>
+        <v>664</v>
       </c>
       <c r="R581" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="582" spans="1:18">
       <c r="A582">
         <v>581</v>
       </c>
       <c r="B582" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C582" t="s">
+        <v>45</v>
+      </c>
+      <c r="E582" t="s">
+        <v>113</v>
+      </c>
+      <c r="F582" t="s">
+        <v>262</v>
+      </c>
+      <c r="G582" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H582" t="s">
+        <v>1515</v>
+      </c>
+      <c r="I582" t="s">
+        <v>24</v>
+      </c>
+      <c r="J582" t="s">
+        <v>25</v>
+      </c>
+      <c r="K582" t="s">
         <v>38</v>
       </c>
-      <c r="E582" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L582" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M582" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P582" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q582" t="s">
-        <v>348</v>
+        <v>443</v>
       </c>
       <c r="R582" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="583" spans="1:18">
       <c r="A583">
         <v>582</v>
       </c>
       <c r="B583" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C583" t="s">
         <v>19</v>
       </c>
       <c r="E583" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F583" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G583" t="s">
-        <v>1162</v>
+        <v>1516</v>
+      </c>
+      <c r="J583" t="s">
+        <v>197</v>
       </c>
       <c r="L583" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M583" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P583" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q583" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
       <c r="R583" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="584" spans="1:18">
       <c r="A584">
         <v>583</v>
       </c>
       <c r="B584" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C584" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E584" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F584" t="s">
-        <v>599</v>
+        <v>771</v>
       </c>
       <c r="G584" t="s">
-        <v>1163</v>
+        <v>1517</v>
+      </c>
+      <c r="J584" t="s">
+        <v>95</v>
       </c>
       <c r="L584" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M584" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P584" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q584" t="s">
-        <v>466</v>
+        <v>593</v>
       </c>
       <c r="R584" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="585" spans="1:18">
       <c r="A585">
         <v>584</v>
       </c>
       <c r="B585" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C585" t="s">
         <v>19</v>
       </c>
       <c r="E585" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F585" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G585" t="s">
-        <v>1164</v>
+        <v>1518</v>
+      </c>
+      <c r="H585" t="s">
+        <v>517</v>
+      </c>
+      <c r="I585" t="s">
+        <v>24</v>
+      </c>
+      <c r="J585" t="s">
+        <v>25</v>
+      </c>
+      <c r="K585" t="s">
+        <v>160</v>
       </c>
       <c r="L585" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M585" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P585" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q585" t="s">
-        <v>466</v>
+        <v>593</v>
       </c>
       <c r="R585" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="586" spans="1:18">
       <c r="A586">
         <v>585</v>
       </c>
       <c r="B586" t="s">
         <v>18</v>
       </c>
       <c r="C586" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E586" t="s">
-        <v>852</v>
+        <v>1108</v>
       </c>
       <c r="F586" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="G586" t="s">
-        <v>1165</v>
+        <v>1519</v>
+      </c>
+      <c r="H586" t="s">
+        <v>1520</v>
+      </c>
+      <c r="I586" t="s">
+        <v>50</v>
+      </c>
+      <c r="J586" t="s">
+        <v>25</v>
+      </c>
+      <c r="K586" t="s">
+        <v>286</v>
       </c>
       <c r="L586" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M586" t="s">
-        <v>854</v>
+        <v>1110</v>
       </c>
       <c r="P586" t="s">
-        <v>606</v>
+        <v>781</v>
       </c>
       <c r="Q586" t="s">
-        <v>472</v>
+        <v>601</v>
       </c>
       <c r="R586" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="587" spans="1:18">
       <c r="A587">
         <v>586</v>
       </c>
       <c r="B587" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C587" t="s">
         <v>19</v>
       </c>
       <c r="E587" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="F587" t="s">
-        <v>500</v>
+        <v>638</v>
       </c>
       <c r="G587" t="s">
-        <v>1166</v>
+        <v>1521</v>
+      </c>
+      <c r="H587" t="s">
+        <v>733</v>
+      </c>
+      <c r="I587" t="s">
+        <v>24</v>
+      </c>
+      <c r="J587" t="s">
+        <v>25</v>
+      </c>
+      <c r="K587" t="s">
+        <v>455</v>
       </c>
       <c r="L587" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M587" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="P587" t="s">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="Q587" t="s">
-        <v>452</v>
+        <v>574</v>
       </c>
       <c r="R587" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="588" spans="1:18">
       <c r="A588">
         <v>587</v>
       </c>
       <c r="B588" t="s">
         <v>18</v>
       </c>
       <c r="C588" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E588" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F588" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G588" t="s">
-        <v>1167</v>
+        <v>1522</v>
+      </c>
+      <c r="J588" t="s">
+        <v>834</v>
       </c>
       <c r="L588" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M588" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P588" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q588" t="s">
-        <v>452</v>
+        <v>574</v>
       </c>
       <c r="R588" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="589" spans="1:18">
       <c r="A589">
         <v>588</v>
       </c>
       <c r="B589" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C589" t="s">
         <v>19</v>
       </c>
       <c r="E589" t="s">
-        <v>978</v>
+        <v>1279</v>
       </c>
       <c r="F589" t="s">
-        <v>273</v>
+        <v>345</v>
       </c>
       <c r="G589" t="s">
-        <v>1168</v>
+        <v>1523</v>
+      </c>
+      <c r="H589" t="s">
+        <v>1524</v>
+      </c>
+      <c r="I589" t="s">
+        <v>24</v>
+      </c>
+      <c r="J589" t="s">
+        <v>25</v>
+      </c>
+      <c r="K589" t="s">
+        <v>38</v>
       </c>
       <c r="L589" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M589" t="s">
-        <v>980</v>
+        <v>1282</v>
       </c>
       <c r="P589" t="s">
-        <v>391</v>
+        <v>497</v>
       </c>
       <c r="Q589" t="s">
-        <v>392</v>
+        <v>498</v>
       </c>
       <c r="R589" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="590" spans="1:18">
       <c r="A590">
         <v>589</v>
       </c>
       <c r="B590" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C590" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E590" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F590" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G590" t="s">
-        <v>1169</v>
+        <v>1525</v>
+      </c>
+      <c r="H590" t="s">
+        <v>406</v>
+      </c>
+      <c r="I590" t="s">
+        <v>24</v>
+      </c>
+      <c r="J590" t="s">
+        <v>25</v>
+      </c>
+      <c r="K590" t="s">
+        <v>1079</v>
       </c>
       <c r="L590" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M590" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P590" t="s">
-        <v>350</v>
+        <v>446</v>
       </c>
       <c r="Q590" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R590" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="591" spans="1:18">
       <c r="A591">
         <v>590</v>
       </c>
       <c r="B591" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C591" t="s">
         <v>19</v>
       </c>
       <c r="E591" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F591" t="s">
-        <v>247</v>
+        <v>310</v>
       </c>
       <c r="G591" t="s">
-        <v>1170</v>
+        <v>1526</v>
+      </c>
+      <c r="J591" t="s">
+        <v>95</v>
       </c>
       <c r="L591" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M591" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P591" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q591" t="s">
-        <v>341</v>
+        <v>434</v>
       </c>
       <c r="R591" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="592" spans="1:18">
       <c r="A592">
         <v>591</v>
       </c>
       <c r="B592" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C592" t="s">
         <v>19</v>
       </c>
       <c r="E592" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="F592" t="s">
-        <v>950</v>
+        <v>1239</v>
       </c>
       <c r="G592" t="s">
-        <v>1171</v>
+        <v>1527</v>
+      </c>
+      <c r="H592" t="s">
+        <v>1528</v>
+      </c>
+      <c r="I592" t="s">
+        <v>24</v>
+      </c>
+      <c r="J592" t="s">
+        <v>25</v>
+      </c>
+      <c r="K592" t="s">
+        <v>38</v>
       </c>
       <c r="L592" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M592" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="P592" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="Q592" t="s">
-        <v>591</v>
+        <v>759</v>
       </c>
       <c r="R592" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="593" spans="1:18">
       <c r="A593">
         <v>592</v>
       </c>
       <c r="B593" t="s">
         <v>18</v>
       </c>
       <c r="C593" t="s">
         <v>19</v>
       </c>
       <c r="E593" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F593" t="s">
-        <v>247</v>
+        <v>310</v>
       </c>
       <c r="G593" t="s">
-        <v>1172</v>
+        <v>1529</v>
+      </c>
+      <c r="H593" t="s">
+        <v>1530</v>
+      </c>
+      <c r="I593" t="s">
+        <v>24</v>
+      </c>
+      <c r="J593" t="s">
+        <v>25</v>
+      </c>
+      <c r="K593" t="s">
+        <v>1079</v>
       </c>
       <c r="L593" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M593" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="P593" t="s">
-        <v>819</v>
+        <v>1064</v>
       </c>
       <c r="Q593" t="s">
-        <v>1173</v>
+        <v>1531</v>
       </c>
       <c r="R593" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="594" spans="1:18">
       <c r="A594">
         <v>593</v>
       </c>
       <c r="B594" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C594" t="s">
         <v>19</v>
       </c>
       <c r="E594" t="s">
-        <v>178</v>
+        <v>229</v>
       </c>
       <c r="F594" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="G594" t="s">
-        <v>1174</v>
+        <v>1532</v>
+      </c>
+      <c r="H594" t="s">
+        <v>1533</v>
+      </c>
+      <c r="I594" t="s">
+        <v>24</v>
+      </c>
+      <c r="J594" t="s">
+        <v>25</v>
+      </c>
+      <c r="K594" t="s">
+        <v>125</v>
       </c>
       <c r="L594" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M594" t="s">
-        <v>181</v>
+        <v>233</v>
       </c>
       <c r="P594" t="s">
-        <v>401</v>
+        <v>509</v>
       </c>
       <c r="Q594" t="s">
-        <v>190</v>
+        <v>244</v>
       </c>
       <c r="R594" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="595" spans="1:18">
       <c r="A595">
         <v>594</v>
       </c>
       <c r="B595" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C595" t="s">
         <v>19</v>
       </c>
       <c r="E595" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F595" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="G595" t="s">
-        <v>1175</v>
+        <v>1534</v>
+      </c>
+      <c r="J595" t="s">
+        <v>197</v>
       </c>
       <c r="L595" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M595" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P595" t="s">
-        <v>240</v>
+        <v>303</v>
       </c>
       <c r="Q595" t="s">
-        <v>1176</v>
+        <v>1535</v>
       </c>
       <c r="R595" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="596" spans="1:18">
       <c r="A596">
         <v>595</v>
       </c>
       <c r="B596" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C596" t="s">
         <v>19</v>
       </c>
       <c r="E596" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F596" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G596" t="s">
-        <v>1177</v>
+        <v>1536</v>
+      </c>
+      <c r="J596" t="s">
+        <v>330</v>
       </c>
       <c r="L596" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M596" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P596" t="s">
-        <v>1015</v>
+        <v>1329</v>
       </c>
       <c r="Q596" t="s">
-        <v>243</v>
+        <v>306</v>
       </c>
       <c r="R596" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="597" spans="1:18">
       <c r="A597">
         <v>596</v>
       </c>
       <c r="B597" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C597" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E597" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F597" t="s">
-        <v>285</v>
+        <v>362</v>
       </c>
       <c r="G597" t="s">
-        <v>1178</v>
+        <v>1537</v>
+      </c>
+      <c r="H597" t="s">
+        <v>1538</v>
+      </c>
+      <c r="I597" t="s">
+        <v>24</v>
+      </c>
+      <c r="J597" t="s">
+        <v>25</v>
+      </c>
+      <c r="K597" t="s">
+        <v>657</v>
       </c>
       <c r="L597" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M597" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="P597" t="s">
-        <v>670</v>
+        <v>864</v>
       </c>
       <c r="Q597" t="s">
-        <v>207</v>
+        <v>266</v>
       </c>
       <c r="R597" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="598" spans="1:18">
       <c r="A598">
         <v>597</v>
       </c>
       <c r="B598" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C598" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E598" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F598" t="s">
-        <v>827</v>
+        <v>1072</v>
       </c>
       <c r="G598" t="s">
-        <v>1179</v>
+        <v>1539</v>
+      </c>
+      <c r="H598" t="s">
+        <v>1540</v>
+      </c>
+      <c r="I598" t="s">
+        <v>68</v>
+      </c>
+      <c r="J598" t="s">
+        <v>25</v>
+      </c>
+      <c r="K598" t="s">
+        <v>1079</v>
       </c>
       <c r="L598" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M598" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P598" t="s">
-        <v>1180</v>
+        <v>1541</v>
       </c>
       <c r="Q598" t="s">
-        <v>231</v>
+        <v>292</v>
       </c>
       <c r="R598" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="599" spans="1:18">
       <c r="A599">
         <v>598</v>
       </c>
       <c r="B599" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C599" t="s">
         <v>19</v>
       </c>
       <c r="E599" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F599" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="G599" t="s">
-        <v>1181</v>
+        <v>1542</v>
+      </c>
+      <c r="H599" t="s">
+        <v>216</v>
+      </c>
+      <c r="I599" t="s">
+        <v>68</v>
+      </c>
+      <c r="J599" t="s">
+        <v>25</v>
+      </c>
+      <c r="K599" t="s">
+        <v>958</v>
       </c>
       <c r="L599" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M599" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P599" t="s">
-        <v>1182</v>
+        <v>1543</v>
       </c>
       <c r="Q599" t="s">
-        <v>851</v>
+        <v>1107</v>
       </c>
       <c r="R599" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="600" spans="1:18">
       <c r="A600">
         <v>599</v>
       </c>
       <c r="B600" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C600" t="s">
         <v>19</v>
       </c>
       <c r="E600" t="s">
-        <v>178</v>
+        <v>229</v>
       </c>
       <c r="F600" t="s">
-        <v>599</v>
+        <v>771</v>
       </c>
       <c r="G600" t="s">
-        <v>1183</v>
+        <v>1544</v>
+      </c>
+      <c r="J600" t="s">
+        <v>197</v>
       </c>
       <c r="L600" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M600" t="s">
-        <v>181</v>
+        <v>233</v>
       </c>
       <c r="P600" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q600" t="s">
-        <v>469</v>
+        <v>597</v>
       </c>
       <c r="R600" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="601" spans="1:18">
       <c r="A601">
         <v>600</v>
       </c>
       <c r="B601" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C601" t="s">
         <v>19</v>
       </c>
       <c r="E601" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F601" t="s">
-        <v>288</v>
+        <v>365</v>
       </c>
       <c r="G601" t="s">
-        <v>1184</v>
+        <v>1545</v>
+      </c>
+      <c r="H601" t="s">
+        <v>1546</v>
+      </c>
+      <c r="I601" t="s">
+        <v>24</v>
+      </c>
+      <c r="J601" t="s">
+        <v>25</v>
+      </c>
+      <c r="K601" t="s">
+        <v>657</v>
       </c>
       <c r="L601" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M601" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P601" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q601" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="R601" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="602" spans="1:18">
       <c r="A602">
         <v>601</v>
       </c>
       <c r="B602" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C602" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E602" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F602" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G602" t="s">
-        <v>1185</v>
+        <v>1547</v>
+      </c>
+      <c r="J602" t="s">
+        <v>148</v>
       </c>
       <c r="L602" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M602" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P602" t="s">
-        <v>350</v>
+        <v>446</v>
       </c>
       <c r="Q602" t="s">
-        <v>326</v>
+        <v>416</v>
       </c>
       <c r="R602" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="603" spans="1:18">
       <c r="A603">
         <v>602</v>
       </c>
       <c r="B603" t="s">
         <v>18</v>
       </c>
       <c r="C603" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E603" t="s">
-        <v>1186</v>
+        <v>1548</v>
       </c>
       <c r="F603" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G603" t="s">
-        <v>1187</v>
+        <v>1549</v>
+      </c>
+      <c r="J603" t="s">
+        <v>787</v>
       </c>
       <c r="L603" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M603" t="s">
-        <v>1188</v>
+        <v>1550</v>
       </c>
       <c r="P603" t="s">
-        <v>458</v>
+        <v>583</v>
       </c>
       <c r="Q603" t="s">
-        <v>281</v>
+        <v>357</v>
       </c>
       <c r="R603" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="604" spans="1:18">
       <c r="A604">
         <v>603</v>
       </c>
       <c r="B604" t="s">
         <v>18</v>
       </c>
       <c r="C604" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E604" t="s">
-        <v>1189</v>
+        <v>1551</v>
       </c>
       <c r="F604" t="s">
-        <v>1190</v>
+        <v>1552</v>
       </c>
       <c r="G604" t="s">
-        <v>1191</v>
+        <v>1553</v>
+      </c>
+      <c r="J604" t="s">
+        <v>95</v>
       </c>
       <c r="L604" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M604" t="s">
-        <v>1192</v>
+        <v>1554</v>
       </c>
       <c r="P604" t="s">
-        <v>554</v>
+        <v>712</v>
       </c>
       <c r="Q604" t="s">
-        <v>673</v>
+        <v>867</v>
       </c>
       <c r="R604" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="605" spans="1:18">
       <c r="A605">
         <v>604</v>
       </c>
       <c r="B605" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C605" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E605" t="s">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="F605" t="s">
-        <v>493</v>
+        <v>629</v>
       </c>
       <c r="G605" t="s">
-        <v>1193</v>
+        <v>1555</v>
+      </c>
+      <c r="H605" t="s">
+        <v>1556</v>
+      </c>
+      <c r="I605" t="s">
+        <v>168</v>
+      </c>
+      <c r="J605" t="s">
+        <v>25</v>
+      </c>
+      <c r="K605" t="s">
+        <v>299</v>
       </c>
       <c r="L605" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M605" t="s">
-        <v>249</v>
+        <v>313</v>
       </c>
       <c r="P605" t="s">
-        <v>156</v>
+        <v>199</v>
       </c>
       <c r="Q605" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="R605" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="606" spans="1:18">
       <c r="A606">
         <v>605</v>
       </c>
       <c r="B606" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C606" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E606" t="s">
-        <v>166</v>
+        <v>213</v>
       </c>
       <c r="F606" t="s">
-        <v>599</v>
+        <v>771</v>
       </c>
       <c r="G606" t="s">
-        <v>1194</v>
+        <v>1557</v>
+      </c>
+      <c r="H606" t="s">
+        <v>1540</v>
+      </c>
+      <c r="I606" t="s">
+        <v>68</v>
+      </c>
+      <c r="J606" t="s">
+        <v>25</v>
+      </c>
+      <c r="K606" t="s">
+        <v>540</v>
       </c>
       <c r="L606" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M606" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="P606" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="Q606" t="s">
-        <v>732</v>
+        <v>949</v>
       </c>
       <c r="R606" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="607" spans="1:18">
       <c r="A607">
         <v>606</v>
       </c>
       <c r="B607" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C607" t="s">
         <v>19</v>
       </c>
       <c r="E607" t="s">
-        <v>1186</v>
+        <v>1548</v>
       </c>
       <c r="F607" t="s">
-        <v>827</v>
+        <v>1072</v>
       </c>
       <c r="G607" t="s">
-        <v>1195</v>
+        <v>1558</v>
+      </c>
+      <c r="H607" t="s">
+        <v>232</v>
+      </c>
+      <c r="I607" t="s">
+        <v>24</v>
+      </c>
+      <c r="J607" t="s">
+        <v>25</v>
+      </c>
+      <c r="K607" t="s">
+        <v>657</v>
       </c>
       <c r="L607" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M607" t="s">
-        <v>1188</v>
+        <v>1550</v>
       </c>
       <c r="P607" t="s">
-        <v>135</v>
+        <v>170</v>
       </c>
       <c r="Q607" t="s">
-        <v>302</v>
+        <v>384</v>
       </c>
       <c r="R607" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="608" spans="1:18">
       <c r="A608">
         <v>607</v>
       </c>
       <c r="B608" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C608" t="s">
         <v>19</v>
       </c>
       <c r="E608" t="s">
-        <v>1196</v>
+        <v>1559</v>
       </c>
       <c r="F608" t="s">
-        <v>599</v>
+        <v>771</v>
       </c>
       <c r="G608" t="s">
-        <v>1197</v>
+        <v>1560</v>
+      </c>
+      <c r="H608" t="s">
+        <v>1540</v>
+      </c>
+      <c r="I608" t="s">
+        <v>68</v>
+      </c>
+      <c r="J608" t="s">
+        <v>25</v>
+      </c>
+      <c r="K608" t="s">
+        <v>1561</v>
       </c>
       <c r="L608" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M608" t="s">
-        <v>1198</v>
+        <v>1562</v>
       </c>
       <c r="P608" t="s">
-        <v>329</v>
+        <v>420</v>
       </c>
       <c r="Q608" t="s">
-        <v>406</v>
+        <v>514</v>
       </c>
       <c r="R608" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="609" spans="1:18">
       <c r="A609">
         <v>608</v>
       </c>
       <c r="B609" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C609" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E609" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F609" t="s">
-        <v>500</v>
+        <v>638</v>
       </c>
       <c r="G609" t="s">
-        <v>1199</v>
+        <v>1563</v>
+      </c>
+      <c r="H609" t="s">
+        <v>1564</v>
+      </c>
+      <c r="I609" t="s">
+        <v>24</v>
+      </c>
+      <c r="J609" t="s">
+        <v>25</v>
+      </c>
+      <c r="K609" t="s">
+        <v>1565</v>
       </c>
       <c r="L609" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M609" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P609" t="s">
-        <v>1200</v>
+        <v>1566</v>
       </c>
       <c r="Q609" t="s">
-        <v>732</v>
+        <v>949</v>
       </c>
       <c r="R609" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="610" spans="1:18">
       <c r="A610">
         <v>609</v>
       </c>
       <c r="B610" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C610" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E610" t="s">
-        <v>122</v>
+        <v>151</v>
       </c>
       <c r="F610" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G610" t="s">
-        <v>1201</v>
+        <v>1567</v>
+      </c>
+      <c r="H610" t="s">
+        <v>1568</v>
+      </c>
+      <c r="I610" t="s">
+        <v>204</v>
+      </c>
+      <c r="J610" t="s">
+        <v>25</v>
+      </c>
+      <c r="K610" t="s">
+        <v>657</v>
       </c>
       <c r="L610" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M610" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="P610" t="s">
-        <v>170</v>
+        <v>219</v>
       </c>
       <c r="Q610" t="s">
-        <v>535</v>
+        <v>688</v>
       </c>
       <c r="R610" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="611" spans="1:18">
       <c r="A611">
         <v>610</v>
       </c>
       <c r="B611" t="s">
         <v>18</v>
       </c>
       <c r="C611" t="s">
         <v>19</v>
       </c>
       <c r="E611" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
       <c r="F611" t="s">
-        <v>1202</v>
+        <v>1569</v>
       </c>
       <c r="G611" t="s">
-        <v>1203</v>
+        <v>1570</v>
+      </c>
+      <c r="H611" t="s">
+        <v>1571</v>
+      </c>
+      <c r="I611" t="s">
+        <v>24</v>
+      </c>
+      <c r="J611" t="s">
+        <v>25</v>
+      </c>
+      <c r="K611" t="s">
+        <v>299</v>
       </c>
       <c r="L611" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M611" t="s">
-        <v>155</v>
+        <v>198</v>
       </c>
       <c r="P611" t="s">
-        <v>1204</v>
+        <v>1572</v>
       </c>
       <c r="Q611" t="s">
-        <v>462</v>
+        <v>588</v>
       </c>
       <c r="R611" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="612" spans="1:18">
       <c r="A612">
         <v>611</v>
       </c>
       <c r="B612" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C612" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E612" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F612" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G612" t="s">
-        <v>1205</v>
+        <v>1573</v>
+      </c>
+      <c r="H612" t="s">
+        <v>1574</v>
+      </c>
+      <c r="I612" t="s">
+        <v>50</v>
+      </c>
+      <c r="J612" t="s">
+        <v>25</v>
+      </c>
+      <c r="K612" t="s">
+        <v>651</v>
       </c>
       <c r="L612" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M612" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P612" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="Q612" t="s">
-        <v>310</v>
+        <v>394</v>
       </c>
       <c r="R612" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="613" spans="1:18">
       <c r="A613">
         <v>612</v>
       </c>
       <c r="B613" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C613" t="s">
         <v>19</v>
       </c>
       <c r="E613" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F613" t="s">
-        <v>599</v>
+        <v>771</v>
       </c>
       <c r="G613" t="s">
-        <v>1206</v>
+        <v>1575</v>
+      </c>
+      <c r="J613" t="s">
+        <v>197</v>
       </c>
       <c r="L613" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M613" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P613" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q613" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="R613" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="614" spans="1:18">
       <c r="A614">
         <v>613</v>
       </c>
       <c r="B614" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C614" t="s">
         <v>19</v>
       </c>
       <c r="E614" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F614" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G614" t="s">
-        <v>1207</v>
+        <v>1576</v>
+      </c>
+      <c r="J614" t="s">
+        <v>197</v>
       </c>
       <c r="L614" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M614" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P614" t="s">
-        <v>259</v>
+        <v>325</v>
       </c>
       <c r="Q614" t="s">
-        <v>499</v>
+        <v>637</v>
       </c>
       <c r="R614" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="615" spans="1:18">
       <c r="A615">
         <v>614</v>
       </c>
       <c r="B615" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C615" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E615" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F615" t="s">
-        <v>839</v>
+        <v>1091</v>
       </c>
       <c r="G615" t="s">
-        <v>1208</v>
+        <v>1577</v>
+      </c>
+      <c r="H615" t="s">
+        <v>564</v>
+      </c>
+      <c r="I615" t="s">
+        <v>50</v>
+      </c>
+      <c r="J615" t="s">
+        <v>25</v>
+      </c>
+      <c r="K615" t="s">
+        <v>381</v>
       </c>
       <c r="L615" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M615" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P615" t="s">
-        <v>150</v>
+        <v>192</v>
       </c>
       <c r="Q615" t="s">
-        <v>503</v>
+        <v>643</v>
       </c>
       <c r="R615" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="616" spans="1:18">
       <c r="A616">
         <v>615</v>
       </c>
       <c r="B616" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C616" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E616" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F616" t="s">
-        <v>153</v>
+        <v>195</v>
       </c>
       <c r="G616" t="s">
-        <v>1209</v>
+        <v>1578</v>
+      </c>
+      <c r="H616" t="s">
+        <v>87</v>
+      </c>
+      <c r="I616" t="s">
+        <v>24</v>
+      </c>
+      <c r="J616" t="s">
+        <v>25</v>
+      </c>
+      <c r="K616" t="s">
+        <v>884</v>
       </c>
       <c r="L616" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M616" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="P616" t="s">
-        <v>111</v>
+        <v>136</v>
       </c>
       <c r="Q616" t="s">
-        <v>729</v>
+        <v>946</v>
       </c>
       <c r="R616" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="617" spans="1:18">
       <c r="A617">
         <v>616</v>
       </c>
       <c r="B617" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C617" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E617" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F617" t="s">
-        <v>1210</v>
+        <v>1579</v>
       </c>
       <c r="G617" t="s">
-        <v>1211</v>
+        <v>1580</v>
+      </c>
+      <c r="H617" t="s">
+        <v>1581</v>
+      </c>
+      <c r="I617" t="s">
+        <v>168</v>
+      </c>
+      <c r="J617" t="s">
+        <v>25</v>
+      </c>
+      <c r="K617" t="s">
+        <v>651</v>
       </c>
       <c r="L617" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M617" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P617" t="s">
-        <v>819</v>
+        <v>1064</v>
       </c>
       <c r="Q617" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="R617" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="618" spans="1:18">
       <c r="A618">
         <v>617</v>
       </c>
       <c r="B618" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C618" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E618" t="s">
-        <v>268</v>
+        <v>338</v>
       </c>
       <c r="F618" t="s">
-        <v>596</v>
+        <v>768</v>
       </c>
       <c r="G618" t="s">
-        <v>1212</v>
+        <v>1582</v>
+      </c>
+      <c r="J618" t="s">
+        <v>95</v>
       </c>
       <c r="L618" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M618" t="s">
-        <v>270</v>
+        <v>341</v>
       </c>
       <c r="P618" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="Q618" t="s">
-        <v>222</v>
+        <v>281</v>
       </c>
       <c r="R618" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="619" spans="1:18">
       <c r="A619">
         <v>618</v>
       </c>
       <c r="B619" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C619" t="s">
+        <v>45</v>
+      </c>
+      <c r="E619" t="s">
+        <v>309</v>
+      </c>
+      <c r="F619" t="s">
+        <v>1091</v>
+      </c>
+      <c r="G619" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H619" t="s">
+        <v>1584</v>
+      </c>
+      <c r="I619" t="s">
+        <v>24</v>
+      </c>
+      <c r="J619" t="s">
+        <v>25</v>
+      </c>
+      <c r="K619" t="s">
         <v>38</v>
       </c>
-      <c r="E619" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L619" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M619" t="s">
-        <v>249</v>
+        <v>313</v>
       </c>
       <c r="P619" t="s">
-        <v>864</v>
+        <v>1124</v>
       </c>
       <c r="Q619" t="s">
-        <v>392</v>
+        <v>498</v>
       </c>
       <c r="R619" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="620" spans="1:18">
       <c r="A620">
         <v>619</v>
       </c>
       <c r="B620" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C620" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E620" t="s">
         <v>20</v>
       </c>
       <c r="F620" t="s">
-        <v>785</v>
+        <v>1019</v>
       </c>
       <c r="G620" t="s">
-        <v>1214</v>
+        <v>1585</v>
+      </c>
+      <c r="J620" t="s">
+        <v>1586</v>
       </c>
       <c r="L620" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M620" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="P620" t="s">
-        <v>1215</v>
+        <v>1587</v>
       </c>
       <c r="Q620" t="s">
-        <v>112</v>
+        <v>137</v>
       </c>
       <c r="R620" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="621" spans="1:18">
       <c r="A621">
         <v>620</v>
       </c>
       <c r="B621" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C621" t="s">
         <v>19</v>
       </c>
       <c r="E621" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F621" t="s">
-        <v>335</v>
+        <v>427</v>
       </c>
       <c r="G621" t="s">
-        <v>1216</v>
+        <v>1588</v>
+      </c>
+      <c r="H621" t="s">
+        <v>586</v>
+      </c>
+      <c r="I621" t="s">
+        <v>24</v>
+      </c>
+      <c r="J621" t="s">
+        <v>25</v>
+      </c>
+      <c r="K621" t="s">
+        <v>657</v>
       </c>
       <c r="L621" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M621" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P621" t="s">
-        <v>1217</v>
+        <v>1589</v>
       </c>
       <c r="Q621" t="s">
-        <v>165</v>
+        <v>212</v>
       </c>
       <c r="R621" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="622" spans="1:18">
       <c r="A622">
         <v>621</v>
       </c>
       <c r="B622" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C622" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E622" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F622" t="s">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="G622" t="s">
-        <v>1218</v>
+        <v>1590</v>
+      </c>
+      <c r="H622" t="s">
+        <v>203</v>
+      </c>
+      <c r="I622" t="s">
+        <v>204</v>
+      </c>
+      <c r="J622" t="s">
+        <v>25</v>
+      </c>
+      <c r="K622" t="s">
+        <v>26</v>
       </c>
       <c r="L622" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M622" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P622" t="s">
-        <v>288</v>
+        <v>365</v>
       </c>
       <c r="Q622" t="s">
-        <v>452</v>
+        <v>574</v>
       </c>
       <c r="R622" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="623" spans="1:18">
       <c r="A623">
         <v>622</v>
       </c>
       <c r="B623" t="s">
         <v>18</v>
       </c>
       <c r="C623" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E623" t="s">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="F623" t="s">
-        <v>839</v>
+        <v>1091</v>
       </c>
       <c r="G623" t="s">
-        <v>1219</v>
+        <v>1591</v>
+      </c>
+      <c r="H623" t="s">
+        <v>821</v>
+      </c>
+      <c r="I623" t="s">
+        <v>50</v>
+      </c>
+      <c r="J623" t="s">
+        <v>25</v>
+      </c>
+      <c r="K623" t="s">
+        <v>286</v>
       </c>
       <c r="L623" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M623" t="s">
-        <v>249</v>
+        <v>313</v>
       </c>
       <c r="P623" t="s">
-        <v>534</v>
+        <v>687</v>
       </c>
       <c r="Q623" t="s">
-        <v>341</v>
+        <v>434</v>
       </c>
       <c r="R623" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="624" spans="1:18">
       <c r="A624">
         <v>623</v>
       </c>
       <c r="B624" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C624" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E624" t="s">
-        <v>166</v>
+        <v>213</v>
       </c>
       <c r="F624" t="s">
-        <v>279</v>
+        <v>353</v>
       </c>
       <c r="G624" t="s">
-        <v>1220</v>
+        <v>1592</v>
+      </c>
+      <c r="H624" t="s">
+        <v>1593</v>
+      </c>
+      <c r="I624" t="s">
+        <v>24</v>
+      </c>
+      <c r="J624" t="s">
+        <v>25</v>
+      </c>
+      <c r="K624" t="s">
+        <v>642</v>
       </c>
       <c r="L624" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M624" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="P624" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q624" t="s">
-        <v>389</v>
+        <v>494</v>
       </c>
       <c r="R624" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="625" spans="1:18">
       <c r="A625">
         <v>624</v>
       </c>
       <c r="B625" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C625" t="s">
         <v>19</v>
       </c>
       <c r="E625" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F625" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="G625" t="s">
-        <v>1221</v>
+        <v>1594</v>
+      </c>
+      <c r="J625" t="s">
+        <v>834</v>
       </c>
       <c r="L625" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M625" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P625" t="s">
-        <v>690</v>
+        <v>894</v>
       </c>
       <c r="Q625" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="R625" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="626" spans="1:18">
       <c r="A626">
         <v>625</v>
       </c>
       <c r="B626" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C626" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E626" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F626" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G626" t="s">
-        <v>1222</v>
+        <v>1595</v>
+      </c>
+      <c r="J626" t="s">
+        <v>95</v>
       </c>
       <c r="L626" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M626" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P626" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q626" t="s">
-        <v>310</v>
+        <v>394</v>
       </c>
       <c r="R626" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="627" spans="1:18">
       <c r="A627">
         <v>626</v>
       </c>
       <c r="B627" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C627" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E627" t="s">
-        <v>1186</v>
+        <v>1548</v>
       </c>
       <c r="F627" t="s">
-        <v>1223</v>
+        <v>1596</v>
       </c>
       <c r="G627" t="s">
-        <v>1224</v>
+        <v>1597</v>
+      </c>
+      <c r="H627" t="s">
+        <v>1598</v>
+      </c>
+      <c r="I627" t="s">
+        <v>168</v>
+      </c>
+      <c r="J627" t="s">
+        <v>25</v>
+      </c>
+      <c r="K627" t="s">
+        <v>343</v>
       </c>
       <c r="L627" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M627" t="s">
-        <v>1188</v>
+        <v>1550</v>
       </c>
       <c r="P627" t="s">
-        <v>1225</v>
+        <v>1599</v>
       </c>
       <c r="Q627" t="s">
-        <v>472</v>
+        <v>601</v>
       </c>
       <c r="R627" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="628" spans="1:18">
       <c r="A628">
         <v>627</v>
       </c>
       <c r="B628" t="s">
-        <v>1049</v>
+        <v>1377</v>
       </c>
       <c r="C628" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E628" t="s">
         <v>20</v>
       </c>
       <c r="F628" t="s">
-        <v>629</v>
+        <v>809</v>
       </c>
       <c r="G628" t="s">
-        <v>1226</v>
+        <v>1600</v>
+      </c>
+      <c r="H628" t="s">
+        <v>1173</v>
+      </c>
+      <c r="I628" t="s">
+        <v>168</v>
+      </c>
+      <c r="J628" t="s">
+        <v>25</v>
+      </c>
+      <c r="K628" t="s">
+        <v>217</v>
       </c>
       <c r="L628" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M628" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="P628" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="Q628" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="R628" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="629" spans="1:18">
       <c r="A629">
         <v>628</v>
       </c>
       <c r="B629" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C629" t="s">
         <v>19</v>
       </c>
       <c r="E629" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F629" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G629" t="s">
-        <v>1227</v>
+        <v>1601</v>
+      </c>
+      <c r="J629" t="s">
+        <v>197</v>
       </c>
       <c r="L629" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M629" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P629" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q629" t="s">
-        <v>503</v>
+        <v>643</v>
       </c>
       <c r="R629" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="630" spans="1:18">
       <c r="A630">
         <v>629</v>
       </c>
       <c r="B630" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C630" t="s">
         <v>19</v>
       </c>
       <c r="E630" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F630" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G630" t="s">
-        <v>1228</v>
+        <v>1602</v>
+      </c>
+      <c r="H630" t="s">
+        <v>124</v>
+      </c>
+      <c r="I630" t="s">
+        <v>24</v>
+      </c>
+      <c r="J630" t="s">
+        <v>25</v>
+      </c>
+      <c r="K630" t="s">
+        <v>299</v>
       </c>
       <c r="L630" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M630" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P630" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q630" t="s">
-        <v>281</v>
+        <v>357</v>
       </c>
       <c r="R630" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="631" spans="1:18">
       <c r="A631">
         <v>630</v>
       </c>
       <c r="B631" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C631" t="s">
         <v>19</v>
       </c>
       <c r="E631" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F631" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="G631" t="s">
-        <v>1229</v>
+        <v>1603</v>
+      </c>
+      <c r="J631" t="s">
+        <v>834</v>
       </c>
       <c r="L631" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M631" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="P631" t="s">
-        <v>492</v>
+        <v>628</v>
       </c>
       <c r="Q631" t="s">
-        <v>286</v>
+        <v>363</v>
       </c>
       <c r="R631" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="632" spans="1:18">
       <c r="A632">
         <v>631</v>
       </c>
       <c r="B632" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C632" t="s">
         <v>19</v>
       </c>
       <c r="E632" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F632" t="s">
-        <v>743</v>
+        <v>964</v>
       </c>
       <c r="G632" t="s">
-        <v>1230</v>
+        <v>1604</v>
+      </c>
+      <c r="H632" t="s">
+        <v>1605</v>
+      </c>
+      <c r="I632" t="s">
+        <v>142</v>
+      </c>
+      <c r="J632" t="s">
+        <v>25</v>
+      </c>
+      <c r="K632" t="s">
+        <v>651</v>
       </c>
       <c r="L632" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M632" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P632" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q632" t="s">
-        <v>615</v>
+        <v>793</v>
       </c>
       <c r="R632" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="633" spans="1:18">
       <c r="A633">
         <v>632</v>
       </c>
       <c r="B633" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C633" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E633" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F633" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G633" t="s">
-        <v>1231</v>
+        <v>1606</v>
+      </c>
+      <c r="H633" t="s">
+        <v>1607</v>
+      </c>
+      <c r="I633" t="s">
+        <v>24</v>
+      </c>
+      <c r="J633" t="s">
+        <v>25</v>
+      </c>
+      <c r="K633" t="s">
+        <v>1608</v>
       </c>
       <c r="L633" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M633" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P633" t="s">
-        <v>987</v>
+        <v>1291</v>
       </c>
       <c r="Q633" t="s">
-        <v>289</v>
+        <v>366</v>
       </c>
       <c r="R633" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="634" spans="1:18">
       <c r="A634">
         <v>633</v>
       </c>
       <c r="B634" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C634" t="s">
         <v>19</v>
       </c>
       <c r="E634" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F634" t="s">
-        <v>839</v>
+        <v>1091</v>
       </c>
       <c r="G634" t="s">
-        <v>1232</v>
+        <v>1609</v>
+      </c>
+      <c r="J634" t="s">
+        <v>787</v>
       </c>
       <c r="L634" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M634" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P634" t="s">
-        <v>206</v>
+        <v>265</v>
       </c>
       <c r="Q634" t="s">
-        <v>732</v>
+        <v>949</v>
       </c>
       <c r="R634" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="635" spans="1:18">
       <c r="A635">
         <v>634</v>
       </c>
       <c r="B635" t="s">
         <v>18</v>
       </c>
       <c r="C635" t="s">
         <v>19</v>
       </c>
       <c r="E635" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F635" t="s">
-        <v>596</v>
+        <v>768</v>
       </c>
       <c r="G635" t="s">
-        <v>1233</v>
+        <v>1610</v>
+      </c>
+      <c r="H635" t="s">
+        <v>1611</v>
+      </c>
+      <c r="I635" t="s">
+        <v>24</v>
+      </c>
+      <c r="J635" t="s">
+        <v>25</v>
+      </c>
+      <c r="K635" t="s">
+        <v>441</v>
       </c>
       <c r="L635" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M635" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P635" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="Q635" t="s">
-        <v>250</v>
+        <v>314</v>
       </c>
       <c r="R635" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="636" spans="1:18">
       <c r="A636">
         <v>635</v>
       </c>
       <c r="B636" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C636" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E636" t="s">
-        <v>852</v>
+        <v>1108</v>
       </c>
       <c r="F636" t="s">
-        <v>291</v>
+        <v>368</v>
       </c>
       <c r="G636" t="s">
-        <v>1234</v>
+        <v>1612</v>
+      </c>
+      <c r="H636" t="s">
+        <v>1613</v>
+      </c>
+      <c r="I636" t="s">
+        <v>24</v>
+      </c>
+      <c r="J636" t="s">
+        <v>25</v>
+      </c>
+      <c r="K636" t="s">
+        <v>143</v>
       </c>
       <c r="L636" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M636" t="s">
-        <v>854</v>
+        <v>1110</v>
       </c>
       <c r="P636" t="s">
-        <v>443</v>
+        <v>565</v>
       </c>
       <c r="Q636" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="R636" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="637" spans="1:18">
       <c r="A637">
         <v>636</v>
       </c>
       <c r="B637" t="s">
         <v>18</v>
       </c>
       <c r="C637" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E637" t="s">
-        <v>1235</v>
+        <v>1614</v>
       </c>
       <c r="F637" t="s">
-        <v>423</v>
+        <v>537</v>
       </c>
       <c r="G637" t="s">
-        <v>1236</v>
+        <v>1615</v>
+      </c>
+      <c r="H637" t="s">
+        <v>1616</v>
+      </c>
+      <c r="I637" t="s">
+        <v>168</v>
+      </c>
+      <c r="J637" t="s">
+        <v>25</v>
+      </c>
+      <c r="K637" t="s">
+        <v>657</v>
       </c>
       <c r="L637" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M637" t="s">
-        <v>1237</v>
+        <v>1617</v>
       </c>
       <c r="P637" t="s">
-        <v>1238</v>
+        <v>1618</v>
       </c>
       <c r="Q637" t="s">
-        <v>1018</v>
+        <v>1332</v>
       </c>
       <c r="R637" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="638" spans="1:18">
       <c r="A638">
         <v>637</v>
       </c>
       <c r="B638" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C638" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E638" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="F638" t="s">
-        <v>384</v>
+        <v>487</v>
       </c>
       <c r="G638" t="s">
-        <v>1239</v>
+        <v>1619</v>
+      </c>
+      <c r="H638" t="s">
+        <v>1620</v>
+      </c>
+      <c r="I638" t="s">
+        <v>50</v>
+      </c>
+      <c r="J638" t="s">
+        <v>25</v>
+      </c>
+      <c r="K638" t="s">
+        <v>441</v>
       </c>
       <c r="L638" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M638" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="P638" t="s">
-        <v>1240</v>
+        <v>1621</v>
       </c>
       <c r="Q638" t="s">
-        <v>321</v>
+        <v>408</v>
       </c>
       <c r="R638" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="639" spans="1:18">
       <c r="A639">
         <v>638</v>
       </c>
       <c r="B639" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C639" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E639" t="s">
-        <v>1186</v>
+        <v>1548</v>
       </c>
       <c r="F639" t="s">
-        <v>1223</v>
+        <v>1596</v>
       </c>
       <c r="G639" t="s">
-        <v>1241</v>
+        <v>1622</v>
+      </c>
+      <c r="H639" t="s">
+        <v>1462</v>
+      </c>
+      <c r="I639" t="s">
+        <v>24</v>
+      </c>
+      <c r="J639" t="s">
+        <v>25</v>
+      </c>
+      <c r="K639" t="s">
+        <v>1623</v>
       </c>
       <c r="L639" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M639" t="s">
-        <v>1188</v>
+        <v>1550</v>
       </c>
       <c r="P639" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q639" t="s">
-        <v>732</v>
+        <v>949</v>
       </c>
       <c r="R639" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="640" spans="1:18">
       <c r="A640">
         <v>639</v>
       </c>
       <c r="B640" t="s">
         <v>18</v>
       </c>
       <c r="C640" t="s">
         <v>19</v>
       </c>
       <c r="E640" t="s">
         <v>20</v>
       </c>
       <c r="F640" t="s">
-        <v>296</v>
+        <v>375</v>
       </c>
       <c r="G640" t="s">
-        <v>1242</v>
+        <v>1624</v>
+      </c>
+      <c r="H640" t="s">
+        <v>1568</v>
+      </c>
+      <c r="I640" t="s">
+        <v>204</v>
+      </c>
+      <c r="J640" t="s">
+        <v>25</v>
+      </c>
+      <c r="K640" t="s">
+        <v>1625</v>
       </c>
       <c r="L640" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M640" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="P640" t="s">
-        <v>1243</v>
+        <v>1626</v>
       </c>
       <c r="Q640" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
       <c r="R640" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="641" spans="1:18">
       <c r="A641">
         <v>640</v>
       </c>
       <c r="B641" t="s">
         <v>18</v>
       </c>
       <c r="C641" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E641" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F641" t="s">
-        <v>247</v>
+        <v>310</v>
       </c>
       <c r="G641" t="s">
-        <v>1244</v>
+        <v>1627</v>
+      </c>
+      <c r="H641" t="s">
+        <v>1584</v>
+      </c>
+      <c r="I641" t="s">
+        <v>24</v>
+      </c>
+      <c r="J641" t="s">
+        <v>25</v>
+      </c>
+      <c r="K641" t="s">
+        <v>657</v>
       </c>
       <c r="L641" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M641" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P641" t="s">
-        <v>343</v>
+        <v>436</v>
       </c>
       <c r="Q641" t="s">
-        <v>615</v>
+        <v>793</v>
       </c>
       <c r="R641" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="642" spans="1:18">
       <c r="A642">
         <v>641</v>
       </c>
       <c r="B642" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C642" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E642" t="s">
-        <v>459</v>
+        <v>584</v>
       </c>
       <c r="F642" t="s">
-        <v>505</v>
+        <v>647</v>
       </c>
       <c r="G642" t="s">
-        <v>1245</v>
+        <v>1628</v>
+      </c>
+      <c r="H642" t="s">
+        <v>1629</v>
+      </c>
+      <c r="I642" t="s">
+        <v>24</v>
+      </c>
+      <c r="J642" t="s">
+        <v>25</v>
+      </c>
+      <c r="K642" t="s">
+        <v>160</v>
       </c>
       <c r="L642" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M642" t="s">
-        <v>461</v>
+        <v>587</v>
       </c>
       <c r="P642" t="s">
-        <v>273</v>
+        <v>345</v>
       </c>
       <c r="Q642" t="s">
-        <v>466</v>
+        <v>593</v>
       </c>
       <c r="R642" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="643" spans="1:18">
       <c r="A643">
         <v>642</v>
       </c>
       <c r="B643" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C643" t="s">
         <v>19</v>
       </c>
       <c r="E643" t="s">
-        <v>178</v>
+        <v>229</v>
       </c>
       <c r="F643" t="s">
-        <v>500</v>
+        <v>638</v>
       </c>
       <c r="G643" t="s">
-        <v>1246</v>
+        <v>1630</v>
+      </c>
+      <c r="H643" t="s">
+        <v>1631</v>
+      </c>
+      <c r="I643" t="s">
+        <v>24</v>
+      </c>
+      <c r="J643" t="s">
+        <v>25</v>
+      </c>
+      <c r="K643" t="s">
+        <v>169</v>
       </c>
       <c r="L643" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M643" t="s">
-        <v>181</v>
+        <v>233</v>
       </c>
       <c r="P643" t="s">
-        <v>1247</v>
+        <v>1632</v>
       </c>
       <c r="Q643" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
       <c r="R643" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="644" spans="1:18">
       <c r="A644">
         <v>643</v>
       </c>
       <c r="B644" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C644" t="s">
         <v>19</v>
       </c>
       <c r="E644" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F644" t="s">
-        <v>381</v>
+        <v>483</v>
       </c>
       <c r="G644" t="s">
-        <v>1248</v>
+        <v>1633</v>
+      </c>
+      <c r="H644" t="s">
+        <v>1530</v>
+      </c>
+      <c r="I644" t="s">
+        <v>24</v>
+      </c>
+      <c r="J644" t="s">
+        <v>25</v>
+      </c>
+      <c r="K644" t="s">
+        <v>69</v>
       </c>
       <c r="L644" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M644" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P644" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="Q644" t="s">
-        <v>394</v>
+        <v>500</v>
       </c>
       <c r="R644" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="645" spans="1:18">
       <c r="A645">
         <v>644</v>
       </c>
       <c r="B645" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C645" t="s">
         <v>19</v>
       </c>
       <c r="E645" t="s">
-        <v>1249</v>
+        <v>1634</v>
       </c>
       <c r="F645" t="s">
-        <v>288</v>
+        <v>365</v>
       </c>
       <c r="G645" t="s">
-        <v>1250</v>
+        <v>1635</v>
+      </c>
+      <c r="H645" t="s">
+        <v>1636</v>
+      </c>
+      <c r="I645" t="s">
+        <v>24</v>
+      </c>
+      <c r="J645" t="s">
+        <v>25</v>
+      </c>
+      <c r="K645" t="s">
+        <v>217</v>
       </c>
       <c r="L645" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M645" t="s">
-        <v>1251</v>
+        <v>1637</v>
       </c>
       <c r="P645" t="s">
-        <v>554</v>
+        <v>712</v>
       </c>
       <c r="Q645" t="s">
-        <v>308</v>
+        <v>391</v>
       </c>
       <c r="R645" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="646" spans="1:18">
       <c r="A646">
         <v>645</v>
       </c>
       <c r="B646" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C646" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E646" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F646" t="s">
-        <v>291</v>
+        <v>368</v>
       </c>
       <c r="G646" t="s">
-        <v>1252</v>
+        <v>1638</v>
+      </c>
+      <c r="J646" t="s">
+        <v>787</v>
       </c>
       <c r="L646" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M646" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P646" t="s">
-        <v>338</v>
+        <v>430</v>
       </c>
       <c r="Q646" t="s">
-        <v>132</v>
+        <v>164</v>
       </c>
       <c r="R646" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="647" spans="1:18">
       <c r="A647">
         <v>646</v>
       </c>
       <c r="B647" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C647" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E647" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F647" t="s">
-        <v>493</v>
+        <v>629</v>
       </c>
       <c r="G647" t="s">
-        <v>1253</v>
+        <v>1639</v>
+      </c>
+      <c r="H647" t="s">
+        <v>1640</v>
+      </c>
+      <c r="I647" t="s">
+        <v>204</v>
+      </c>
+      <c r="J647" t="s">
+        <v>25</v>
+      </c>
+      <c r="K647" t="s">
+        <v>381</v>
       </c>
       <c r="L647" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M647" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P647" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q647" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
       <c r="R647" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="648" spans="1:18">
       <c r="A648">
         <v>647</v>
       </c>
       <c r="B648" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C648" t="s">
+        <v>45</v>
+      </c>
+      <c r="E648" t="s">
+        <v>84</v>
+      </c>
+      <c r="F648" t="s">
+        <v>353</v>
+      </c>
+      <c r="G648" t="s">
+        <v>1641</v>
+      </c>
+      <c r="H648" t="s">
+        <v>1642</v>
+      </c>
+      <c r="I648" t="s">
+        <v>168</v>
+      </c>
+      <c r="J648" t="s">
+        <v>25</v>
+      </c>
+      <c r="K648" t="s">
         <v>38</v>
       </c>
-      <c r="E648" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L648" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M648" t="s">
+        <v>89</v>
+      </c>
+      <c r="P648" t="s">
         <v>72</v>
       </c>
-      <c r="P648" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q648" t="s">
-        <v>454</v>
+        <v>578</v>
       </c>
       <c r="R648" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="649" spans="1:18">
       <c r="A649">
         <v>648</v>
       </c>
       <c r="B649" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C649" t="s">
         <v>19</v>
       </c>
       <c r="E649" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F649" t="s">
-        <v>288</v>
+        <v>365</v>
       </c>
       <c r="G649" t="s">
-        <v>1255</v>
+        <v>1643</v>
+      </c>
+      <c r="H649" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I649" t="s">
+        <v>24</v>
+      </c>
+      <c r="J649" t="s">
+        <v>25</v>
+      </c>
+      <c r="K649" t="s">
+        <v>125</v>
       </c>
       <c r="L649" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M649" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="P649" t="s">
-        <v>423</v>
+        <v>537</v>
       </c>
       <c r="Q649" t="s">
-        <v>1176</v>
+        <v>1535</v>
       </c>
       <c r="R649" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="650" spans="1:18">
       <c r="A650">
         <v>649</v>
       </c>
       <c r="B650" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C650" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E650" t="s">
-        <v>1256</v>
+        <v>1645</v>
       </c>
       <c r="F650" t="s">
-        <v>823</v>
+        <v>1068</v>
       </c>
       <c r="G650" t="s">
-        <v>1257</v>
+        <v>1646</v>
+      </c>
+      <c r="H650" t="s">
+        <v>1647</v>
+      </c>
+      <c r="I650" t="s">
+        <v>24</v>
+      </c>
+      <c r="J650" t="s">
+        <v>25</v>
+      </c>
+      <c r="K650" t="s">
+        <v>657</v>
       </c>
       <c r="L650" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M650" t="s">
-        <v>1258</v>
+        <v>1648</v>
       </c>
       <c r="P650" t="s">
-        <v>1259</v>
+        <v>1649</v>
       </c>
       <c r="Q650" t="s">
-        <v>944</v>
+        <v>1227</v>
       </c>
       <c r="R650" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="651" spans="1:18">
       <c r="A651">
         <v>650</v>
       </c>
       <c r="B651" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C651" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E651" t="s">
-        <v>439</v>
+        <v>560</v>
       </c>
       <c r="F651" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G651" t="s">
-        <v>1260</v>
+        <v>1650</v>
+      </c>
+      <c r="H651" t="s">
+        <v>1651</v>
+      </c>
+      <c r="I651" t="s">
+        <v>204</v>
+      </c>
+      <c r="J651" t="s">
+        <v>25</v>
+      </c>
+      <c r="K651" t="s">
+        <v>1652</v>
       </c>
       <c r="L651" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M651" t="s">
-        <v>441</v>
+        <v>562</v>
       </c>
       <c r="P651" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="Q651" t="s">
-        <v>136</v>
+        <v>171</v>
       </c>
       <c r="R651" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="652" spans="1:18">
       <c r="A652">
         <v>651</v>
       </c>
       <c r="B652" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C652" t="s">
         <v>19</v>
       </c>
       <c r="E652" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F652" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G652" t="s">
-        <v>1261</v>
+        <v>1653</v>
+      </c>
+      <c r="J652" t="s">
+        <v>787</v>
       </c>
       <c r="L652" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M652" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P652" t="s">
-        <v>1092</v>
+        <v>1428</v>
       </c>
       <c r="Q652" t="s">
-        <v>243</v>
+        <v>306</v>
       </c>
       <c r="R652" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="653" spans="1:18">
       <c r="A653">
         <v>652</v>
       </c>
       <c r="B653" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C653" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E653" t="s">
-        <v>439</v>
+        <v>560</v>
       </c>
       <c r="F653" t="s">
-        <v>629</v>
+        <v>809</v>
       </c>
       <c r="G653" t="s">
-        <v>1262</v>
+        <v>1654</v>
+      </c>
+      <c r="H653" t="s">
+        <v>1655</v>
+      </c>
+      <c r="I653" t="s">
+        <v>24</v>
+      </c>
+      <c r="J653" t="s">
+        <v>25</v>
+      </c>
+      <c r="K653" t="s">
+        <v>1079</v>
       </c>
       <c r="L653" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M653" t="s">
-        <v>441</v>
+        <v>562</v>
       </c>
       <c r="P653" t="s">
-        <v>1263</v>
+        <v>1656</v>
       </c>
       <c r="Q653" t="s">
-        <v>469</v>
+        <v>597</v>
       </c>
       <c r="R653" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="654" spans="1:18">
       <c r="A654">
         <v>653</v>
       </c>
       <c r="B654" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C654" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E654" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F654" t="s">
-        <v>555</v>
+        <v>713</v>
       </c>
       <c r="G654" t="s">
-        <v>1264</v>
+        <v>1657</v>
+      </c>
+      <c r="H654" t="s">
+        <v>1658</v>
+      </c>
+      <c r="I654" t="s">
+        <v>24</v>
+      </c>
+      <c r="J654" t="s">
+        <v>25</v>
+      </c>
+      <c r="K654" t="s">
+        <v>1079</v>
       </c>
       <c r="L654" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M654" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P654" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q654" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R654" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="655" spans="1:18">
       <c r="A655">
         <v>654</v>
       </c>
       <c r="B655" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C655" t="s">
         <v>19</v>
       </c>
       <c r="E655" t="s">
-        <v>1256</v>
+        <v>1645</v>
       </c>
       <c r="F655" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G655" t="s">
-        <v>1265</v>
+        <v>1659</v>
+      </c>
+      <c r="H655" t="s">
+        <v>1660</v>
+      </c>
+      <c r="I655" t="s">
+        <v>24</v>
+      </c>
+      <c r="J655" t="s">
+        <v>25</v>
+      </c>
+      <c r="K655" t="s">
+        <v>657</v>
       </c>
       <c r="L655" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M655" t="s">
-        <v>1258</v>
+        <v>1648</v>
       </c>
       <c r="P655" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q655" t="s">
-        <v>157</v>
+        <v>200</v>
       </c>
       <c r="R655" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="656" spans="1:18">
       <c r="A656">
         <v>655</v>
       </c>
       <c r="B656" t="s">
         <v>18</v>
       </c>
       <c r="C656" t="s">
         <v>19</v>
       </c>
       <c r="E656" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F656" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G656" t="s">
-        <v>1266</v>
+        <v>1661</v>
+      </c>
+      <c r="H656" t="s">
+        <v>174</v>
+      </c>
+      <c r="I656" t="s">
+        <v>24</v>
+      </c>
+      <c r="J656" t="s">
+        <v>25</v>
+      </c>
+      <c r="K656" t="s">
+        <v>143</v>
       </c>
       <c r="L656" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M656" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P656" t="s">
-        <v>273</v>
+        <v>345</v>
       </c>
       <c r="Q656" t="s">
-        <v>136</v>
+        <v>171</v>
       </c>
       <c r="R656" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="657" spans="1:18">
       <c r="A657">
         <v>656</v>
       </c>
       <c r="B657" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C657" t="s">
         <v>19</v>
       </c>
       <c r="E657" t="s">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="F657" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="G657" t="s">
-        <v>1267</v>
+        <v>1662</v>
+      </c>
+      <c r="H657" t="s">
+        <v>1663</v>
+      </c>
+      <c r="I657" t="s">
+        <v>68</v>
+      </c>
+      <c r="J657" t="s">
+        <v>25</v>
+      </c>
+      <c r="K657" t="s">
+        <v>1079</v>
       </c>
       <c r="L657" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M657" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
       <c r="P657" t="s">
-        <v>273</v>
+        <v>345</v>
       </c>
       <c r="Q657" t="s">
-        <v>389</v>
+        <v>494</v>
       </c>
       <c r="R657" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="658" spans="1:18">
       <c r="A658">
         <v>657</v>
       </c>
       <c r="B658" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C658" t="s">
+        <v>45</v>
+      </c>
+      <c r="E658" t="s">
+        <v>84</v>
+      </c>
+      <c r="F658" t="s">
+        <v>353</v>
+      </c>
+      <c r="G658" t="s">
+        <v>1664</v>
+      </c>
+      <c r="H658" t="s">
+        <v>1665</v>
+      </c>
+      <c r="I658" t="s">
+        <v>248</v>
+      </c>
+      <c r="J658" t="s">
+        <v>25</v>
+      </c>
+      <c r="K658" t="s">
         <v>38</v>
       </c>
-      <c r="E658" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L658" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M658" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P658" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="Q658" t="s">
-        <v>821</v>
+        <v>1066</v>
       </c>
       <c r="R658" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="659" spans="1:18">
       <c r="A659">
         <v>658</v>
       </c>
       <c r="B659" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C659" t="s">
         <v>19</v>
       </c>
       <c r="E659" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F659" t="s">
-        <v>629</v>
+        <v>809</v>
       </c>
       <c r="G659" t="s">
-        <v>1269</v>
+        <v>1666</v>
+      </c>
+      <c r="J659" t="s">
+        <v>834</v>
       </c>
       <c r="L659" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M659" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P659" t="s">
-        <v>186</v>
+        <v>239</v>
       </c>
       <c r="Q659" t="s">
-        <v>394</v>
+        <v>500</v>
       </c>
       <c r="R659" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="660" spans="1:18">
       <c r="A660">
         <v>659</v>
       </c>
       <c r="B660" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C660" t="s">
         <v>19</v>
       </c>
       <c r="E660" t="s">
-        <v>1186</v>
+        <v>1548</v>
       </c>
       <c r="F660" t="s">
-        <v>827</v>
+        <v>1072</v>
       </c>
       <c r="G660" t="s">
-        <v>1270</v>
+        <v>1667</v>
+      </c>
+      <c r="J660" t="s">
+        <v>1304</v>
       </c>
       <c r="L660" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M660" t="s">
-        <v>1188</v>
+        <v>1550</v>
       </c>
       <c r="P660" t="s">
-        <v>715</v>
+        <v>928</v>
       </c>
       <c r="Q660" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="R660" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="661" spans="1:18">
       <c r="A661">
         <v>660</v>
       </c>
       <c r="B661" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C661" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E661" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F661" t="s">
-        <v>827</v>
+        <v>1072</v>
       </c>
       <c r="G661" t="s">
-        <v>1271</v>
+        <v>1668</v>
+      </c>
+      <c r="J661" t="s">
+        <v>95</v>
       </c>
       <c r="L661" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M661" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P661" t="s">
-        <v>913</v>
+        <v>1186</v>
       </c>
       <c r="Q661" t="s">
-        <v>112</v>
+        <v>137</v>
       </c>
       <c r="R661" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="662" spans="1:18">
       <c r="A662">
         <v>661</v>
       </c>
       <c r="B662" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C662" t="s">
         <v>19</v>
       </c>
       <c r="E662" t="s">
-        <v>459</v>
+        <v>584</v>
       </c>
       <c r="F662" t="s">
-        <v>578</v>
+        <v>744</v>
       </c>
       <c r="G662" t="s">
-        <v>1272</v>
+        <v>1669</v>
+      </c>
+      <c r="H662" t="s">
+        <v>1670</v>
+      </c>
+      <c r="I662" t="s">
+        <v>24</v>
+      </c>
+      <c r="J662" t="s">
+        <v>25</v>
+      </c>
+      <c r="K662" t="s">
+        <v>826</v>
       </c>
       <c r="L662" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M662" t="s">
-        <v>461</v>
+        <v>587</v>
       </c>
       <c r="P662" t="s">
-        <v>609</v>
+        <v>784</v>
       </c>
       <c r="Q662" t="s">
-        <v>210</v>
+        <v>269</v>
       </c>
       <c r="R662" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="663" spans="1:18">
       <c r="A663">
         <v>662</v>
       </c>
       <c r="B663" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C663" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E663" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
       <c r="F663" t="s">
-        <v>291</v>
+        <v>368</v>
       </c>
       <c r="G663" t="s">
-        <v>1273</v>
+        <v>1671</v>
+      </c>
+      <c r="J663" t="s">
+        <v>95</v>
       </c>
       <c r="L663" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M663" t="s">
-        <v>155</v>
+        <v>198</v>
       </c>
       <c r="P663" t="s">
-        <v>1274</v>
+        <v>1672</v>
       </c>
       <c r="Q663" t="s">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="R663" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="664" spans="1:18">
       <c r="A664">
         <v>663</v>
       </c>
       <c r="B664" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C664" t="s">
         <v>19</v>
       </c>
       <c r="E664" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F664" t="s">
-        <v>437</v>
+        <v>558</v>
       </c>
       <c r="G664" t="s">
-        <v>1275</v>
+        <v>1673</v>
+      </c>
+      <c r="H664" t="s">
+        <v>1430</v>
+      </c>
+      <c r="I664" t="s">
+        <v>24</v>
+      </c>
+      <c r="J664" t="s">
+        <v>25</v>
+      </c>
+      <c r="K664" t="s">
+        <v>1674</v>
       </c>
       <c r="L664" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M664" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P664" t="s">
-        <v>656</v>
+        <v>846</v>
       </c>
       <c r="Q664" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="R664" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="665" spans="1:18">
       <c r="A665">
         <v>664</v>
       </c>
       <c r="B665" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C665" t="s">
         <v>19</v>
       </c>
       <c r="E665" t="s">
-        <v>1196</v>
+        <v>1559</v>
       </c>
       <c r="F665" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G665" t="s">
-        <v>1276</v>
+        <v>1675</v>
+      </c>
+      <c r="H665" t="s">
+        <v>1676</v>
+      </c>
+      <c r="I665" t="s">
+        <v>248</v>
+      </c>
+      <c r="J665" t="s">
+        <v>25</v>
+      </c>
+      <c r="K665" t="s">
+        <v>1677</v>
       </c>
       <c r="L665" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M665" t="s">
-        <v>1198</v>
+        <v>1562</v>
       </c>
       <c r="P665" t="s">
-        <v>1277</v>
+        <v>1678</v>
       </c>
       <c r="Q665" t="s">
-        <v>183</v>
+        <v>235</v>
       </c>
       <c r="R665" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="666" spans="1:18">
       <c r="A666">
         <v>665</v>
       </c>
       <c r="B666" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C666" t="s">
         <v>19</v>
       </c>
       <c r="E666" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F666" t="s">
-        <v>381</v>
+        <v>483</v>
       </c>
       <c r="G666" t="s">
-        <v>1278</v>
+        <v>1679</v>
+      </c>
+      <c r="H666" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I666" t="s">
+        <v>24</v>
+      </c>
+      <c r="J666" t="s">
+        <v>25</v>
+      </c>
+      <c r="K666" t="s">
+        <v>1652</v>
       </c>
       <c r="L666" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M666" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P666" t="s">
-        <v>350</v>
+        <v>446</v>
       </c>
       <c r="Q666" t="s">
-        <v>254</v>
+        <v>318</v>
       </c>
       <c r="R666" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="667" spans="1:18">
       <c r="A667">
         <v>666</v>
       </c>
       <c r="B667" t="s">
         <v>18</v>
       </c>
       <c r="C667" t="s">
         <v>19</v>
       </c>
       <c r="E667" t="s">
-        <v>978</v>
+        <v>1279</v>
       </c>
       <c r="F667" t="s">
-        <v>423</v>
+        <v>537</v>
       </c>
       <c r="G667" t="s">
-        <v>1279</v>
+        <v>1680</v>
+      </c>
+      <c r="H667" t="s">
+        <v>87</v>
+      </c>
+      <c r="I667" t="s">
+        <v>24</v>
+      </c>
+      <c r="J667" t="s">
+        <v>25</v>
+      </c>
+      <c r="K667" t="s">
+        <v>441</v>
       </c>
       <c r="L667" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M667" t="s">
-        <v>980</v>
+        <v>1282</v>
       </c>
       <c r="P667" t="s">
-        <v>1280</v>
+        <v>1681</v>
       </c>
       <c r="Q667" t="s">
-        <v>243</v>
+        <v>306</v>
       </c>
       <c r="R667" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="668" spans="1:18">
       <c r="A668">
         <v>667</v>
       </c>
       <c r="B668" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C668" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E668" t="s">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="F668" t="s">
-        <v>184</v>
+        <v>236</v>
       </c>
       <c r="G668" t="s">
-        <v>1281</v>
+        <v>1682</v>
+      </c>
+      <c r="J668" t="s">
+        <v>95</v>
       </c>
       <c r="L668" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M668" t="s">
+        <v>313</v>
+      </c>
+      <c r="P668" t="s">
+        <v>1683</v>
+      </c>
+      <c r="Q668" t="s">
         <v>249</v>
       </c>
-      <c r="P668" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R668" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="669" spans="1:18">
       <c r="A669">
         <v>668</v>
       </c>
       <c r="B669" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C669" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E669" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F669" t="s">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="G669" t="s">
-        <v>1283</v>
+        <v>1684</v>
+      </c>
+      <c r="H669" t="s">
+        <v>1474</v>
+      </c>
+      <c r="I669" t="s">
+        <v>68</v>
+      </c>
+      <c r="J669" t="s">
+        <v>25</v>
+      </c>
+      <c r="K669" t="s">
+        <v>1685</v>
       </c>
       <c r="L669" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M669" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P669" t="s">
-        <v>1284</v>
+        <v>1686</v>
       </c>
       <c r="Q669" t="s">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="R669" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="670" spans="1:18">
       <c r="A670">
         <v>669</v>
       </c>
       <c r="B670" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C670" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E670" t="s">
-        <v>166</v>
+        <v>213</v>
       </c>
       <c r="F670" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="G670" t="s">
-        <v>1285</v>
+        <v>1687</v>
+      </c>
+      <c r="J670" t="s">
+        <v>197</v>
       </c>
       <c r="L670" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M670" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="P670" t="s">
-        <v>198</v>
+        <v>254</v>
       </c>
       <c r="Q670" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="R670" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="671" spans="1:18">
       <c r="A671">
         <v>670</v>
       </c>
       <c r="B671" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C671" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E671" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="F671" t="s">
-        <v>350</v>
+        <v>446</v>
       </c>
       <c r="G671" t="s">
-        <v>1286</v>
+        <v>1688</v>
+      </c>
+      <c r="H671" t="s">
+        <v>863</v>
+      </c>
+      <c r="I671" t="s">
+        <v>204</v>
+      </c>
+      <c r="J671" t="s">
+        <v>25</v>
+      </c>
+      <c r="K671" t="s">
+        <v>884</v>
       </c>
       <c r="L671" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M671" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="P671" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q671" t="s">
-        <v>333</v>
+        <v>425</v>
       </c>
       <c r="R671" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="672" spans="1:18">
       <c r="A672">
         <v>671</v>
       </c>
       <c r="B672" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C672" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E672" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F672" t="s">
         <v>21</v>
       </c>
       <c r="G672" t="s">
-        <v>1287</v>
+        <v>1689</v>
+      </c>
+      <c r="J672" t="s">
+        <v>95</v>
       </c>
       <c r="L672" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M672" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P672" t="s">
-        <v>1288</v>
+        <v>1690</v>
       </c>
       <c r="Q672" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R672" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="673" spans="1:18">
       <c r="A673">
         <v>672</v>
       </c>
       <c r="B673" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C673" t="s">
         <v>19</v>
       </c>
       <c r="E673" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F673" t="s">
-        <v>335</v>
+        <v>427</v>
       </c>
       <c r="G673" t="s">
-        <v>1289</v>
+        <v>1691</v>
+      </c>
+      <c r="J673" t="s">
+        <v>197</v>
       </c>
       <c r="L673" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M673" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="P673" t="s">
-        <v>338</v>
+        <v>430</v>
       </c>
       <c r="Q673" t="s">
-        <v>281</v>
+        <v>357</v>
       </c>
       <c r="R673" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="674" spans="1:18">
       <c r="A674">
         <v>673</v>
       </c>
       <c r="B674" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C674" t="s">
         <v>19</v>
       </c>
       <c r="E674" t="s">
-        <v>264</v>
+        <v>332</v>
       </c>
       <c r="F674" t="s">
-        <v>578</v>
+        <v>744</v>
       </c>
       <c r="G674" t="s">
-        <v>1290</v>
+        <v>1692</v>
+      </c>
+      <c r="J674" t="s">
+        <v>197</v>
       </c>
       <c r="L674" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M674" t="s">
-        <v>267</v>
+        <v>337</v>
       </c>
       <c r="P674" t="s">
-        <v>1291</v>
+        <v>1693</v>
       </c>
       <c r="Q674" t="s">
-        <v>944</v>
+        <v>1227</v>
       </c>
       <c r="R674" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="675" spans="1:18">
       <c r="A675">
         <v>674</v>
       </c>
       <c r="B675" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C675" t="s">
         <v>19</v>
       </c>
       <c r="E675" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F675" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="G675" t="s">
-        <v>1292</v>
+        <v>1694</v>
+      </c>
+      <c r="J675" t="s">
+        <v>787</v>
       </c>
       <c r="L675" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M675" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P675" t="s">
-        <v>1288</v>
+        <v>1690</v>
       </c>
       <c r="Q675" t="s">
-        <v>359</v>
+        <v>457</v>
       </c>
       <c r="R675" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="676" spans="1:18">
       <c r="A676">
         <v>675</v>
       </c>
       <c r="B676" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C676" t="s">
         <v>19</v>
       </c>
       <c r="E676" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="F676" t="s">
-        <v>950</v>
+        <v>1239</v>
       </c>
       <c r="G676" t="s">
-        <v>1293</v>
+        <v>1695</v>
+      </c>
+      <c r="J676" t="s">
+        <v>95</v>
       </c>
       <c r="L676" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M676" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="P676" t="s">
-        <v>1294</v>
+        <v>1696</v>
       </c>
       <c r="Q676" t="s">
-        <v>591</v>
+        <v>759</v>
       </c>
       <c r="R676" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="677" spans="1:18">
       <c r="A677">
         <v>676</v>
       </c>
       <c r="B677" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C677" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E677" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F677" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G677" t="s">
-        <v>1295</v>
+        <v>1697</v>
+      </c>
+      <c r="H677" t="s">
+        <v>1698</v>
+      </c>
+      <c r="I677" t="s">
+        <v>24</v>
+      </c>
+      <c r="J677" t="s">
+        <v>25</v>
+      </c>
+      <c r="K677" t="s">
+        <v>657</v>
       </c>
       <c r="L677" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M677" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P677" t="s">
-        <v>1296</v>
+        <v>1699</v>
       </c>
       <c r="Q677" t="s">
-        <v>308</v>
+        <v>391</v>
       </c>
       <c r="R677" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="678" spans="1:18">
       <c r="A678">
         <v>677</v>
       </c>
       <c r="B678" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C678" t="s">
         <v>19</v>
       </c>
       <c r="E678" t="s">
-        <v>1256</v>
+        <v>1645</v>
       </c>
       <c r="F678" t="s">
-        <v>921</v>
+        <v>1198</v>
       </c>
       <c r="G678" t="s">
-        <v>1297</v>
+        <v>1700</v>
+      </c>
+      <c r="H678" t="s">
+        <v>1701</v>
+      </c>
+      <c r="I678" t="s">
+        <v>24</v>
+      </c>
+      <c r="J678" t="s">
+        <v>25</v>
+      </c>
+      <c r="K678" t="s">
+        <v>1079</v>
       </c>
       <c r="L678" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M678" t="s">
-        <v>1258</v>
+        <v>1648</v>
       </c>
       <c r="P678" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="Q678" t="s">
-        <v>517</v>
+        <v>664</v>
       </c>
       <c r="R678" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="679" spans="1:18">
       <c r="A679">
         <v>678</v>
       </c>
       <c r="B679" t="s">
         <v>18</v>
       </c>
       <c r="C679" t="s">
+        <v>45</v>
+      </c>
+      <c r="E679" t="s">
+        <v>46</v>
+      </c>
+      <c r="F679" t="s">
+        <v>65</v>
+      </c>
+      <c r="G679" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H679" t="s">
+        <v>406</v>
+      </c>
+      <c r="I679" t="s">
+        <v>24</v>
+      </c>
+      <c r="J679" t="s">
+        <v>25</v>
+      </c>
+      <c r="K679" t="s">
         <v>38</v>
       </c>
-      <c r="E679" t="s">
-[...2 lines deleted...]
-      <c r="F679" t="s">
+      <c r="L679" t="s">
+        <v>52</v>
+      </c>
+      <c r="M679" t="s">
         <v>53</v>
       </c>
-      <c r="G679" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P679" t="s">
-        <v>1299</v>
+        <v>1703</v>
       </c>
       <c r="Q679" t="s">
-        <v>454</v>
+        <v>578</v>
       </c>
       <c r="R679" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="680" spans="1:18">
       <c r="A680">
         <v>679</v>
       </c>
       <c r="B680" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C680" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E680" t="s">
-        <v>852</v>
+        <v>1108</v>
       </c>
       <c r="F680" t="s">
-        <v>247</v>
+        <v>310</v>
       </c>
       <c r="G680" t="s">
-        <v>1300</v>
+        <v>1704</v>
+      </c>
+      <c r="H680" t="s">
+        <v>1616</v>
+      </c>
+      <c r="I680" t="s">
+        <v>168</v>
+      </c>
+      <c r="J680" t="s">
+        <v>25</v>
+      </c>
+      <c r="K680" t="s">
+        <v>299</v>
       </c>
       <c r="L680" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M680" t="s">
-        <v>854</v>
+        <v>1110</v>
       </c>
       <c r="P680" t="s">
-        <v>170</v>
+        <v>219</v>
       </c>
       <c r="Q680" t="s">
-        <v>1018</v>
+        <v>1332</v>
       </c>
       <c r="R680" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="681" spans="1:18">
       <c r="A681">
         <v>680</v>
       </c>
       <c r="B681" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C681" t="s">
         <v>19</v>
       </c>
       <c r="E681" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F681" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G681" t="s">
-        <v>1301</v>
+        <v>1705</v>
+      </c>
+      <c r="J681" t="s">
+        <v>197</v>
       </c>
       <c r="L681" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M681" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P681" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q681" t="s">
-        <v>373</v>
+        <v>473</v>
       </c>
       <c r="R681" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="682" spans="1:18">
       <c r="A682">
         <v>681</v>
       </c>
       <c r="B682" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C682" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E682" t="s">
-        <v>559</v>
+        <v>719</v>
       </c>
       <c r="F682" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G682" t="s">
-        <v>1302</v>
+        <v>1706</v>
+      </c>
+      <c r="H682" t="s">
+        <v>1663</v>
+      </c>
+      <c r="I682" t="s">
+        <v>68</v>
+      </c>
+      <c r="J682" t="s">
+        <v>25</v>
+      </c>
+      <c r="K682" t="s">
+        <v>657</v>
       </c>
       <c r="L682" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M682" t="s">
-        <v>561</v>
+        <v>722</v>
       </c>
       <c r="P682" t="s">
-        <v>1303</v>
+        <v>1707</v>
       </c>
       <c r="Q682" t="s">
-        <v>546</v>
+        <v>702</v>
       </c>
       <c r="R682" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="683" spans="1:18">
       <c r="A683">
         <v>682</v>
       </c>
       <c r="B683" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C683" t="s">
         <v>19</v>
       </c>
       <c r="E683" t="s">
-        <v>852</v>
+        <v>1108</v>
       </c>
       <c r="F683" t="s">
-        <v>345</v>
+        <v>438</v>
       </c>
       <c r="G683" t="s">
-        <v>1304</v>
+        <v>1708</v>
+      </c>
+      <c r="H683" t="s">
+        <v>1709</v>
+      </c>
+      <c r="I683" t="s">
+        <v>24</v>
+      </c>
+      <c r="J683" t="s">
+        <v>25</v>
+      </c>
+      <c r="K683" t="s">
+        <v>1710</v>
       </c>
       <c r="L683" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M683" t="s">
-        <v>854</v>
+        <v>1110</v>
       </c>
       <c r="P683" t="s">
-        <v>747</v>
+        <v>969</v>
       </c>
       <c r="Q683" t="s">
-        <v>1305</v>
+        <v>1711</v>
       </c>
       <c r="R683" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="684" spans="1:18">
       <c r="A684">
         <v>683</v>
       </c>
       <c r="B684" t="s">
         <v>18</v>
       </c>
       <c r="C684" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E684" t="s">
-        <v>459</v>
+        <v>584</v>
       </c>
       <c r="F684" t="s">
-        <v>291</v>
+        <v>368</v>
       </c>
       <c r="G684" t="s">
-        <v>1306</v>
+        <v>1712</v>
+      </c>
+      <c r="H684" t="s">
+        <v>1713</v>
+      </c>
+      <c r="I684" t="s">
+        <v>68</v>
+      </c>
+      <c r="J684" t="s">
+        <v>25</v>
+      </c>
+      <c r="K684" t="s">
+        <v>69</v>
       </c>
       <c r="L684" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M684" t="s">
-        <v>461</v>
+        <v>587</v>
       </c>
       <c r="P684" t="s">
-        <v>356</v>
+        <v>452</v>
       </c>
       <c r="Q684" t="s">
-        <v>281</v>
+        <v>357</v>
       </c>
       <c r="R684" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="685" spans="1:18">
       <c r="A685">
         <v>684</v>
       </c>
       <c r="B685" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C685" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E685" t="s">
-        <v>1307</v>
+        <v>1714</v>
       </c>
       <c r="F685" t="s">
-        <v>1137</v>
+        <v>1484</v>
       </c>
       <c r="G685" t="s">
-        <v>1308</v>
+        <v>1715</v>
+      </c>
+      <c r="H685" t="s">
+        <v>492</v>
+      </c>
+      <c r="I685" t="s">
+        <v>50</v>
+      </c>
+      <c r="J685" t="s">
+        <v>25</v>
+      </c>
+      <c r="K685" t="s">
+        <v>884</v>
       </c>
       <c r="L685" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M685" t="s">
-        <v>1309</v>
+        <v>1716</v>
       </c>
       <c r="P685" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q685" t="s">
-        <v>406</v>
+        <v>514</v>
       </c>
       <c r="R685" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="686" spans="1:18">
       <c r="A686">
         <v>685</v>
       </c>
       <c r="B686" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C686" t="s">
         <v>19</v>
       </c>
       <c r="E686" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F686" t="s">
-        <v>823</v>
+        <v>1068</v>
       </c>
       <c r="G686" t="s">
-        <v>1310</v>
+        <v>1717</v>
+      </c>
+      <c r="H686" t="s">
+        <v>1718</v>
+      </c>
+      <c r="I686" t="s">
+        <v>24</v>
+      </c>
+      <c r="J686" t="s">
+        <v>25</v>
+      </c>
+      <c r="K686" t="s">
+        <v>1561</v>
       </c>
       <c r="L686" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M686" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="P686" t="s">
-        <v>1311</v>
+        <v>1719</v>
       </c>
       <c r="Q686" t="s">
-        <v>790</v>
+        <v>1026</v>
       </c>
       <c r="R686" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="687" spans="1:18">
       <c r="A687">
         <v>686</v>
       </c>
       <c r="B687" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C687" t="s">
         <v>19</v>
       </c>
       <c r="E687" t="s">
-        <v>1186</v>
+        <v>1548</v>
       </c>
       <c r="F687" t="s">
-        <v>827</v>
+        <v>1072</v>
       </c>
       <c r="G687" t="s">
-        <v>1312</v>
+        <v>1720</v>
+      </c>
+      <c r="J687" t="s">
+        <v>95</v>
       </c>
       <c r="L687" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M687" t="s">
-        <v>1188</v>
+        <v>1550</v>
       </c>
       <c r="P687" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q687" t="s">
-        <v>207</v>
+        <v>266</v>
       </c>
       <c r="R687" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="688" spans="1:18">
       <c r="A688">
         <v>687</v>
       </c>
       <c r="B688" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C688" t="s">
         <v>19</v>
       </c>
       <c r="E688" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F688" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G688" t="s">
-        <v>1313</v>
+        <v>1721</v>
+      </c>
+      <c r="H688" t="s">
+        <v>440</v>
+      </c>
+      <c r="I688" t="s">
+        <v>24</v>
+      </c>
+      <c r="J688" t="s">
+        <v>25</v>
+      </c>
+      <c r="K688" t="s">
+        <v>69</v>
       </c>
       <c r="L688" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M688" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P688" t="s">
-        <v>195</v>
+        <v>251</v>
       </c>
       <c r="Q688" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="R688" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="689" spans="1:18">
       <c r="A689">
         <v>688</v>
       </c>
       <c r="B689" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C689" t="s">
         <v>19</v>
       </c>
       <c r="E689" t="s">
-        <v>178</v>
+        <v>229</v>
       </c>
       <c r="F689" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G689" t="s">
-        <v>1314</v>
+        <v>1722</v>
+      </c>
+      <c r="H689" t="s">
+        <v>1540</v>
+      </c>
+      <c r="I689" t="s">
+        <v>68</v>
+      </c>
+      <c r="J689" t="s">
+        <v>25</v>
+      </c>
+      <c r="K689" t="s">
+        <v>299</v>
       </c>
       <c r="L689" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M689" t="s">
-        <v>181</v>
+        <v>233</v>
       </c>
       <c r="P689" t="s">
-        <v>350</v>
+        <v>446</v>
       </c>
       <c r="Q689" t="s">
-        <v>673</v>
+        <v>867</v>
       </c>
       <c r="R689" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="690" spans="1:18">
       <c r="A690">
         <v>689</v>
       </c>
       <c r="B690" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C690" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E690" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F690" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G690" t="s">
-        <v>1315</v>
+        <v>1723</v>
+      </c>
+      <c r="H690" t="s">
+        <v>1724</v>
+      </c>
+      <c r="I690" t="s">
+        <v>24</v>
+      </c>
+      <c r="J690" t="s">
+        <v>25</v>
+      </c>
+      <c r="K690" t="s">
+        <v>26</v>
       </c>
       <c r="L690" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M690" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P690" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="Q690" t="s">
-        <v>790</v>
+        <v>1026</v>
       </c>
       <c r="R690" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="691" spans="1:18">
       <c r="A691">
         <v>690</v>
       </c>
       <c r="B691" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C691" t="s">
         <v>19</v>
       </c>
       <c r="E691" t="s">
-        <v>978</v>
+        <v>1279</v>
       </c>
       <c r="F691" t="s">
-        <v>423</v>
+        <v>537</v>
       </c>
       <c r="G691" t="s">
-        <v>1316</v>
+        <v>1725</v>
+      </c>
+      <c r="J691" t="s">
+        <v>95</v>
       </c>
       <c r="L691" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M691" t="s">
-        <v>980</v>
+        <v>1282</v>
       </c>
       <c r="P691" t="s">
-        <v>1317</v>
+        <v>1726</v>
       </c>
       <c r="Q691" t="s">
-        <v>469</v>
+        <v>597</v>
       </c>
       <c r="R691" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="692" spans="1:18">
       <c r="A692">
         <v>691</v>
       </c>
       <c r="B692" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C692" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E692" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F692" t="s">
-        <v>279</v>
+        <v>353</v>
       </c>
       <c r="G692" t="s">
-        <v>1318</v>
+        <v>1727</v>
+      </c>
+      <c r="J692" t="s">
+        <v>95</v>
       </c>
       <c r="L692" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M692" t="s">
+        <v>89</v>
+      </c>
+      <c r="P692" t="s">
         <v>72</v>
       </c>
-      <c r="P692" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q692" t="s">
-        <v>544</v>
+        <v>699</v>
       </c>
       <c r="R692" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="693" spans="1:18">
       <c r="A693">
         <v>692</v>
       </c>
       <c r="B693" t="s">
+        <v>83</v>
+      </c>
+      <c r="C693" t="s">
+        <v>45</v>
+      </c>
+      <c r="E693" t="s">
+        <v>151</v>
+      </c>
+      <c r="F693" t="s">
+        <v>93</v>
+      </c>
+      <c r="G693" t="s">
+        <v>1728</v>
+      </c>
+      <c r="H693" t="s">
         <v>67</v>
       </c>
-      <c r="C693" t="s">
-[...9 lines deleted...]
-        <v>1319</v>
+      <c r="I693" t="s">
+        <v>68</v>
+      </c>
+      <c r="J693" t="s">
+        <v>25</v>
+      </c>
+      <c r="K693" t="s">
+        <v>69</v>
       </c>
       <c r="L693" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M693" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="P693" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q693" t="s">
-        <v>535</v>
+        <v>688</v>
       </c>
       <c r="R693" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="694" spans="1:18">
       <c r="A694">
         <v>693</v>
       </c>
       <c r="B694" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C694" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E694" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
       <c r="F694" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="G694" t="s">
-        <v>1320</v>
+        <v>1729</v>
+      </c>
+      <c r="H694" t="s">
+        <v>1730</v>
+      </c>
+      <c r="I694" t="s">
+        <v>24</v>
+      </c>
+      <c r="J694" t="s">
+        <v>25</v>
+      </c>
+      <c r="K694" t="s">
+        <v>286</v>
       </c>
       <c r="L694" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M694" t="s">
-        <v>155</v>
+        <v>198</v>
       </c>
       <c r="P694" t="s">
-        <v>1200</v>
+        <v>1566</v>
       </c>
       <c r="Q694" t="s">
-        <v>503</v>
+        <v>643</v>
       </c>
       <c r="R694" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="695" spans="1:18">
       <c r="A695">
         <v>694</v>
       </c>
       <c r="B695" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C695" t="s">
         <v>19</v>
       </c>
       <c r="E695" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F695" t="s">
-        <v>335</v>
+        <v>427</v>
       </c>
       <c r="G695" t="s">
-        <v>1321</v>
+        <v>1731</v>
+      </c>
+      <c r="H695" t="s">
+        <v>1732</v>
+      </c>
+      <c r="I695" t="s">
+        <v>24</v>
+      </c>
+      <c r="J695" t="s">
+        <v>25</v>
+      </c>
+      <c r="K695" t="s">
+        <v>1710</v>
       </c>
       <c r="L695" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M695" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P695" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q695" t="s">
-        <v>410</v>
+        <v>519</v>
       </c>
       <c r="R695" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="696" spans="1:18">
       <c r="A696">
         <v>695</v>
       </c>
       <c r="B696" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C696" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E696" t="s">
-        <v>1189</v>
+        <v>1551</v>
       </c>
       <c r="F696" t="s">
-        <v>1322</v>
+        <v>1733</v>
       </c>
       <c r="G696" t="s">
-        <v>1323</v>
+        <v>1734</v>
+      </c>
+      <c r="H696" t="s">
+        <v>517</v>
+      </c>
+      <c r="I696" t="s">
+        <v>24</v>
+      </c>
+      <c r="J696" t="s">
+        <v>25</v>
+      </c>
+      <c r="K696" t="s">
+        <v>657</v>
       </c>
       <c r="L696" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M696" t="s">
-        <v>1192</v>
+        <v>1554</v>
       </c>
       <c r="P696" t="s">
-        <v>434</v>
+        <v>554</v>
       </c>
       <c r="Q696" t="s">
-        <v>732</v>
+        <v>949</v>
       </c>
     </row>
     <row r="697" spans="1:18">
       <c r="A697">
         <v>696</v>
       </c>
       <c r="B697" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C697" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E697" t="s">
-        <v>852</v>
+        <v>1108</v>
       </c>
       <c r="F697" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G697" t="s">
-        <v>1324</v>
+        <v>1735</v>
+      </c>
+      <c r="H697" t="s">
+        <v>216</v>
+      </c>
+      <c r="I697" t="s">
+        <v>68</v>
+      </c>
+      <c r="J697" t="s">
+        <v>25</v>
+      </c>
+      <c r="K697" t="s">
+        <v>958</v>
       </c>
       <c r="L697" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M697" t="s">
-        <v>854</v>
+        <v>1110</v>
       </c>
       <c r="P697" t="s">
-        <v>434</v>
+        <v>554</v>
       </c>
       <c r="Q697" t="s">
-        <v>525</v>
+        <v>675</v>
       </c>
       <c r="R697" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="698" spans="1:18">
       <c r="A698">
         <v>697</v>
       </c>
       <c r="B698" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C698" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E698" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F698" t="s">
-        <v>493</v>
+        <v>629</v>
       </c>
       <c r="G698" t="s">
-        <v>1325</v>
+        <v>1736</v>
+      </c>
+      <c r="H698" t="s">
+        <v>1737</v>
+      </c>
+      <c r="I698" t="s">
+        <v>24</v>
+      </c>
+      <c r="J698" t="s">
+        <v>25</v>
+      </c>
+      <c r="K698" t="s">
+        <v>299</v>
       </c>
       <c r="L698" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M698" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P698" t="s">
-        <v>1326</v>
+        <v>1738</v>
       </c>
       <c r="Q698" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="R698" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="699" spans="1:18">
       <c r="A699">
         <v>698</v>
       </c>
       <c r="B699" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C699" t="s">
+        <v>45</v>
+      </c>
+      <c r="E699" t="s">
+        <v>395</v>
+      </c>
+      <c r="F699" t="s">
+        <v>75</v>
+      </c>
+      <c r="G699" t="s">
+        <v>1739</v>
+      </c>
+      <c r="H699" t="s">
+        <v>1455</v>
+      </c>
+      <c r="I699" t="s">
+        <v>168</v>
+      </c>
+      <c r="J699" t="s">
+        <v>25</v>
+      </c>
+      <c r="K699" t="s">
         <v>38</v>
       </c>
-      <c r="E699" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L699" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M699" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P699" t="s">
-        <v>1328</v>
+        <v>1740</v>
       </c>
       <c r="Q699" t="s">
-        <v>118</v>
+        <v>146</v>
       </c>
       <c r="R699" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="700" spans="1:18">
       <c r="A700">
         <v>699</v>
       </c>
       <c r="B700" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C700" t="s">
         <v>19</v>
       </c>
       <c r="E700" t="s">
-        <v>178</v>
+        <v>229</v>
       </c>
       <c r="F700" t="s">
-        <v>671</v>
+        <v>865</v>
       </c>
       <c r="G700" t="s">
-        <v>1329</v>
+        <v>1741</v>
+      </c>
+      <c r="H700" t="s">
+        <v>1742</v>
+      </c>
+      <c r="I700" t="s">
+        <v>24</v>
+      </c>
+      <c r="J700" t="s">
+        <v>25</v>
+      </c>
+      <c r="K700" t="s">
+        <v>657</v>
       </c>
       <c r="L700" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M700" t="s">
-        <v>181</v>
+        <v>233</v>
       </c>
       <c r="P700" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q700" t="s">
-        <v>190</v>
+        <v>244</v>
       </c>
       <c r="R700" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="701" spans="1:18">
       <c r="A701">
         <v>700</v>
       </c>
       <c r="B701" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C701" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E701" t="s">
-        <v>1235</v>
+        <v>1614</v>
       </c>
       <c r="F701" t="s">
-        <v>578</v>
+        <v>744</v>
       </c>
       <c r="G701" t="s">
-        <v>1330</v>
+        <v>1743</v>
+      </c>
+      <c r="H701" t="s">
+        <v>1455</v>
+      </c>
+      <c r="I701" t="s">
+        <v>168</v>
+      </c>
+      <c r="J701" t="s">
+        <v>25</v>
+      </c>
+      <c r="K701" t="s">
+        <v>299</v>
       </c>
       <c r="L701" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M701" t="s">
-        <v>1237</v>
+        <v>1617</v>
       </c>
       <c r="P701" t="s">
-        <v>1331</v>
+        <v>1744</v>
       </c>
       <c r="Q701" t="s">
-        <v>222</v>
+        <v>281</v>
       </c>
       <c r="R701" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="702" spans="1:18">
       <c r="A702">
         <v>701</v>
       </c>
       <c r="B702" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C702" t="s">
         <v>19</v>
       </c>
       <c r="E702" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F702" t="s">
+        <v>85</v>
+      </c>
+      <c r="G702" t="s">
+        <v>1745</v>
+      </c>
+      <c r="H702" t="s">
+        <v>1746</v>
+      </c>
+      <c r="I702" t="s">
+        <v>24</v>
+      </c>
+      <c r="J702" t="s">
+        <v>25</v>
+      </c>
+      <c r="K702" t="s">
         <v>69</v>
       </c>
-      <c r="G702" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L702" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M702" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P702" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="Q702" t="s">
-        <v>326</v>
+        <v>416</v>
       </c>
       <c r="R702" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="703" spans="1:18">
       <c r="A703">
         <v>702</v>
       </c>
       <c r="B703" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C703" t="s">
         <v>19</v>
       </c>
       <c r="E703" t="s">
-        <v>1196</v>
+        <v>1559</v>
       </c>
       <c r="F703" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="G703" t="s">
-        <v>1333</v>
+        <v>1747</v>
+      </c>
+      <c r="H703" t="s">
+        <v>1241</v>
+      </c>
+      <c r="I703" t="s">
+        <v>50</v>
+      </c>
+      <c r="J703" t="s">
+        <v>25</v>
+      </c>
+      <c r="K703" t="s">
+        <v>160</v>
       </c>
       <c r="L703" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M703" t="s">
-        <v>1198</v>
+        <v>1562</v>
       </c>
       <c r="P703" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="Q703" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
       <c r="R703" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="704" spans="1:18">
       <c r="A704">
         <v>703</v>
       </c>
       <c r="B704" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C704" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E704" t="s">
-        <v>459</v>
+        <v>584</v>
       </c>
       <c r="F704" t="s">
-        <v>493</v>
+        <v>629</v>
       </c>
       <c r="G704" t="s">
-        <v>1334</v>
+        <v>1748</v>
+      </c>
+      <c r="H704" t="s">
+        <v>1024</v>
+      </c>
+      <c r="I704" t="s">
+        <v>24</v>
+      </c>
+      <c r="J704" t="s">
+        <v>25</v>
+      </c>
+      <c r="K704" t="s">
+        <v>51</v>
       </c>
       <c r="L704" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M704" t="s">
-        <v>461</v>
+        <v>587</v>
       </c>
       <c r="P704" t="s">
-        <v>734</v>
+        <v>951</v>
       </c>
       <c r="Q704" t="s">
-        <v>546</v>
+        <v>702</v>
       </c>
       <c r="R704" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="705" spans="1:18">
       <c r="A705">
         <v>704</v>
       </c>
       <c r="B705" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C705" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E705" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F705" t="s">
-        <v>950</v>
+        <v>1239</v>
       </c>
       <c r="G705" t="s">
-        <v>1335</v>
+        <v>1749</v>
+      </c>
+      <c r="J705" t="s">
+        <v>197</v>
       </c>
       <c r="L705" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M705" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P705" t="s">
-        <v>294</v>
+        <v>373</v>
       </c>
       <c r="Q705" t="s">
-        <v>151</v>
+        <v>193</v>
       </c>
       <c r="R705" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="706" spans="1:18">
       <c r="A706">
         <v>705</v>
       </c>
       <c r="B706" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C706" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E706" t="s">
-        <v>1186</v>
+        <v>1548</v>
       </c>
       <c r="F706" t="s">
-        <v>224</v>
+        <v>283</v>
       </c>
       <c r="G706" t="s">
-        <v>1336</v>
+        <v>1750</v>
+      </c>
+      <c r="H706" t="s">
+        <v>1751</v>
+      </c>
+      <c r="I706" t="s">
+        <v>50</v>
+      </c>
+      <c r="J706" t="s">
+        <v>25</v>
+      </c>
+      <c r="K706" t="s">
+        <v>657</v>
       </c>
       <c r="L706" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M706" t="s">
-        <v>1188</v>
+        <v>1550</v>
       </c>
       <c r="P706" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q706" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
       <c r="R706" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="707" spans="1:18">
       <c r="A707">
         <v>706</v>
       </c>
       <c r="B707" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C707" t="s">
         <v>19</v>
       </c>
       <c r="E707" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F707" t="s">
-        <v>228</v>
+        <v>289</v>
       </c>
       <c r="G707" t="s">
-        <v>1337</v>
+        <v>1752</v>
+      </c>
+      <c r="J707" t="s">
+        <v>197</v>
       </c>
       <c r="L707" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M707" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P707" t="s">
-        <v>1338</v>
+        <v>1753</v>
       </c>
       <c r="Q707" t="s">
-        <v>321</v>
+        <v>408</v>
       </c>
       <c r="R707" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="708" spans="1:18">
       <c r="A708">
         <v>707</v>
       </c>
       <c r="B708" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C708" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E708" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F708" t="s">
-        <v>827</v>
+        <v>1072</v>
       </c>
       <c r="G708" t="s">
-        <v>1339</v>
+        <v>1754</v>
+      </c>
+      <c r="J708" t="s">
+        <v>95</v>
       </c>
       <c r="L708" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M708" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P708" t="s">
-        <v>1291</v>
+        <v>1693</v>
       </c>
       <c r="Q708" t="s">
-        <v>222</v>
+        <v>281</v>
       </c>
       <c r="R708" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="709" spans="1:18">
       <c r="A709">
         <v>708</v>
       </c>
       <c r="B709" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C709" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E709" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
       <c r="F709" t="s">
-        <v>629</v>
+        <v>809</v>
       </c>
       <c r="G709" t="s">
-        <v>1340</v>
+        <v>1755</v>
+      </c>
+      <c r="H709" t="s">
+        <v>627</v>
+      </c>
+      <c r="I709" t="s">
+        <v>204</v>
+      </c>
+      <c r="J709" t="s">
+        <v>25</v>
+      </c>
+      <c r="K709" t="s">
+        <v>1756</v>
       </c>
       <c r="L709" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M709" t="s">
-        <v>155</v>
+        <v>198</v>
       </c>
       <c r="P709" t="s">
-        <v>401</v>
+        <v>509</v>
       </c>
       <c r="Q709" t="s">
-        <v>359</v>
+        <v>457</v>
       </c>
       <c r="R709" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="710" spans="1:18">
       <c r="A710">
         <v>709</v>
       </c>
       <c r="B710" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C710" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E710" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="F710" t="s">
-        <v>233</v>
+        <v>294</v>
       </c>
       <c r="G710" t="s">
-        <v>1341</v>
+        <v>1757</v>
+      </c>
+      <c r="J710" t="s">
+        <v>197</v>
       </c>
       <c r="L710" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M710" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="P710" t="s">
-        <v>1342</v>
+        <v>1758</v>
       </c>
       <c r="Q710" t="s">
-        <v>456</v>
+        <v>581</v>
       </c>
       <c r="R710" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="711" spans="1:18">
       <c r="A711">
         <v>710</v>
       </c>
       <c r="B711" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C711" t="s">
         <v>19</v>
       </c>
       <c r="E711" t="s">
-        <v>459</v>
+        <v>584</v>
       </c>
       <c r="F711" t="s">
-        <v>578</v>
+        <v>744</v>
       </c>
       <c r="G711" t="s">
-        <v>1343</v>
+        <v>1759</v>
+      </c>
+      <c r="J711" t="s">
+        <v>197</v>
       </c>
       <c r="L711" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M711" t="s">
-        <v>461</v>
+        <v>587</v>
       </c>
       <c r="P711" t="s">
-        <v>609</v>
+        <v>784</v>
       </c>
       <c r="Q711" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="R711" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="712" spans="1:18">
       <c r="A712">
         <v>711</v>
       </c>
       <c r="B712" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C712" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E712" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F712" t="s">
-        <v>505</v>
+        <v>647</v>
       </c>
       <c r="G712" t="s">
-        <v>1344</v>
+        <v>1760</v>
+      </c>
+      <c r="H712" t="s">
+        <v>432</v>
+      </c>
+      <c r="I712" t="s">
+        <v>24</v>
+      </c>
+      <c r="J712" t="s">
+        <v>25</v>
+      </c>
+      <c r="K712" t="s">
+        <v>540</v>
       </c>
       <c r="L712" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M712" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P712" t="s">
-        <v>294</v>
+        <v>373</v>
       </c>
       <c r="Q712" t="s">
-        <v>286</v>
+        <v>363</v>
       </c>
       <c r="R712" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="713" spans="1:18">
       <c r="A713">
         <v>712</v>
       </c>
       <c r="B713" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C713" t="s">
+        <v>45</v>
+      </c>
+      <c r="E713" t="s">
+        <v>213</v>
+      </c>
+      <c r="F713" t="s">
+        <v>353</v>
+      </c>
+      <c r="G713" t="s">
+        <v>1761</v>
+      </c>
+      <c r="H713" t="s">
+        <v>631</v>
+      </c>
+      <c r="I713" t="s">
+        <v>204</v>
+      </c>
+      <c r="J713" t="s">
+        <v>25</v>
+      </c>
+      <c r="K713" t="s">
         <v>38</v>
       </c>
-      <c r="E713" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L713" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M713" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="P713" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q713" t="s">
-        <v>716</v>
+        <v>929</v>
       </c>
       <c r="R713" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="714" spans="1:18">
       <c r="A714">
         <v>713</v>
       </c>
       <c r="B714" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C714" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E714" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F714" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G714" t="s">
-        <v>1346</v>
+        <v>1762</v>
+      </c>
+      <c r="H714" t="s">
+        <v>1763</v>
+      </c>
+      <c r="I714" t="s">
+        <v>24</v>
+      </c>
+      <c r="J714" t="s">
+        <v>25</v>
+      </c>
+      <c r="K714" t="s">
+        <v>1764</v>
       </c>
       <c r="L714" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M714" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P714" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q714" t="s">
-        <v>243</v>
+        <v>306</v>
       </c>
       <c r="R714" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="715" spans="1:18">
       <c r="A715">
         <v>714</v>
       </c>
       <c r="B715" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C715" t="s">
         <v>19</v>
       </c>
       <c r="E715" t="s">
-        <v>344</v>
+        <v>437</v>
       </c>
       <c r="F715" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G715" t="s">
-        <v>1347</v>
+        <v>1765</v>
+      </c>
+      <c r="H715" t="s">
+        <v>440</v>
+      </c>
+      <c r="I715" t="s">
+        <v>24</v>
+      </c>
+      <c r="J715" t="s">
+        <v>25</v>
+      </c>
+      <c r="K715" t="s">
+        <v>642</v>
       </c>
       <c r="L715" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M715" t="s">
-        <v>347</v>
+        <v>442</v>
       </c>
       <c r="P715" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q715" t="s">
-        <v>673</v>
+        <v>867</v>
       </c>
       <c r="R715" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="716" spans="1:18">
       <c r="A716">
         <v>715</v>
       </c>
       <c r="B716" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C716" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E716" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F716" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G716" t="s">
-        <v>1348</v>
+        <v>1766</v>
+      </c>
+      <c r="J716" t="s">
+        <v>95</v>
       </c>
       <c r="L716" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M716" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P716" t="s">
-        <v>343</v>
+        <v>436</v>
       </c>
       <c r="Q716" t="s">
-        <v>729</v>
+        <v>946</v>
       </c>
       <c r="R716" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="717" spans="1:18">
       <c r="A717">
         <v>716</v>
       </c>
       <c r="B717" t="s">
-        <v>223</v>
+        <v>282</v>
       </c>
       <c r="C717" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E717" t="s">
-        <v>978</v>
+        <v>1279</v>
       </c>
       <c r="F717" t="s">
-        <v>555</v>
+        <v>713</v>
       </c>
       <c r="G717" t="s">
-        <v>1349</v>
+        <v>1767</v>
+      </c>
+      <c r="H717" t="s">
+        <v>503</v>
+      </c>
+      <c r="I717" t="s">
+        <v>24</v>
+      </c>
+      <c r="J717" t="s">
+        <v>25</v>
+      </c>
+      <c r="K717" t="s">
+        <v>26</v>
       </c>
       <c r="L717" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M717" t="s">
-        <v>980</v>
+        <v>1282</v>
       </c>
       <c r="P717" t="s">
-        <v>1280</v>
+        <v>1681</v>
       </c>
       <c r="Q717" t="s">
-        <v>321</v>
+        <v>408</v>
       </c>
       <c r="R717" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="718" spans="1:18">
       <c r="A718">
         <v>717</v>
       </c>
       <c r="B718" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C718" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E718" t="s">
-        <v>459</v>
+        <v>584</v>
       </c>
       <c r="F718" t="s">
-        <v>505</v>
+        <v>647</v>
       </c>
       <c r="G718" t="s">
-        <v>1350</v>
+        <v>1768</v>
+      </c>
+      <c r="H718" t="s">
+        <v>1769</v>
+      </c>
+      <c r="I718" t="s">
+        <v>1159</v>
+      </c>
+      <c r="J718" t="s">
+        <v>25</v>
+      </c>
+      <c r="K718" t="s">
+        <v>286</v>
       </c>
       <c r="L718" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M718" t="s">
-        <v>461</v>
+        <v>587</v>
       </c>
       <c r="P718" t="s">
-        <v>391</v>
+        <v>497</v>
       </c>
       <c r="Q718" t="s">
-        <v>546</v>
+        <v>702</v>
       </c>
       <c r="R718" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="719" spans="1:18">
       <c r="A719">
         <v>718</v>
       </c>
       <c r="B719" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C719" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E719" t="s">
-        <v>166</v>
+        <v>213</v>
       </c>
       <c r="F719" t="s">
-        <v>599</v>
+        <v>771</v>
       </c>
       <c r="G719" t="s">
-        <v>1351</v>
+        <v>1770</v>
+      </c>
+      <c r="J719" t="s">
+        <v>1771</v>
       </c>
       <c r="L719" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M719" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="P719" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q719" t="s">
-        <v>435</v>
+        <v>555</v>
       </c>
       <c r="R719" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="720" spans="1:18">
       <c r="A720">
         <v>719</v>
       </c>
       <c r="B720" t="s">
         <v>18</v>
       </c>
       <c r="C720" t="s">
         <v>19</v>
       </c>
       <c r="E720" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F720" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G720" t="s">
-        <v>1352</v>
+        <v>1772</v>
+      </c>
+      <c r="J720" t="s">
+        <v>1304</v>
       </c>
       <c r="L720" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M720" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P720" t="s">
-        <v>1353</v>
+        <v>1773</v>
       </c>
       <c r="Q720" t="s">
-        <v>254</v>
+        <v>318</v>
       </c>
       <c r="R720" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="721" spans="1:18">
       <c r="A721">
         <v>720</v>
       </c>
       <c r="B721" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C721" t="s">
         <v>19</v>
       </c>
       <c r="E721" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F721" t="s">
-        <v>288</v>
+        <v>365</v>
       </c>
       <c r="G721" t="s">
-        <v>1354</v>
+        <v>1774</v>
+      </c>
+      <c r="H721" t="s">
+        <v>1670</v>
+      </c>
+      <c r="I721" t="s">
+        <v>24</v>
+      </c>
+      <c r="J721" t="s">
+        <v>25</v>
+      </c>
+      <c r="K721" t="s">
+        <v>884</v>
       </c>
       <c r="L721" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M721" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P721" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q721" t="s">
-        <v>729</v>
+        <v>946</v>
       </c>
       <c r="R721" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="722" spans="1:18">
       <c r="A722">
         <v>721</v>
       </c>
       <c r="B722" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C722" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E722" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F722" t="s">
-        <v>304</v>
+        <v>386</v>
       </c>
       <c r="G722" t="s">
-        <v>1355</v>
+        <v>1775</v>
+      </c>
+      <c r="J722" t="s">
+        <v>95</v>
       </c>
       <c r="L722" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M722" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P722" t="s">
-        <v>1356</v>
+        <v>1776</v>
       </c>
       <c r="Q722" t="s">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="R722" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="723" spans="1:18">
       <c r="A723">
         <v>722</v>
       </c>
       <c r="B723" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C723" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E723" t="s">
-        <v>1357</v>
+        <v>1777</v>
       </c>
       <c r="F723" t="s">
-        <v>318</v>
+        <v>404</v>
       </c>
       <c r="G723" t="s">
-        <v>1358</v>
+        <v>1778</v>
+      </c>
+      <c r="J723" t="s">
+        <v>95</v>
       </c>
       <c r="L723" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M723" t="s">
-        <v>1359</v>
+        <v>1779</v>
       </c>
       <c r="P723" t="s">
-        <v>325</v>
+        <v>415</v>
       </c>
       <c r="Q723" t="s">
-        <v>321</v>
+        <v>408</v>
       </c>
       <c r="R723" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="724" spans="1:18">
       <c r="A724">
         <v>723</v>
       </c>
       <c r="B724" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C724" t="s">
         <v>19</v>
       </c>
       <c r="E724" t="s">
-        <v>344</v>
+        <v>437</v>
       </c>
       <c r="F724" t="s">
-        <v>1360</v>
+        <v>1780</v>
       </c>
       <c r="G724" t="s">
-        <v>1361</v>
+        <v>1781</v>
+      </c>
+      <c r="J724" t="s">
+        <v>197</v>
       </c>
       <c r="L724" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M724" t="s">
-        <v>347</v>
+        <v>442</v>
       </c>
       <c r="P724" t="s">
-        <v>816</v>
+        <v>1060</v>
       </c>
       <c r="Q724" t="s">
-        <v>540</v>
+        <v>694</v>
       </c>
       <c r="R724" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="725" spans="1:18">
       <c r="A725">
         <v>724</v>
       </c>
       <c r="B725" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C725" t="s">
         <v>19</v>
       </c>
       <c r="E725" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F725" t="s">
-        <v>384</v>
+        <v>487</v>
       </c>
       <c r="G725" t="s">
-        <v>1362</v>
+        <v>1782</v>
+      </c>
+      <c r="H725" t="s">
+        <v>1783</v>
+      </c>
+      <c r="I725" t="s">
+        <v>24</v>
+      </c>
+      <c r="J725" t="s">
+        <v>25</v>
+      </c>
+      <c r="K725" t="s">
+        <v>51</v>
       </c>
       <c r="L725" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M725" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P725" t="s">
-        <v>471</v>
+        <v>600</v>
       </c>
       <c r="Q725" t="s">
-        <v>469</v>
+        <v>597</v>
       </c>
       <c r="R725" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="726" spans="1:18">
       <c r="A726">
         <v>725</v>
       </c>
       <c r="B726" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C726" t="s">
         <v>19</v>
       </c>
       <c r="E726" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F726" t="s">
-        <v>153</v>
+        <v>195</v>
       </c>
       <c r="G726" t="s">
-        <v>1363</v>
+        <v>1784</v>
+      </c>
+      <c r="J726" t="s">
+        <v>1785</v>
       </c>
       <c r="L726" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M726" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P726" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="Q726" t="s">
-        <v>112</v>
+        <v>137</v>
       </c>
       <c r="R726" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="727" spans="1:18">
       <c r="A727">
         <v>726</v>
       </c>
       <c r="B727" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C727" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E727" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F727" t="s">
-        <v>247</v>
+        <v>310</v>
       </c>
       <c r="G727" t="s">
-        <v>1364</v>
+        <v>1786</v>
+      </c>
+      <c r="H727" t="s">
+        <v>1787</v>
+      </c>
+      <c r="I727" t="s">
+        <v>50</v>
+      </c>
+      <c r="J727" t="s">
+        <v>25</v>
+      </c>
+      <c r="K727" t="s">
+        <v>657</v>
       </c>
       <c r="L727" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M727" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P727" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="Q727" t="s">
-        <v>403</v>
+        <v>511</v>
       </c>
       <c r="R727" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="728" spans="1:18">
       <c r="A728">
         <v>727</v>
       </c>
       <c r="B728" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C728" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E728" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F728" t="s">
-        <v>381</v>
+        <v>483</v>
       </c>
       <c r="G728" t="s">
-        <v>1365</v>
+        <v>1788</v>
+      </c>
+      <c r="H728" t="s">
+        <v>1642</v>
+      </c>
+      <c r="I728" t="s">
+        <v>168</v>
+      </c>
+      <c r="J728" t="s">
+        <v>25</v>
+      </c>
+      <c r="K728" t="s">
+        <v>651</v>
       </c>
       <c r="L728" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M728" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P728" t="s">
-        <v>690</v>
+        <v>894</v>
       </c>
       <c r="Q728" t="s">
-        <v>558</v>
+        <v>718</v>
       </c>
       <c r="R728" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="729" spans="1:18">
       <c r="A729">
         <v>728</v>
       </c>
       <c r="B729" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C729" t="s">
         <v>19</v>
       </c>
       <c r="E729" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F729" t="s">
-        <v>279</v>
+        <v>353</v>
       </c>
       <c r="G729" t="s">
-        <v>1366</v>
+        <v>1789</v>
+      </c>
+      <c r="H729" t="s">
+        <v>1021</v>
+      </c>
+      <c r="I729" t="s">
+        <v>24</v>
+      </c>
+      <c r="J729" t="s">
+        <v>25</v>
+      </c>
+      <c r="K729" t="s">
+        <v>441</v>
       </c>
       <c r="L729" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M729" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P729" t="s">
-        <v>338</v>
+        <v>430</v>
       </c>
       <c r="Q729" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="R729" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="730" spans="1:18">
       <c r="A730">
         <v>729</v>
       </c>
       <c r="B730" t="s">
         <v>18</v>
       </c>
       <c r="C730" t="s">
         <v>19</v>
       </c>
       <c r="E730" t="s">
-        <v>978</v>
+        <v>1279</v>
       </c>
       <c r="F730" t="s">
-        <v>423</v>
+        <v>537</v>
       </c>
       <c r="G730" t="s">
-        <v>1367</v>
+        <v>1790</v>
+      </c>
+      <c r="J730" t="s">
+        <v>95</v>
       </c>
       <c r="L730" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M730" t="s">
-        <v>980</v>
+        <v>1282</v>
       </c>
       <c r="P730" t="s">
-        <v>1368</v>
+        <v>1791</v>
       </c>
       <c r="Q730" t="s">
-        <v>558</v>
+        <v>718</v>
       </c>
       <c r="R730" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="731" spans="1:18">
       <c r="A731">
         <v>730</v>
       </c>
       <c r="B731" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C731" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E731" t="s">
-        <v>166</v>
+        <v>213</v>
       </c>
       <c r="F731" t="s">
-        <v>279</v>
+        <v>353</v>
       </c>
       <c r="G731" t="s">
-        <v>1369</v>
+        <v>1792</v>
+      </c>
+      <c r="H731" t="s">
+        <v>1049</v>
+      </c>
+      <c r="I731" t="s">
+        <v>24</v>
+      </c>
+      <c r="J731" t="s">
+        <v>25</v>
+      </c>
+      <c r="K731" t="s">
+        <v>351</v>
       </c>
       <c r="L731" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M731" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="P731" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q731" t="s">
-        <v>157</v>
+        <v>200</v>
       </c>
       <c r="R731" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="732" spans="1:18">
       <c r="A732">
         <v>731</v>
       </c>
       <c r="B732" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C732" t="s">
         <v>19</v>
       </c>
       <c r="E732" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
       <c r="F732" t="s">
-        <v>1210</v>
+        <v>1579</v>
       </c>
       <c r="G732" t="s">
-        <v>1370</v>
+        <v>1793</v>
+      </c>
+      <c r="H732" t="s">
+        <v>1794</v>
+      </c>
+      <c r="I732" t="s">
+        <v>24</v>
+      </c>
+      <c r="J732" t="s">
+        <v>25</v>
+      </c>
+      <c r="K732" t="s">
+        <v>1561</v>
       </c>
       <c r="L732" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M732" t="s">
-        <v>155</v>
+        <v>198</v>
       </c>
       <c r="P732" t="s">
-        <v>1371</v>
+        <v>1795</v>
       </c>
       <c r="Q732" t="s">
-        <v>326</v>
+        <v>416</v>
       </c>
       <c r="R732" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="733" spans="1:18">
       <c r="A733">
         <v>732</v>
       </c>
       <c r="B733" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C733" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E733" t="s">
-        <v>166</v>
+        <v>213</v>
       </c>
       <c r="F733" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="G733" t="s">
-        <v>1372</v>
+        <v>1796</v>
+      </c>
+      <c r="J733" t="s">
+        <v>834</v>
       </c>
       <c r="L733" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M733" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="P733" t="s">
-        <v>198</v>
+        <v>254</v>
       </c>
       <c r="Q733" t="s">
-        <v>403</v>
+        <v>511</v>
       </c>
       <c r="R733" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="734" spans="1:18">
       <c r="A734">
         <v>733</v>
       </c>
       <c r="B734" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C734" t="s">
         <v>19</v>
       </c>
       <c r="E734" t="s">
-        <v>978</v>
+        <v>1279</v>
       </c>
       <c r="F734" t="s">
-        <v>273</v>
+        <v>345</v>
       </c>
       <c r="G734" t="s">
-        <v>1373</v>
+        <v>1797</v>
+      </c>
+      <c r="H734" t="s">
+        <v>1732</v>
+      </c>
+      <c r="I734" t="s">
+        <v>24</v>
+      </c>
+      <c r="J734" t="s">
+        <v>25</v>
+      </c>
+      <c r="K734" t="s">
+        <v>343</v>
       </c>
       <c r="L734" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M734" t="s">
-        <v>980</v>
+        <v>1282</v>
       </c>
       <c r="P734" t="s">
-        <v>1317</v>
+        <v>1726</v>
       </c>
       <c r="Q734" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="R734" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="735" spans="1:18">
       <c r="A735">
         <v>734</v>
       </c>
       <c r="B735" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C735" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E735" t="s">
-        <v>366</v>
+        <v>465</v>
       </c>
       <c r="F735" t="s">
-        <v>381</v>
+        <v>483</v>
       </c>
       <c r="G735" t="s">
-        <v>1374</v>
+        <v>1798</v>
+      </c>
+      <c r="J735" t="s">
+        <v>95</v>
       </c>
       <c r="L735" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M735" t="s">
-        <v>368</v>
+        <v>467</v>
       </c>
       <c r="P735" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q735" t="s">
-        <v>392</v>
+        <v>498</v>
       </c>
       <c r="R735" t="s">
-        <v>1375</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="736" spans="1:18">
       <c r="A736">
         <v>735</v>
       </c>
       <c r="B736" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C736" t="s">
         <v>19</v>
       </c>
       <c r="E736" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F736" t="s">
-        <v>153</v>
+        <v>195</v>
       </c>
       <c r="G736" t="s">
-        <v>1376</v>
+        <v>1800</v>
+      </c>
+      <c r="J736" t="s">
+        <v>377</v>
       </c>
       <c r="L736" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M736" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="P736" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="Q736" t="s">
-        <v>615</v>
+        <v>793</v>
       </c>
       <c r="R736" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="737" spans="1:18">
       <c r="A737">
         <v>736</v>
       </c>
       <c r="B737" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C737" t="s">
         <v>19</v>
       </c>
       <c r="E737" t="s">
-        <v>852</v>
+        <v>1108</v>
       </c>
       <c r="F737" t="s">
-        <v>153</v>
+        <v>195</v>
       </c>
       <c r="G737" t="s">
-        <v>1377</v>
+        <v>1801</v>
+      </c>
+      <c r="J737" t="s">
+        <v>377</v>
       </c>
       <c r="L737" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M737" t="s">
-        <v>854</v>
+        <v>1110</v>
       </c>
       <c r="P737" t="s">
-        <v>913</v>
+        <v>1186</v>
       </c>
       <c r="Q737" t="s">
-        <v>392</v>
+        <v>498</v>
       </c>
       <c r="R737" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="738" spans="1:18">
       <c r="A738">
         <v>737</v>
       </c>
       <c r="B738" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C738" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E738" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F738" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G738" t="s">
-        <v>1378</v>
+        <v>1802</v>
+      </c>
+      <c r="H738" t="s">
+        <v>203</v>
+      </c>
+      <c r="I738" t="s">
+        <v>204</v>
+      </c>
+      <c r="J738" t="s">
+        <v>25</v>
+      </c>
+      <c r="K738" t="s">
+        <v>299</v>
       </c>
       <c r="L738" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M738" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P738" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="Q738" t="s">
-        <v>210</v>
+        <v>269</v>
       </c>
       <c r="R738" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="739" spans="1:18">
       <c r="A739">
         <v>738</v>
       </c>
       <c r="B739" t="s">
-        <v>487</v>
+        <v>622</v>
       </c>
       <c r="C739" t="s">
         <v>19</v>
       </c>
       <c r="E739" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F739" t="s">
-        <v>493</v>
+        <v>629</v>
       </c>
       <c r="G739" t="s">
-        <v>1379</v>
+        <v>1803</v>
+      </c>
+      <c r="H739" t="s">
+        <v>1804</v>
+      </c>
+      <c r="I739" t="s">
+        <v>24</v>
+      </c>
+      <c r="J739" t="s">
+        <v>25</v>
+      </c>
+      <c r="K739" t="s">
+        <v>38</v>
       </c>
       <c r="L739" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M739" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P739" t="s">
-        <v>458</v>
+        <v>583</v>
       </c>
       <c r="Q739" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="R739" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="740" spans="1:18">
       <c r="A740">
         <v>739</v>
       </c>
       <c r="B740" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C740" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E740" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F740" t="s">
-        <v>1380</v>
+        <v>1805</v>
       </c>
       <c r="G740" t="s">
-        <v>1381</v>
+        <v>1806</v>
+      </c>
+      <c r="H740" t="s">
+        <v>1807</v>
+      </c>
+      <c r="I740" t="s">
+        <v>68</v>
+      </c>
+      <c r="J740" t="s">
+        <v>25</v>
+      </c>
+      <c r="K740" t="s">
+        <v>441</v>
       </c>
       <c r="L740" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M740" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P740" t="s">
-        <v>458</v>
+        <v>583</v>
       </c>
       <c r="Q740" t="s">
-        <v>716</v>
+        <v>929</v>
       </c>
       <c r="R740" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="741" spans="1:18">
       <c r="A741">
         <v>740</v>
       </c>
       <c r="B741" t="s">
         <v>18</v>
       </c>
       <c r="C741" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E741" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F741" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G741" t="s">
-        <v>1382</v>
+        <v>1808</v>
+      </c>
+      <c r="H741" t="s">
+        <v>132</v>
+      </c>
+      <c r="I741" t="s">
+        <v>50</v>
+      </c>
+      <c r="J741" t="s">
+        <v>25</v>
+      </c>
+      <c r="K741" t="s">
+        <v>1652</v>
       </c>
       <c r="L741" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M741" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P741" t="s">
-        <v>391</v>
+        <v>497</v>
       </c>
       <c r="Q741" t="s">
-        <v>1383</v>
+        <v>1809</v>
       </c>
       <c r="R741" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="742" spans="1:18">
       <c r="A742">
         <v>741</v>
       </c>
       <c r="B742" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C742" t="s">
         <v>19</v>
       </c>
       <c r="E742" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F742" t="s">
-        <v>950</v>
+        <v>1239</v>
       </c>
       <c r="G742" t="s">
-        <v>1384</v>
+        <v>1810</v>
+      </c>
+      <c r="H742" t="s">
+        <v>440</v>
+      </c>
+      <c r="I742" t="s">
+        <v>24</v>
+      </c>
+      <c r="J742" t="s">
+        <v>25</v>
+      </c>
+      <c r="K742" t="s">
+        <v>299</v>
       </c>
       <c r="L742" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M742" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P742" t="s">
-        <v>1385</v>
+        <v>1811</v>
       </c>
       <c r="Q742" t="s">
-        <v>521</v>
+        <v>670</v>
       </c>
       <c r="R742" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="743" spans="1:18">
       <c r="A743">
         <v>742</v>
       </c>
       <c r="B743" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C743" t="s">
         <v>19</v>
       </c>
       <c r="E743" t="s">
-        <v>1307</v>
+        <v>1714</v>
       </c>
       <c r="F743" t="s">
-        <v>596</v>
+        <v>768</v>
       </c>
       <c r="G743" t="s">
-        <v>1386</v>
+        <v>1812</v>
+      </c>
+      <c r="H743" t="s">
+        <v>1813</v>
+      </c>
+      <c r="I743" t="s">
+        <v>24</v>
+      </c>
+      <c r="J743" t="s">
+        <v>25</v>
+      </c>
+      <c r="K743" t="s">
+        <v>1079</v>
       </c>
       <c r="L743" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M743" t="s">
-        <v>1309</v>
+        <v>1716</v>
       </c>
       <c r="P743" t="s">
-        <v>693</v>
+        <v>899</v>
       </c>
       <c r="Q743" t="s">
-        <v>503</v>
+        <v>643</v>
       </c>
       <c r="R743" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="744" spans="1:18">
       <c r="A744">
         <v>743</v>
       </c>
       <c r="B744" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C744" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E744" t="s">
-        <v>1256</v>
+        <v>1645</v>
       </c>
       <c r="F744" t="s">
-        <v>345</v>
+        <v>438</v>
       </c>
       <c r="G744" t="s">
-        <v>1387</v>
+        <v>1814</v>
+      </c>
+      <c r="H744" t="s">
+        <v>1815</v>
+      </c>
+      <c r="I744" t="s">
+        <v>50</v>
+      </c>
+      <c r="J744" t="s">
+        <v>25</v>
+      </c>
+      <c r="K744" t="s">
+        <v>441</v>
       </c>
       <c r="L744" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M744" t="s">
-        <v>1258</v>
+        <v>1648</v>
       </c>
       <c r="P744" t="s">
-        <v>1388</v>
+        <v>1816</v>
       </c>
       <c r="Q744" t="s">
-        <v>321</v>
+        <v>408</v>
       </c>
       <c r="R744" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="745" spans="1:18">
       <c r="A745">
         <v>744</v>
       </c>
       <c r="B745" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C745" t="s">
         <v>19</v>
       </c>
       <c r="E745" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F745" t="s">
-        <v>823</v>
+        <v>1068</v>
       </c>
       <c r="G745" t="s">
-        <v>1389</v>
+        <v>1817</v>
+      </c>
+      <c r="H745" t="s">
+        <v>1818</v>
+      </c>
+      <c r="I745" t="s">
+        <v>24</v>
+      </c>
+      <c r="J745" t="s">
+        <v>25</v>
+      </c>
+      <c r="K745" t="s">
+        <v>1652</v>
       </c>
       <c r="L745" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M745" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P745" t="s">
-        <v>1390</v>
+        <v>1819</v>
       </c>
       <c r="Q745" t="s">
-        <v>422</v>
+        <v>536</v>
       </c>
       <c r="R745" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="746" spans="1:18">
       <c r="A746">
         <v>745</v>
       </c>
       <c r="B746" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C746" t="s">
         <v>19</v>
       </c>
       <c r="E746" t="s">
-        <v>852</v>
+        <v>1108</v>
       </c>
       <c r="F746" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G746" t="s">
-        <v>1391</v>
+        <v>1820</v>
+      </c>
+      <c r="H746" t="s">
+        <v>1821</v>
+      </c>
+      <c r="I746" t="s">
+        <v>24</v>
+      </c>
+      <c r="J746" t="s">
+        <v>25</v>
+      </c>
+      <c r="K746" t="s">
+        <v>1822</v>
       </c>
       <c r="L746" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M746" t="s">
-        <v>854</v>
+        <v>1110</v>
       </c>
       <c r="P746" t="s">
-        <v>625</v>
+        <v>804</v>
       </c>
       <c r="Q746" t="s">
-        <v>254</v>
+        <v>318</v>
       </c>
       <c r="R746" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="747" spans="1:18">
       <c r="A747">
         <v>746</v>
       </c>
       <c r="B747" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C747" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E747" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F747" t="s">
-        <v>599</v>
+        <v>771</v>
       </c>
       <c r="G747" t="s">
-        <v>1392</v>
+        <v>1823</v>
+      </c>
+      <c r="H747" t="s">
+        <v>767</v>
+      </c>
+      <c r="I747" t="s">
+        <v>168</v>
+      </c>
+      <c r="J747" t="s">
+        <v>25</v>
+      </c>
+      <c r="K747" t="s">
+        <v>826</v>
       </c>
       <c r="L747" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M747" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P747" t="s">
-        <v>949</v>
+        <v>1238</v>
       </c>
       <c r="Q747" t="s">
-        <v>546</v>
+        <v>702</v>
       </c>
       <c r="R747" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="748" spans="1:18">
       <c r="A748">
         <v>747</v>
       </c>
       <c r="B748" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C748" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E748" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F748" t="s">
-        <v>291</v>
+        <v>368</v>
       </c>
       <c r="G748" t="s">
-        <v>1393</v>
+        <v>1824</v>
+      </c>
+      <c r="H748" t="s">
+        <v>818</v>
+      </c>
+      <c r="I748" t="s">
+        <v>168</v>
+      </c>
+      <c r="J748" t="s">
+        <v>25</v>
+      </c>
+      <c r="K748" t="s">
+        <v>455</v>
       </c>
       <c r="L748" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M748" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P748" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="Q748" t="s">
-        <v>260</v>
+        <v>326</v>
       </c>
       <c r="R748" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="749" spans="1:18">
       <c r="A749">
         <v>748</v>
       </c>
       <c r="B749" t="s">
         <v>18</v>
       </c>
       <c r="C749" t="s">
         <v>19</v>
       </c>
       <c r="E749" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F749" t="s">
-        <v>437</v>
+        <v>558</v>
       </c>
       <c r="G749" t="s">
-        <v>1394</v>
+        <v>1825</v>
+      </c>
+      <c r="H749" t="s">
+        <v>1826</v>
+      </c>
+      <c r="I749" t="s">
+        <v>24</v>
+      </c>
+      <c r="J749" t="s">
+        <v>25</v>
+      </c>
+      <c r="K749" t="s">
+        <v>343</v>
       </c>
       <c r="L749" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M749" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P749" t="s">
-        <v>323</v>
+        <v>412</v>
       </c>
       <c r="Q749" t="s">
-        <v>227</v>
+        <v>288</v>
       </c>
       <c r="R749" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="750" spans="1:18">
       <c r="A750">
         <v>749</v>
       </c>
       <c r="B750" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C750" t="s">
         <v>19</v>
       </c>
       <c r="E750" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F750" t="s">
-        <v>288</v>
+        <v>365</v>
       </c>
       <c r="G750" t="s">
-        <v>1395</v>
+        <v>1827</v>
+      </c>
+      <c r="H750" t="s">
+        <v>1813</v>
+      </c>
+      <c r="I750" t="s">
+        <v>24</v>
+      </c>
+      <c r="J750" t="s">
+        <v>25</v>
+      </c>
+      <c r="K750" t="s">
+        <v>884</v>
       </c>
       <c r="L750" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M750" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P750" t="s">
-        <v>1396</v>
+        <v>1828</v>
       </c>
       <c r="Q750" t="s">
-        <v>673</v>
+        <v>867</v>
       </c>
       <c r="R750" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="751" spans="1:18">
       <c r="A751">
         <v>750</v>
       </c>
       <c r="B751" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C751" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E751" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F751" t="s">
-        <v>950</v>
+        <v>1239</v>
       </c>
       <c r="G751" t="s">
-        <v>1397</v>
+        <v>1829</v>
+      </c>
+      <c r="J751" t="s">
+        <v>95</v>
       </c>
       <c r="L751" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M751" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P751" t="s">
-        <v>734</v>
+        <v>951</v>
       </c>
       <c r="Q751" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="R751" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="752" spans="1:18">
       <c r="A752">
         <v>751</v>
       </c>
       <c r="B752" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C752" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E752" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F752" t="s">
-        <v>335</v>
+        <v>427</v>
       </c>
       <c r="G752" t="s">
-        <v>1398</v>
+        <v>1830</v>
+      </c>
+      <c r="H752" t="s">
+        <v>1394</v>
+      </c>
+      <c r="I752" t="s">
+        <v>50</v>
+      </c>
+      <c r="J752" t="s">
+        <v>25</v>
+      </c>
+      <c r="K752" t="s">
+        <v>299</v>
       </c>
       <c r="L752" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M752" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P752" t="s">
-        <v>492</v>
+        <v>628</v>
       </c>
       <c r="Q752" t="s">
-        <v>392</v>
+        <v>498</v>
       </c>
       <c r="R752" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="753" spans="1:18">
       <c r="A753">
         <v>752</v>
       </c>
       <c r="B753" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C753" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E753" t="s">
-        <v>122</v>
+        <v>151</v>
       </c>
       <c r="F753" t="s">
-        <v>247</v>
+        <v>310</v>
       </c>
       <c r="G753" t="s">
-        <v>1399</v>
+        <v>1831</v>
+      </c>
+      <c r="H753" t="s">
+        <v>1832</v>
+      </c>
+      <c r="I753" t="s">
+        <v>50</v>
+      </c>
+      <c r="J753" t="s">
+        <v>25</v>
+      </c>
+      <c r="K753" t="s">
+        <v>299</v>
       </c>
       <c r="L753" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M753" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="P753" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="Q753" t="s">
-        <v>380</v>
+        <v>482</v>
       </c>
       <c r="R753" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="754" spans="1:18">
       <c r="A754">
         <v>753</v>
       </c>
       <c r="B754" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C754" t="s">
         <v>19</v>
       </c>
       <c r="E754" t="s">
+        <v>84</v>
+      </c>
+      <c r="F754" t="s">
+        <v>353</v>
+      </c>
+      <c r="G754" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H754" t="s">
+        <v>1540</v>
+      </c>
+      <c r="I754" t="s">
         <v>68</v>
       </c>
-      <c r="F754" t="s">
-[...3 lines deleted...]
-        <v>1400</v>
+      <c r="J754" t="s">
+        <v>25</v>
+      </c>
+      <c r="K754" t="s">
+        <v>38</v>
       </c>
       <c r="L754" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M754" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P754" t="s">
-        <v>230</v>
+        <v>291</v>
       </c>
       <c r="Q754" t="s">
-        <v>546</v>
+        <v>702</v>
       </c>
       <c r="R754" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="755" spans="1:18">
       <c r="A755">
         <v>754</v>
       </c>
       <c r="B755" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C755" t="s">
         <v>19</v>
       </c>
       <c r="E755" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F755" t="s">
-        <v>437</v>
+        <v>558</v>
       </c>
       <c r="G755" t="s">
-        <v>1401</v>
+        <v>1834</v>
+      </c>
+      <c r="H755" t="s">
+        <v>1835</v>
+      </c>
+      <c r="I755" t="s">
+        <v>50</v>
+      </c>
+      <c r="J755" t="s">
+        <v>25</v>
+      </c>
+      <c r="K755" t="s">
+        <v>657</v>
       </c>
       <c r="L755" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M755" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P755" t="s">
-        <v>1015</v>
+        <v>1329</v>
       </c>
       <c r="Q755" t="s">
-        <v>544</v>
+        <v>699</v>
       </c>
       <c r="R755" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="756" spans="1:18">
       <c r="A756">
         <v>755</v>
       </c>
       <c r="B756" t="s">
         <v>18</v>
       </c>
       <c r="C756" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E756" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F756" t="s">
-        <v>578</v>
+        <v>744</v>
       </c>
       <c r="G756" t="s">
-        <v>1402</v>
+        <v>1836</v>
+      </c>
+      <c r="J756" t="s">
+        <v>95</v>
       </c>
       <c r="L756" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M756" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P756" t="s">
-        <v>723</v>
+        <v>938</v>
       </c>
       <c r="Q756" t="s">
-        <v>1018</v>
+        <v>1332</v>
       </c>
       <c r="R756" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="757" spans="1:18">
       <c r="A757">
         <v>756</v>
       </c>
       <c r="B757" t="s">
         <v>18</v>
       </c>
       <c r="C757" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E757" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F757" t="s">
-        <v>827</v>
+        <v>1072</v>
       </c>
       <c r="G757" t="s">
-        <v>1403</v>
+        <v>1837</v>
+      </c>
+      <c r="H757" t="s">
+        <v>1605</v>
+      </c>
+      <c r="I757" t="s">
+        <v>142</v>
+      </c>
+      <c r="J757" t="s">
+        <v>25</v>
+      </c>
+      <c r="K757" t="s">
+        <v>1838</v>
       </c>
       <c r="L757" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M757" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="P757" t="s">
-        <v>1015</v>
+        <v>1329</v>
       </c>
       <c r="Q757" t="s">
-        <v>165</v>
+        <v>212</v>
       </c>
       <c r="R757" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="758" spans="1:18">
       <c r="A758">
         <v>757</v>
       </c>
       <c r="B758" t="s">
         <v>18</v>
       </c>
       <c r="C758" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E758" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F758" t="s">
-        <v>839</v>
+        <v>1091</v>
       </c>
       <c r="G758" t="s">
-        <v>1404</v>
+        <v>1839</v>
+      </c>
+      <c r="H758" t="s">
+        <v>1840</v>
+      </c>
+      <c r="I758" t="s">
+        <v>24</v>
+      </c>
+      <c r="J758" t="s">
+        <v>25</v>
+      </c>
+      <c r="K758" t="s">
+        <v>356</v>
       </c>
       <c r="L758" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M758" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P758" t="s">
-        <v>843</v>
+        <v>1097</v>
       </c>
       <c r="Q758" t="s">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="R758" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="759" spans="1:18">
       <c r="A759">
         <v>758</v>
       </c>
       <c r="B759" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C759" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E759" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F759" t="s">
-        <v>279</v>
+        <v>353</v>
       </c>
       <c r="G759" t="s">
-        <v>1405</v>
+        <v>1841</v>
+      </c>
+      <c r="J759" t="s">
+        <v>330</v>
       </c>
       <c r="L759" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M759" t="s">
+        <v>89</v>
+      </c>
+      <c r="P759" t="s">
         <v>72</v>
       </c>
-      <c r="P759" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q759" t="s">
-        <v>148</v>
+        <v>189</v>
       </c>
       <c r="R759" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="760" spans="1:18">
       <c r="A760">
         <v>759</v>
       </c>
       <c r="B760" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C760" t="s">
         <v>19</v>
       </c>
       <c r="E760" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F760" t="s">
-        <v>228</v>
+        <v>289</v>
       </c>
       <c r="G760" t="s">
-        <v>1406</v>
+        <v>1842</v>
+      </c>
+      <c r="H760" t="s">
+        <v>1843</v>
+      </c>
+      <c r="I760" t="s">
+        <v>24</v>
+      </c>
+      <c r="J760" t="s">
+        <v>25</v>
+      </c>
+      <c r="K760" t="s">
+        <v>1561</v>
       </c>
       <c r="L760" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M760" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P760" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q760" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
       <c r="R760" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="761" spans="1:18">
       <c r="A761">
         <v>760</v>
       </c>
       <c r="B761" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C761" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E761" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F761" t="s">
-        <v>599</v>
+        <v>771</v>
       </c>
       <c r="G761" t="s">
-        <v>1407</v>
+        <v>1844</v>
+      </c>
+      <c r="H761" t="s">
+        <v>1845</v>
+      </c>
+      <c r="I761" t="s">
+        <v>204</v>
+      </c>
+      <c r="J761" t="s">
+        <v>25</v>
+      </c>
+      <c r="K761" t="s">
+        <v>299</v>
       </c>
       <c r="L761" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M761" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P761" t="s">
-        <v>970</v>
+        <v>1269</v>
       </c>
       <c r="Q761" t="s">
-        <v>183</v>
+        <v>235</v>
       </c>
       <c r="R761" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="762" spans="1:18">
       <c r="A762">
         <v>761</v>
       </c>
       <c r="B762" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C762" t="s">
         <v>19</v>
       </c>
       <c r="E762" t="s">
-        <v>1196</v>
+        <v>1559</v>
       </c>
       <c r="F762" t="s">
-        <v>228</v>
+        <v>289</v>
       </c>
       <c r="G762" t="s">
-        <v>1408</v>
+        <v>1846</v>
+      </c>
+      <c r="H762" t="s">
+        <v>1732</v>
+      </c>
+      <c r="I762" t="s">
+        <v>24</v>
+      </c>
+      <c r="J762" t="s">
+        <v>25</v>
+      </c>
+      <c r="K762" t="s">
+        <v>1079</v>
       </c>
       <c r="L762" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M762" t="s">
-        <v>1198</v>
+        <v>1562</v>
       </c>
       <c r="P762" t="s">
-        <v>1409</v>
+        <v>1847</v>
       </c>
       <c r="Q762" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
       <c r="R762" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="763" spans="1:18">
       <c r="A763">
         <v>762</v>
       </c>
       <c r="B763" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C763" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E763" t="s">
-        <v>166</v>
+        <v>213</v>
       </c>
       <c r="F763" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G763" t="s">
-        <v>1410</v>
+        <v>1848</v>
+      </c>
+      <c r="H763" t="s">
+        <v>863</v>
+      </c>
+      <c r="I763" t="s">
+        <v>204</v>
+      </c>
+      <c r="J763" t="s">
+        <v>25</v>
+      </c>
+      <c r="K763" t="s">
+        <v>884</v>
       </c>
       <c r="L763" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M763" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="P763" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="Q763" t="s">
-        <v>231</v>
+        <v>292</v>
       </c>
       <c r="R763" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="764" spans="1:18">
       <c r="A764">
         <v>763</v>
       </c>
       <c r="B764" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C764" t="s">
         <v>19</v>
       </c>
       <c r="E764" t="s">
-        <v>1196</v>
+        <v>1559</v>
       </c>
       <c r="F764" t="s">
-        <v>247</v>
+        <v>310</v>
       </c>
       <c r="G764" t="s">
-        <v>1411</v>
+        <v>1849</v>
+      </c>
+      <c r="J764" t="s">
+        <v>1586</v>
       </c>
       <c r="L764" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M764" t="s">
-        <v>1198</v>
+        <v>1562</v>
       </c>
       <c r="P764" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="Q764" t="s">
-        <v>615</v>
+        <v>793</v>
       </c>
       <c r="R764" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="765" spans="1:18">
       <c r="A765">
         <v>764</v>
       </c>
       <c r="B765" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C765" t="s">
         <v>19</v>
       </c>
       <c r="E765" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="F765" t="s">
-        <v>335</v>
+        <v>427</v>
       </c>
       <c r="G765" t="s">
-        <v>1412</v>
+        <v>1850</v>
+      </c>
+      <c r="H765" t="s">
+        <v>1851</v>
+      </c>
+      <c r="I765" t="s">
+        <v>68</v>
+      </c>
+      <c r="J765" t="s">
+        <v>25</v>
+      </c>
+      <c r="K765" t="s">
+        <v>651</v>
       </c>
       <c r="L765" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M765" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="P765" t="s">
-        <v>816</v>
+        <v>1060</v>
       </c>
       <c r="Q765" t="s">
-        <v>719</v>
+        <v>932</v>
       </c>
       <c r="R765" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="766" spans="1:18">
       <c r="A766">
         <v>765</v>
       </c>
       <c r="B766" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C766" t="s">
+        <v>45</v>
+      </c>
+      <c r="E766" t="s">
+        <v>1102</v>
+      </c>
+      <c r="F766" t="s">
+        <v>1239</v>
+      </c>
+      <c r="G766" t="s">
+        <v>1852</v>
+      </c>
+      <c r="H766" t="s">
+        <v>1290</v>
+      </c>
+      <c r="I766" t="s">
+        <v>168</v>
+      </c>
+      <c r="J766" t="s">
+        <v>25</v>
+      </c>
+      <c r="K766" t="s">
         <v>38</v>
       </c>
-      <c r="E766" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L766" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M766" t="s">
-        <v>849</v>
+        <v>1105</v>
       </c>
       <c r="P766" t="s">
-        <v>723</v>
+        <v>938</v>
       </c>
       <c r="Q766" t="s">
-        <v>355</v>
+        <v>451</v>
       </c>
       <c r="R766" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="767" spans="1:18">
       <c r="A767">
         <v>766</v>
       </c>
       <c r="B767" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C767" t="s">
         <v>19</v>
       </c>
       <c r="E767" t="s">
-        <v>264</v>
+        <v>332</v>
       </c>
       <c r="F767" t="s">
-        <v>785</v>
+        <v>1019</v>
       </c>
       <c r="G767" t="s">
-        <v>1414</v>
+        <v>1853</v>
+      </c>
+      <c r="H767" t="s">
+        <v>1854</v>
+      </c>
+      <c r="I767" t="s">
+        <v>50</v>
+      </c>
+      <c r="J767" t="s">
+        <v>25</v>
+      </c>
+      <c r="K767" t="s">
+        <v>1079</v>
       </c>
       <c r="L767" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M767" t="s">
-        <v>267</v>
+        <v>337</v>
       </c>
       <c r="P767" t="s">
-        <v>1415</v>
+        <v>1855</v>
       </c>
       <c r="Q767" t="s">
-        <v>160</v>
+        <v>205</v>
       </c>
       <c r="R767" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="768" spans="1:18">
       <c r="A768">
         <v>767</v>
       </c>
       <c r="B768" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C768" t="s">
         <v>19</v>
       </c>
       <c r="E768" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F768" t="s">
-        <v>296</v>
+        <v>375</v>
       </c>
       <c r="G768" t="s">
-        <v>1416</v>
+        <v>1856</v>
+      </c>
+      <c r="J768" t="s">
+        <v>377</v>
       </c>
       <c r="L768" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M768" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P768" t="s">
-        <v>156</v>
+        <v>199</v>
       </c>
       <c r="Q768" t="s">
-        <v>452</v>
+        <v>574</v>
       </c>
       <c r="R768" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="769" spans="1:18">
       <c r="A769">
         <v>768</v>
       </c>
       <c r="B769" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C769" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E769" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F769" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="G769" t="s">
-        <v>1417</v>
+        <v>1857</v>
+      </c>
+      <c r="H769" t="s">
+        <v>1858</v>
+      </c>
+      <c r="I769" t="s">
+        <v>248</v>
+      </c>
+      <c r="J769" t="s">
+        <v>25</v>
+      </c>
+      <c r="K769" t="s">
+        <v>51</v>
       </c>
       <c r="L769" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M769" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P769" t="s">
-        <v>1418</v>
+        <v>1859</v>
       </c>
       <c r="Q769" t="s">
-        <v>281</v>
+        <v>357</v>
       </c>
       <c r="R769" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="770" spans="1:18">
       <c r="A770">
         <v>769</v>
       </c>
       <c r="B770" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C770" t="s">
         <v>19</v>
       </c>
       <c r="E770" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F770" t="s">
-        <v>629</v>
+        <v>809</v>
       </c>
       <c r="G770" t="s">
-        <v>1419</v>
+        <v>1860</v>
+      </c>
+      <c r="H770" t="s">
+        <v>680</v>
+      </c>
+      <c r="I770" t="s">
+        <v>24</v>
+      </c>
+      <c r="J770" t="s">
+        <v>25</v>
+      </c>
+      <c r="K770" t="s">
+        <v>1079</v>
       </c>
       <c r="L770" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M770" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P770" t="s">
-        <v>1420</v>
+        <v>1861</v>
       </c>
       <c r="Q770" t="s">
-        <v>237</v>
+        <v>300</v>
       </c>
       <c r="R770" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="771" spans="1:18">
       <c r="A771">
         <v>770</v>
       </c>
       <c r="B771" t="s">
         <v>18</v>
       </c>
       <c r="C771" t="s">
         <v>19</v>
       </c>
       <c r="E771" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F771" t="s">
-        <v>265</v>
+        <v>333</v>
       </c>
       <c r="G771" t="s">
-        <v>1421</v>
+        <v>1862</v>
+      </c>
+      <c r="H771" t="s">
+        <v>1593</v>
+      </c>
+      <c r="I771" t="s">
+        <v>24</v>
+      </c>
+      <c r="J771" t="s">
+        <v>25</v>
+      </c>
+      <c r="K771" t="s">
+        <v>642</v>
       </c>
       <c r="L771" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M771" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P771" t="s">
-        <v>409</v>
+        <v>518</v>
       </c>
       <c r="Q771" t="s">
-        <v>647</v>
+        <v>835</v>
       </c>
       <c r="R771" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="772" spans="1:18">
       <c r="A772">
         <v>771</v>
       </c>
       <c r="B772" t="s">
         <v>18</v>
       </c>
       <c r="C772" t="s">
         <v>19</v>
       </c>
       <c r="E772" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F772" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="G772" t="s">
-        <v>1422</v>
+        <v>1863</v>
+      </c>
+      <c r="H772" t="s">
+        <v>586</v>
+      </c>
+      <c r="I772" t="s">
+        <v>24</v>
+      </c>
+      <c r="J772" t="s">
+        <v>25</v>
+      </c>
+      <c r="K772" t="s">
+        <v>343</v>
       </c>
       <c r="L772" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M772" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P772" t="s">
-        <v>170</v>
+        <v>219</v>
       </c>
       <c r="Q772" t="s">
-        <v>525</v>
+        <v>675</v>
       </c>
       <c r="R772" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="773" spans="1:18">
       <c r="A773">
         <v>772</v>
       </c>
       <c r="B773" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C773" t="s">
         <v>19</v>
       </c>
       <c r="E773" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F773" t="s">
-        <v>247</v>
+        <v>310</v>
       </c>
       <c r="G773" t="s">
-        <v>1423</v>
+        <v>1864</v>
+      </c>
+      <c r="J773" t="s">
+        <v>95</v>
       </c>
       <c r="L773" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M773" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P773" t="s">
-        <v>830</v>
+        <v>1076</v>
       </c>
       <c r="Q773" t="s">
-        <v>112</v>
+        <v>137</v>
       </c>
       <c r="R773" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="774" spans="1:18">
       <c r="A774">
         <v>773</v>
       </c>
       <c r="B774" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C774" t="s">
         <v>19</v>
       </c>
       <c r="E774" t="s">
-        <v>439</v>
+        <v>560</v>
       </c>
       <c r="F774" t="s">
-        <v>823</v>
+        <v>1068</v>
       </c>
       <c r="G774" t="s">
-        <v>1424</v>
+        <v>1865</v>
+      </c>
+      <c r="H774" t="s">
+        <v>1866</v>
+      </c>
+      <c r="I774" t="s">
+        <v>24</v>
+      </c>
+      <c r="J774" t="s">
+        <v>25</v>
+      </c>
+      <c r="K774" t="s">
+        <v>299</v>
       </c>
       <c r="L774" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M774" t="s">
-        <v>441</v>
+        <v>562</v>
       </c>
       <c r="P774" t="s">
-        <v>1326</v>
+        <v>1738</v>
       </c>
       <c r="Q774" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
       <c r="R774" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="775" spans="1:18">
       <c r="A775">
         <v>774</v>
       </c>
       <c r="B775" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C775" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E775" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="F775" t="s">
-        <v>345</v>
+        <v>438</v>
       </c>
       <c r="G775" t="s">
-        <v>1425</v>
+        <v>1867</v>
+      </c>
+      <c r="H775" t="s">
+        <v>132</v>
+      </c>
+      <c r="I775" t="s">
+        <v>50</v>
+      </c>
+      <c r="J775" t="s">
+        <v>25</v>
+      </c>
+      <c r="K775" t="s">
+        <v>286</v>
       </c>
       <c r="L775" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M775" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="P775" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="Q775" t="s">
-        <v>326</v>
+        <v>416</v>
       </c>
       <c r="R775" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="776" spans="1:18">
       <c r="A776">
         <v>775</v>
       </c>
       <c r="B776" t="s">
         <v>18</v>
       </c>
       <c r="C776" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E776" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F776" t="s">
-        <v>288</v>
+        <v>365</v>
       </c>
       <c r="G776" t="s">
-        <v>1426</v>
+        <v>1868</v>
+      </c>
+      <c r="H776" t="s">
+        <v>838</v>
+      </c>
+      <c r="I776" t="s">
+        <v>50</v>
+      </c>
+      <c r="J776" t="s">
+        <v>25</v>
+      </c>
+      <c r="K776" t="s">
+        <v>657</v>
       </c>
       <c r="L776" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M776" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P776" t="s">
-        <v>259</v>
+        <v>325</v>
       </c>
       <c r="Q776" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="R776" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="777" spans="1:18">
       <c r="A777">
         <v>776</v>
       </c>
       <c r="B777" t="s">
         <v>18</v>
       </c>
       <c r="C777" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E777" t="s">
-        <v>311</v>
+        <v>395</v>
       </c>
       <c r="F777" t="s">
-        <v>827</v>
+        <v>1072</v>
       </c>
       <c r="G777" t="s">
-        <v>1427</v>
+        <v>1869</v>
+      </c>
+      <c r="H777" t="s">
+        <v>1870</v>
+      </c>
+      <c r="I777" t="s">
+        <v>24</v>
+      </c>
+      <c r="J777" t="s">
+        <v>25</v>
+      </c>
+      <c r="K777" t="s">
+        <v>651</v>
       </c>
       <c r="L777" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M777" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="P777" t="s">
-        <v>715</v>
+        <v>928</v>
       </c>
       <c r="Q777" t="s">
-        <v>302</v>
+        <v>384</v>
       </c>
       <c r="R777" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="778" spans="1:18">
       <c r="A778">
         <v>777</v>
       </c>
       <c r="B778" t="s">
         <v>18</v>
       </c>
       <c r="C778" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E778" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F778" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G778" t="s">
-        <v>1428</v>
+        <v>1871</v>
+      </c>
+      <c r="H778" t="s">
+        <v>1851</v>
+      </c>
+      <c r="I778" t="s">
+        <v>68</v>
+      </c>
+      <c r="J778" t="s">
+        <v>25</v>
+      </c>
+      <c r="K778" t="s">
+        <v>343</v>
       </c>
       <c r="L778" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M778" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P778" t="s">
-        <v>532</v>
+        <v>684</v>
       </c>
       <c r="Q778" t="s">
-        <v>466</v>
+        <v>593</v>
       </c>
       <c r="R778" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="779" spans="1:18">
       <c r="A779">
         <v>778</v>
       </c>
       <c r="B779" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C779" t="s">
         <v>19</v>
       </c>
       <c r="E779" t="s">
-        <v>178</v>
+        <v>229</v>
       </c>
       <c r="F779" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="G779" t="s">
-        <v>1429</v>
+        <v>1872</v>
+      </c>
+      <c r="H779" t="s">
+        <v>1607</v>
+      </c>
+      <c r="I779" t="s">
+        <v>24</v>
+      </c>
+      <c r="J779" t="s">
+        <v>25</v>
+      </c>
+      <c r="K779" t="s">
+        <v>642</v>
       </c>
       <c r="L779" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M779" t="s">
-        <v>181</v>
+        <v>233</v>
       </c>
       <c r="P779" t="s">
-        <v>391</v>
+        <v>497</v>
       </c>
       <c r="Q779" t="s">
-        <v>380</v>
+        <v>482</v>
       </c>
       <c r="R779" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="780" spans="1:18">
       <c r="A780">
         <v>779</v>
       </c>
       <c r="B780" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C780" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E780" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F780" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G780" t="s">
-        <v>1430</v>
+        <v>1873</v>
+      </c>
+      <c r="H780" t="s">
+        <v>1474</v>
+      </c>
+      <c r="I780" t="s">
+        <v>68</v>
+      </c>
+      <c r="J780" t="s">
+        <v>25</v>
+      </c>
+      <c r="K780" t="s">
+        <v>125</v>
       </c>
       <c r="L780" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M780" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P780" t="s">
-        <v>636</v>
+        <v>819</v>
       </c>
       <c r="Q780" t="s">
-        <v>729</v>
+        <v>946</v>
       </c>
       <c r="R780" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="781" spans="1:18">
       <c r="A781">
         <v>780</v>
       </c>
       <c r="B781" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C781" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E781" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F781" t="s">
-        <v>599</v>
+        <v>771</v>
       </c>
       <c r="G781" t="s">
-        <v>1431</v>
+        <v>1874</v>
+      </c>
+      <c r="J781" t="s">
+        <v>95</v>
       </c>
       <c r="L781" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M781" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P781" t="s">
-        <v>1432</v>
+        <v>1875</v>
       </c>
       <c r="Q781" t="s">
-        <v>302</v>
+        <v>384</v>
       </c>
       <c r="R781" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="782" spans="1:18">
       <c r="A782">
         <v>781</v>
       </c>
       <c r="B782" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C782" t="s">
+        <v>45</v>
+      </c>
+      <c r="E782" t="s">
+        <v>378</v>
+      </c>
+      <c r="F782" t="s">
+        <v>362</v>
+      </c>
+      <c r="G782" t="s">
+        <v>1876</v>
+      </c>
+      <c r="H782" t="s">
+        <v>1616</v>
+      </c>
+      <c r="I782" t="s">
+        <v>168</v>
+      </c>
+      <c r="J782" t="s">
+        <v>25</v>
+      </c>
+      <c r="K782" t="s">
         <v>38</v>
       </c>
-      <c r="E782" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L782" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M782" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P782" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="Q782" t="s">
-        <v>151</v>
+        <v>193</v>
       </c>
       <c r="R782" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="783" spans="1:18">
       <c r="A783">
         <v>782</v>
       </c>
       <c r="B783" t="s">
-        <v>1049</v>
+        <v>1377</v>
       </c>
       <c r="C783" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E783" t="s">
-        <v>1249</v>
+        <v>1634</v>
       </c>
       <c r="F783" t="s">
-        <v>578</v>
+        <v>744</v>
       </c>
       <c r="G783" t="s">
-        <v>1434</v>
+        <v>1877</v>
+      </c>
+      <c r="H783" t="s">
+        <v>1455</v>
+      </c>
+      <c r="I783" t="s">
+        <v>168</v>
+      </c>
+      <c r="J783" t="s">
+        <v>25</v>
+      </c>
+      <c r="K783" t="s">
+        <v>411</v>
       </c>
       <c r="L783" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M783" t="s">
-        <v>1251</v>
+        <v>1637</v>
       </c>
       <c r="P783" t="s">
-        <v>1390</v>
+        <v>1819</v>
       </c>
       <c r="Q783" t="s">
-        <v>118</v>
+        <v>146</v>
       </c>
       <c r="R783" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="784" spans="1:18">
       <c r="A784">
         <v>783</v>
       </c>
       <c r="B784" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C784" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E784" t="s">
+        <v>84</v>
+      </c>
+      <c r="F784" t="s">
+        <v>771</v>
+      </c>
+      <c r="G784" t="s">
+        <v>1878</v>
+      </c>
+      <c r="H784" t="s">
+        <v>1540</v>
+      </c>
+      <c r="I784" t="s">
         <v>68</v>
       </c>
-      <c r="F784" t="s">
-[...3 lines deleted...]
-        <v>1435</v>
+      <c r="J784" t="s">
+        <v>25</v>
+      </c>
+      <c r="K784" t="s">
+        <v>343</v>
       </c>
       <c r="L784" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M784" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="P784" t="s">
-        <v>1436</v>
+        <v>1879</v>
       </c>
       <c r="Q784" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="R784" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="785" spans="1:18">
       <c r="A785">
         <v>784</v>
       </c>
       <c r="B785" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C785" t="s">
         <v>19</v>
       </c>
       <c r="E785" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F785" t="s">
-        <v>839</v>
+        <v>1091</v>
       </c>
       <c r="G785" t="s">
-        <v>1437</v>
+        <v>1880</v>
+      </c>
+      <c r="H785" t="s">
+        <v>1881</v>
+      </c>
+      <c r="I785" t="s">
+        <v>1882</v>
+      </c>
+      <c r="J785" t="s">
+        <v>25</v>
+      </c>
+      <c r="K785" t="s">
+        <v>441</v>
       </c>
       <c r="L785" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M785" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="P785" t="s">
-        <v>1438</v>
+        <v>1883</v>
       </c>
       <c r="Q785" t="s">
-        <v>392</v>
+        <v>498</v>
       </c>
       <c r="R785" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="786" spans="1:18">
       <c r="A786">
         <v>785</v>
       </c>
       <c r="B786" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C786" t="s">
         <v>19</v>
       </c>
       <c r="E786" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F786" t="s">
-        <v>505</v>
+        <v>647</v>
       </c>
       <c r="G786" t="s">
-        <v>1439</v>
+        <v>1884</v>
+      </c>
+      <c r="H786" t="s">
+        <v>1885</v>
+      </c>
+      <c r="I786" t="s">
+        <v>24</v>
+      </c>
+      <c r="J786" t="s">
+        <v>25</v>
+      </c>
+      <c r="K786" t="s">
+        <v>1710</v>
       </c>
       <c r="L786" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M786" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P786" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q786" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="R786" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="787" spans="1:18">
       <c r="A787">
         <v>786</v>
       </c>
       <c r="B787" t="s">
         <v>18</v>
       </c>
       <c r="C787" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E787" t="s">
-        <v>1307</v>
+        <v>1714</v>
       </c>
       <c r="F787" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G787" t="s">
-        <v>1440</v>
+        <v>1886</v>
+      </c>
+      <c r="H787" t="s">
+        <v>1887</v>
+      </c>
+      <c r="I787" t="s">
+        <v>1159</v>
+      </c>
+      <c r="J787" t="s">
+        <v>25</v>
+      </c>
+      <c r="K787" t="s">
+        <v>1565</v>
       </c>
       <c r="L787" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M787" t="s">
-        <v>1309</v>
+        <v>1716</v>
       </c>
       <c r="P787" t="s">
-        <v>1441</v>
+        <v>1888</v>
       </c>
       <c r="Q787" t="s">
-        <v>546</v>
+        <v>702</v>
       </c>
       <c r="R787" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="788" spans="1:18">
       <c r="A788">
         <v>787</v>
       </c>
       <c r="B788" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C788" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E788" t="s">
-        <v>122</v>
+        <v>151</v>
       </c>
       <c r="F788" t="s">
-        <v>599</v>
+        <v>771</v>
       </c>
       <c r="G788" t="s">
-        <v>1442</v>
+        <v>1889</v>
+      </c>
+      <c r="J788" t="s">
+        <v>95</v>
       </c>
       <c r="L788" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M788" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="P788" t="s">
-        <v>492</v>
+        <v>628</v>
       </c>
       <c r="Q788" t="s">
-        <v>326</v>
+        <v>416</v>
       </c>
       <c r="R788" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="789" spans="1:18">
       <c r="A789">
         <v>788</v>
       </c>
       <c r="B789" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C789" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E789" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
       <c r="F789" t="s">
-        <v>578</v>
+        <v>744</v>
       </c>
       <c r="G789" t="s">
-        <v>1443</v>
+        <v>1890</v>
+      </c>
+      <c r="H789" t="s">
+        <v>1891</v>
+      </c>
+      <c r="I789" t="s">
+        <v>248</v>
+      </c>
+      <c r="J789" t="s">
+        <v>25</v>
+      </c>
+      <c r="K789" t="s">
+        <v>657</v>
       </c>
       <c r="L789" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M789" t="s">
-        <v>155</v>
+        <v>198</v>
       </c>
       <c r="P789" t="s">
-        <v>1044</v>
+        <v>1371</v>
       </c>
       <c r="Q789" t="s">
-        <v>389</v>
+        <v>494</v>
       </c>
       <c r="R789" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="790" spans="1:18">
       <c r="A790">
         <v>789</v>
       </c>
       <c r="B790" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C790" t="s">
         <v>19</v>
       </c>
       <c r="E790" t="s">
-        <v>178</v>
+        <v>229</v>
       </c>
       <c r="F790" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G790" t="s">
-        <v>1444</v>
+        <v>1892</v>
+      </c>
+      <c r="H790" t="s">
+        <v>1241</v>
+      </c>
+      <c r="I790" t="s">
+        <v>50</v>
+      </c>
+      <c r="J790" t="s">
+        <v>25</v>
+      </c>
+      <c r="K790" t="s">
+        <v>38</v>
       </c>
       <c r="L790" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M790" t="s">
-        <v>181</v>
+        <v>233</v>
       </c>
       <c r="P790" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="Q790" t="s">
-        <v>846</v>
+        <v>1101</v>
       </c>
       <c r="R790" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="791" spans="1:18">
       <c r="A791">
         <v>790</v>
       </c>
       <c r="B791" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C791" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E791" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
       <c r="F791" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G791" t="s">
-        <v>1445</v>
+        <v>1893</v>
+      </c>
+      <c r="H791" t="s">
+        <v>410</v>
+      </c>
+      <c r="I791" t="s">
+        <v>168</v>
+      </c>
+      <c r="J791" t="s">
+        <v>25</v>
+      </c>
+      <c r="K791" t="s">
+        <v>1894</v>
       </c>
       <c r="L791" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M791" t="s">
-        <v>155</v>
+        <v>198</v>
       </c>
       <c r="P791" t="s">
-        <v>272</v>
+        <v>344</v>
       </c>
       <c r="Q791" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="R791" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="792" spans="1:18">
       <c r="A792">
         <v>791</v>
       </c>
       <c r="B792" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C792" t="s">
         <v>19</v>
       </c>
       <c r="E792" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F792" t="s">
-        <v>381</v>
+        <v>483</v>
       </c>
       <c r="G792" t="s">
-        <v>1446</v>
+        <v>1895</v>
+      </c>
+      <c r="H792" t="s">
+        <v>1568</v>
+      </c>
+      <c r="I792" t="s">
+        <v>204</v>
+      </c>
+      <c r="J792" t="s">
+        <v>25</v>
+      </c>
+      <c r="K792" t="s">
+        <v>125</v>
       </c>
       <c r="L792" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M792" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P792" t="s">
-        <v>427</v>
+        <v>543</v>
       </c>
       <c r="Q792" t="s">
-        <v>289</v>
+        <v>366</v>
       </c>
       <c r="R792" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="793" spans="1:18">
       <c r="A793">
         <v>792</v>
       </c>
       <c r="B793" t="s">
-        <v>223</v>
+        <v>282</v>
       </c>
       <c r="C793" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E793" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="F793" t="s">
-        <v>505</v>
+        <v>647</v>
       </c>
       <c r="G793" t="s">
-        <v>1447</v>
+        <v>1896</v>
+      </c>
+      <c r="H793" t="s">
+        <v>1897</v>
+      </c>
+      <c r="I793" t="s">
+        <v>24</v>
+      </c>
+      <c r="J793" t="s">
+        <v>25</v>
+      </c>
+      <c r="K793" t="s">
+        <v>884</v>
       </c>
       <c r="L793" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M793" t="s">
-        <v>175</v>
+        <v>226</v>
       </c>
       <c r="P793" t="s">
-        <v>1009</v>
+        <v>1320</v>
       </c>
       <c r="Q793" t="s">
-        <v>678</v>
+        <v>874</v>
       </c>
       <c r="R793" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="794" spans="1:18">
       <c r="A794">
         <v>793</v>
       </c>
       <c r="B794" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C794" t="s">
         <v>19</v>
       </c>
       <c r="E794" t="s">
-        <v>1448</v>
+        <v>1898</v>
       </c>
       <c r="F794" t="s">
-        <v>384</v>
+        <v>487</v>
       </c>
       <c r="G794" t="s">
-        <v>1449</v>
+        <v>1899</v>
+      </c>
+      <c r="H794" t="s">
+        <v>1900</v>
+      </c>
+      <c r="I794" t="s">
+        <v>248</v>
+      </c>
+      <c r="J794" t="s">
+        <v>25</v>
+      </c>
+      <c r="K794" t="s">
+        <v>1623</v>
       </c>
       <c r="L794" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M794" t="s">
-        <v>1450</v>
+        <v>1901</v>
       </c>
       <c r="P794" t="s">
-        <v>405</v>
+        <v>513</v>
       </c>
       <c r="Q794" t="s">
-        <v>190</v>
+        <v>244</v>
       </c>
       <c r="R794" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="795" spans="1:18">
       <c r="A795">
         <v>794</v>
       </c>
       <c r="B795" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C795" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E795" t="s">
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="F795" t="s">
-        <v>291</v>
+        <v>368</v>
       </c>
       <c r="G795" t="s">
-        <v>1451</v>
+        <v>1902</v>
+      </c>
+      <c r="H795" t="s">
+        <v>1903</v>
+      </c>
+      <c r="I795" t="s">
+        <v>1904</v>
+      </c>
+      <c r="J795" t="s">
+        <v>25</v>
+      </c>
+      <c r="K795" t="s">
+        <v>356</v>
       </c>
       <c r="L795" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="M795" t="s">
-        <v>300</v>
+        <v>382</v>
       </c>
       <c r="P795" t="s">
-        <v>294</v>
+        <v>373</v>
       </c>
       <c r="Q795" t="s">
-        <v>380</v>
+        <v>482</v>
       </c>
       <c r="R795" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="796" spans="1:18">
       <c r="A796">
         <v>795</v>
       </c>
       <c r="B796" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C796" t="s">
         <v>19</v>
       </c>
       <c r="E796" t="s">
-        <v>477</v>
+        <v>608</v>
       </c>
       <c r="F796" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="G796" t="s">
-        <v>1452</v>
+        <v>1905</v>
+      </c>
+      <c r="H796" t="s">
+        <v>1906</v>
+      </c>
+      <c r="I796" t="s">
+        <v>24</v>
+      </c>
+      <c r="J796" t="s">
+        <v>25</v>
+      </c>
+      <c r="K796" t="s">
+        <v>455</v>
       </c>
       <c r="L796" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M796" t="s">
-        <v>479</v>
+        <v>611</v>
       </c>
       <c r="P796" t="s">
-        <v>427</v>
+        <v>543</v>
       </c>
       <c r="Q796" t="s">
-        <v>846</v>
+        <v>1101</v>
       </c>
       <c r="R796" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="797" spans="1:18">
       <c r="A797">
         <v>796</v>
       </c>
       <c r="B797" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C797" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E797" t="s">
-        <v>330</v>
+        <v>421</v>
       </c>
       <c r="F797" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G797" t="s">
-        <v>1453</v>
+        <v>1907</v>
+      </c>
+      <c r="H797" t="s">
+        <v>492</v>
+      </c>
+      <c r="I797" t="s">
+        <v>50</v>
+      </c>
+      <c r="J797" t="s">
+        <v>25</v>
+      </c>
+      <c r="K797" t="s">
+        <v>441</v>
       </c>
       <c r="L797" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M797" t="s">
-        <v>332</v>
+        <v>424</v>
       </c>
       <c r="P797" t="s">
-        <v>1044</v>
+        <v>1371</v>
       </c>
       <c r="Q797" t="s">
-        <v>462</v>
+        <v>588</v>
       </c>
       <c r="R797" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="798" spans="1:18">
       <c r="A798">
         <v>797</v>
       </c>
       <c r="B798" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C798" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E798" t="s">
-        <v>847</v>
+        <v>1102</v>
       </c>
       <c r="F798" t="s">
-        <v>304</v>
+        <v>386</v>
       </c>
       <c r="G798" t="s">
-        <v>1454</v>
+        <v>1908</v>
+      </c>
+      <c r="H798" t="s">
+        <v>406</v>
+      </c>
+      <c r="I798" t="s">
+        <v>24</v>
+      </c>
+      <c r="J798" t="s">
+        <v>25</v>
+      </c>
+      <c r="K798" t="s">
+        <v>299</v>
       </c>
       <c r="L798" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M798" t="s">
-        <v>849</v>
+        <v>1105</v>
       </c>
       <c r="P798" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="Q798" t="s">
-        <v>190</v>
+        <v>244</v>
       </c>
       <c r="R798" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="799" spans="1:18">
       <c r="A799">
         <v>798</v>
       </c>
       <c r="B799" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="C799" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E799" t="s">
-        <v>1186</v>
+        <v>1548</v>
       </c>
       <c r="F799" t="s">
-        <v>279</v>
+        <v>353</v>
       </c>
       <c r="G799" t="s">
-        <v>1455</v>
+        <v>1909</v>
+      </c>
+      <c r="H799" t="s">
+        <v>1642</v>
+      </c>
+      <c r="I799" t="s">
+        <v>168</v>
+      </c>
+      <c r="J799" t="s">
+        <v>25</v>
+      </c>
+      <c r="K799" t="s">
+        <v>343</v>
       </c>
       <c r="L799" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M799" t="s">
-        <v>1188</v>
+        <v>1550</v>
       </c>
       <c r="P799" t="s">
+        <v>554</v>
+      </c>
+      <c r="Q799" t="s">
         <v>434</v>
       </c>
-      <c r="Q799" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R799" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="800" spans="1:18">
       <c r="A800">
         <v>799</v>
       </c>
       <c r="B800" t="s">
         <v>18</v>
       </c>
       <c r="C800" t="s">
         <v>19</v>
       </c>
       <c r="E800" t="s">
-        <v>360</v>
+        <v>458</v>
       </c>
       <c r="F800" t="s">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G800" t="s">
-        <v>1456</v>
+        <v>1910</v>
+      </c>
+      <c r="H800" t="s">
+        <v>454</v>
+      </c>
+      <c r="I800" t="s">
+        <v>168</v>
+      </c>
+      <c r="J800" t="s">
+        <v>25</v>
+      </c>
+      <c r="K800" t="s">
+        <v>657</v>
       </c>
       <c r="L800" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="M800" t="s">
-        <v>362</v>
+        <v>461</v>
       </c>
       <c r="P800" t="s">
-        <v>288</v>
+        <v>365</v>
       </c>
       <c r="Q800" t="s">
-        <v>143</v>
+        <v>182</v>
       </c>
       <c r="R800" t="s">
-        <v>365</v>
+        <v>464</v>
       </c>
     </row>
     <row r="801" spans="1:18">
       <c r="A801">
         <v>800</v>
       </c>
       <c r="B801" t="s">
         <v>18</v>
       </c>
       <c r="C801" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E801" t="s">
-        <v>122</v>
+        <v>151</v>
       </c>
       <c r="F801" t="s">
-        <v>288</v>
+        <v>365</v>
       </c>
       <c r="G801" t="s">
-        <v>1457</v>
+        <v>1911</v>
+      </c>
+      <c r="J801" t="s">
+        <v>95</v>
       </c>
       <c r="L801" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M801" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="P801" t="s">
-        <v>715</v>
+        <v>928</v>
       </c>
       <c r="Q801" t="s">
-        <v>286</v>
+        <v>363</v>
       </c>
       <c r="R801" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="802" spans="1:18">
       <c r="A802">
         <v>801</v>
       </c>
       <c r="B802" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C802" t="s">
         <v>19</v>
       </c>
       <c r="E802" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="F802" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G802" t="s">
-        <v>1458</v>
+        <v>1912</v>
+      </c>
+      <c r="J802" t="s">
+        <v>197</v>
       </c>
       <c r="L802" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M802" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="P802" t="s">
-        <v>350</v>
+        <v>446</v>
       </c>
       <c r="Q802" t="s">
-        <v>452</v>
+        <v>574</v>
       </c>
       <c r="R802" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
     </row>
     <row r="803" spans="1:18">
       <c r="A803">
         <v>802</v>
       </c>
       <c r="B803" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C803" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E803" t="s">
-        <v>1186</v>
+        <v>1548</v>
       </c>
       <c r="F803" t="s">
-        <v>839</v>
+        <v>1091</v>
       </c>
       <c r="G803" t="s">
-        <v>1459</v>
+        <v>1913</v>
+      </c>
+      <c r="H803" t="s">
+        <v>586</v>
+      </c>
+      <c r="I803" t="s">
+        <v>24</v>
+      </c>
+      <c r="J803" t="s">
+        <v>25</v>
+      </c>
+      <c r="K803" t="s">
+        <v>884</v>
       </c>
       <c r="L803" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M803" t="s">
-        <v>1188</v>
+        <v>1550</v>
       </c>
       <c r="P803" t="s">
-        <v>1012</v>
+        <v>1325</v>
       </c>
       <c r="Q803" t="s">
-        <v>118</v>
+        <v>146</v>
       </c>
       <c r="R803" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="804" spans="1:18">
       <c r="A804">
         <v>803</v>
       </c>
       <c r="B804" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C804" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E804" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F804" t="s">
-        <v>1190</v>
+        <v>1552</v>
       </c>
       <c r="G804" t="s">
-        <v>1460</v>
+        <v>1914</v>
+      </c>
+      <c r="H804" t="s">
+        <v>1915</v>
+      </c>
+      <c r="I804" t="s">
+        <v>24</v>
+      </c>
+      <c r="J804" t="s">
+        <v>25</v>
+      </c>
+      <c r="K804" t="s">
+        <v>686</v>
       </c>
       <c r="L804" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M804" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P804" t="s">
-        <v>443</v>
+        <v>565</v>
       </c>
       <c r="Q804" t="s">
-        <v>525</v>
+        <v>675</v>
       </c>
       <c r="R804" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="805" spans="1:18">
       <c r="A805">
         <v>804</v>
       </c>
       <c r="B805" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C805" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E805" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="F805" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G805" t="s">
-        <v>1461</v>
+        <v>1916</v>
+      </c>
+      <c r="H805" t="s">
+        <v>640</v>
+      </c>
+      <c r="I805" t="s">
+        <v>168</v>
+      </c>
+      <c r="J805" t="s">
+        <v>25</v>
+      </c>
+      <c r="K805" t="s">
+        <v>286</v>
       </c>
       <c r="L805" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="M805" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="P805" t="s">
-        <v>872</v>
+        <v>1135</v>
       </c>
       <c r="Q805" t="s">
-        <v>678</v>
+        <v>874</v>
       </c>
       <c r="R805" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="806" spans="1:18">
       <c r="A806">
         <v>805</v>
       </c>
       <c r="B806" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C806" t="s">
         <v>19</v>
       </c>
       <c r="E806" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="F806" t="s">
-        <v>384</v>
+        <v>487</v>
       </c>
       <c r="G806" t="s">
-        <v>1462</v>
+        <v>1917</v>
+      </c>
+      <c r="H806" t="s">
+        <v>1918</v>
+      </c>
+      <c r="I806" t="s">
+        <v>711</v>
+      </c>
+      <c r="J806" t="s">
+        <v>25</v>
+      </c>
+      <c r="K806" t="s">
+        <v>1079</v>
       </c>
       <c r="L806" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="M806" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="P806" t="s">
-        <v>843</v>
+        <v>1097</v>
       </c>
       <c r="Q806" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="R806" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="807" spans="1:18">
       <c r="A807">
         <v>806</v>
       </c>
       <c r="B807" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C807" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E807" t="s">
-        <v>459</v>
+        <v>584</v>
       </c>
       <c r="F807" t="s">
-        <v>338</v>
+        <v>430</v>
       </c>
       <c r="G807" t="s">
-        <v>1463</v>
+        <v>1919</v>
+      </c>
+      <c r="J807" t="s">
+        <v>95</v>
       </c>
       <c r="L807" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M807" t="s">
-        <v>461</v>
+        <v>587</v>
       </c>
       <c r="P807" t="s">
-        <v>492</v>
+        <v>628</v>
       </c>
       <c r="Q807" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="R807" t="s">
-        <v>66</v>
+        <v>82</v>
+      </c>
+    </row>
+    <row r="808" spans="1:18">
+      <c r="A808">
+        <v>807</v>
+      </c>
+      <c r="B808" t="s">
+        <v>32</v>
+      </c>
+      <c r="C808" t="s">
+        <v>19</v>
+      </c>
+      <c r="E808" t="s">
+        <v>64</v>
+      </c>
+      <c r="F808" t="s">
+        <v>47</v>
+      </c>
+      <c r="G808" t="s">
+        <v>1920</v>
+      </c>
+      <c r="H808" t="s">
+        <v>1921</v>
+      </c>
+      <c r="I808" t="s">
+        <v>24</v>
+      </c>
+      <c r="J808" t="s">
+        <v>25</v>
+      </c>
+      <c r="K808" t="s">
+        <v>143</v>
+      </c>
+      <c r="L808" t="s">
+        <v>70</v>
+      </c>
+      <c r="M808" t="s">
+        <v>71</v>
+      </c>
+      <c r="P808" t="s">
+        <v>155</v>
+      </c>
+      <c r="Q808" t="s">
+        <v>1477</v>
+      </c>
+      <c r="R808" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="809" spans="1:18">
+      <c r="A809">
+        <v>808</v>
+      </c>
+      <c r="B809" t="s">
+        <v>32</v>
+      </c>
+      <c r="C809" t="s">
+        <v>19</v>
+      </c>
+      <c r="E809" t="s">
+        <v>1102</v>
+      </c>
+      <c r="F809" t="s">
+        <v>21</v>
+      </c>
+      <c r="G809" t="s">
+        <v>1922</v>
+      </c>
+      <c r="J809" t="s">
+        <v>393</v>
+      </c>
+      <c r="L809" t="s">
+        <v>27</v>
+      </c>
+      <c r="M809" t="s">
+        <v>1105</v>
+      </c>
+      <c r="P809" t="s">
+        <v>497</v>
+      </c>
+      <c r="Q809" t="s">
+        <v>306</v>
+      </c>
+      <c r="R809" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="810" spans="1:18">
+      <c r="A810">
+        <v>809</v>
+      </c>
+      <c r="B810" t="s">
+        <v>44</v>
+      </c>
+      <c r="C810" t="s">
+        <v>19</v>
+      </c>
+      <c r="E810" t="s">
+        <v>92</v>
+      </c>
+      <c r="F810" t="s">
+        <v>34</v>
+      </c>
+      <c r="G810" t="s">
+        <v>1923</v>
+      </c>
+      <c r="H810" t="s">
+        <v>545</v>
+      </c>
+      <c r="I810" t="s">
+        <v>24</v>
+      </c>
+      <c r="J810" t="s">
+        <v>25</v>
+      </c>
+      <c r="K810" t="s">
+        <v>411</v>
+      </c>
+      <c r="L810" t="s">
+        <v>70</v>
+      </c>
+      <c r="M810" t="s">
+        <v>96</v>
+      </c>
+      <c r="P810" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q810" t="s">
+        <v>652</v>
+      </c>
+      <c r="R810" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="811" spans="1:18">
+      <c r="A811">
+        <v>810</v>
+      </c>
+      <c r="B811" t="s">
+        <v>18</v>
+      </c>
+      <c r="C811" t="s">
+        <v>45</v>
+      </c>
+      <c r="E811" t="s">
+        <v>250</v>
+      </c>
+      <c r="F811" t="s">
+        <v>271</v>
+      </c>
+      <c r="G811" t="s">
+        <v>1924</v>
+      </c>
+      <c r="J811" t="s">
+        <v>834</v>
+      </c>
+      <c r="L811" t="s">
+        <v>70</v>
+      </c>
+      <c r="M811" t="s">
+        <v>253</v>
+      </c>
+      <c r="P811" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q811" t="s">
+        <v>269</v>
+      </c>
+      <c r="R811" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="812" spans="1:18">
+      <c r="A812">
+        <v>811</v>
+      </c>
+      <c r="B812" t="s">
+        <v>32</v>
+      </c>
+      <c r="C812" t="s">
+        <v>19</v>
+      </c>
+      <c r="E812" t="s">
+        <v>84</v>
+      </c>
+      <c r="F812" t="s">
+        <v>240</v>
+      </c>
+      <c r="G812" t="s">
+        <v>1925</v>
+      </c>
+      <c r="J812" t="s">
+        <v>834</v>
+      </c>
+      <c r="L812" t="s">
+        <v>88</v>
+      </c>
+      <c r="M812" t="s">
+        <v>89</v>
+      </c>
+      <c r="P812" t="s">
+        <v>254</v>
+      </c>
+      <c r="Q812" t="s">
+        <v>164</v>
+      </c>
+      <c r="R812" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="813" spans="1:18">
+      <c r="A813">
+        <v>812</v>
+      </c>
+      <c r="B813" t="s">
+        <v>32</v>
+      </c>
+      <c r="C813" t="s">
+        <v>45</v>
+      </c>
+      <c r="E813" t="s">
+        <v>378</v>
+      </c>
+      <c r="F813" t="s">
+        <v>490</v>
+      </c>
+      <c r="G813" t="s">
+        <v>1926</v>
+      </c>
+      <c r="J813" t="s">
+        <v>148</v>
+      </c>
+      <c r="L813" t="s">
+        <v>39</v>
+      </c>
+      <c r="M813" t="s">
+        <v>382</v>
+      </c>
+      <c r="P813" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q813" t="s">
+        <v>949</v>
+      </c>
+      <c r="R813" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="814" spans="1:18">
+      <c r="A814">
+        <v>813</v>
+      </c>
+      <c r="B814" t="s">
+        <v>622</v>
+      </c>
+      <c r="C814" t="s">
+        <v>45</v>
+      </c>
+      <c r="E814" t="s">
+        <v>84</v>
+      </c>
+      <c r="F814" t="s">
+        <v>452</v>
+      </c>
+      <c r="G814" t="s">
+        <v>1927</v>
+      </c>
+      <c r="J814" t="s">
+        <v>603</v>
+      </c>
+      <c r="L814" t="s">
+        <v>88</v>
+      </c>
+      <c r="M814" t="s">
+        <v>89</v>
+      </c>
+      <c r="P814" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q814" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="815" spans="1:18">
+      <c r="A815">
+        <v>814</v>
+      </c>
+      <c r="B815" t="s">
+        <v>32</v>
+      </c>
+      <c r="C815" t="s">
+        <v>45</v>
+      </c>
+      <c r="E815" t="s">
+        <v>92</v>
+      </c>
+      <c r="F815" t="s">
+        <v>75</v>
+      </c>
+      <c r="G815" t="s">
+        <v>1928</v>
+      </c>
+      <c r="J815" t="s">
+        <v>95</v>
+      </c>
+      <c r="L815" t="s">
+        <v>70</v>
+      </c>
+      <c r="M815" t="s">
+        <v>96</v>
+      </c>
+      <c r="P815" t="s">
+        <v>543</v>
+      </c>
+      <c r="Q815" t="s">
+        <v>473</v>
+      </c>
+      <c r="R815" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">