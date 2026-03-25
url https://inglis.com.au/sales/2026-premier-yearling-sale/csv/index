--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1929">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1931">
   <si>
     <t>Lot</t>
   </si>
   <si>
     <t>Colour</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Vendor</t>
   </si>
   <si>
     <t>Sire</t>
   </si>
   <si>
     <t>Dam</t>
   </si>
   <si>
     <t>Purchaser Name</t>
   </si>
   <si>
@@ -3110,90 +3110,90 @@
   <si>
     <t>Lloyd Kennewell Racing / Group One Bloodstock</t>
   </si>
   <si>
     <t>U S Ranger</t>
   </si>
   <si>
     <t>2024-11-19</t>
   </si>
   <si>
     <t>Screenager</t>
   </si>
   <si>
     <t>Seam Ripper</t>
   </si>
   <si>
     <t>Tale of the Cat</t>
   </si>
   <si>
     <t>QTIS</t>
   </si>
   <si>
     <t>Secret Admirer</t>
   </si>
   <si>
-    <t>Passed In - Reserve: $130,000</t>
+    <t>Emsley Lodge</t>
   </si>
   <si>
     <t>Sei Stella</t>
   </si>
   <si>
     <t>Passed In - Reserve: $190,000</t>
   </si>
   <si>
     <t>Sensitivity</t>
   </si>
   <si>
     <t>Set for Fame</t>
   </si>
   <si>
     <t>Set to Skelter</t>
   </si>
   <si>
     <t>No Nay Never (USA)</t>
   </si>
   <si>
     <t>Setarhe (IRE)</t>
   </si>
   <si>
     <t>$420,000</t>
   </si>
   <si>
     <t>Footstepsinthesand</t>
   </si>
   <si>
     <t>Seven Sonnets</t>
   </si>
   <si>
     <t>Shadow Doll</t>
   </si>
   <si>
     <t>Shahzade</t>
   </si>
   <si>
-    <t>Blueblood Thoroughbreds / SP Bloodstock</t>
+    <t>SP Bloodstock</t>
   </si>
   <si>
     <t>Shakeyourbody (USA)</t>
   </si>
   <si>
     <t>Giant's Causeway</t>
   </si>
   <si>
     <t>Shalfah</t>
   </si>
   <si>
     <t>Matt Laurie Racing / Hong Kong Bloodstock</t>
   </si>
   <si>
     <t>Shalstar</t>
   </si>
   <si>
     <t>She Shao Fly</t>
   </si>
   <si>
     <t>$430,000</t>
   </si>
   <si>
     <t>She's on Que</t>
   </si>
@@ -3500,50 +3500,53 @@
   <si>
     <t>Strykum</t>
   </si>
   <si>
     <t>Stryker</t>
   </si>
   <si>
     <t>Sukoon</t>
   </si>
   <si>
     <t>Eales Racing / Danny O'Brien Racing</t>
   </si>
   <si>
     <t>Summer Wind</t>
   </si>
   <si>
     <t>TAS</t>
   </si>
   <si>
     <t>Summerbliss</t>
   </si>
   <si>
     <t>Summerfields (IRE)</t>
   </si>
   <si>
+    <t>K Riddell</t>
+  </si>
+  <si>
     <t>Nathaniel</t>
   </si>
   <si>
     <t>Victor Ludorum (GB)</t>
   </si>
   <si>
     <t>Sundus</t>
   </si>
   <si>
     <t>Super One</t>
   </si>
   <si>
     <t>Super Snob</t>
   </si>
   <si>
     <t>D Humphries</t>
   </si>
   <si>
     <t>Surely (IRE)</t>
   </si>
   <si>
     <t>Suzila</t>
   </si>
   <si>
     <t>Gollan Racing Stables / John Foote Bloodstock (FBAA)</t>
@@ -3722,51 +3725,51 @@
   <si>
     <t>True Excelsior (NZ)</t>
   </si>
   <si>
     <t>M Templeton</t>
   </si>
   <si>
     <t>True Priority</t>
   </si>
   <si>
     <t>L Lee</t>
   </si>
   <si>
     <t>Tune Doubt</t>
   </si>
   <si>
     <t>Astute Bloodstock (FBAA)</t>
   </si>
   <si>
     <t>$450,000</t>
   </si>
   <si>
     <t>Turaath (GB)</t>
   </si>
   <si>
-    <t>Astute Bloodstock (FBAA) / Ciaron Maher Racing</t>
+    <t>Astute Bloodstock (FBAA) / Ciaron Maher Bloodstock</t>
   </si>
   <si>
     <t>$625,000</t>
   </si>
   <si>
     <t>Oasis Dream</t>
   </si>
   <si>
     <t>I Am Immortal</t>
   </si>
   <si>
     <t>Tuskar Brook</t>
   </si>
   <si>
     <t>Emirates Park Pty Ltd</t>
   </si>
   <si>
     <t>Two to Tango</t>
   </si>
   <si>
     <t>Tyche Goddess</t>
   </si>
   <si>
     <t>Typhoon Titmus</t>
   </si>
@@ -5583,50 +5586,53 @@
     <t>Zakelina (NZ)</t>
   </si>
   <si>
     <t>Zazparella</t>
   </si>
   <si>
     <t>Admission</t>
   </si>
   <si>
     <t>Angas River Contractors Pty Ltd</t>
   </si>
   <si>
     <t>Aiguille du Midi (NZ)</t>
   </si>
   <si>
     <t>Ailuros (NZ)</t>
   </si>
   <si>
     <t>R J Maz Investments Pty Ltd</t>
   </si>
   <si>
     <t>One Cool Cat</t>
   </si>
   <si>
     <t>Ambleve</t>
+  </si>
+  <si>
+    <t>A Iovine</t>
   </si>
   <si>
     <t>Amicable (GB)</t>
   </si>
   <si>
     <t>Todd Pollard Racing / John Foote Bloodstock (FBAA)</t>
   </si>
   <si>
     <t>Dutch Art</t>
   </si>
   <si>
     <t>Andiamo (USA)</t>
   </si>
   <si>
     <t>Candy Ride</t>
   </si>
   <si>
     <t>Arriva Diva (USA)</t>
   </si>
   <si>
     <t>Auclert</t>
   </si>
   <si>
     <t>Aurora's Hot</t>
   </si>
@@ -20312,52 +20318,61 @@
         <v>708</v>
       </c>
       <c r="R317" t="s">
         <v>1030</v>
       </c>
     </row>
     <row r="318" spans="1:18">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
         <v>32</v>
       </c>
       <c r="C318" t="s">
         <v>19</v>
       </c>
       <c r="E318" t="s">
         <v>183</v>
       </c>
       <c r="F318" t="s">
         <v>130</v>
       </c>
       <c r="G318" t="s">
         <v>1031</v>
       </c>
+      <c r="H318" t="s">
+        <v>1032</v>
+      </c>
+      <c r="I318" t="s">
+        <v>24</v>
+      </c>
       <c r="J318" t="s">
-        <v>1032</v>
+        <v>25</v>
+      </c>
+      <c r="K318" t="s">
+        <v>217</v>
       </c>
       <c r="L318" t="s">
         <v>78</v>
       </c>
       <c r="M318" t="s">
         <v>187</v>
       </c>
       <c r="P318" t="s">
         <v>254</v>
       </c>
       <c r="Q318" t="s">
         <v>112</v>
       </c>
       <c r="R318" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="319" spans="1:18">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
         <v>32</v>
       </c>
       <c r="C319" t="s">
@@ -22988,53 +23003,50 @@
         <v>82</v>
       </c>
     </row>
     <row r="378" spans="1:18">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378" t="s">
         <v>83</v>
       </c>
       <c r="C378" t="s">
         <v>45</v>
       </c>
       <c r="E378" t="s">
         <v>84</v>
       </c>
       <c r="F378" t="s">
         <v>771</v>
       </c>
       <c r="G378" t="s">
         <v>1156</v>
       </c>
       <c r="H378" t="s">
         <v>1157</v>
       </c>
-      <c r="I378" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J378" t="s">
         <v>25</v>
       </c>
       <c r="K378" t="s">
         <v>343</v>
       </c>
       <c r="L378" t="s">
         <v>88</v>
       </c>
       <c r="M378" t="s">
         <v>89</v>
       </c>
       <c r="P378" t="s">
         <v>72</v>
       </c>
       <c r="Q378" t="s">
         <v>408</v>
       </c>
       <c r="R378" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="379" spans="1:18">
       <c r="A379">
         <v>378</v>
@@ -23126,19295 +23138,19304 @@
         <v>581</v>
       </c>
       <c r="R380" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="381" spans="1:18">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
         <v>32</v>
       </c>
       <c r="C381" t="s">
         <v>45</v>
       </c>
       <c r="E381" t="s">
         <v>293</v>
       </c>
       <c r="F381" t="s">
         <v>301</v>
       </c>
       <c r="G381" t="s">
         <v>1161</v>
       </c>
+      <c r="H381" t="s">
+        <v>1162</v>
+      </c>
+      <c r="I381" t="s">
+        <v>24</v>
+      </c>
       <c r="J381" t="s">
-        <v>393</v>
+        <v>25</v>
+      </c>
+      <c r="K381" t="s">
+        <v>143</v>
       </c>
       <c r="L381" t="s">
         <v>78</v>
       </c>
       <c r="M381" t="s">
         <v>296</v>
       </c>
       <c r="P381" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="Q381" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="382" spans="1:18">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
         <v>44</v>
       </c>
       <c r="C382" t="s">
         <v>45</v>
       </c>
       <c r="E382" t="s">
         <v>121</v>
       </c>
       <c r="F382" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="G382" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="H382" t="s">
         <v>863</v>
       </c>
       <c r="I382" t="s">
         <v>204</v>
       </c>
       <c r="J382" t="s">
         <v>25</v>
       </c>
       <c r="K382" t="s">
         <v>143</v>
       </c>
       <c r="L382" t="s">
         <v>78</v>
       </c>
       <c r="M382" t="s">
         <v>126</v>
       </c>
       <c r="P382" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="Q382" t="s">
         <v>702</v>
       </c>
       <c r="R382" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="383" spans="1:18">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383" t="s">
         <v>18</v>
       </c>
       <c r="C383" t="s">
         <v>45</v>
       </c>
       <c r="E383" t="s">
         <v>421</v>
       </c>
       <c r="F383" t="s">
         <v>970</v>
       </c>
       <c r="G383" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="H383" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="I383" t="s">
         <v>24</v>
       </c>
       <c r="J383" t="s">
         <v>25</v>
       </c>
       <c r="K383" t="s">
         <v>51</v>
       </c>
       <c r="L383" t="s">
         <v>161</v>
       </c>
       <c r="M383" t="s">
         <v>424</v>
       </c>
       <c r="P383" t="s">
         <v>265</v>
       </c>
       <c r="Q383" t="s">
         <v>1098</v>
       </c>
       <c r="R383" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="384" spans="1:18">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
         <v>32</v>
       </c>
       <c r="C384" t="s">
         <v>45</v>
       </c>
       <c r="E384" t="s">
         <v>84</v>
       </c>
       <c r="F384" t="s">
         <v>353</v>
       </c>
       <c r="G384" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="J384" t="s">
         <v>330</v>
       </c>
       <c r="L384" t="s">
         <v>88</v>
       </c>
       <c r="M384" t="s">
         <v>89</v>
       </c>
       <c r="P384" t="s">
         <v>303</v>
       </c>
       <c r="Q384" t="s">
         <v>793</v>
       </c>
       <c r="R384" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="385" spans="1:18">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
         <v>83</v>
       </c>
       <c r="C385" t="s">
         <v>19</v>
       </c>
       <c r="E385" t="s">
         <v>378</v>
       </c>
       <c r="F385" t="s">
         <v>114</v>
       </c>
       <c r="G385" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="H385" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="I385" t="s">
         <v>248</v>
       </c>
       <c r="J385" t="s">
         <v>25</v>
       </c>
       <c r="K385" t="s">
         <v>577</v>
       </c>
       <c r="L385" t="s">
         <v>39</v>
       </c>
       <c r="M385" t="s">
         <v>382</v>
       </c>
       <c r="P385" t="s">
         <v>305</v>
       </c>
       <c r="Q385" t="s">
         <v>171</v>
       </c>
       <c r="R385" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="386" spans="1:18">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386" t="s">
         <v>44</v>
       </c>
       <c r="C386" t="s">
         <v>45</v>
       </c>
       <c r="E386" t="s">
         <v>84</v>
       </c>
       <c r="F386" t="s">
         <v>865</v>
       </c>
       <c r="G386" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="J386" t="s">
         <v>834</v>
       </c>
       <c r="L386" t="s">
         <v>88</v>
       </c>
       <c r="M386" t="s">
         <v>89</v>
       </c>
       <c r="P386" t="s">
         <v>415</v>
       </c>
       <c r="Q386" t="s">
         <v>128</v>
       </c>
       <c r="R386" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="387" spans="1:18">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387" t="s">
         <v>18</v>
       </c>
       <c r="C387" t="s">
         <v>45</v>
       </c>
       <c r="E387" t="s">
         <v>319</v>
       </c>
       <c r="F387" t="s">
         <v>490</v>
       </c>
       <c r="G387" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="H387" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="I387" t="s">
         <v>168</v>
       </c>
       <c r="J387" t="s">
         <v>25</v>
       </c>
       <c r="K387" t="s">
         <v>143</v>
       </c>
       <c r="L387" t="s">
         <v>161</v>
       </c>
       <c r="M387" t="s">
         <v>324</v>
       </c>
       <c r="P387" t="s">
         <v>325</v>
       </c>
       <c r="Q387" t="s">
         <v>652</v>
       </c>
       <c r="R387" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="388" spans="1:18">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388" t="s">
         <v>18</v>
       </c>
       <c r="C388" t="s">
         <v>45</v>
       </c>
       <c r="E388" t="s">
         <v>395</v>
       </c>
       <c r="F388" t="s">
         <v>345</v>
       </c>
       <c r="G388" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="J388" t="s">
         <v>103</v>
       </c>
       <c r="L388" t="s">
         <v>78</v>
       </c>
       <c r="M388" t="s">
         <v>397</v>
       </c>
       <c r="P388" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="Q388" t="s">
         <v>275</v>
       </c>
       <c r="R388" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="389" spans="1:18">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
         <v>32</v>
       </c>
       <c r="C389" t="s">
         <v>19</v>
       </c>
       <c r="E389" t="s">
         <v>157</v>
       </c>
       <c r="F389" t="s">
         <v>401</v>
       </c>
       <c r="G389" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="H389" t="s">
         <v>232</v>
       </c>
       <c r="I389" t="s">
         <v>24</v>
       </c>
       <c r="J389" t="s">
         <v>25</v>
       </c>
       <c r="K389" t="s">
         <v>26</v>
       </c>
       <c r="L389" t="s">
         <v>161</v>
       </c>
       <c r="M389" t="s">
         <v>162</v>
       </c>
       <c r="P389" t="s">
         <v>430</v>
       </c>
       <c r="Q389" t="s">
         <v>593</v>
       </c>
       <c r="R389" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="390" spans="1:18">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
         <v>32</v>
       </c>
       <c r="C390" t="s">
         <v>45</v>
       </c>
       <c r="E390" t="s">
         <v>172</v>
       </c>
       <c r="F390" t="s">
         <v>245</v>
       </c>
       <c r="G390" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="H390" t="s">
         <v>445</v>
       </c>
       <c r="I390" t="s">
         <v>50</v>
       </c>
       <c r="J390" t="s">
         <v>25</v>
       </c>
       <c r="K390" t="s">
         <v>26</v>
       </c>
       <c r="L390" t="s">
         <v>134</v>
       </c>
       <c r="M390" t="s">
         <v>176</v>
       </c>
       <c r="P390" t="s">
         <v>251</v>
       </c>
       <c r="Q390" t="s">
         <v>457</v>
       </c>
       <c r="R390" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="391" spans="1:18">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391" t="s">
         <v>32</v>
       </c>
       <c r="C391" t="s">
         <v>19</v>
       </c>
       <c r="E391" t="s">
         <v>92</v>
       </c>
       <c r="F391" t="s">
         <v>47</v>
       </c>
       <c r="G391" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="H391" t="s">
         <v>922</v>
       </c>
       <c r="I391" t="s">
         <v>24</v>
       </c>
       <c r="J391" t="s">
         <v>25</v>
       </c>
       <c r="K391" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="L391" t="s">
         <v>70</v>
       </c>
       <c r="M391" t="s">
         <v>96</v>
       </c>
       <c r="P391" t="s">
         <v>72</v>
       </c>
       <c r="Q391" t="s">
         <v>146</v>
       </c>
       <c r="R391" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="392" spans="1:18">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
         <v>32</v>
       </c>
       <c r="C392" t="s">
         <v>19</v>
       </c>
       <c r="E392" t="s">
         <v>520</v>
       </c>
       <c r="F392" t="s">
         <v>490</v>
       </c>
       <c r="G392" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="H392" t="s">
         <v>586</v>
       </c>
       <c r="I392" t="s">
         <v>24</v>
       </c>
       <c r="J392" t="s">
         <v>25</v>
       </c>
       <c r="K392" t="s">
         <v>884</v>
       </c>
       <c r="L392" t="s">
         <v>27</v>
       </c>
       <c r="M392" t="s">
         <v>523</v>
       </c>
       <c r="P392" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="Q392" t="s">
         <v>150</v>
       </c>
       <c r="R392" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="393" spans="1:18">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393" t="s">
         <v>18</v>
       </c>
       <c r="C393" t="s">
         <v>45</v>
       </c>
       <c r="E393" t="s">
         <v>64</v>
       </c>
       <c r="F393" t="s">
         <v>775</v>
       </c>
       <c r="G393" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="J393" t="s">
         <v>95</v>
       </c>
       <c r="L393" t="s">
         <v>70</v>
       </c>
       <c r="M393" t="s">
         <v>71</v>
       </c>
       <c r="P393" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="Q393" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="394" spans="1:18">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394" t="s">
         <v>32</v>
       </c>
       <c r="C394" t="s">
         <v>45</v>
       </c>
       <c r="E394" t="s">
         <v>172</v>
       </c>
       <c r="F394" t="s">
         <v>47</v>
       </c>
       <c r="G394" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="H394" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="I394" t="s">
         <v>168</v>
       </c>
       <c r="J394" t="s">
         <v>25</v>
       </c>
       <c r="K394" t="s">
         <v>38</v>
       </c>
       <c r="L394" t="s">
         <v>134</v>
       </c>
       <c r="M394" t="s">
         <v>176</v>
       </c>
       <c r="P394" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="Q394" t="s">
         <v>281</v>
       </c>
       <c r="R394" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="395" spans="1:18">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395" t="s">
         <v>83</v>
       </c>
       <c r="C395" t="s">
         <v>19</v>
       </c>
       <c r="E395" t="s">
         <v>584</v>
       </c>
       <c r="F395" t="s">
         <v>230</v>
       </c>
       <c r="G395" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="H395" t="s">
         <v>232</v>
       </c>
       <c r="I395" t="s">
         <v>24</v>
       </c>
       <c r="J395" t="s">
         <v>25</v>
       </c>
       <c r="K395" t="s">
         <v>51</v>
       </c>
       <c r="L395" t="s">
         <v>78</v>
       </c>
       <c r="M395" t="s">
         <v>587</v>
       </c>
       <c r="P395" t="s">
         <v>894</v>
       </c>
       <c r="Q395" t="s">
         <v>318</v>
       </c>
       <c r="R395" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="396" spans="1:18">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396" t="s">
         <v>18</v>
       </c>
       <c r="C396" t="s">
         <v>45</v>
       </c>
       <c r="E396" t="s">
         <v>56</v>
       </c>
       <c r="F396" t="s">
         <v>251</v>
       </c>
       <c r="G396" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="H396" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="I396" t="s">
         <v>168</v>
       </c>
       <c r="J396" t="s">
         <v>25</v>
       </c>
       <c r="K396" t="s">
         <v>26</v>
       </c>
       <c r="L396" t="s">
         <v>39</v>
       </c>
       <c r="M396" t="s">
         <v>61</v>
       </c>
       <c r="P396" t="s">
         <v>331</v>
       </c>
       <c r="Q396" t="s">
         <v>451</v>
       </c>
       <c r="R396" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="397" spans="1:18">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397" t="s">
         <v>44</v>
       </c>
       <c r="C397" t="s">
         <v>19</v>
       </c>
       <c r="E397" t="s">
         <v>129</v>
       </c>
       <c r="F397" t="s">
         <v>139</v>
       </c>
       <c r="G397" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="H397" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="I397" t="s">
         <v>24</v>
       </c>
       <c r="J397" t="s">
         <v>25</v>
       </c>
       <c r="K397" t="s">
         <v>530</v>
       </c>
       <c r="L397" t="s">
         <v>134</v>
       </c>
       <c r="M397" t="s">
         <v>135</v>
       </c>
       <c r="P397" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="Q397" t="s">
         <v>112</v>
       </c>
       <c r="R397" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="398" spans="1:18">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398" t="s">
         <v>282</v>
       </c>
       <c r="C398" t="s">
         <v>19</v>
       </c>
       <c r="E398" t="s">
         <v>172</v>
       </c>
       <c r="F398" t="s">
         <v>230</v>
       </c>
       <c r="G398" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="H398" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="I398" t="s">
         <v>24</v>
       </c>
       <c r="J398" t="s">
         <v>25</v>
       </c>
       <c r="K398" t="s">
         <v>286</v>
       </c>
       <c r="L398" t="s">
         <v>134</v>
       </c>
       <c r="M398" t="s">
         <v>176</v>
       </c>
       <c r="P398" t="s">
         <v>127</v>
       </c>
       <c r="Q398" t="s">
         <v>498</v>
       </c>
       <c r="R398" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="399" spans="1:18">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399" t="s">
         <v>32</v>
       </c>
       <c r="C399" t="s">
         <v>45</v>
       </c>
       <c r="E399" t="s">
         <v>172</v>
       </c>
       <c r="F399" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="G399" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="H399" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="I399" t="s">
         <v>24</v>
       </c>
       <c r="J399" t="s">
         <v>25</v>
       </c>
       <c r="K399" t="s">
         <v>884</v>
       </c>
       <c r="L399" t="s">
         <v>134</v>
       </c>
       <c r="M399" t="s">
         <v>176</v>
       </c>
       <c r="P399" t="s">
         <v>305</v>
       </c>
       <c r="Q399" t="s">
         <v>275</v>
       </c>
       <c r="R399" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="400" spans="1:18">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400" t="s">
         <v>32</v>
       </c>
       <c r="C400" t="s">
         <v>19</v>
       </c>
       <c r="E400" t="s">
         <v>157</v>
       </c>
       <c r="F400" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="G400" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="H400" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="I400" t="s">
         <v>24</v>
       </c>
       <c r="J400" t="s">
         <v>25</v>
       </c>
       <c r="K400" t="s">
         <v>133</v>
       </c>
       <c r="L400" t="s">
         <v>161</v>
       </c>
       <c r="M400" t="s">
         <v>162</v>
       </c>
       <c r="P400" t="s">
         <v>513</v>
       </c>
       <c r="Q400" t="s">
         <v>844</v>
       </c>
       <c r="R400" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="401" spans="1:18">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401" t="s">
         <v>32</v>
       </c>
       <c r="C401" t="s">
         <v>19</v>
       </c>
       <c r="E401" t="s">
         <v>100</v>
       </c>
       <c r="F401" t="s">
         <v>101</v>
       </c>
       <c r="G401" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="J401" t="s">
         <v>103</v>
       </c>
       <c r="L401" t="s">
         <v>27</v>
       </c>
       <c r="M401" t="s">
         <v>104</v>
       </c>
       <c r="P401" t="s">
         <v>365</v>
       </c>
       <c r="Q401" t="s">
         <v>98</v>
       </c>
       <c r="R401" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="402" spans="1:18">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402" t="s">
         <v>32</v>
       </c>
       <c r="C402" t="s">
         <v>19</v>
       </c>
       <c r="E402" t="s">
         <v>584</v>
       </c>
       <c r="F402" t="s">
         <v>401</v>
       </c>
       <c r="G402" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="H402" t="s">
         <v>576</v>
       </c>
       <c r="I402" t="s">
         <v>24</v>
       </c>
       <c r="J402" t="s">
         <v>25</v>
       </c>
       <c r="K402" t="s">
         <v>455</v>
       </c>
       <c r="L402" t="s">
         <v>78</v>
       </c>
       <c r="M402" t="s">
         <v>587</v>
       </c>
       <c r="P402" t="s">
         <v>497</v>
       </c>
       <c r="Q402" t="s">
         <v>793</v>
       </c>
       <c r="R402" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="403" spans="1:18">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403" t="s">
         <v>32</v>
       </c>
       <c r="C403" t="s">
         <v>19</v>
       </c>
       <c r="E403" t="s">
         <v>221</v>
       </c>
       <c r="F403" t="s">
         <v>245</v>
       </c>
       <c r="G403" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="H403" t="s">
         <v>1096</v>
       </c>
       <c r="I403" t="s">
         <v>24</v>
       </c>
       <c r="J403" t="s">
         <v>25</v>
       </c>
       <c r="K403" t="s">
         <v>884</v>
       </c>
       <c r="L403" t="s">
         <v>134</v>
       </c>
       <c r="M403" t="s">
         <v>226</v>
       </c>
       <c r="P403" t="s">
         <v>1135</v>
       </c>
       <c r="Q403" t="s">
         <v>244</v>
       </c>
       <c r="R403" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="404" spans="1:18">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404" t="s">
         <v>32</v>
       </c>
       <c r="C404" t="s">
         <v>19</v>
       </c>
       <c r="E404" t="s">
         <v>172</v>
       </c>
       <c r="F404" t="s">
         <v>368</v>
       </c>
       <c r="G404" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="H404" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="I404" t="s">
         <v>248</v>
       </c>
       <c r="J404" t="s">
         <v>25</v>
       </c>
       <c r="K404" t="s">
         <v>38</v>
       </c>
       <c r="L404" t="s">
         <v>134</v>
       </c>
       <c r="M404" t="s">
         <v>176</v>
       </c>
       <c r="P404" t="s">
         <v>513</v>
       </c>
       <c r="Q404" t="s">
         <v>235</v>
       </c>
       <c r="R404" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="405" spans="1:18">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405" t="s">
         <v>32</v>
       </c>
       <c r="C405" t="s">
         <v>45</v>
       </c>
       <c r="E405" t="s">
         <v>206</v>
       </c>
       <c r="F405" t="s">
         <v>130</v>
       </c>
       <c r="G405" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="H405" t="s">
         <v>727</v>
       </c>
       <c r="I405" t="s">
         <v>24</v>
       </c>
       <c r="J405" t="s">
         <v>25</v>
       </c>
       <c r="K405" t="s">
         <v>616</v>
       </c>
       <c r="L405" t="s">
         <v>134</v>
       </c>
       <c r="M405" t="s">
         <v>211</v>
       </c>
       <c r="P405" t="s">
         <v>846</v>
       </c>
       <c r="Q405" t="s">
         <v>536</v>
       </c>
       <c r="R405" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="406" spans="1:18">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406" t="s">
         <v>32</v>
       </c>
       <c r="C406" t="s">
         <v>19</v>
       </c>
       <c r="E406" t="s">
         <v>704</v>
       </c>
       <c r="F406" t="s">
         <v>404</v>
       </c>
       <c r="G406" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="H406" t="s">
         <v>736</v>
       </c>
       <c r="I406" t="s">
         <v>68</v>
       </c>
       <c r="J406" t="s">
         <v>25</v>
       </c>
       <c r="K406" t="s">
         <v>143</v>
       </c>
       <c r="L406" t="s">
         <v>27</v>
       </c>
       <c r="M406" t="s">
         <v>706</v>
       </c>
       <c r="P406" t="s">
         <v>1097</v>
       </c>
       <c r="Q406" t="s">
         <v>511</v>
       </c>
       <c r="R406" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="407" spans="1:18">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407" t="s">
         <v>32</v>
       </c>
       <c r="C407" t="s">
         <v>45</v>
       </c>
       <c r="E407" t="s">
         <v>704</v>
       </c>
       <c r="F407" t="s">
         <v>114</v>
       </c>
       <c r="G407" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="H407" t="s">
         <v>669</v>
       </c>
       <c r="I407" t="s">
         <v>204</v>
       </c>
       <c r="J407" t="s">
         <v>25</v>
       </c>
       <c r="K407" t="s">
         <v>117</v>
       </c>
       <c r="L407" t="s">
         <v>27</v>
       </c>
       <c r="M407" t="s">
         <v>706</v>
       </c>
       <c r="P407" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="Q407" t="s">
         <v>688</v>
       </c>
       <c r="R407" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="408" spans="1:18">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408" t="s">
         <v>83</v>
       </c>
       <c r="C408" t="s">
         <v>19</v>
       </c>
       <c r="E408" t="s">
         <v>421</v>
       </c>
       <c r="F408" t="s">
         <v>345</v>
       </c>
       <c r="G408" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="J408" t="s">
         <v>95</v>
       </c>
       <c r="L408" t="s">
         <v>161</v>
       </c>
       <c r="M408" t="s">
         <v>424</v>
       </c>
       <c r="P408" t="s">
         <v>155</v>
       </c>
       <c r="Q408" t="s">
         <v>357</v>
       </c>
       <c r="R408" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="409" spans="1:18">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409" t="s">
         <v>32</v>
       </c>
       <c r="C409" t="s">
         <v>19</v>
       </c>
       <c r="E409" t="s">
         <v>121</v>
       </c>
       <c r="F409" t="s">
         <v>619</v>
       </c>
       <c r="G409" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="J409" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="L409" t="s">
         <v>78</v>
       </c>
       <c r="M409" t="s">
         <v>126</v>
       </c>
       <c r="P409" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="Q409" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="410" spans="1:18">
       <c r="A410">
         <v>409</v>
       </c>
       <c r="B410" t="s">
         <v>32</v>
       </c>
       <c r="C410" t="s">
         <v>45</v>
       </c>
       <c r="E410" t="s">
         <v>270</v>
       </c>
       <c r="F410" t="s">
         <v>130</v>
       </c>
       <c r="G410" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="H410" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="I410" t="s">
         <v>24</v>
       </c>
       <c r="J410" t="s">
         <v>25</v>
       </c>
       <c r="K410" t="s">
         <v>51</v>
       </c>
       <c r="L410" t="s">
         <v>27</v>
       </c>
       <c r="M410" t="s">
         <v>273</v>
       </c>
       <c r="P410" t="s">
         <v>155</v>
       </c>
       <c r="Q410" t="s">
         <v>874</v>
       </c>
       <c r="R410" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="411" spans="1:18">
       <c r="A411">
         <v>410</v>
       </c>
       <c r="B411" t="s">
         <v>32</v>
       </c>
       <c r="C411" t="s">
         <v>19</v>
       </c>
       <c r="E411" t="s">
         <v>437</v>
       </c>
       <c r="F411" t="s">
         <v>163</v>
       </c>
       <c r="G411" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="J411" t="s">
         <v>95</v>
       </c>
       <c r="L411" t="s">
         <v>52</v>
       </c>
       <c r="M411" t="s">
         <v>442</v>
       </c>
       <c r="P411" t="s">
         <v>97</v>
       </c>
       <c r="Q411" t="s">
         <v>946</v>
       </c>
       <c r="R411" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="412" spans="1:18">
       <c r="A412">
         <v>411</v>
       </c>
       <c r="B412" t="s">
         <v>18</v>
       </c>
       <c r="C412" t="s">
         <v>45</v>
       </c>
       <c r="E412" t="s">
         <v>157</v>
       </c>
       <c r="F412" t="s">
         <v>775</v>
       </c>
       <c r="G412" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="H412" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="I412" t="s">
         <v>50</v>
       </c>
       <c r="J412" t="s">
         <v>25</v>
       </c>
       <c r="K412" t="s">
         <v>77</v>
       </c>
       <c r="L412" t="s">
         <v>161</v>
       </c>
       <c r="M412" t="s">
         <v>162</v>
       </c>
       <c r="P412" t="s">
         <v>155</v>
       </c>
       <c r="Q412" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="413" spans="1:18">
       <c r="A413">
         <v>412</v>
       </c>
       <c r="B413" t="s">
         <v>32</v>
       </c>
       <c r="C413" t="s">
         <v>45</v>
       </c>
       <c r="E413" t="s">
         <v>421</v>
       </c>
       <c r="F413" t="s">
         <v>101</v>
       </c>
       <c r="G413" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="J413" t="s">
         <v>95</v>
       </c>
       <c r="L413" t="s">
         <v>161</v>
       </c>
       <c r="M413" t="s">
         <v>424</v>
       </c>
       <c r="P413" t="s">
         <v>188</v>
       </c>
       <c r="Q413" t="s">
         <v>519</v>
       </c>
       <c r="R413" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="414" spans="1:18">
       <c r="A414">
         <v>413</v>
       </c>
       <c r="B414" t="s">
         <v>622</v>
       </c>
       <c r="C414" t="s">
         <v>19</v>
       </c>
       <c r="E414" t="s">
         <v>138</v>
       </c>
       <c r="F414" t="s">
         <v>139</v>
       </c>
       <c r="G414" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="H414" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="I414" t="s">
         <v>142</v>
       </c>
       <c r="J414" t="s">
         <v>25</v>
       </c>
       <c r="K414" t="s">
         <v>299</v>
       </c>
       <c r="L414" t="s">
         <v>27</v>
       </c>
       <c r="M414" t="s">
         <v>144</v>
       </c>
       <c r="P414" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="Q414" t="s">
         <v>408</v>
       </c>
       <c r="R414" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="415" spans="1:18">
       <c r="A415">
         <v>414</v>
       </c>
       <c r="B415" t="s">
         <v>32</v>
       </c>
       <c r="C415" t="s">
         <v>45</v>
       </c>
       <c r="E415" t="s">
         <v>358</v>
       </c>
       <c r="F415" t="s">
         <v>809</v>
       </c>
       <c r="G415" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="J415" t="s">
         <v>834</v>
       </c>
       <c r="L415" t="s">
         <v>27</v>
       </c>
       <c r="M415" t="s">
         <v>361</v>
       </c>
       <c r="P415" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="Q415" t="s">
         <v>235</v>
       </c>
       <c r="R415" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="416" spans="1:18">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416" t="s">
         <v>32</v>
       </c>
       <c r="C416" t="s">
         <v>19</v>
       </c>
       <c r="E416" t="s">
         <v>84</v>
       </c>
       <c r="F416" t="s">
         <v>34</v>
       </c>
       <c r="G416" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="J416" t="s">
         <v>95</v>
       </c>
       <c r="L416" t="s">
         <v>88</v>
       </c>
       <c r="M416" t="s">
         <v>89</v>
       </c>
       <c r="P416" t="s">
         <v>420</v>
       </c>
       <c r="Q416" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="R416" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="417" spans="1:18">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417" t="s">
         <v>32</v>
       </c>
       <c r="C417" t="s">
         <v>45</v>
       </c>
       <c r="E417" t="s">
         <v>421</v>
       </c>
       <c r="F417" t="s">
         <v>230</v>
       </c>
       <c r="G417" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="H417" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="I417" t="s">
         <v>24</v>
       </c>
       <c r="J417" t="s">
         <v>25</v>
       </c>
       <c r="K417" t="s">
         <v>38</v>
       </c>
       <c r="L417" t="s">
         <v>161</v>
       </c>
       <c r="M417" t="s">
         <v>424</v>
       </c>
       <c r="P417" t="s">
         <v>291</v>
       </c>
       <c r="Q417" t="s">
         <v>500</v>
       </c>
       <c r="R417" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="418" spans="1:18">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418" t="s">
         <v>18</v>
       </c>
       <c r="C418" t="s">
         <v>19</v>
       </c>
       <c r="E418" t="s">
         <v>584</v>
       </c>
       <c r="F418" t="s">
         <v>480</v>
       </c>
       <c r="G418" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="H418" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="I418" t="s">
         <v>204</v>
       </c>
       <c r="J418" t="s">
         <v>25</v>
       </c>
       <c r="K418" t="s">
         <v>884</v>
       </c>
       <c r="L418" t="s">
         <v>78</v>
       </c>
       <c r="M418" t="s">
         <v>587</v>
       </c>
       <c r="P418" t="s">
         <v>554</v>
       </c>
       <c r="Q418" t="s">
         <v>137</v>
       </c>
       <c r="R418" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="419" spans="1:18">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419" t="s">
         <v>18</v>
       </c>
       <c r="C419" t="s">
         <v>19</v>
       </c>
       <c r="E419" t="s">
         <v>157</v>
       </c>
       <c r="F419" t="s">
         <v>375</v>
       </c>
       <c r="G419" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="H419" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="I419" t="s">
         <v>50</v>
       </c>
       <c r="J419" t="s">
         <v>25</v>
       </c>
       <c r="K419" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="L419" t="s">
         <v>161</v>
       </c>
       <c r="M419" t="s">
         <v>162</v>
       </c>
       <c r="P419" t="s">
         <v>127</v>
       </c>
       <c r="Q419" t="s">
         <v>384</v>
       </c>
       <c r="R419" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="420" spans="1:18">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420" t="s">
         <v>32</v>
       </c>
       <c r="C420" t="s">
         <v>19</v>
       </c>
       <c r="E420" t="s">
         <v>157</v>
       </c>
       <c r="F420" t="s">
         <v>744</v>
       </c>
       <c r="G420" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="H420" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="I420" t="s">
         <v>50</v>
       </c>
       <c r="J420" t="s">
         <v>25</v>
       </c>
       <c r="K420" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="L420" t="s">
         <v>161</v>
       </c>
       <c r="M420" t="s">
         <v>162</v>
       </c>
       <c r="P420" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="Q420" t="s">
         <v>588</v>
       </c>
       <c r="R420" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="421" spans="1:18">
       <c r="A421">
         <v>420</v>
       </c>
       <c r="B421" t="s">
         <v>44</v>
       </c>
       <c r="C421" t="s">
         <v>19</v>
       </c>
       <c r="E421" t="s">
         <v>332</v>
       </c>
       <c r="F421" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="G421" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="H421" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="I421" t="s">
         <v>50</v>
       </c>
       <c r="J421" t="s">
         <v>25</v>
       </c>
       <c r="K421" t="s">
         <v>143</v>
       </c>
       <c r="L421" t="s">
         <v>78</v>
       </c>
       <c r="M421" t="s">
         <v>337</v>
       </c>
       <c r="P421" t="s">
         <v>199</v>
       </c>
       <c r="Q421" t="s">
         <v>652</v>
       </c>
       <c r="R421" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="422" spans="1:18">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422" t="s">
         <v>32</v>
       </c>
       <c r="C422" t="s">
         <v>45</v>
       </c>
       <c r="E422" t="s">
         <v>20</v>
       </c>
       <c r="F422" t="s">
         <v>375</v>
       </c>
       <c r="G422" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="J422" t="s">
         <v>95</v>
       </c>
       <c r="L422" t="s">
         <v>27</v>
       </c>
       <c r="M422" t="s">
         <v>28</v>
       </c>
       <c r="P422" t="s">
         <v>390</v>
       </c>
       <c r="Q422" t="s">
         <v>675</v>
       </c>
       <c r="R422" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="423" spans="1:18">
       <c r="A423">
         <v>422</v>
       </c>
       <c r="B423" t="s">
         <v>83</v>
       </c>
       <c r="C423" t="s">
         <v>45</v>
       </c>
       <c r="E423" t="s">
         <v>378</v>
       </c>
       <c r="F423" t="s">
         <v>638</v>
       </c>
       <c r="G423" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="H423" t="s">
         <v>680</v>
       </c>
       <c r="I423" t="s">
         <v>24</v>
       </c>
       <c r="J423" t="s">
         <v>25</v>
       </c>
       <c r="K423" t="s">
         <v>884</v>
       </c>
       <c r="L423" t="s">
         <v>39</v>
       </c>
       <c r="M423" t="s">
         <v>382</v>
       </c>
       <c r="P423" t="s">
         <v>543</v>
       </c>
       <c r="Q423" t="s">
         <v>205</v>
       </c>
       <c r="R423" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="424" spans="1:18">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424" t="s">
         <v>32</v>
       </c>
       <c r="C424" t="s">
         <v>45</v>
       </c>
       <c r="E424" t="s">
         <v>378</v>
       </c>
       <c r="F424" t="s">
         <v>85</v>
       </c>
       <c r="G424" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="H424" t="s">
         <v>1149</v>
       </c>
       <c r="I424" t="s">
         <v>24</v>
       </c>
       <c r="J424" t="s">
         <v>25</v>
       </c>
       <c r="K424" t="s">
         <v>51</v>
       </c>
       <c r="L424" t="s">
         <v>39</v>
       </c>
       <c r="M424" t="s">
         <v>382</v>
       </c>
       <c r="P424" t="s">
         <v>802</v>
       </c>
       <c r="Q424" t="s">
         <v>205</v>
       </c>
       <c r="R424" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="425" spans="1:18">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425" t="s">
         <v>32</v>
       </c>
       <c r="C425" t="s">
         <v>45</v>
       </c>
       <c r="E425" t="s">
         <v>293</v>
       </c>
       <c r="F425" t="s">
         <v>207</v>
       </c>
       <c r="G425" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="H425" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="I425" t="s">
         <v>24</v>
       </c>
       <c r="J425" t="s">
         <v>25</v>
       </c>
       <c r="K425" t="s">
         <v>343</v>
       </c>
       <c r="L425" t="s">
         <v>78</v>
       </c>
       <c r="M425" t="s">
         <v>296</v>
       </c>
       <c r="P425" t="s">
         <v>155</v>
       </c>
       <c r="Q425" t="s">
         <v>193</v>
       </c>
       <c r="R425" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="426" spans="1:18">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426" t="s">
         <v>83</v>
       </c>
       <c r="C426" t="s">
         <v>19</v>
       </c>
       <c r="E426" t="s">
         <v>332</v>
       </c>
       <c r="F426" t="s">
         <v>417</v>
       </c>
       <c r="G426" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="H426" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="I426" t="s">
         <v>142</v>
       </c>
       <c r="J426" t="s">
         <v>25</v>
       </c>
       <c r="K426" t="s">
         <v>299</v>
       </c>
       <c r="L426" t="s">
         <v>78</v>
       </c>
       <c r="M426" t="s">
         <v>337</v>
       </c>
       <c r="P426" t="s">
         <v>390</v>
       </c>
       <c r="Q426" t="s">
         <v>193</v>
       </c>
       <c r="R426" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="427" spans="1:18">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427" t="s">
         <v>18</v>
       </c>
       <c r="C427" t="s">
         <v>19</v>
       </c>
       <c r="E427" t="s">
         <v>604</v>
       </c>
       <c r="F427" t="s">
         <v>480</v>
       </c>
       <c r="G427" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="H427" t="s">
         <v>696</v>
       </c>
       <c r="I427" t="s">
         <v>68</v>
       </c>
       <c r="J427" t="s">
         <v>25</v>
       </c>
       <c r="K427" t="s">
         <v>26</v>
       </c>
       <c r="L427" t="s">
         <v>39</v>
       </c>
       <c r="M427" t="s">
         <v>607</v>
       </c>
       <c r="P427" t="s">
         <v>513</v>
       </c>
       <c r="Q427" t="s">
         <v>306</v>
       </c>
       <c r="R427" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="428" spans="1:18">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428" t="s">
         <v>44</v>
       </c>
       <c r="C428" t="s">
         <v>45</v>
       </c>
       <c r="E428" t="s">
         <v>20</v>
       </c>
       <c r="F428" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="G428" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="H428" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="I428" t="s">
         <v>248</v>
       </c>
       <c r="J428" t="s">
         <v>25</v>
       </c>
       <c r="K428" t="s">
         <v>143</v>
       </c>
       <c r="L428" t="s">
         <v>27</v>
       </c>
       <c r="M428" t="s">
         <v>28</v>
       </c>
       <c r="P428" t="s">
         <v>390</v>
       </c>
       <c r="Q428" t="s">
         <v>946</v>
       </c>
       <c r="R428" t="s">
         <v>1030</v>
       </c>
     </row>
     <row r="429" spans="1:18">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429" t="s">
         <v>32</v>
       </c>
       <c r="C429" t="s">
         <v>19</v>
       </c>
       <c r="E429" t="s">
         <v>206</v>
       </c>
       <c r="F429" t="s">
         <v>345</v>
       </c>
       <c r="G429" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="H429" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="I429" t="s">
         <v>24</v>
       </c>
       <c r="J429" t="s">
         <v>25</v>
       </c>
       <c r="K429" t="s">
         <v>299</v>
       </c>
       <c r="L429" t="s">
         <v>134</v>
       </c>
       <c r="M429" t="s">
         <v>211</v>
       </c>
       <c r="P429" t="s">
         <v>658</v>
       </c>
       <c r="Q429" t="s">
         <v>98</v>
       </c>
       <c r="R429" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="430" spans="1:18">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430" t="s">
         <v>18</v>
       </c>
       <c r="C430" t="s">
         <v>19</v>
       </c>
       <c r="E430" t="s">
         <v>56</v>
       </c>
       <c r="F430" t="s">
         <v>57</v>
       </c>
       <c r="G430" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="H430" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="I430" t="s">
         <v>24</v>
       </c>
       <c r="J430" t="s">
         <v>25</v>
       </c>
       <c r="K430" t="s">
         <v>299</v>
       </c>
       <c r="L430" t="s">
         <v>39</v>
       </c>
       <c r="M430" t="s">
         <v>61</v>
       </c>
       <c r="P430" t="s">
         <v>305</v>
       </c>
       <c r="Q430" t="s">
         <v>753</v>
       </c>
       <c r="R430" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="431" spans="1:18">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431" t="s">
         <v>44</v>
       </c>
       <c r="C431" t="s">
         <v>45</v>
       </c>
       <c r="E431" t="s">
         <v>332</v>
       </c>
       <c r="F431" t="s">
         <v>34</v>
       </c>
       <c r="G431" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="H431" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="I431" t="s">
         <v>168</v>
       </c>
       <c r="J431" t="s">
         <v>25</v>
       </c>
       <c r="K431" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="L431" t="s">
         <v>78</v>
       </c>
       <c r="M431" t="s">
         <v>337</v>
       </c>
       <c r="P431" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="Q431" t="s">
         <v>384</v>
       </c>
       <c r="R431" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="432" spans="1:18">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432" t="s">
         <v>83</v>
       </c>
       <c r="C432" t="s">
         <v>19</v>
       </c>
       <c r="E432" t="s">
         <v>46</v>
       </c>
       <c r="F432" t="s">
         <v>289</v>
       </c>
       <c r="G432" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="H432" t="s">
         <v>767</v>
       </c>
       <c r="I432" t="s">
         <v>24</v>
       </c>
       <c r="J432" t="s">
         <v>25</v>
       </c>
       <c r="K432" t="s">
         <v>26</v>
       </c>
       <c r="L432" t="s">
         <v>52</v>
       </c>
       <c r="M432" t="s">
         <v>53</v>
       </c>
       <c r="P432" t="s">
         <v>513</v>
       </c>
       <c r="Q432" t="s">
         <v>326</v>
       </c>
       <c r="R432" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="433" spans="1:18">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433" t="s">
         <v>44</v>
       </c>
       <c r="C433" t="s">
         <v>19</v>
       </c>
       <c r="E433" t="s">
         <v>229</v>
       </c>
       <c r="F433" t="s">
         <v>139</v>
       </c>
       <c r="G433" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="H433" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="I433" t="s">
         <v>24</v>
       </c>
       <c r="J433" t="s">
         <v>25</v>
       </c>
       <c r="K433" t="s">
         <v>455</v>
       </c>
       <c r="L433" t="s">
         <v>161</v>
       </c>
       <c r="M433" t="s">
         <v>233</v>
       </c>
       <c r="P433" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="Q433" t="s">
         <v>193</v>
       </c>
       <c r="R433" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="434" spans="1:18">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434" t="s">
         <v>18</v>
       </c>
       <c r="C434" t="s">
         <v>19</v>
       </c>
       <c r="E434" t="s">
         <v>221</v>
       </c>
       <c r="F434" t="s">
         <v>558</v>
       </c>
       <c r="G434" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="H434" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="I434" t="s">
         <v>24</v>
       </c>
       <c r="J434" t="s">
         <v>25</v>
       </c>
       <c r="K434" t="s">
         <v>26</v>
       </c>
       <c r="L434" t="s">
         <v>134</v>
       </c>
       <c r="M434" t="s">
         <v>226</v>
       </c>
       <c r="P434" t="s">
         <v>513</v>
       </c>
       <c r="Q434" t="s">
         <v>55</v>
       </c>
       <c r="R434" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="435" spans="1:18">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435" t="s">
         <v>32</v>
       </c>
       <c r="C435" t="s">
         <v>45</v>
       </c>
       <c r="E435" t="s">
         <v>458</v>
       </c>
       <c r="F435" t="s">
         <v>970</v>
       </c>
       <c r="G435" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="H435" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="I435" t="s">
         <v>50</v>
       </c>
       <c r="J435" t="s">
         <v>25</v>
       </c>
       <c r="K435" t="s">
         <v>133</v>
       </c>
       <c r="L435" t="s">
         <v>134</v>
       </c>
       <c r="M435" t="s">
         <v>461</v>
       </c>
       <c r="P435" t="s">
         <v>155</v>
       </c>
       <c r="Q435" t="s">
         <v>120</v>
       </c>
       <c r="R435" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="436" spans="1:18">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436" t="s">
         <v>32</v>
       </c>
       <c r="C436" t="s">
         <v>19</v>
       </c>
       <c r="E436" t="s">
         <v>183</v>
       </c>
       <c r="F436" t="s">
         <v>21</v>
       </c>
       <c r="G436" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="J436" t="s">
         <v>393</v>
       </c>
       <c r="L436" t="s">
         <v>78</v>
       </c>
       <c r="M436" t="s">
         <v>187</v>
       </c>
       <c r="P436" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="Q436" t="s">
         <v>588</v>
       </c>
       <c r="R436" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="437" spans="1:18">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437" t="s">
         <v>18</v>
       </c>
       <c r="C437" t="s">
         <v>19</v>
       </c>
       <c r="E437" t="s">
         <v>604</v>
       </c>
       <c r="F437" t="s">
         <v>277</v>
       </c>
       <c r="G437" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="H437" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="I437" t="s">
         <v>50</v>
       </c>
       <c r="J437" t="s">
         <v>25</v>
       </c>
       <c r="K437" t="s">
         <v>371</v>
       </c>
       <c r="L437" t="s">
         <v>39</v>
       </c>
       <c r="M437" t="s">
         <v>607</v>
       </c>
       <c r="P437" t="s">
         <v>1097</v>
       </c>
       <c r="Q437" t="s">
         <v>1107</v>
       </c>
       <c r="R437" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="438" spans="1:18">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438" t="s">
         <v>32</v>
       </c>
       <c r="C438" t="s">
         <v>19</v>
       </c>
       <c r="E438" t="s">
         <v>276</v>
       </c>
       <c r="F438" t="s">
         <v>114</v>
       </c>
       <c r="G438" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="H438" t="s">
         <v>185</v>
       </c>
       <c r="I438" t="s">
         <v>24</v>
       </c>
       <c r="J438" t="s">
         <v>25</v>
       </c>
       <c r="K438" t="s">
         <v>381</v>
       </c>
       <c r="L438" t="s">
         <v>78</v>
       </c>
       <c r="M438" t="s">
         <v>279</v>
       </c>
       <c r="P438" t="s">
         <v>390</v>
       </c>
       <c r="Q438" t="s">
         <v>281</v>
       </c>
       <c r="R438" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="439" spans="1:18">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439" t="s">
         <v>18</v>
       </c>
       <c r="C439" t="s">
         <v>45</v>
       </c>
       <c r="E439" t="s">
         <v>421</v>
       </c>
       <c r="F439" t="s">
         <v>345</v>
       </c>
       <c r="G439" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="J439" t="s">
         <v>603</v>
       </c>
       <c r="L439" t="s">
         <v>161</v>
       </c>
       <c r="M439" t="s">
         <v>424</v>
       </c>
       <c r="P439" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="Q439" t="s">
         <v>42</v>
       </c>
       <c r="R439" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="440" spans="1:18">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440" t="s">
         <v>32</v>
       </c>
       <c r="C440" t="s">
         <v>45</v>
       </c>
       <c r="E440" t="s">
         <v>315</v>
       </c>
       <c r="F440" t="s">
         <v>291</v>
       </c>
       <c r="G440" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="H440" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="I440" t="s">
         <v>24</v>
       </c>
       <c r="J440" t="s">
         <v>25</v>
       </c>
       <c r="K440" t="s">
         <v>530</v>
       </c>
       <c r="L440" t="s">
         <v>52</v>
       </c>
       <c r="M440" t="s">
         <v>317</v>
       </c>
       <c r="P440" t="s">
         <v>325</v>
       </c>
       <c r="Q440" t="s">
         <v>511</v>
       </c>
       <c r="R440" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="441" spans="1:18">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441" t="s">
         <v>32</v>
       </c>
       <c r="C441" t="s">
         <v>19</v>
       </c>
       <c r="E441" t="s">
         <v>183</v>
       </c>
       <c r="F441" t="s">
         <v>271</v>
       </c>
       <c r="G441" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H441" t="s">
         <v>159</v>
       </c>
       <c r="I441" t="s">
         <v>24</v>
       </c>
       <c r="J441" t="s">
         <v>25</v>
       </c>
       <c r="K441" t="s">
         <v>530</v>
       </c>
       <c r="L441" t="s">
         <v>78</v>
       </c>
       <c r="M441" t="s">
         <v>187</v>
       </c>
       <c r="P441" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="Q441" t="s">
         <v>463</v>
       </c>
       <c r="R441" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="442" spans="1:18">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442" t="s">
         <v>32</v>
       </c>
       <c r="C442" t="s">
         <v>45</v>
       </c>
       <c r="E442" t="s">
         <v>221</v>
       </c>
       <c r="F442" t="s">
         <v>230</v>
       </c>
       <c r="G442" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="J442" t="s">
         <v>103</v>
       </c>
       <c r="L442" t="s">
         <v>134</v>
       </c>
       <c r="M442" t="s">
         <v>226</v>
       </c>
       <c r="P442" t="s">
         <v>412</v>
       </c>
       <c r="Q442" t="s">
         <v>991</v>
       </c>
       <c r="R442" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="443" spans="1:18">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443" t="s">
         <v>44</v>
       </c>
       <c r="C443" t="s">
         <v>45</v>
       </c>
       <c r="E443" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="F443" t="s">
         <v>139</v>
       </c>
       <c r="G443" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="H443" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="I443" t="s">
         <v>204</v>
       </c>
       <c r="J443" t="s">
         <v>25</v>
       </c>
       <c r="K443" t="s">
         <v>884</v>
       </c>
       <c r="L443" t="s">
         <v>78</v>
       </c>
       <c r="M443" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="P443" t="s">
         <v>513</v>
       </c>
       <c r="Q443" t="s">
         <v>588</v>
       </c>
       <c r="R443" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="444" spans="1:18">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444" t="s">
         <v>32</v>
       </c>
       <c r="C444" t="s">
         <v>45</v>
       </c>
       <c r="E444" t="s">
         <v>250</v>
       </c>
       <c r="F444" t="s">
         <v>549</v>
       </c>
       <c r="G444" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="H444" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="I444" t="s">
         <v>24</v>
       </c>
       <c r="J444" t="s">
         <v>25</v>
       </c>
       <c r="K444" t="s">
         <v>133</v>
       </c>
       <c r="L444" t="s">
         <v>70</v>
       </c>
       <c r="M444" t="s">
         <v>253</v>
       </c>
       <c r="P444" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="Q444" t="s">
         <v>288</v>
       </c>
       <c r="R444" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="445" spans="1:18">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445" t="s">
         <v>282</v>
       </c>
       <c r="C445" t="s">
         <v>19</v>
       </c>
       <c r="E445" t="s">
         <v>250</v>
       </c>
       <c r="F445" t="s">
         <v>256</v>
       </c>
       <c r="G445" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="H445" t="s">
         <v>209</v>
       </c>
       <c r="I445" t="s">
         <v>24</v>
       </c>
       <c r="J445" t="s">
         <v>25</v>
       </c>
       <c r="K445" t="s">
         <v>958</v>
       </c>
       <c r="L445" t="s">
         <v>70</v>
       </c>
       <c r="M445" t="s">
         <v>253</v>
       </c>
       <c r="P445" t="s">
         <v>849</v>
       </c>
       <c r="Q445" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="446" spans="1:18">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446" t="s">
         <v>32</v>
       </c>
       <c r="C446" t="s">
         <v>19</v>
       </c>
       <c r="E446" t="s">
         <v>221</v>
       </c>
       <c r="F446" t="s">
         <v>368</v>
       </c>
       <c r="G446" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="J446" t="s">
         <v>787</v>
       </c>
       <c r="L446" t="s">
         <v>134</v>
       </c>
       <c r="M446" t="s">
         <v>226</v>
       </c>
       <c r="P446" t="s">
         <v>127</v>
       </c>
       <c r="Q446" t="s">
         <v>408</v>
       </c>
       <c r="R446" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="447" spans="1:18">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447" t="s">
         <v>32</v>
       </c>
       <c r="C447" t="s">
         <v>45</v>
       </c>
       <c r="E447" t="s">
         <v>213</v>
       </c>
       <c r="F447" t="s">
         <v>130</v>
       </c>
       <c r="G447" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="J447" t="s">
         <v>742</v>
       </c>
       <c r="L447" t="s">
         <v>27</v>
       </c>
       <c r="M447" t="s">
         <v>218</v>
       </c>
       <c r="P447" t="s">
         <v>72</v>
       </c>
       <c r="Q447" t="s">
         <v>652</v>
       </c>
       <c r="R447" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="448" spans="1:18">
       <c r="A448">
         <v>447</v>
       </c>
       <c r="B448" t="s">
         <v>32</v>
       </c>
       <c r="C448" t="s">
         <v>45</v>
       </c>
       <c r="E448" t="s">
         <v>315</v>
       </c>
       <c r="F448" t="s">
         <v>165</v>
       </c>
       <c r="G448" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H448" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I448" t="s">
         <v>168</v>
       </c>
       <c r="J448" t="s">
         <v>25</v>
       </c>
       <c r="K448" t="s">
         <v>958</v>
       </c>
       <c r="L448" t="s">
         <v>52</v>
       </c>
       <c r="M448" t="s">
         <v>317</v>
       </c>
       <c r="P448" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="Q448" t="s">
         <v>146</v>
       </c>
       <c r="R448" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="449" spans="1:18">
       <c r="A449">
         <v>448</v>
       </c>
       <c r="B449" t="s">
         <v>44</v>
       </c>
       <c r="C449" t="s">
         <v>45</v>
       </c>
       <c r="E449" t="s">
         <v>395</v>
       </c>
       <c r="F449" t="s">
         <v>723</v>
       </c>
       <c r="G449" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="H449" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="I449" t="s">
         <v>50</v>
       </c>
       <c r="J449" t="s">
         <v>25</v>
       </c>
       <c r="K449" t="s">
         <v>38</v>
       </c>
       <c r="L449" t="s">
         <v>78</v>
       </c>
       <c r="M449" t="s">
         <v>397</v>
       </c>
       <c r="P449" t="s">
         <v>155</v>
       </c>
       <c r="Q449" t="s">
         <v>314</v>
       </c>
       <c r="R449" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="450" spans="1:18">
       <c r="A450">
         <v>449</v>
       </c>
       <c r="B450" t="s">
         <v>44</v>
       </c>
       <c r="C450" t="s">
         <v>45</v>
       </c>
       <c r="E450" t="s">
         <v>315</v>
       </c>
       <c r="F450" t="s">
         <v>93</v>
       </c>
       <c r="G450" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="H450" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="I450" t="s">
         <v>24</v>
       </c>
       <c r="J450" t="s">
         <v>25</v>
       </c>
       <c r="K450" t="s">
         <v>381</v>
       </c>
       <c r="L450" t="s">
         <v>52</v>
       </c>
       <c r="M450" t="s">
         <v>317</v>
       </c>
       <c r="P450" t="s">
         <v>72</v>
       </c>
       <c r="Q450" t="s">
         <v>1107</v>
       </c>
       <c r="R450" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="451" spans="1:18">
       <c r="A451">
         <v>450</v>
       </c>
       <c r="B451" t="s">
         <v>44</v>
       </c>
       <c r="C451" t="s">
         <v>19</v>
       </c>
       <c r="E451" t="s">
         <v>84</v>
       </c>
       <c r="F451" t="s">
         <v>771</v>
       </c>
       <c r="G451" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="H451" t="s">
         <v>1078</v>
       </c>
       <c r="I451" t="s">
         <v>24</v>
       </c>
       <c r="J451" t="s">
         <v>25</v>
       </c>
       <c r="K451" t="s">
         <v>286</v>
       </c>
       <c r="L451" t="s">
         <v>88</v>
       </c>
       <c r="M451" t="s">
         <v>89</v>
       </c>
       <c r="P451" t="s">
         <v>155</v>
       </c>
       <c r="Q451" t="s">
         <v>308</v>
       </c>
       <c r="R451" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="452" spans="1:18">
       <c r="A452">
         <v>451</v>
       </c>
       <c r="B452" t="s">
         <v>32</v>
       </c>
       <c r="C452" t="s">
         <v>45</v>
       </c>
       <c r="E452" t="s">
         <v>332</v>
       </c>
       <c r="F452" t="s">
         <v>480</v>
       </c>
       <c r="G452" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="H452" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="I452" t="s">
         <v>50</v>
       </c>
       <c r="J452" t="s">
         <v>25</v>
       </c>
       <c r="K452" t="s">
         <v>356</v>
       </c>
       <c r="L452" t="s">
         <v>78</v>
       </c>
       <c r="M452" t="s">
         <v>337</v>
       </c>
       <c r="P452" t="s">
         <v>784</v>
       </c>
       <c r="Q452" t="s">
         <v>171</v>
       </c>
       <c r="R452" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="453" spans="1:18">
       <c r="A453">
         <v>452</v>
       </c>
       <c r="B453" t="s">
         <v>32</v>
       </c>
       <c r="C453" t="s">
         <v>45</v>
       </c>
       <c r="E453" t="s">
         <v>309</v>
       </c>
       <c r="F453" t="s">
         <v>271</v>
       </c>
       <c r="G453" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="H453" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="I453" t="s">
         <v>24</v>
       </c>
       <c r="J453" t="s">
         <v>25</v>
       </c>
       <c r="K453" t="s">
         <v>455</v>
       </c>
       <c r="L453" t="s">
         <v>161</v>
       </c>
       <c r="M453" t="s">
         <v>313</v>
       </c>
       <c r="P453" t="s">
         <v>163</v>
       </c>
       <c r="Q453" t="s">
         <v>482</v>
       </c>
       <c r="R453" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="454" spans="1:18">
       <c r="A454">
         <v>453</v>
       </c>
       <c r="B454" t="s">
         <v>44</v>
       </c>
       <c r="C454" t="s">
         <v>19</v>
       </c>
       <c r="E454" t="s">
         <v>560</v>
       </c>
       <c r="F454" t="s">
         <v>122</v>
       </c>
       <c r="G454" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="J454" t="s">
         <v>834</v>
       </c>
       <c r="L454" t="s">
         <v>27</v>
       </c>
       <c r="M454" t="s">
         <v>562</v>
       </c>
       <c r="P454" t="s">
         <v>781</v>
       </c>
       <c r="Q454" t="s">
         <v>269</v>
       </c>
       <c r="R454" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="455" spans="1:18">
       <c r="A455">
         <v>454</v>
       </c>
       <c r="B455" t="s">
         <v>32</v>
       </c>
       <c r="C455" t="s">
         <v>19</v>
       </c>
       <c r="E455" t="s">
         <v>84</v>
       </c>
       <c r="F455" t="s">
         <v>34</v>
       </c>
       <c r="G455" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="J455" t="s">
         <v>834</v>
       </c>
       <c r="L455" t="s">
         <v>88</v>
       </c>
       <c r="M455" t="s">
         <v>89</v>
       </c>
       <c r="P455" t="s">
         <v>90</v>
       </c>
       <c r="Q455" t="s">
         <v>55</v>
       </c>
       <c r="R455" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="456" spans="1:18">
       <c r="A456">
         <v>455</v>
       </c>
       <c r="B456" t="s">
         <v>83</v>
       </c>
       <c r="C456" t="s">
         <v>19</v>
       </c>
       <c r="E456" t="s">
         <v>584</v>
       </c>
       <c r="F456" t="s">
         <v>289</v>
       </c>
       <c r="G456" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="J456" t="s">
         <v>787</v>
       </c>
       <c r="L456" t="s">
         <v>78</v>
       </c>
       <c r="M456" t="s">
         <v>587</v>
       </c>
       <c r="P456" t="s">
         <v>305</v>
       </c>
       <c r="Q456" t="s">
         <v>702</v>
       </c>
       <c r="R456" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="457" spans="1:18">
       <c r="A457">
         <v>456</v>
       </c>
       <c r="B457" t="s">
         <v>32</v>
       </c>
       <c r="C457" t="s">
         <v>19</v>
       </c>
       <c r="E457" t="s">
         <v>719</v>
       </c>
       <c r="F457" t="s">
         <v>139</v>
       </c>
       <c r="G457" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="J457" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="L457" t="s">
         <v>78</v>
       </c>
       <c r="M457" t="s">
         <v>722</v>
       </c>
       <c r="P457" t="s">
         <v>430</v>
       </c>
       <c r="Q457" t="s">
         <v>416</v>
       </c>
       <c r="R457" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="458" spans="1:18">
       <c r="A458">
         <v>457</v>
       </c>
       <c r="B458" t="s">
         <v>44</v>
       </c>
       <c r="C458" t="s">
         <v>45</v>
       </c>
       <c r="E458" t="s">
         <v>92</v>
       </c>
       <c r="F458" t="s">
         <v>401</v>
       </c>
       <c r="G458" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="H458" t="s">
         <v>258</v>
       </c>
       <c r="I458" t="s">
         <v>142</v>
       </c>
       <c r="J458" t="s">
         <v>25</v>
       </c>
       <c r="K458" t="s">
         <v>180</v>
       </c>
       <c r="L458" t="s">
         <v>70</v>
       </c>
       <c r="M458" t="s">
         <v>96</v>
       </c>
       <c r="P458" t="s">
         <v>163</v>
       </c>
       <c r="Q458" t="s">
         <v>146</v>
       </c>
       <c r="R458" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="459" spans="1:18">
       <c r="A459">
         <v>458</v>
       </c>
       <c r="B459" t="s">
         <v>32</v>
       </c>
       <c r="C459" t="s">
         <v>45</v>
       </c>
       <c r="E459" t="s">
         <v>129</v>
       </c>
       <c r="F459" t="s">
         <v>430</v>
       </c>
       <c r="G459" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="H459" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="I459" t="s">
         <v>24</v>
       </c>
       <c r="J459" t="s">
         <v>25</v>
       </c>
       <c r="K459" t="s">
         <v>657</v>
       </c>
       <c r="L459" t="s">
         <v>134</v>
       </c>
       <c r="M459" t="s">
         <v>135</v>
       </c>
       <c r="P459" t="s">
         <v>163</v>
       </c>
       <c r="Q459" t="s">
         <v>275</v>
       </c>
       <c r="R459" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="460" spans="1:18">
       <c r="A460">
         <v>459</v>
       </c>
       <c r="B460" t="s">
         <v>32</v>
       </c>
       <c r="C460" t="s">
         <v>45</v>
       </c>
       <c r="E460" t="s">
         <v>172</v>
       </c>
       <c r="F460" t="s">
         <v>75</v>
       </c>
       <c r="G460" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="H460" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="I460" t="s">
         <v>50</v>
       </c>
       <c r="J460" t="s">
         <v>25</v>
       </c>
       <c r="K460" t="s">
         <v>411</v>
       </c>
       <c r="L460" t="s">
         <v>134</v>
       </c>
       <c r="M460" t="s">
         <v>176</v>
       </c>
       <c r="P460" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="Q460" t="s">
         <v>81</v>
       </c>
       <c r="R460" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="461" spans="1:18">
       <c r="A461">
         <v>460</v>
       </c>
       <c r="B461" t="s">
         <v>32</v>
       </c>
       <c r="C461" t="s">
         <v>45</v>
       </c>
       <c r="E461" t="s">
         <v>332</v>
       </c>
       <c r="F461" t="s">
         <v>114</v>
       </c>
       <c r="G461" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="H461" t="s">
         <v>517</v>
       </c>
       <c r="I461" t="s">
         <v>24</v>
       </c>
       <c r="J461" t="s">
         <v>25</v>
       </c>
       <c r="K461" t="s">
         <v>51</v>
       </c>
       <c r="L461" t="s">
         <v>78</v>
       </c>
       <c r="M461" t="s">
         <v>337</v>
       </c>
       <c r="P461" t="s">
         <v>90</v>
       </c>
       <c r="Q461" t="s">
         <v>1098</v>
       </c>
       <c r="R461" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="462" spans="1:18">
       <c r="A462">
         <v>461</v>
       </c>
       <c r="B462" t="s">
         <v>32</v>
       </c>
       <c r="C462" t="s">
         <v>45</v>
       </c>
       <c r="E462" t="s">
         <v>213</v>
       </c>
       <c r="F462" t="s">
         <v>155</v>
       </c>
       <c r="G462" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="J462" t="s">
         <v>95</v>
       </c>
       <c r="L462" t="s">
         <v>27</v>
       </c>
       <c r="M462" t="s">
         <v>218</v>
       </c>
       <c r="P462" t="s">
         <v>287</v>
       </c>
       <c r="Q462" t="s">
         <v>688</v>
       </c>
       <c r="R462" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="463" spans="1:18">
       <c r="A463">
         <v>462</v>
       </c>
       <c r="B463" t="s">
         <v>83</v>
       </c>
       <c r="C463" t="s">
         <v>19</v>
       </c>
       <c r="E463" t="s">
         <v>221</v>
       </c>
       <c r="F463" t="s">
         <v>230</v>
       </c>
       <c r="G463" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="H463" t="s">
         <v>232</v>
       </c>
       <c r="I463" t="s">
         <v>24</v>
       </c>
       <c r="J463" t="s">
         <v>25</v>
       </c>
       <c r="K463" t="s">
         <v>884</v>
       </c>
       <c r="L463" t="s">
         <v>134</v>
       </c>
       <c r="M463" t="s">
         <v>226</v>
       </c>
       <c r="P463" t="s">
         <v>155</v>
       </c>
       <c r="Q463" t="s">
         <v>288</v>
       </c>
       <c r="R463" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="464" spans="1:18">
       <c r="A464">
         <v>463</v>
       </c>
       <c r="B464" t="s">
         <v>32</v>
       </c>
       <c r="C464" t="s">
         <v>19</v>
       </c>
       <c r="E464" t="s">
         <v>46</v>
       </c>
       <c r="F464" t="s">
         <v>222</v>
       </c>
       <c r="G464" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="H464" t="s">
         <v>36</v>
       </c>
       <c r="I464" t="s">
         <v>37</v>
       </c>
       <c r="J464" t="s">
         <v>25</v>
       </c>
       <c r="K464" t="s">
         <v>351</v>
       </c>
       <c r="L464" t="s">
         <v>52</v>
       </c>
       <c r="M464" t="s">
         <v>53</v>
       </c>
       <c r="P464" t="s">
         <v>54</v>
       </c>
       <c r="Q464" t="s">
         <v>244</v>
       </c>
       <c r="R464" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="465" spans="1:18">
       <c r="A465">
         <v>464</v>
       </c>
       <c r="B465" t="s">
         <v>32</v>
       </c>
       <c r="C465" t="s">
         <v>45</v>
       </c>
       <c r="E465" t="s">
         <v>520</v>
       </c>
       <c r="F465" t="s">
         <v>230</v>
       </c>
       <c r="G465" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="H465" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="I465" t="s">
         <v>204</v>
       </c>
       <c r="J465" t="s">
         <v>25</v>
       </c>
       <c r="K465" t="s">
         <v>133</v>
       </c>
       <c r="L465" t="s">
         <v>27</v>
       </c>
       <c r="M465" t="s">
         <v>523</v>
       </c>
       <c r="P465" t="s">
         <v>72</v>
       </c>
       <c r="Q465" t="s">
         <v>384</v>
       </c>
       <c r="R465" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="466" spans="1:18">
       <c r="A466">
         <v>465</v>
       </c>
       <c r="B466" t="s">
         <v>32</v>
       </c>
       <c r="C466" t="s">
         <v>45</v>
       </c>
       <c r="E466" t="s">
         <v>221</v>
       </c>
       <c r="F466" t="s">
         <v>245</v>
       </c>
       <c r="G466" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="H466" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="I466" t="s">
         <v>24</v>
       </c>
       <c r="J466" t="s">
         <v>25</v>
       </c>
       <c r="K466" t="s">
         <v>455</v>
       </c>
       <c r="L466" t="s">
         <v>134</v>
       </c>
       <c r="M466" t="s">
         <v>226</v>
       </c>
       <c r="P466" t="s">
         <v>170</v>
       </c>
       <c r="Q466" t="s">
         <v>708</v>
       </c>
       <c r="R466" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="467" spans="1:18">
       <c r="A467">
         <v>466</v>
       </c>
       <c r="B467" t="s">
         <v>32</v>
       </c>
       <c r="C467" t="s">
         <v>45</v>
       </c>
       <c r="E467" t="s">
         <v>315</v>
       </c>
       <c r="F467" t="s">
         <v>271</v>
       </c>
       <c r="G467" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="J467" t="s">
         <v>95</v>
       </c>
       <c r="L467" t="s">
         <v>52</v>
       </c>
       <c r="M467" t="s">
         <v>317</v>
       </c>
       <c r="P467" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="Q467" t="s">
         <v>292</v>
       </c>
       <c r="R467" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="468" spans="1:18">
       <c r="A468">
         <v>467</v>
       </c>
       <c r="B468" t="s">
         <v>18</v>
       </c>
       <c r="C468" t="s">
         <v>19</v>
       </c>
       <c r="E468" t="s">
         <v>194</v>
       </c>
       <c r="F468" t="s">
         <v>345</v>
       </c>
       <c r="G468" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="H468" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="I468" t="s">
         <v>24</v>
       </c>
       <c r="J468" t="s">
         <v>25</v>
       </c>
       <c r="K468" t="s">
         <v>530</v>
       </c>
       <c r="L468" t="s">
         <v>78</v>
       </c>
       <c r="M468" t="s">
         <v>198</v>
       </c>
       <c r="P468" t="s">
         <v>1088</v>
       </c>
       <c r="Q468" t="s">
         <v>416</v>
       </c>
       <c r="R468" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="469" spans="1:18">
       <c r="A469">
         <v>468</v>
       </c>
       <c r="B469" t="s">
         <v>622</v>
       </c>
       <c r="C469" t="s">
         <v>45</v>
       </c>
       <c r="E469" t="s">
         <v>719</v>
       </c>
       <c r="F469" t="s">
         <v>139</v>
       </c>
       <c r="G469" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="H469" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="I469" t="s">
         <v>204</v>
       </c>
       <c r="J469" t="s">
         <v>25</v>
       </c>
       <c r="K469" t="s">
         <v>299</v>
       </c>
       <c r="L469" t="s">
         <v>78</v>
       </c>
       <c r="M469" t="s">
         <v>722</v>
       </c>
       <c r="P469" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="Q469" t="s">
         <v>500</v>
       </c>
       <c r="R469" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="470" spans="1:18">
       <c r="A470">
         <v>469</v>
       </c>
       <c r="B470" t="s">
         <v>32</v>
       </c>
       <c r="C470" t="s">
         <v>45</v>
       </c>
       <c r="E470" t="s">
         <v>520</v>
       </c>
       <c r="F470" t="s">
         <v>401</v>
       </c>
       <c r="G470" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="H470" t="s">
         <v>878</v>
       </c>
       <c r="I470" t="s">
         <v>24</v>
       </c>
       <c r="J470" t="s">
         <v>25</v>
       </c>
       <c r="K470" t="s">
         <v>143</v>
       </c>
       <c r="L470" t="s">
         <v>27</v>
       </c>
       <c r="M470" t="s">
         <v>523</v>
       </c>
       <c r="P470" t="s">
         <v>524</v>
       </c>
       <c r="Q470" t="s">
         <v>759</v>
       </c>
       <c r="R470" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="471" spans="1:18">
       <c r="A471">
         <v>470</v>
       </c>
       <c r="B471" t="s">
         <v>32</v>
       </c>
       <c r="C471" t="s">
         <v>45</v>
       </c>
       <c r="E471" t="s">
         <v>177</v>
       </c>
       <c r="F471" t="s">
         <v>404</v>
       </c>
       <c r="G471" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="H471" t="s">
         <v>232</v>
       </c>
       <c r="I471" t="s">
         <v>24</v>
       </c>
       <c r="J471" t="s">
         <v>25</v>
       </c>
       <c r="K471" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="L471" t="s">
         <v>78</v>
       </c>
       <c r="M471" t="s">
         <v>181</v>
       </c>
       <c r="P471" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="Q471" t="s">
         <v>363</v>
       </c>
       <c r="R471" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="472" spans="1:18">
       <c r="A472">
         <v>471</v>
       </c>
       <c r="B472" t="s">
         <v>18</v>
       </c>
       <c r="C472" t="s">
         <v>45</v>
       </c>
       <c r="E472" t="s">
         <v>64</v>
       </c>
       <c r="F472" t="s">
         <v>271</v>
       </c>
       <c r="G472" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="J472" t="s">
         <v>103</v>
       </c>
       <c r="L472" t="s">
         <v>70</v>
       </c>
       <c r="M472" t="s">
         <v>71</v>
       </c>
       <c r="P472" t="s">
         <v>72</v>
       </c>
       <c r="Q472" t="s">
         <v>269</v>
       </c>
       <c r="R472" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="473" spans="1:18">
       <c r="A473">
         <v>472</v>
       </c>
       <c r="B473" t="s">
         <v>32</v>
       </c>
       <c r="C473" t="s">
         <v>19</v>
       </c>
       <c r="E473" t="s">
         <v>315</v>
       </c>
       <c r="F473" t="s">
         <v>417</v>
       </c>
       <c r="G473" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="H473" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="I473" t="s">
         <v>24</v>
       </c>
       <c r="J473" t="s">
         <v>25</v>
       </c>
       <c r="K473" t="s">
         <v>455</v>
       </c>
       <c r="L473" t="s">
         <v>52</v>
       </c>
       <c r="M473" t="s">
         <v>317</v>
       </c>
       <c r="P473" t="s">
         <v>543</v>
       </c>
       <c r="Q473" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="R473" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="474" spans="1:18">
       <c r="A474">
         <v>473</v>
       </c>
       <c r="B474" t="s">
         <v>32</v>
       </c>
       <c r="C474" t="s">
         <v>19</v>
       </c>
       <c r="E474" t="s">
         <v>338</v>
       </c>
       <c r="F474" t="s">
         <v>114</v>
       </c>
       <c r="G474" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="H474" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="I474" t="s">
         <v>50</v>
       </c>
       <c r="J474" t="s">
         <v>25</v>
       </c>
       <c r="K474" t="s">
         <v>51</v>
       </c>
       <c r="L474" t="s">
         <v>78</v>
       </c>
       <c r="M474" t="s">
         <v>341</v>
       </c>
       <c r="P474" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="Q474" t="s">
         <v>416</v>
       </c>
       <c r="R474" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="475" spans="1:18">
       <c r="A475">
         <v>474</v>
       </c>
       <c r="B475" t="s">
         <v>44</v>
       </c>
       <c r="C475" t="s">
         <v>19</v>
       </c>
       <c r="E475" t="s">
         <v>213</v>
       </c>
       <c r="F475" t="s">
         <v>65</v>
       </c>
       <c r="G475" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="J475" t="s">
         <v>834</v>
       </c>
       <c r="L475" t="s">
         <v>27</v>
       </c>
       <c r="M475" t="s">
         <v>218</v>
       </c>
       <c r="P475" t="s">
         <v>331</v>
       </c>
       <c r="Q475" t="s">
         <v>425</v>
       </c>
       <c r="R475" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="476" spans="1:18">
       <c r="A476">
         <v>475</v>
       </c>
       <c r="B476" t="s">
         <v>32</v>
       </c>
       <c r="C476" t="s">
         <v>19</v>
       </c>
       <c r="E476" t="s">
         <v>177</v>
       </c>
       <c r="F476" t="s">
         <v>130</v>
       </c>
       <c r="G476" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="H476" t="s">
         <v>736</v>
       </c>
       <c r="I476" t="s">
         <v>68</v>
       </c>
       <c r="J476" t="s">
         <v>25</v>
       </c>
       <c r="K476" t="s">
         <v>217</v>
       </c>
       <c r="L476" t="s">
         <v>78</v>
       </c>
       <c r="M476" t="s">
         <v>181</v>
       </c>
       <c r="P476" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="Q476" t="s">
         <v>574</v>
       </c>
       <c r="R476" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="477" spans="1:18">
       <c r="A477">
         <v>476</v>
       </c>
       <c r="B477" t="s">
         <v>83</v>
       </c>
       <c r="C477" t="s">
         <v>45</v>
       </c>
       <c r="E477" t="s">
         <v>33</v>
       </c>
       <c r="F477" t="s">
         <v>1068</v>
       </c>
       <c r="G477" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="H477" t="s">
         <v>503</v>
       </c>
       <c r="I477" t="s">
         <v>24</v>
       </c>
       <c r="J477" t="s">
         <v>25</v>
       </c>
       <c r="K477" t="s">
         <v>143</v>
       </c>
       <c r="L477" t="s">
         <v>39</v>
       </c>
       <c r="M477" t="s">
         <v>40</v>
       </c>
       <c r="P477" t="s">
         <v>951</v>
       </c>
       <c r="Q477" t="s">
         <v>205</v>
       </c>
       <c r="R477" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="478" spans="1:18">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478" t="s">
         <v>32</v>
       </c>
       <c r="C478" t="s">
         <v>45</v>
       </c>
       <c r="E478" t="s">
         <v>84</v>
       </c>
       <c r="F478" t="s">
         <v>85</v>
       </c>
       <c r="G478" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="H478" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="I478" t="s">
         <v>204</v>
       </c>
       <c r="J478" t="s">
         <v>25</v>
       </c>
       <c r="K478" t="s">
         <v>336</v>
       </c>
       <c r="L478" t="s">
         <v>88</v>
       </c>
       <c r="M478" t="s">
         <v>89</v>
       </c>
       <c r="P478" t="s">
         <v>513</v>
       </c>
       <c r="Q478" t="s">
         <v>581</v>
       </c>
       <c r="R478" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="479" spans="1:18">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479" t="s">
         <v>44</v>
       </c>
       <c r="C479" t="s">
         <v>19</v>
       </c>
       <c r="E479" t="s">
         <v>84</v>
       </c>
       <c r="F479" t="s">
         <v>452</v>
       </c>
       <c r="G479" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="J479" t="s">
         <v>95</v>
       </c>
       <c r="L479" t="s">
         <v>88</v>
       </c>
       <c r="M479" t="s">
         <v>89</v>
       </c>
       <c r="P479" t="s">
         <v>879</v>
       </c>
       <c r="Q479" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="480" spans="1:18">
       <c r="A480">
         <v>479</v>
       </c>
       <c r="B480" t="s">
         <v>282</v>
       </c>
       <c r="C480" t="s">
         <v>19</v>
       </c>
       <c r="E480" t="s">
         <v>46</v>
       </c>
       <c r="F480" t="s">
         <v>130</v>
       </c>
       <c r="G480" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="H480" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="I480" t="s">
         <v>24</v>
       </c>
       <c r="J480" t="s">
         <v>25</v>
       </c>
       <c r="K480" t="s">
         <v>411</v>
       </c>
       <c r="L480" t="s">
         <v>52</v>
       </c>
       <c r="M480" t="s">
         <v>53</v>
       </c>
       <c r="P480" t="s">
         <v>254</v>
       </c>
       <c r="Q480" t="s">
         <v>128</v>
       </c>
       <c r="R480" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="481" spans="1:18">
       <c r="A481">
         <v>480</v>
       </c>
       <c r="B481" t="s">
         <v>18</v>
       </c>
       <c r="C481" t="s">
         <v>19</v>
       </c>
       <c r="E481" t="s">
         <v>250</v>
       </c>
       <c r="F481" t="s">
         <v>47</v>
       </c>
       <c r="G481" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="H481" t="s">
         <v>132</v>
       </c>
       <c r="I481" t="s">
         <v>50</v>
       </c>
       <c r="J481" t="s">
         <v>25</v>
       </c>
       <c r="K481" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="L481" t="s">
         <v>70</v>
       </c>
       <c r="M481" t="s">
         <v>253</v>
       </c>
       <c r="P481" t="s">
         <v>119</v>
       </c>
       <c r="Q481" t="s">
         <v>759</v>
       </c>
       <c r="R481" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="482" spans="1:18">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482" t="s">
         <v>32</v>
       </c>
       <c r="C482" t="s">
         <v>19</v>
       </c>
       <c r="E482" t="s">
         <v>395</v>
       </c>
       <c r="F482" t="s">
         <v>289</v>
       </c>
       <c r="G482" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="H482" t="s">
         <v>340</v>
       </c>
       <c r="I482" t="s">
         <v>24</v>
       </c>
       <c r="J482" t="s">
         <v>25</v>
       </c>
       <c r="K482" t="s">
         <v>217</v>
       </c>
       <c r="L482" t="s">
         <v>78</v>
       </c>
       <c r="M482" t="s">
         <v>397</v>
       </c>
       <c r="P482" t="s">
         <v>1124</v>
       </c>
       <c r="Q482" t="s">
         <v>171</v>
       </c>
       <c r="R482" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="483" spans="1:18">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483" t="s">
         <v>32</v>
       </c>
       <c r="C483" t="s">
         <v>19</v>
       </c>
       <c r="E483" t="s">
         <v>309</v>
       </c>
       <c r="F483" t="s">
         <v>1019</v>
       </c>
       <c r="G483" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="H483" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="I483" t="s">
         <v>24</v>
       </c>
       <c r="J483" t="s">
         <v>25</v>
       </c>
       <c r="K483" t="s">
         <v>38</v>
       </c>
       <c r="L483" t="s">
         <v>161</v>
       </c>
       <c r="M483" t="s">
         <v>313</v>
       </c>
       <c r="P483" t="s">
         <v>93</v>
       </c>
       <c r="Q483" t="s">
         <v>702</v>
       </c>
       <c r="R483" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="484" spans="1:18">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484" t="s">
         <v>282</v>
       </c>
       <c r="C484" t="s">
         <v>19</v>
       </c>
       <c r="E484" t="s">
         <v>319</v>
       </c>
       <c r="F484" t="s">
         <v>320</v>
       </c>
       <c r="G484" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="H484" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="I484" t="s">
         <v>68</v>
       </c>
       <c r="J484" t="s">
         <v>25</v>
       </c>
       <c r="K484" t="s">
         <v>38</v>
       </c>
       <c r="L484" t="s">
         <v>161</v>
       </c>
       <c r="M484" t="s">
         <v>324</v>
       </c>
       <c r="P484" t="s">
         <v>119</v>
       </c>
       <c r="Q484" t="s">
         <v>511</v>
       </c>
       <c r="R484" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="485" spans="1:18">
       <c r="A485">
         <v>484</v>
       </c>
       <c r="B485" t="s">
         <v>282</v>
       </c>
       <c r="C485" t="s">
         <v>45</v>
       </c>
       <c r="E485" t="s">
         <v>183</v>
       </c>
       <c r="F485" t="s">
         <v>775</v>
       </c>
       <c r="G485" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="H485" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="I485" t="s">
         <v>24</v>
       </c>
       <c r="J485" t="s">
         <v>25</v>
       </c>
       <c r="K485" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="L485" t="s">
         <v>78</v>
       </c>
       <c r="M485" t="s">
         <v>187</v>
       </c>
       <c r="P485" t="s">
         <v>373</v>
       </c>
       <c r="Q485" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="486" spans="1:18">
       <c r="A486">
         <v>485</v>
       </c>
       <c r="B486" t="s">
         <v>32</v>
       </c>
       <c r="C486" t="s">
         <v>45</v>
       </c>
       <c r="E486" t="s">
         <v>84</v>
       </c>
       <c r="F486" t="s">
         <v>188</v>
       </c>
       <c r="G486" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="H486" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="I486" t="s">
         <v>50</v>
       </c>
       <c r="J486" t="s">
         <v>25</v>
       </c>
       <c r="K486" t="s">
         <v>455</v>
       </c>
       <c r="L486" t="s">
         <v>88</v>
       </c>
       <c r="M486" t="s">
         <v>89</v>
       </c>
       <c r="P486" t="s">
         <v>303</v>
       </c>
       <c r="Q486" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="487" spans="1:18">
       <c r="A487">
         <v>486</v>
       </c>
       <c r="B487" t="s">
         <v>44</v>
       </c>
       <c r="C487" t="s">
         <v>45</v>
       </c>
       <c r="E487" t="s">
         <v>395</v>
       </c>
       <c r="F487" t="s">
         <v>638</v>
       </c>
       <c r="G487" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="J487" t="s">
         <v>95</v>
       </c>
       <c r="L487" t="s">
         <v>78</v>
       </c>
       <c r="M487" t="s">
         <v>397</v>
       </c>
       <c r="P487" t="s">
         <v>305</v>
       </c>
       <c r="Q487" t="s">
         <v>193</v>
       </c>
       <c r="R487" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="488" spans="1:18">
       <c r="A488">
         <v>487</v>
       </c>
       <c r="B488" t="s">
         <v>32</v>
       </c>
       <c r="C488" t="s">
         <v>45</v>
       </c>
       <c r="E488" t="s">
         <v>129</v>
       </c>
       <c r="F488" t="s">
         <v>114</v>
       </c>
       <c r="G488" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="H488" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="I488" t="s">
         <v>24</v>
       </c>
       <c r="J488" t="s">
         <v>25</v>
       </c>
       <c r="K488" t="s">
         <v>143</v>
       </c>
       <c r="L488" t="s">
         <v>134</v>
       </c>
       <c r="M488" t="s">
         <v>135</v>
       </c>
       <c r="P488" t="s">
         <v>513</v>
       </c>
       <c r="Q488" t="s">
         <v>699</v>
       </c>
       <c r="R488" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="489" spans="1:18">
       <c r="A489">
         <v>488</v>
       </c>
       <c r="B489" t="s">
         <v>32</v>
       </c>
       <c r="C489" t="s">
         <v>19</v>
       </c>
       <c r="E489" t="s">
         <v>213</v>
       </c>
       <c r="F489" t="s">
         <v>114</v>
       </c>
       <c r="G489" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="H489" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="I489" t="s">
         <v>24</v>
       </c>
       <c r="J489" t="s">
         <v>25</v>
       </c>
       <c r="K489" t="s">
         <v>884</v>
       </c>
       <c r="L489" t="s">
         <v>27</v>
       </c>
       <c r="M489" t="s">
         <v>218</v>
       </c>
       <c r="P489" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="Q489" t="s">
         <v>457</v>
       </c>
       <c r="R489" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="490" spans="1:18">
       <c r="A490">
         <v>489</v>
       </c>
       <c r="B490" t="s">
         <v>18</v>
       </c>
       <c r="C490" t="s">
         <v>45</v>
       </c>
       <c r="E490" t="s">
         <v>64</v>
       </c>
       <c r="F490" t="s">
         <v>65</v>
       </c>
       <c r="G490" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="H490" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="I490" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="J490" t="s">
         <v>25</v>
       </c>
       <c r="K490" t="s">
         <v>133</v>
       </c>
       <c r="L490" t="s">
         <v>70</v>
       </c>
       <c r="M490" t="s">
         <v>71</v>
       </c>
       <c r="P490" t="s">
         <v>305</v>
       </c>
       <c r="Q490" t="s">
         <v>949</v>
       </c>
       <c r="R490" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="491" spans="1:18">
       <c r="A491">
         <v>490</v>
       </c>
       <c r="B491" t="s">
         <v>32</v>
       </c>
       <c r="C491" t="s">
         <v>45</v>
       </c>
       <c r="E491" t="s">
         <v>378</v>
       </c>
       <c r="F491" t="s">
         <v>251</v>
       </c>
       <c r="G491" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="H491" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="I491" t="s">
         <v>24</v>
       </c>
       <c r="J491" t="s">
         <v>25</v>
       </c>
       <c r="K491" t="s">
         <v>455</v>
       </c>
       <c r="L491" t="s">
         <v>39</v>
       </c>
       <c r="M491" t="s">
         <v>382</v>
       </c>
       <c r="P491" t="s">
         <v>227</v>
       </c>
       <c r="Q491" t="s">
         <v>593</v>
       </c>
       <c r="R491" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="492" spans="1:18">
       <c r="A492">
         <v>491</v>
       </c>
       <c r="B492" t="s">
         <v>32</v>
       </c>
       <c r="C492" t="s">
         <v>45</v>
       </c>
       <c r="E492" t="s">
         <v>250</v>
       </c>
       <c r="F492" t="s">
         <v>207</v>
       </c>
       <c r="G492" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="J492" t="s">
         <v>95</v>
       </c>
       <c r="L492" t="s">
         <v>70</v>
       </c>
       <c r="M492" t="s">
         <v>253</v>
       </c>
       <c r="P492" t="s">
         <v>303</v>
       </c>
       <c r="Q492" t="s">
         <v>205</v>
       </c>
       <c r="R492" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="493" spans="1:18">
       <c r="A493">
         <v>492</v>
       </c>
       <c r="B493" t="s">
         <v>32</v>
       </c>
       <c r="C493" t="s">
         <v>45</v>
       </c>
       <c r="E493" t="s">
         <v>319</v>
       </c>
       <c r="F493" t="s">
         <v>139</v>
       </c>
       <c r="G493" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="H493" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="I493" t="s">
         <v>68</v>
       </c>
       <c r="J493" t="s">
         <v>25</v>
       </c>
       <c r="K493" t="s">
         <v>299</v>
       </c>
       <c r="L493" t="s">
         <v>161</v>
       </c>
       <c r="M493" t="s">
         <v>324</v>
       </c>
       <c r="P493" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="Q493" t="s">
         <v>643</v>
       </c>
       <c r="R493" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="494" spans="1:18">
       <c r="A494">
         <v>493</v>
       </c>
       <c r="B494" t="s">
         <v>32</v>
       </c>
       <c r="C494" t="s">
         <v>45</v>
       </c>
       <c r="E494" t="s">
         <v>560</v>
       </c>
       <c r="F494" t="s">
         <v>230</v>
       </c>
       <c r="G494" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="H494" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="I494" t="s">
         <v>24</v>
       </c>
       <c r="J494" t="s">
         <v>25</v>
       </c>
       <c r="K494" t="s">
         <v>299</v>
       </c>
       <c r="L494" t="s">
         <v>27</v>
       </c>
       <c r="M494" t="s">
         <v>562</v>
       </c>
       <c r="P494" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="Q494" t="s">
         <v>536</v>
       </c>
       <c r="R494" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="495" spans="1:18">
       <c r="A495">
         <v>494</v>
       </c>
       <c r="B495" t="s">
         <v>32</v>
       </c>
       <c r="C495" t="s">
         <v>19</v>
       </c>
       <c r="E495" t="s">
         <v>172</v>
       </c>
       <c r="F495" t="s">
         <v>114</v>
       </c>
       <c r="G495" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="H495" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="I495" t="s">
         <v>711</v>
       </c>
       <c r="J495" t="s">
         <v>25</v>
       </c>
       <c r="K495" t="s">
         <v>38</v>
       </c>
       <c r="L495" t="s">
         <v>134</v>
       </c>
       <c r="M495" t="s">
         <v>176</v>
       </c>
       <c r="P495" t="s">
         <v>291</v>
       </c>
       <c r="Q495" t="s">
         <v>652</v>
       </c>
       <c r="R495" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="496" spans="1:18">
       <c r="A496">
         <v>495</v>
       </c>
       <c r="B496" t="s">
         <v>32</v>
       </c>
       <c r="C496" t="s">
         <v>45</v>
       </c>
       <c r="E496" t="s">
         <v>395</v>
       </c>
       <c r="F496" t="s">
         <v>638</v>
       </c>
       <c r="G496" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="J496" t="s">
         <v>95</v>
       </c>
       <c r="L496" t="s">
         <v>78</v>
       </c>
       <c r="M496" t="s">
         <v>397</v>
       </c>
       <c r="P496" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="Q496" t="s">
         <v>98</v>
       </c>
       <c r="R496" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="497" spans="1:18">
       <c r="A497">
         <v>496</v>
       </c>
       <c r="B497" t="s">
         <v>32</v>
       </c>
       <c r="C497" t="s">
         <v>45</v>
       </c>
       <c r="E497" t="s">
         <v>378</v>
       </c>
       <c r="F497" t="s">
         <v>289</v>
       </c>
       <c r="G497" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="H497" t="s">
         <v>863</v>
       </c>
       <c r="I497" t="s">
         <v>204</v>
       </c>
       <c r="J497" t="s">
         <v>25</v>
       </c>
       <c r="K497" t="s">
         <v>455</v>
       </c>
       <c r="L497" t="s">
         <v>39</v>
       </c>
       <c r="M497" t="s">
         <v>382</v>
       </c>
       <c r="P497" t="s">
         <v>305</v>
       </c>
       <c r="Q497" t="s">
         <v>275</v>
       </c>
       <c r="R497" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="498" spans="1:18">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498" t="s">
         <v>32</v>
       </c>
       <c r="C498" t="s">
         <v>45</v>
       </c>
       <c r="E498" t="s">
         <v>56</v>
       </c>
       <c r="F498" t="s">
         <v>21</v>
       </c>
       <c r="G498" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="H498" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="I498" t="s">
         <v>711</v>
       </c>
       <c r="J498" t="s">
         <v>25</v>
       </c>
       <c r="K498" t="s">
         <v>160</v>
       </c>
       <c r="L498" t="s">
         <v>39</v>
       </c>
       <c r="M498" t="s">
         <v>61</v>
       </c>
       <c r="P498" t="s">
         <v>291</v>
       </c>
       <c r="Q498" t="s">
         <v>932</v>
       </c>
       <c r="R498" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="499" spans="1:18">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="C499" t="s">
         <v>45</v>
       </c>
       <c r="E499" t="s">
         <v>113</v>
       </c>
       <c r="F499" t="s">
         <v>277</v>
       </c>
       <c r="G499" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="H499" t="s">
         <v>1123</v>
       </c>
       <c r="J499" t="s">
         <v>25</v>
       </c>
       <c r="K499" t="s">
         <v>286</v>
       </c>
       <c r="L499" t="s">
         <v>27</v>
       </c>
       <c r="M499" t="s">
         <v>118</v>
       </c>
       <c r="P499" t="s">
         <v>331</v>
       </c>
       <c r="Q499" t="s">
         <v>42</v>
       </c>
       <c r="R499" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="500" spans="1:18">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500" t="s">
         <v>83</v>
       </c>
       <c r="C500" t="s">
         <v>45</v>
       </c>
       <c r="E500" t="s">
         <v>157</v>
       </c>
       <c r="F500" t="s">
         <v>401</v>
       </c>
       <c r="G500" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="H500" t="s">
         <v>489</v>
       </c>
       <c r="I500" t="s">
         <v>24</v>
       </c>
       <c r="J500" t="s">
         <v>25</v>
       </c>
       <c r="K500" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="L500" t="s">
         <v>161</v>
       </c>
       <c r="M500" t="s">
         <v>162</v>
       </c>
       <c r="P500" t="s">
         <v>97</v>
       </c>
       <c r="Q500" t="s">
         <v>664</v>
       </c>
       <c r="R500" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="501" spans="1:18">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501" t="s">
         <v>18</v>
       </c>
       <c r="C501" t="s">
         <v>45</v>
       </c>
       <c r="E501" t="s">
         <v>319</v>
       </c>
       <c r="F501" t="s">
         <v>480</v>
       </c>
       <c r="G501" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="H501" t="s">
         <v>153</v>
       </c>
       <c r="I501" t="s">
         <v>24</v>
       </c>
       <c r="J501" t="s">
         <v>25</v>
       </c>
       <c r="K501" t="s">
         <v>117</v>
       </c>
       <c r="L501" t="s">
         <v>161</v>
       </c>
       <c r="M501" t="s">
         <v>324</v>
       </c>
       <c r="P501" t="s">
         <v>1097</v>
       </c>
       <c r="Q501" t="s">
         <v>593</v>
       </c>
       <c r="R501" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="502" spans="1:18">
       <c r="A502">
         <v>501</v>
       </c>
       <c r="B502" t="s">
         <v>32</v>
       </c>
       <c r="C502" t="s">
         <v>19</v>
       </c>
       <c r="E502" t="s">
         <v>309</v>
       </c>
       <c r="F502" t="s">
         <v>114</v>
       </c>
       <c r="G502" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="H502" t="s">
         <v>340</v>
       </c>
       <c r="I502" t="s">
         <v>24</v>
       </c>
       <c r="J502" t="s">
         <v>25</v>
       </c>
       <c r="K502" t="s">
         <v>143</v>
       </c>
       <c r="L502" t="s">
         <v>161</v>
       </c>
       <c r="M502" t="s">
         <v>313</v>
       </c>
       <c r="P502" t="s">
         <v>119</v>
       </c>
       <c r="Q502" t="s">
         <v>314</v>
       </c>
       <c r="R502" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="503" spans="1:18">
       <c r="A503">
         <v>502</v>
       </c>
       <c r="B503" t="s">
         <v>32</v>
       </c>
       <c r="C503" t="s">
         <v>19</v>
       </c>
       <c r="E503" t="s">
         <v>719</v>
       </c>
       <c r="F503" t="s">
         <v>139</v>
       </c>
       <c r="G503" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="H503" t="s">
         <v>736</v>
       </c>
       <c r="I503" t="s">
         <v>68</v>
       </c>
       <c r="J503" t="s">
         <v>25</v>
       </c>
       <c r="K503" t="s">
         <v>286</v>
       </c>
       <c r="L503" t="s">
         <v>78</v>
       </c>
       <c r="M503" t="s">
         <v>722</v>
       </c>
       <c r="P503" t="s">
         <v>119</v>
       </c>
       <c r="Q503" t="s">
         <v>498</v>
       </c>
       <c r="R503" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="504" spans="1:18">
       <c r="A504">
         <v>503</v>
       </c>
       <c r="B504" t="s">
         <v>32</v>
       </c>
       <c r="C504" t="s">
         <v>19</v>
       </c>
       <c r="E504" t="s">
         <v>84</v>
       </c>
       <c r="F504" t="s">
         <v>353</v>
       </c>
       <c r="G504" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="H504" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="I504" t="s">
         <v>50</v>
       </c>
       <c r="J504" t="s">
         <v>25</v>
       </c>
       <c r="K504" t="s">
         <v>133</v>
       </c>
       <c r="L504" t="s">
         <v>88</v>
       </c>
       <c r="M504" t="s">
         <v>89</v>
       </c>
       <c r="P504" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="Q504" t="s">
         <v>384</v>
       </c>
       <c r="R504" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="505" spans="1:18">
       <c r="A505">
         <v>504</v>
       </c>
       <c r="B505" t="s">
         <v>32</v>
       </c>
       <c r="C505" t="s">
         <v>45</v>
       </c>
       <c r="E505" t="s">
         <v>84</v>
       </c>
       <c r="F505" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="G505" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="J505" t="s">
         <v>393</v>
       </c>
       <c r="L505" t="s">
         <v>88</v>
       </c>
       <c r="M505" t="s">
         <v>89</v>
       </c>
       <c r="P505" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="Q505" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="506" spans="1:18">
       <c r="A506">
         <v>505</v>
       </c>
       <c r="B506" t="s">
         <v>44</v>
       </c>
       <c r="C506" t="s">
         <v>45</v>
       </c>
       <c r="E506" t="s">
         <v>84</v>
       </c>
       <c r="F506" t="s">
         <v>353</v>
       </c>
       <c r="G506" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="J506" t="s">
         <v>330</v>
       </c>
       <c r="L506" t="s">
         <v>88</v>
       </c>
       <c r="M506" t="s">
         <v>89</v>
       </c>
       <c r="P506" t="s">
         <v>513</v>
       </c>
       <c r="Q506" t="s">
         <v>189</v>
       </c>
       <c r="R506" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="507" spans="1:18">
       <c r="A507">
         <v>506</v>
       </c>
       <c r="B507" t="s">
         <v>32</v>
       </c>
       <c r="C507" t="s">
         <v>19</v>
       </c>
       <c r="E507" t="s">
         <v>421</v>
       </c>
       <c r="F507" t="s">
         <v>139</v>
       </c>
       <c r="G507" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="H507" t="s">
         <v>517</v>
       </c>
       <c r="I507" t="s">
         <v>24</v>
       </c>
       <c r="J507" t="s">
         <v>25</v>
       </c>
       <c r="K507" t="s">
         <v>143</v>
       </c>
       <c r="L507" t="s">
         <v>161</v>
       </c>
       <c r="M507" t="s">
         <v>424</v>
       </c>
       <c r="P507" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="Q507" t="s">
         <v>366</v>
       </c>
       <c r="R507" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="508" spans="1:18">
       <c r="A508">
         <v>507</v>
       </c>
       <c r="B508" t="s">
         <v>18</v>
       </c>
       <c r="C508" t="s">
         <v>45</v>
       </c>
       <c r="E508" t="s">
         <v>221</v>
       </c>
       <c r="F508" t="s">
         <v>163</v>
       </c>
       <c r="G508" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="H508" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="I508" t="s">
         <v>50</v>
       </c>
       <c r="J508" t="s">
         <v>25</v>
       </c>
       <c r="K508" t="s">
         <v>160</v>
       </c>
       <c r="L508" t="s">
         <v>134</v>
       </c>
       <c r="M508" t="s">
         <v>226</v>
       </c>
       <c r="P508" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="Q508" t="s">
         <v>675</v>
       </c>
       <c r="R508" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="509" spans="1:18">
       <c r="A509">
         <v>508</v>
       </c>
       <c r="B509" t="s">
         <v>18</v>
       </c>
       <c r="C509" t="s">
         <v>45</v>
       </c>
       <c r="E509" t="s">
         <v>421</v>
       </c>
       <c r="F509" t="s">
         <v>75</v>
       </c>
       <c r="G509" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="H509" t="s">
         <v>1021</v>
       </c>
       <c r="I509" t="s">
         <v>24</v>
       </c>
       <c r="J509" t="s">
         <v>25</v>
       </c>
       <c r="K509" t="s">
         <v>371</v>
       </c>
       <c r="L509" t="s">
         <v>161</v>
       </c>
       <c r="M509" t="s">
         <v>424</v>
       </c>
       <c r="P509" t="s">
         <v>1005</v>
       </c>
       <c r="Q509" t="s">
         <v>255</v>
       </c>
       <c r="R509" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="510" spans="1:18">
       <c r="A510">
         <v>509</v>
       </c>
       <c r="B510" t="s">
         <v>32</v>
       </c>
       <c r="C510" t="s">
         <v>45</v>
       </c>
       <c r="E510" t="s">
         <v>64</v>
       </c>
       <c r="F510" t="s">
         <v>975</v>
       </c>
       <c r="G510" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="H510" t="s">
         <v>1024</v>
       </c>
       <c r="I510" t="s">
         <v>24</v>
       </c>
       <c r="J510" t="s">
         <v>25</v>
       </c>
       <c r="K510" t="s">
         <v>441</v>
       </c>
       <c r="L510" t="s">
         <v>70</v>
       </c>
       <c r="M510" t="s">
         <v>71</v>
       </c>
       <c r="P510" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="Q510" t="s">
         <v>946</v>
       </c>
       <c r="R510" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="511" spans="1:18">
       <c r="A511">
         <v>510</v>
       </c>
       <c r="B511" t="s">
         <v>44</v>
       </c>
       <c r="C511" t="s">
         <v>19</v>
       </c>
       <c r="E511" t="s">
         <v>84</v>
       </c>
       <c r="F511" t="s">
         <v>452</v>
       </c>
       <c r="G511" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="J511" t="s">
         <v>103</v>
       </c>
       <c r="L511" t="s">
         <v>88</v>
       </c>
       <c r="M511" t="s">
         <v>89</v>
       </c>
       <c r="P511" t="s">
         <v>119</v>
       </c>
       <c r="Q511" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="512" spans="1:18">
       <c r="A512">
         <v>511</v>
       </c>
       <c r="B512" t="s">
         <v>32</v>
       </c>
       <c r="C512" t="s">
         <v>19</v>
       </c>
       <c r="E512" t="s">
         <v>229</v>
       </c>
       <c r="F512" t="s">
         <v>207</v>
       </c>
       <c r="G512" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="J512" t="s">
         <v>95</v>
       </c>
       <c r="L512" t="s">
         <v>161</v>
       </c>
       <c r="M512" t="s">
         <v>233</v>
       </c>
       <c r="P512" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="Q512" t="s">
         <v>275</v>
       </c>
       <c r="R512" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="513" spans="1:18">
       <c r="A513">
         <v>512</v>
       </c>
       <c r="B513" t="s">
         <v>32</v>
       </c>
       <c r="C513" t="s">
         <v>19</v>
       </c>
       <c r="E513" t="s">
         <v>183</v>
       </c>
       <c r="F513" t="s">
         <v>401</v>
       </c>
       <c r="G513" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="H513" t="s">
         <v>696</v>
       </c>
       <c r="I513" t="s">
         <v>68</v>
       </c>
       <c r="J513" t="s">
         <v>25</v>
       </c>
       <c r="K513" t="s">
         <v>143</v>
       </c>
       <c r="L513" t="s">
         <v>78</v>
       </c>
       <c r="M513" t="s">
         <v>187</v>
       </c>
       <c r="P513" t="s">
         <v>784</v>
       </c>
       <c r="Q513" t="s">
         <v>1107</v>
       </c>
       <c r="R513" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="514" spans="1:18">
       <c r="A514">
         <v>513</v>
       </c>
       <c r="B514" t="s">
         <v>18</v>
       </c>
       <c r="C514" t="s">
         <v>45</v>
       </c>
       <c r="E514" t="s">
         <v>319</v>
       </c>
       <c r="F514" t="s">
         <v>245</v>
       </c>
       <c r="G514" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="H514" t="s">
         <v>492</v>
       </c>
       <c r="I514" t="s">
         <v>50</v>
       </c>
       <c r="J514" t="s">
         <v>25</v>
       </c>
       <c r="K514" t="s">
         <v>26</v>
       </c>
       <c r="L514" t="s">
         <v>161</v>
       </c>
       <c r="M514" t="s">
         <v>324</v>
       </c>
       <c r="P514" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="Q514" t="s">
         <v>314</v>
       </c>
       <c r="R514" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="515" spans="1:18">
       <c r="A515">
         <v>514</v>
       </c>
       <c r="B515" t="s">
         <v>32</v>
       </c>
       <c r="C515" t="s">
         <v>45</v>
       </c>
       <c r="E515" t="s">
         <v>315</v>
       </c>
       <c r="F515" t="s">
         <v>365</v>
       </c>
       <c r="G515" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="H515" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="I515" t="s">
         <v>142</v>
       </c>
       <c r="J515" t="s">
         <v>25</v>
       </c>
       <c r="K515" t="s">
         <v>577</v>
       </c>
       <c r="L515" t="s">
         <v>52</v>
       </c>
       <c r="M515" t="s">
         <v>317</v>
       </c>
       <c r="P515" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="Q515" t="s">
         <v>182</v>
       </c>
       <c r="R515" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="516" spans="1:18">
       <c r="A516">
         <v>515</v>
       </c>
       <c r="B516" t="s">
         <v>44</v>
       </c>
       <c r="C516" t="s">
         <v>19</v>
       </c>
       <c r="E516" t="s">
         <v>250</v>
       </c>
       <c r="F516" t="s">
         <v>417</v>
       </c>
       <c r="G516" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="H516" t="s">
         <v>878</v>
       </c>
       <c r="I516" t="s">
         <v>24</v>
       </c>
       <c r="J516" t="s">
         <v>25</v>
       </c>
       <c r="K516" t="s">
         <v>351</v>
       </c>
       <c r="L516" t="s">
         <v>70</v>
       </c>
       <c r="M516" t="s">
         <v>253</v>
       </c>
       <c r="P516" t="s">
         <v>155</v>
       </c>
       <c r="Q516" t="s">
         <v>494</v>
       </c>
       <c r="R516" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="517" spans="1:18">
       <c r="A517">
         <v>516</v>
       </c>
       <c r="B517" t="s">
         <v>32</v>
       </c>
       <c r="C517" t="s">
         <v>19</v>
       </c>
       <c r="E517" t="s">
         <v>138</v>
       </c>
       <c r="F517" t="s">
         <v>34</v>
       </c>
       <c r="G517" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="J517" t="s">
         <v>787</v>
       </c>
       <c r="L517" t="s">
         <v>27</v>
       </c>
       <c r="M517" t="s">
         <v>144</v>
       </c>
       <c r="P517" t="s">
         <v>62</v>
       </c>
       <c r="Q517" t="s">
         <v>318</v>
       </c>
       <c r="R517" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="518" spans="1:18">
       <c r="A518">
         <v>517</v>
       </c>
       <c r="B518" t="s">
         <v>32</v>
       </c>
       <c r="C518" t="s">
         <v>45</v>
       </c>
       <c r="E518" t="s">
         <v>1102</v>
       </c>
       <c r="F518" t="s">
         <v>114</v>
       </c>
       <c r="G518" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="H518" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="I518" t="s">
         <v>248</v>
       </c>
       <c r="J518" t="s">
         <v>25</v>
       </c>
       <c r="K518" t="s">
         <v>286</v>
       </c>
       <c r="L518" t="s">
         <v>27</v>
       </c>
       <c r="M518" t="s">
         <v>1105</v>
       </c>
       <c r="P518" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="Q518" t="s">
         <v>249</v>
       </c>
       <c r="R518" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="519" spans="1:18">
       <c r="A519">
         <v>518</v>
       </c>
       <c r="B519" t="s">
         <v>83</v>
       </c>
       <c r="C519" t="s">
         <v>45</v>
       </c>
       <c r="E519" t="s">
         <v>100</v>
       </c>
       <c r="F519" t="s">
         <v>310</v>
       </c>
       <c r="G519" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="J519" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="L519" t="s">
         <v>27</v>
       </c>
       <c r="M519" t="s">
         <v>104</v>
       </c>
       <c r="P519" t="s">
         <v>600</v>
       </c>
       <c r="Q519" t="s">
         <v>991</v>
       </c>
       <c r="R519" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="520" spans="1:18">
       <c r="A520">
         <v>519</v>
       </c>
       <c r="B520" t="s">
         <v>44</v>
       </c>
       <c r="C520" t="s">
         <v>45</v>
       </c>
       <c r="E520" t="s">
         <v>84</v>
       </c>
       <c r="F520" t="s">
         <v>865</v>
       </c>
       <c r="G520" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="J520" t="s">
         <v>103</v>
       </c>
       <c r="L520" t="s">
         <v>88</v>
       </c>
       <c r="M520" t="s">
         <v>89</v>
       </c>
       <c r="P520" t="s">
         <v>390</v>
       </c>
       <c r="Q520" t="s">
         <v>30</v>
       </c>
       <c r="R520" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="521" spans="1:18">
       <c r="A521">
         <v>520</v>
       </c>
       <c r="B521" t="s">
         <v>32</v>
       </c>
       <c r="C521" t="s">
         <v>45</v>
       </c>
       <c r="E521" t="s">
         <v>213</v>
       </c>
       <c r="F521" t="s">
         <v>333</v>
       </c>
       <c r="G521" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="H521" t="s">
         <v>203</v>
       </c>
       <c r="I521" t="s">
         <v>204</v>
       </c>
       <c r="J521" t="s">
         <v>25</v>
       </c>
       <c r="K521" t="s">
         <v>577</v>
       </c>
       <c r="L521" t="s">
         <v>27</v>
       </c>
       <c r="M521" t="s">
         <v>218</v>
       </c>
       <c r="P521" t="s">
         <v>291</v>
       </c>
       <c r="Q521" t="s">
         <v>457</v>
       </c>
       <c r="R521" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="522" spans="1:18">
       <c r="A522">
         <v>521</v>
       </c>
       <c r="B522" t="s">
         <v>32</v>
       </c>
       <c r="C522" t="s">
         <v>19</v>
       </c>
       <c r="E522" t="s">
         <v>501</v>
       </c>
       <c r="F522" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="G522" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="J522" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="L522" t="s">
         <v>78</v>
       </c>
       <c r="M522" t="s">
         <v>504</v>
       </c>
       <c r="P522" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="Q522" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="523" spans="1:18">
       <c r="A523">
         <v>522</v>
       </c>
       <c r="B523" t="s">
         <v>32</v>
       </c>
       <c r="C523" t="s">
         <v>19</v>
       </c>
       <c r="E523" t="s">
         <v>206</v>
       </c>
       <c r="F523" t="s">
         <v>775</v>
       </c>
       <c r="G523" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="H523" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="I523" t="s">
         <v>142</v>
       </c>
       <c r="J523" t="s">
         <v>25</v>
       </c>
       <c r="K523" t="s">
         <v>411</v>
       </c>
       <c r="L523" t="s">
         <v>134</v>
       </c>
       <c r="M523" t="s">
         <v>211</v>
       </c>
       <c r="P523" t="s">
         <v>894</v>
       </c>
       <c r="Q523" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="524" spans="1:18">
       <c r="A524">
         <v>523</v>
       </c>
       <c r="B524" t="s">
         <v>32</v>
       </c>
       <c r="C524" t="s">
         <v>19</v>
       </c>
       <c r="E524" t="s">
         <v>221</v>
       </c>
       <c r="F524" t="s">
         <v>245</v>
       </c>
       <c r="G524" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="J524" t="s">
         <v>95</v>
       </c>
       <c r="L524" t="s">
         <v>134</v>
       </c>
       <c r="M524" t="s">
         <v>226</v>
       </c>
       <c r="P524" t="s">
         <v>101</v>
       </c>
       <c r="Q524" t="s">
         <v>261</v>
       </c>
       <c r="R524" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="525" spans="1:18">
       <c r="A525">
         <v>524</v>
       </c>
       <c r="B525" t="s">
         <v>32</v>
       </c>
       <c r="C525" t="s">
         <v>45</v>
       </c>
       <c r="E525" t="s">
         <v>84</v>
       </c>
       <c r="F525" t="s">
         <v>34</v>
       </c>
       <c r="G525" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="H525" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="I525" t="s">
         <v>168</v>
       </c>
       <c r="J525" t="s">
         <v>25</v>
       </c>
       <c r="K525" t="s">
         <v>26</v>
       </c>
       <c r="L525" t="s">
         <v>88</v>
       </c>
       <c r="M525" t="s">
         <v>89</v>
       </c>
       <c r="P525" t="s">
         <v>846</v>
       </c>
       <c r="Q525" t="s">
         <v>1066</v>
       </c>
       <c r="R525" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="526" spans="1:18">
       <c r="A526">
         <v>525</v>
       </c>
       <c r="B526" t="s">
         <v>44</v>
       </c>
       <c r="C526" t="s">
         <v>19</v>
       </c>
       <c r="E526" t="s">
         <v>84</v>
       </c>
       <c r="F526" t="s">
         <v>163</v>
       </c>
       <c r="G526" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="J526" t="s">
         <v>393</v>
       </c>
       <c r="L526" t="s">
         <v>88</v>
       </c>
       <c r="M526" t="s">
         <v>89</v>
       </c>
       <c r="P526" t="s">
         <v>72</v>
       </c>
       <c r="Q526" t="s">
         <v>275</v>
       </c>
       <c r="R526" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="527" spans="1:18">
       <c r="A527">
         <v>526</v>
       </c>
       <c r="B527" t="s">
         <v>18</v>
       </c>
       <c r="C527" t="s">
         <v>45</v>
       </c>
       <c r="E527" t="s">
         <v>56</v>
       </c>
       <c r="F527" t="s">
         <v>723</v>
       </c>
       <c r="G527" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="H527" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="I527" t="s">
         <v>50</v>
       </c>
       <c r="J527" t="s">
         <v>25</v>
       </c>
       <c r="K527" t="s">
         <v>826</v>
       </c>
       <c r="L527" t="s">
         <v>39</v>
       </c>
       <c r="M527" t="s">
         <v>61</v>
       </c>
       <c r="P527" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="Q527" t="s">
         <v>189</v>
       </c>
       <c r="R527" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="528" spans="1:18">
       <c r="A528">
         <v>527</v>
       </c>
       <c r="B528" t="s">
         <v>83</v>
       </c>
       <c r="C528" t="s">
         <v>19</v>
       </c>
       <c r="E528" t="s">
         <v>121</v>
       </c>
       <c r="F528" t="s">
         <v>365</v>
       </c>
       <c r="G528" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="H528" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="I528" t="s">
         <v>24</v>
       </c>
       <c r="J528" t="s">
         <v>25</v>
       </c>
       <c r="K528" t="s">
         <v>286</v>
       </c>
       <c r="L528" t="s">
         <v>78</v>
       </c>
       <c r="M528" t="s">
         <v>126</v>
       </c>
       <c r="P528" t="s">
         <v>1005</v>
       </c>
       <c r="Q528" t="s">
         <v>482</v>
       </c>
       <c r="R528" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="529" spans="1:18">
       <c r="A529">
         <v>528</v>
       </c>
       <c r="B529" t="s">
         <v>32</v>
       </c>
       <c r="C529" t="s">
         <v>19</v>
       </c>
       <c r="E529" t="s">
         <v>107</v>
       </c>
       <c r="F529" t="s">
         <v>108</v>
       </c>
       <c r="G529" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="H529" t="s">
         <v>432</v>
       </c>
       <c r="I529" t="s">
         <v>24</v>
       </c>
       <c r="J529" t="s">
         <v>25</v>
       </c>
       <c r="K529" t="s">
         <v>51</v>
       </c>
       <c r="L529" t="s">
         <v>52</v>
       </c>
       <c r="M529" t="s">
         <v>110</v>
       </c>
       <c r="P529" t="s">
         <v>155</v>
       </c>
       <c r="Q529" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="530" spans="1:18">
       <c r="A530">
         <v>529</v>
       </c>
       <c r="B530" t="s">
         <v>18</v>
       </c>
       <c r="C530" t="s">
         <v>45</v>
       </c>
       <c r="E530" t="s">
         <v>100</v>
       </c>
       <c r="F530" t="s">
         <v>277</v>
       </c>
       <c r="G530" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="H530" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="I530" t="s">
         <v>50</v>
       </c>
       <c r="J530" t="s">
         <v>25</v>
       </c>
       <c r="K530" t="s">
         <v>455</v>
       </c>
       <c r="L530" t="s">
         <v>27</v>
       </c>
       <c r="M530" t="s">
         <v>104</v>
       </c>
       <c r="P530" t="s">
         <v>513</v>
       </c>
       <c r="Q530" t="s">
         <v>574</v>
       </c>
       <c r="R530" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="531" spans="1:18">
       <c r="A531">
         <v>530</v>
       </c>
       <c r="B531" t="s">
         <v>32</v>
       </c>
       <c r="C531" t="s">
         <v>19</v>
       </c>
       <c r="E531" t="s">
         <v>84</v>
       </c>
       <c r="F531" t="s">
         <v>771</v>
       </c>
       <c r="G531" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="H531" t="s">
         <v>701</v>
       </c>
       <c r="I531" t="s">
         <v>24</v>
       </c>
       <c r="J531" t="s">
         <v>25</v>
       </c>
       <c r="K531" t="s">
         <v>26</v>
       </c>
       <c r="L531" t="s">
         <v>88</v>
       </c>
       <c r="M531" t="s">
         <v>89</v>
       </c>
       <c r="P531" t="s">
         <v>436</v>
       </c>
       <c r="Q531" t="s">
         <v>702</v>
       </c>
       <c r="R531" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="532" spans="1:18">
       <c r="A532">
         <v>531</v>
       </c>
       <c r="B532" t="s">
         <v>18</v>
       </c>
       <c r="C532" t="s">
         <v>19</v>
       </c>
       <c r="E532" t="s">
         <v>64</v>
       </c>
       <c r="F532" t="s">
         <v>775</v>
       </c>
       <c r="G532" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="H532" t="s">
         <v>153</v>
       </c>
       <c r="I532" t="s">
         <v>24</v>
       </c>
       <c r="J532" t="s">
         <v>25</v>
       </c>
       <c r="K532" t="s">
         <v>577</v>
       </c>
       <c r="L532" t="s">
         <v>70</v>
       </c>
       <c r="M532" t="s">
         <v>71</v>
       </c>
       <c r="P532" t="s">
         <v>600</v>
       </c>
       <c r="Q532" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="533" spans="1:18">
       <c r="A533">
         <v>532</v>
       </c>
       <c r="B533" t="s">
         <v>32</v>
       </c>
       <c r="C533" t="s">
         <v>19</v>
       </c>
       <c r="E533" t="s">
         <v>113</v>
       </c>
       <c r="F533" t="s">
         <v>401</v>
       </c>
       <c r="G533" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="H533" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="I533" t="s">
         <v>68</v>
       </c>
       <c r="J533" t="s">
         <v>25</v>
       </c>
       <c r="K533" t="s">
         <v>133</v>
       </c>
       <c r="L533" t="s">
         <v>27</v>
       </c>
       <c r="M533" t="s">
         <v>118</v>
       </c>
       <c r="P533" t="s">
         <v>390</v>
       </c>
       <c r="Q533" t="s">
         <v>932</v>
       </c>
       <c r="R533" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="534" spans="1:18">
       <c r="A534">
         <v>533</v>
       </c>
       <c r="B534" t="s">
         <v>32</v>
       </c>
       <c r="C534" t="s">
         <v>45</v>
       </c>
       <c r="E534" t="s">
         <v>172</v>
       </c>
       <c r="F534" t="s">
         <v>21</v>
       </c>
       <c r="G534" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="H534" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="I534" t="s">
         <v>24</v>
       </c>
       <c r="J534" t="s">
         <v>25</v>
       </c>
       <c r="K534" t="s">
         <v>51</v>
       </c>
       <c r="L534" t="s">
         <v>134</v>
       </c>
       <c r="M534" t="s">
         <v>176</v>
       </c>
       <c r="P534" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="Q534" t="s">
         <v>300</v>
       </c>
       <c r="R534" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="535" spans="1:18">
       <c r="A535">
         <v>534</v>
       </c>
       <c r="B535" t="s">
         <v>44</v>
       </c>
       <c r="C535" t="s">
         <v>19</v>
       </c>
       <c r="E535" t="s">
         <v>421</v>
       </c>
       <c r="F535" t="s">
         <v>638</v>
       </c>
       <c r="G535" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="H535" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="I535" t="s">
         <v>24</v>
       </c>
       <c r="J535" t="s">
         <v>25</v>
       </c>
       <c r="K535" t="s">
         <v>299</v>
       </c>
       <c r="L535" t="s">
         <v>161</v>
       </c>
       <c r="M535" t="s">
         <v>424</v>
       </c>
       <c r="P535" t="s">
         <v>452</v>
       </c>
       <c r="Q535" t="s">
         <v>292</v>
       </c>
       <c r="R535" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="536" spans="1:18">
       <c r="A536">
         <v>535</v>
       </c>
       <c r="B536" t="s">
         <v>18</v>
       </c>
       <c r="C536" t="s">
         <v>45</v>
       </c>
       <c r="E536" t="s">
         <v>358</v>
       </c>
       <c r="F536" t="s">
         <v>368</v>
       </c>
       <c r="G536" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="H536" t="s">
         <v>209</v>
       </c>
       <c r="I536" t="s">
         <v>24</v>
       </c>
       <c r="J536" t="s">
         <v>25</v>
       </c>
       <c r="K536" t="s">
         <v>60</v>
       </c>
       <c r="L536" t="s">
         <v>27</v>
       </c>
       <c r="M536" t="s">
         <v>361</v>
       </c>
       <c r="P536" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="Q536" t="s">
         <v>652</v>
       </c>
       <c r="R536" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="537" spans="1:18">
       <c r="A537">
         <v>536</v>
       </c>
       <c r="B537" t="s">
         <v>44</v>
       </c>
       <c r="C537" t="s">
         <v>45</v>
       </c>
       <c r="E537" t="s">
         <v>332</v>
       </c>
       <c r="F537" t="s">
         <v>352</v>
       </c>
       <c r="G537" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="H537" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="I537" t="s">
         <v>24</v>
       </c>
       <c r="J537" t="s">
         <v>25</v>
       </c>
       <c r="K537" t="s">
         <v>210</v>
       </c>
       <c r="L537" t="s">
         <v>78</v>
       </c>
       <c r="M537" t="s">
         <v>337</v>
       </c>
       <c r="P537" t="s">
         <v>188</v>
       </c>
       <c r="Q537" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="538" spans="1:18">
       <c r="A538">
         <v>537</v>
       </c>
       <c r="B538" t="s">
         <v>282</v>
       </c>
       <c r="C538" t="s">
         <v>19</v>
       </c>
       <c r="E538" t="s">
         <v>520</v>
       </c>
       <c r="F538" t="s">
         <v>130</v>
       </c>
       <c r="G538" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="H538" t="s">
         <v>1094</v>
       </c>
       <c r="I538" t="s">
         <v>50</v>
       </c>
       <c r="J538" t="s">
         <v>25</v>
       </c>
       <c r="K538" t="s">
         <v>826</v>
       </c>
       <c r="L538" t="s">
         <v>27</v>
       </c>
       <c r="M538" t="s">
         <v>523</v>
       </c>
       <c r="P538" t="s">
         <v>72</v>
       </c>
       <c r="Q538" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="R538" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="539" spans="1:18">
       <c r="A539">
         <v>538</v>
       </c>
       <c r="B539" t="s">
         <v>32</v>
       </c>
       <c r="C539" t="s">
         <v>45</v>
       </c>
       <c r="E539" t="s">
         <v>92</v>
       </c>
       <c r="F539" t="s">
         <v>404</v>
       </c>
       <c r="G539" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="J539" t="s">
         <v>787</v>
       </c>
       <c r="L539" t="s">
         <v>70</v>
       </c>
       <c r="M539" t="s">
         <v>96</v>
       </c>
       <c r="P539" t="s">
         <v>155</v>
       </c>
       <c r="Q539" t="s">
         <v>793</v>
       </c>
       <c r="R539" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="540" spans="1:18">
       <c r="A540">
         <v>539</v>
       </c>
       <c r="B540" t="s">
         <v>18</v>
       </c>
       <c r="C540" t="s">
         <v>45</v>
       </c>
       <c r="E540" t="s">
         <v>183</v>
       </c>
       <c r="F540" t="s">
         <v>386</v>
       </c>
       <c r="G540" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="H540" t="s">
         <v>258</v>
       </c>
       <c r="I540" t="s">
         <v>142</v>
       </c>
       <c r="J540" t="s">
         <v>25</v>
       </c>
       <c r="K540" t="s">
         <v>26</v>
       </c>
       <c r="L540" t="s">
         <v>78</v>
       </c>
       <c r="M540" t="s">
         <v>187</v>
       </c>
       <c r="P540" t="s">
         <v>678</v>
       </c>
       <c r="Q540" t="s">
         <v>1101</v>
       </c>
       <c r="R540" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="541" spans="1:18">
       <c r="A541">
         <v>540</v>
       </c>
       <c r="B541" t="s">
         <v>44</v>
       </c>
       <c r="C541" t="s">
         <v>45</v>
       </c>
       <c r="E541" t="s">
         <v>84</v>
       </c>
       <c r="F541" t="s">
         <v>85</v>
       </c>
       <c r="G541" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="H541" t="s">
         <v>863</v>
       </c>
       <c r="I541" t="s">
         <v>204</v>
       </c>
       <c r="J541" t="s">
         <v>25</v>
       </c>
       <c r="K541" t="s">
         <v>884</v>
       </c>
       <c r="L541" t="s">
         <v>88</v>
       </c>
       <c r="M541" t="s">
         <v>89</v>
       </c>
       <c r="P541" t="s">
         <v>155</v>
       </c>
       <c r="Q541" t="s">
         <v>1101</v>
       </c>
       <c r="R541" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="542" spans="1:18">
       <c r="A542">
         <v>541</v>
       </c>
       <c r="B542" t="s">
         <v>83</v>
       </c>
       <c r="C542" t="s">
         <v>19</v>
       </c>
       <c r="E542" t="s">
         <v>421</v>
       </c>
       <c r="F542" t="s">
         <v>490</v>
       </c>
       <c r="G542" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="H542" t="s">
         <v>1149</v>
       </c>
       <c r="I542" t="s">
         <v>24</v>
       </c>
       <c r="J542" t="s">
         <v>25</v>
       </c>
       <c r="K542" t="s">
         <v>356</v>
       </c>
       <c r="L542" t="s">
         <v>161</v>
       </c>
       <c r="M542" t="s">
         <v>424</v>
       </c>
       <c r="P542" t="s">
         <v>163</v>
       </c>
       <c r="Q542" t="s">
         <v>637</v>
       </c>
       <c r="R542" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="543" spans="1:18">
       <c r="A543">
         <v>542</v>
       </c>
       <c r="B543" t="s">
         <v>32</v>
       </c>
       <c r="C543" t="s">
         <v>45</v>
       </c>
       <c r="E543" t="s">
         <v>385</v>
       </c>
       <c r="F543" t="s">
         <v>386</v>
       </c>
       <c r="G543" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="H543" t="s">
         <v>672</v>
       </c>
       <c r="I543" t="s">
         <v>50</v>
       </c>
       <c r="J543" t="s">
         <v>25</v>
       </c>
       <c r="K543" t="s">
         <v>143</v>
       </c>
       <c r="L543" t="s">
         <v>161</v>
       </c>
       <c r="M543" t="s">
         <v>389</v>
       </c>
       <c r="P543" t="s">
         <v>1088</v>
       </c>
       <c r="Q543" t="s">
         <v>597</v>
       </c>
       <c r="R543" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="544" spans="1:18">
       <c r="A544">
         <v>543</v>
       </c>
       <c r="B544" t="s">
         <v>44</v>
       </c>
       <c r="C544" t="s">
         <v>45</v>
       </c>
       <c r="E544" t="s">
         <v>385</v>
       </c>
       <c r="F544" t="s">
         <v>386</v>
       </c>
       <c r="G544" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="H544" t="s">
         <v>191</v>
       </c>
       <c r="I544" t="s">
         <v>24</v>
       </c>
       <c r="J544" t="s">
         <v>25</v>
       </c>
       <c r="K544" t="s">
         <v>143</v>
       </c>
       <c r="L544" t="s">
         <v>161</v>
       </c>
       <c r="M544" t="s">
         <v>389</v>
       </c>
       <c r="P544" t="s">
         <v>948</v>
       </c>
       <c r="Q544" t="s">
         <v>200</v>
       </c>
       <c r="R544" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="545" spans="1:18">
       <c r="A545">
         <v>544</v>
       </c>
       <c r="B545" t="s">
         <v>83</v>
       </c>
       <c r="C545" t="s">
         <v>45</v>
       </c>
       <c r="E545" t="s">
         <v>84</v>
       </c>
       <c r="F545" t="s">
         <v>85</v>
       </c>
       <c r="G545" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="H545" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="I545" t="s">
         <v>168</v>
       </c>
       <c r="J545" t="s">
         <v>25</v>
       </c>
       <c r="K545" t="s">
         <v>38</v>
       </c>
       <c r="L545" t="s">
         <v>88</v>
       </c>
       <c r="M545" t="s">
         <v>89</v>
       </c>
       <c r="P545" t="s">
         <v>254</v>
       </c>
       <c r="Q545" t="s">
         <v>874</v>
       </c>
       <c r="R545" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="546" spans="1:18">
       <c r="A546">
         <v>545</v>
       </c>
       <c r="B546" t="s">
         <v>18</v>
       </c>
       <c r="C546" t="s">
         <v>45</v>
       </c>
       <c r="E546" t="s">
         <v>221</v>
       </c>
       <c r="F546" t="s">
         <v>21</v>
       </c>
       <c r="G546" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="H546" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="I546" t="s">
         <v>50</v>
       </c>
       <c r="J546" t="s">
         <v>25</v>
       </c>
       <c r="K546" t="s">
         <v>657</v>
       </c>
       <c r="L546" t="s">
         <v>134</v>
       </c>
       <c r="M546" t="s">
         <v>226</v>
       </c>
       <c r="P546" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="Q546" t="s">
         <v>81</v>
       </c>
       <c r="R546" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="547" spans="1:18">
       <c r="A547">
         <v>546</v>
       </c>
       <c r="B547" t="s">
         <v>83</v>
       </c>
       <c r="C547" t="s">
         <v>45</v>
       </c>
       <c r="E547" t="s">
         <v>84</v>
       </c>
       <c r="F547" t="s">
         <v>34</v>
       </c>
       <c r="G547" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="J547" t="s">
         <v>834</v>
       </c>
       <c r="L547" t="s">
         <v>88</v>
       </c>
       <c r="M547" t="s">
         <v>89</v>
       </c>
       <c r="P547" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="Q547" t="s">
         <v>463</v>
       </c>
       <c r="R547" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="548" spans="1:18">
       <c r="A548">
         <v>547</v>
       </c>
       <c r="B548" t="s">
         <v>32</v>
       </c>
       <c r="C548" t="s">
         <v>45</v>
       </c>
       <c r="E548" t="s">
         <v>221</v>
       </c>
       <c r="F548" t="s">
         <v>251</v>
       </c>
       <c r="G548" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="H548" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="I548" t="s">
         <v>168</v>
       </c>
       <c r="J548" t="s">
         <v>25</v>
       </c>
       <c r="K548" t="s">
         <v>286</v>
       </c>
       <c r="L548" t="s">
         <v>134</v>
       </c>
       <c r="M548" t="s">
         <v>226</v>
       </c>
       <c r="P548" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="Q548" t="s">
         <v>597</v>
       </c>
       <c r="R548" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="549" spans="1:18">
       <c r="A549">
         <v>548</v>
       </c>
       <c r="B549" t="s">
         <v>32</v>
       </c>
       <c r="C549" t="s">
         <v>19</v>
       </c>
       <c r="E549" t="s">
         <v>172</v>
       </c>
       <c r="F549" t="s">
         <v>647</v>
       </c>
       <c r="G549" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="H549" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="I549" t="s">
         <v>24</v>
       </c>
       <c r="J549" t="s">
         <v>25</v>
       </c>
       <c r="K549" t="s">
         <v>160</v>
       </c>
       <c r="L549" t="s">
         <v>134</v>
       </c>
       <c r="M549" t="s">
         <v>176</v>
       </c>
       <c r="P549" t="s">
         <v>365</v>
       </c>
       <c r="Q549" t="s">
         <v>73</v>
       </c>
       <c r="R549" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="550" spans="1:18">
       <c r="A550">
         <v>549</v>
       </c>
       <c r="B550" t="s">
         <v>83</v>
       </c>
       <c r="C550" t="s">
         <v>45</v>
       </c>
       <c r="E550" t="s">
         <v>1102</v>
       </c>
       <c r="F550" t="s">
         <v>75</v>
       </c>
       <c r="G550" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="H550" t="s">
         <v>167</v>
       </c>
       <c r="I550" t="s">
         <v>168</v>
       </c>
       <c r="J550" t="s">
         <v>25</v>
       </c>
       <c r="K550" t="s">
         <v>26</v>
       </c>
       <c r="L550" t="s">
         <v>27</v>
       </c>
       <c r="M550" t="s">
         <v>1105</v>
       </c>
       <c r="P550" t="s">
         <v>543</v>
       </c>
       <c r="Q550" t="s">
         <v>588</v>
       </c>
       <c r="R550" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="551" spans="1:18">
       <c r="A551">
         <v>550</v>
       </c>
       <c r="B551" t="s">
         <v>32</v>
       </c>
       <c r="C551" t="s">
         <v>19</v>
       </c>
       <c r="E551" t="s">
         <v>84</v>
       </c>
       <c r="F551" t="s">
         <v>34</v>
       </c>
       <c r="G551" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="H551" t="s">
         <v>545</v>
       </c>
       <c r="I551" t="s">
         <v>24</v>
       </c>
       <c r="J551" t="s">
         <v>25</v>
       </c>
       <c r="K551" t="s">
         <v>286</v>
       </c>
       <c r="L551" t="s">
         <v>88</v>
       </c>
       <c r="M551" t="s">
         <v>89</v>
       </c>
       <c r="P551" t="s">
         <v>227</v>
       </c>
       <c r="Q551" t="s">
         <v>314</v>
       </c>
       <c r="R551" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="552" spans="1:18">
       <c r="A552">
         <v>551</v>
       </c>
       <c r="B552" t="s">
         <v>18</v>
       </c>
       <c r="C552" t="s">
         <v>45</v>
       </c>
       <c r="E552" t="s">
         <v>604</v>
       </c>
       <c r="F552" t="s">
         <v>65</v>
       </c>
       <c r="G552" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="H552" t="s">
         <v>696</v>
       </c>
       <c r="I552" t="s">
         <v>68</v>
       </c>
       <c r="J552" t="s">
         <v>25</v>
       </c>
       <c r="K552" t="s">
         <v>455</v>
       </c>
       <c r="L552" t="s">
         <v>39</v>
       </c>
       <c r="M552" t="s">
         <v>607</v>
       </c>
       <c r="P552" t="s">
         <v>192</v>
       </c>
       <c r="Q552" t="s">
         <v>1107</v>
       </c>
       <c r="R552" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="553" spans="1:18">
       <c r="A553">
         <v>552</v>
       </c>
       <c r="B553" t="s">
         <v>83</v>
       </c>
       <c r="C553" t="s">
         <v>45</v>
       </c>
       <c r="E553" t="s">
         <v>276</v>
       </c>
       <c r="F553" t="s">
         <v>114</v>
       </c>
       <c r="G553" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="J553" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="L553" t="s">
         <v>78</v>
       </c>
       <c r="M553" t="s">
         <v>279</v>
       </c>
       <c r="P553" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="Q553" t="s">
         <v>759</v>
       </c>
       <c r="R553" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="554" spans="1:18">
       <c r="A554">
         <v>553</v>
       </c>
       <c r="B554" t="s">
         <v>18</v>
       </c>
       <c r="C554" t="s">
         <v>45</v>
       </c>
       <c r="E554" t="s">
         <v>315</v>
       </c>
       <c r="F554" t="s">
         <v>65</v>
       </c>
       <c r="G554" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="J554" t="s">
         <v>197</v>
       </c>
       <c r="L554" t="s">
         <v>52</v>
       </c>
       <c r="M554" t="s">
         <v>317</v>
       </c>
       <c r="P554" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="Q554" t="s">
         <v>363</v>
       </c>
       <c r="R554" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="555" spans="1:18">
       <c r="A555">
         <v>554</v>
       </c>
       <c r="B555" t="s">
         <v>32</v>
       </c>
       <c r="C555" t="s">
         <v>45</v>
       </c>
       <c r="E555" t="s">
         <v>172</v>
       </c>
       <c r="F555" t="s">
         <v>375</v>
       </c>
       <c r="G555" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="H555" t="s">
         <v>853</v>
       </c>
       <c r="I555" t="s">
         <v>204</v>
       </c>
       <c r="J555" t="s">
         <v>25</v>
       </c>
       <c r="K555" t="s">
         <v>381</v>
       </c>
       <c r="L555" t="s">
         <v>134</v>
       </c>
       <c r="M555" t="s">
         <v>176</v>
       </c>
       <c r="P555" t="s">
         <v>163</v>
       </c>
       <c r="Q555" t="s">
         <v>171</v>
       </c>
       <c r="R555" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="556" spans="1:18">
       <c r="A556">
         <v>555</v>
       </c>
       <c r="B556" t="s">
         <v>32</v>
       </c>
       <c r="C556" t="s">
         <v>45</v>
       </c>
       <c r="E556" t="s">
         <v>84</v>
       </c>
       <c r="F556" t="s">
         <v>85</v>
       </c>
       <c r="G556" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="H556" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="I556" t="s">
         <v>50</v>
       </c>
       <c r="J556" t="s">
         <v>25</v>
       </c>
       <c r="K556" t="s">
         <v>441</v>
       </c>
       <c r="L556" t="s">
         <v>88</v>
       </c>
       <c r="M556" t="s">
         <v>89</v>
       </c>
       <c r="P556" t="s">
         <v>513</v>
       </c>
       <c r="Q556" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="R556" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="557" spans="1:18">
       <c r="A557">
         <v>556</v>
       </c>
       <c r="B557" t="s">
         <v>83</v>
       </c>
       <c r="C557" t="s">
         <v>45</v>
       </c>
       <c r="E557" t="s">
         <v>113</v>
       </c>
       <c r="F557" t="s">
         <v>34</v>
       </c>
       <c r="G557" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="H557" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="I557" t="s">
         <v>68</v>
       </c>
       <c r="J557" t="s">
         <v>25</v>
       </c>
       <c r="K557" t="s">
         <v>441</v>
       </c>
       <c r="L557" t="s">
         <v>27</v>
       </c>
       <c r="M557" t="s">
         <v>118</v>
       </c>
       <c r="P557" t="s">
         <v>436</v>
       </c>
       <c r="Q557" t="s">
         <v>519</v>
       </c>
       <c r="R557" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="558" spans="1:18">
       <c r="A558">
         <v>557</v>
       </c>
       <c r="B558" t="s">
         <v>44</v>
       </c>
       <c r="C558" t="s">
         <v>19</v>
       </c>
       <c r="E558" t="s">
         <v>319</v>
       </c>
       <c r="F558" t="s">
         <v>222</v>
       </c>
       <c r="G558" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="H558" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="I558" t="s">
         <v>24</v>
       </c>
       <c r="J558" t="s">
         <v>25</v>
       </c>
       <c r="K558" t="s">
         <v>577</v>
       </c>
       <c r="L558" t="s">
         <v>161</v>
       </c>
       <c r="M558" t="s">
         <v>324</v>
       </c>
       <c r="P558" t="s">
         <v>155</v>
       </c>
       <c r="Q558" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="R558" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="559" spans="1:18">
       <c r="A559">
         <v>558</v>
       </c>
       <c r="B559" t="s">
         <v>32</v>
       </c>
       <c r="C559" t="s">
         <v>45</v>
       </c>
       <c r="E559" t="s">
         <v>293</v>
       </c>
       <c r="F559" t="s">
         <v>47</v>
       </c>
       <c r="G559" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="H559" t="s">
         <v>590</v>
       </c>
       <c r="I559" t="s">
         <v>50</v>
       </c>
       <c r="J559" t="s">
         <v>25</v>
       </c>
       <c r="K559" t="s">
         <v>411</v>
       </c>
       <c r="L559" t="s">
         <v>78</v>
       </c>
       <c r="M559" t="s">
         <v>296</v>
       </c>
       <c r="P559" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="Q559" t="s">
         <v>266</v>
       </c>
       <c r="R559" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="560" spans="1:18">
       <c r="A560">
         <v>559</v>
       </c>
       <c r="B560" t="s">
         <v>18</v>
       </c>
       <c r="C560" t="s">
         <v>45</v>
       </c>
       <c r="E560" t="s">
         <v>151</v>
       </c>
       <c r="F560" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="G560" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="H560" t="s">
         <v>853</v>
       </c>
       <c r="I560" t="s">
         <v>204</v>
       </c>
       <c r="J560" t="s">
         <v>25</v>
       </c>
       <c r="K560" t="s">
         <v>180</v>
       </c>
       <c r="L560" t="s">
         <v>70</v>
       </c>
       <c r="M560" t="s">
         <v>154</v>
       </c>
       <c r="P560" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="Q560" t="s">
         <v>55</v>
       </c>
       <c r="R560" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="561" spans="1:18">
       <c r="A561">
         <v>560</v>
       </c>
       <c r="B561" t="s">
         <v>32</v>
       </c>
       <c r="C561" t="s">
         <v>45</v>
       </c>
       <c r="E561" t="s">
         <v>194</v>
       </c>
       <c r="F561" t="s">
         <v>195</v>
       </c>
       <c r="G561" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="J561" t="s">
         <v>148</v>
       </c>
       <c r="L561" t="s">
         <v>78</v>
       </c>
       <c r="M561" t="s">
         <v>198</v>
       </c>
       <c r="P561" t="s">
         <v>344</v>
       </c>
       <c r="Q561" t="s">
         <v>30</v>
       </c>
       <c r="R561" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="562" spans="1:18">
       <c r="A562">
         <v>561</v>
       </c>
       <c r="B562" t="s">
         <v>83</v>
       </c>
       <c r="C562" t="s">
         <v>45</v>
       </c>
       <c r="E562" t="s">
         <v>64</v>
       </c>
       <c r="F562" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="G562" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="H562" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="I562" t="s">
         <v>24</v>
       </c>
       <c r="J562" t="s">
         <v>25</v>
       </c>
       <c r="K562" t="s">
         <v>210</v>
       </c>
       <c r="L562" t="s">
         <v>70</v>
       </c>
       <c r="M562" t="s">
         <v>71</v>
       </c>
       <c r="P562" t="s">
         <v>80</v>
       </c>
       <c r="Q562" t="s">
         <v>182</v>
       </c>
       <c r="R562" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="563" spans="1:18">
       <c r="A563">
         <v>562</v>
       </c>
       <c r="B563" t="s">
         <v>44</v>
       </c>
       <c r="C563" t="s">
         <v>45</v>
       </c>
       <c r="E563" t="s">
         <v>604</v>
       </c>
       <c r="F563" t="s">
         <v>163</v>
       </c>
       <c r="G563" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="J563" t="s">
         <v>95</v>
       </c>
       <c r="L563" t="s">
         <v>39</v>
       </c>
       <c r="M563" t="s">
         <v>607</v>
       </c>
       <c r="P563" t="s">
         <v>331</v>
       </c>
       <c r="Q563" t="s">
         <v>867</v>
       </c>
       <c r="R563" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="564" spans="1:18">
       <c r="A564">
         <v>563</v>
       </c>
       <c r="B564" t="s">
         <v>32</v>
       </c>
       <c r="C564" t="s">
         <v>45</v>
       </c>
       <c r="E564" t="s">
         <v>20</v>
       </c>
       <c r="F564" t="s">
         <v>230</v>
       </c>
       <c r="G564" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="H564" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="I564" t="s">
         <v>24</v>
       </c>
       <c r="J564" t="s">
         <v>25</v>
       </c>
       <c r="K564" t="s">
         <v>884</v>
       </c>
       <c r="L564" t="s">
         <v>27</v>
       </c>
       <c r="M564" t="s">
         <v>28</v>
       </c>
       <c r="P564" t="s">
         <v>80</v>
       </c>
       <c r="Q564" t="s">
         <v>98</v>
       </c>
       <c r="R564" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="565" spans="1:18">
       <c r="A565">
         <v>564</v>
       </c>
       <c r="B565" t="s">
         <v>44</v>
       </c>
       <c r="C565" t="s">
         <v>45</v>
       </c>
       <c r="E565" t="s">
         <v>92</v>
       </c>
       <c r="F565" t="s">
         <v>665</v>
       </c>
       <c r="G565" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="J565" t="s">
         <v>103</v>
       </c>
       <c r="L565" t="s">
         <v>70</v>
       </c>
       <c r="M565" t="s">
         <v>96</v>
       </c>
       <c r="P565" t="s">
         <v>331</v>
       </c>
       <c r="Q565" t="s">
         <v>292</v>
       </c>
       <c r="R565" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="566" spans="1:18">
       <c r="A566">
         <v>565</v>
       </c>
       <c r="B566" t="s">
         <v>83</v>
       </c>
       <c r="C566" t="s">
         <v>19</v>
       </c>
       <c r="E566" t="s">
         <v>84</v>
       </c>
       <c r="F566" t="s">
         <v>34</v>
       </c>
       <c r="G566" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="J566" t="s">
         <v>148</v>
       </c>
       <c r="L566" t="s">
         <v>88</v>
       </c>
       <c r="M566" t="s">
         <v>89</v>
       </c>
       <c r="P566" t="s">
         <v>155</v>
       </c>
       <c r="Q566" t="s">
         <v>63</v>
       </c>
       <c r="R566" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="567" spans="1:18">
       <c r="A567">
         <v>566</v>
       </c>
       <c r="B567" t="s">
         <v>32</v>
       </c>
       <c r="C567" t="s">
         <v>19</v>
       </c>
       <c r="E567" t="s">
         <v>84</v>
       </c>
       <c r="F567" t="s">
         <v>34</v>
       </c>
       <c r="G567" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="H567" t="s">
         <v>174</v>
       </c>
       <c r="I567" t="s">
         <v>24</v>
       </c>
       <c r="J567" t="s">
         <v>25</v>
       </c>
       <c r="K567" t="s">
         <v>381</v>
       </c>
       <c r="L567" t="s">
         <v>88</v>
       </c>
       <c r="M567" t="s">
         <v>89</v>
       </c>
       <c r="P567" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="Q567" t="s">
         <v>718</v>
       </c>
       <c r="R567" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="568" spans="1:18">
       <c r="A568">
         <v>567</v>
       </c>
       <c r="B568" t="s">
         <v>32</v>
       </c>
       <c r="C568" t="s">
         <v>19</v>
       </c>
       <c r="E568" t="s">
         <v>206</v>
       </c>
       <c r="F568" t="s">
         <v>155</v>
       </c>
       <c r="G568" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="H568" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="I568" t="s">
         <v>50</v>
       </c>
       <c r="J568" t="s">
         <v>25</v>
       </c>
       <c r="K568" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="L568" t="s">
         <v>134</v>
       </c>
       <c r="M568" t="s">
         <v>211</v>
       </c>
       <c r="P568" t="s">
         <v>725</v>
       </c>
       <c r="Q568" t="s">
         <v>171</v>
       </c>
       <c r="R568" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="569" spans="1:18">
       <c r="A569">
         <v>568</v>
       </c>
       <c r="B569" t="s">
         <v>18</v>
       </c>
       <c r="C569" t="s">
         <v>19</v>
       </c>
       <c r="E569" t="s">
         <v>100</v>
       </c>
       <c r="F569" t="s">
         <v>537</v>
       </c>
       <c r="G569" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="H569" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="I569" t="s">
         <v>68</v>
       </c>
       <c r="J569" t="s">
         <v>25</v>
       </c>
       <c r="K569" t="s">
         <v>26</v>
       </c>
       <c r="L569" t="s">
         <v>27</v>
       </c>
       <c r="M569" t="s">
         <v>104</v>
       </c>
       <c r="P569" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="Q569" t="s">
         <v>275</v>
       </c>
       <c r="R569" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="570" spans="1:18">
       <c r="A570">
         <v>569</v>
       </c>
       <c r="B570" t="s">
         <v>32</v>
       </c>
       <c r="C570" t="s">
         <v>19</v>
       </c>
       <c r="E570" t="s">
         <v>157</v>
       </c>
       <c r="F570" t="s">
         <v>114</v>
       </c>
       <c r="G570" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="J570" t="s">
         <v>95</v>
       </c>
       <c r="L570" t="s">
         <v>161</v>
       </c>
       <c r="M570" t="s">
         <v>162</v>
       </c>
       <c r="P570" t="s">
         <v>628</v>
       </c>
       <c r="Q570" t="s">
         <v>200</v>
       </c>
       <c r="R570" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="571" spans="1:18">
       <c r="A571">
         <v>570</v>
       </c>
       <c r="B571" t="s">
         <v>18</v>
       </c>
       <c r="C571" t="s">
         <v>45</v>
       </c>
       <c r="E571" t="s">
         <v>421</v>
       </c>
       <c r="F571" t="s">
         <v>207</v>
       </c>
       <c r="G571" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="J571" t="s">
         <v>95</v>
       </c>
       <c r="L571" t="s">
         <v>161</v>
       </c>
       <c r="M571" t="s">
         <v>424</v>
       </c>
       <c r="P571" t="s">
         <v>373</v>
       </c>
       <c r="Q571" t="s">
         <v>759</v>
       </c>
       <c r="R571" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="572" spans="1:18">
       <c r="A572">
         <v>571</v>
       </c>
       <c r="B572" t="s">
         <v>83</v>
       </c>
       <c r="C572" t="s">
         <v>19</v>
       </c>
       <c r="E572" t="s">
         <v>221</v>
       </c>
       <c r="F572" t="s">
         <v>289</v>
       </c>
       <c r="G572" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="H572" t="s">
         <v>174</v>
       </c>
       <c r="I572" t="s">
         <v>24</v>
       </c>
       <c r="J572" t="s">
         <v>25</v>
       </c>
       <c r="K572" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="L572" t="s">
         <v>134</v>
       </c>
       <c r="M572" t="s">
         <v>226</v>
       </c>
       <c r="P572" t="s">
         <v>97</v>
       </c>
       <c r="Q572" t="s">
         <v>574</v>
       </c>
       <c r="R572" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="573" spans="1:18">
       <c r="A573">
         <v>572</v>
       </c>
       <c r="B573" t="s">
         <v>32</v>
       </c>
       <c r="C573" t="s">
         <v>19</v>
       </c>
       <c r="E573" t="s">
         <v>604</v>
       </c>
       <c r="F573" t="s">
         <v>139</v>
       </c>
       <c r="G573" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="J573" t="s">
         <v>603</v>
       </c>
       <c r="L573" t="s">
         <v>39</v>
       </c>
       <c r="M573" t="s">
         <v>607</v>
       </c>
       <c r="P573" t="s">
         <v>430</v>
       </c>
       <c r="Q573" t="s">
         <v>300</v>
       </c>
       <c r="R573" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="574" spans="1:18">
       <c r="A574">
         <v>573</v>
       </c>
       <c r="B574" t="s">
         <v>32</v>
       </c>
       <c r="C574" t="s">
         <v>45</v>
       </c>
       <c r="E574" t="s">
         <v>84</v>
       </c>
       <c r="F574" t="s">
         <v>34</v>
       </c>
       <c r="G574" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="H574" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="I574" t="s">
         <v>24</v>
       </c>
       <c r="J574" t="s">
         <v>25</v>
       </c>
       <c r="K574" t="s">
         <v>38</v>
       </c>
       <c r="L574" t="s">
         <v>88</v>
       </c>
       <c r="M574" t="s">
         <v>89</v>
       </c>
       <c r="P574" t="s">
         <v>325</v>
       </c>
       <c r="Q574" t="s">
         <v>932</v>
       </c>
       <c r="R574" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="575" spans="1:18">
       <c r="A575">
         <v>574</v>
       </c>
       <c r="B575" t="s">
         <v>622</v>
       </c>
       <c r="C575" t="s">
         <v>45</v>
       </c>
       <c r="E575" t="s">
         <v>177</v>
       </c>
       <c r="F575" t="s">
         <v>294</v>
       </c>
       <c r="G575" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="H575" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="I575" t="s">
         <v>204</v>
       </c>
       <c r="J575" t="s">
         <v>25</v>
       </c>
       <c r="K575" t="s">
         <v>143</v>
       </c>
       <c r="L575" t="s">
         <v>78</v>
       </c>
       <c r="M575" t="s">
         <v>181</v>
       </c>
       <c r="P575" t="s">
         <v>509</v>
       </c>
       <c r="Q575" t="s">
         <v>457</v>
       </c>
       <c r="R575" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="576" spans="1:18">
       <c r="A576">
         <v>575</v>
       </c>
       <c r="B576" t="s">
         <v>32</v>
       </c>
       <c r="C576" t="s">
         <v>19</v>
       </c>
       <c r="E576" t="s">
         <v>84</v>
       </c>
       <c r="F576" t="s">
         <v>34</v>
       </c>
       <c r="G576" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="H576" t="s">
         <v>124</v>
       </c>
       <c r="I576" t="s">
         <v>24</v>
       </c>
       <c r="J576" t="s">
         <v>25</v>
       </c>
       <c r="K576" t="s">
         <v>651</v>
       </c>
       <c r="L576" t="s">
         <v>88</v>
       </c>
       <c r="M576" t="s">
         <v>89</v>
       </c>
       <c r="P576" t="s">
         <v>325</v>
       </c>
       <c r="Q576" t="s">
         <v>425</v>
       </c>
       <c r="R576" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="577" spans="1:18">
       <c r="A577">
         <v>576</v>
       </c>
       <c r="B577" t="s">
         <v>32</v>
       </c>
       <c r="C577" t="s">
         <v>45</v>
       </c>
       <c r="E577" t="s">
         <v>385</v>
       </c>
       <c r="F577" t="s">
         <v>638</v>
       </c>
       <c r="G577" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="J577" t="s">
         <v>95</v>
       </c>
       <c r="L577" t="s">
         <v>161</v>
       </c>
       <c r="M577" t="s">
         <v>389</v>
       </c>
       <c r="P577" t="s">
         <v>628</v>
       </c>
       <c r="Q577" t="s">
         <v>463</v>
       </c>
       <c r="R577" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="578" spans="1:18">
       <c r="A578">
         <v>577</v>
       </c>
       <c r="B578" t="s">
         <v>32</v>
       </c>
       <c r="C578" t="s">
         <v>19</v>
       </c>
       <c r="E578" t="s">
         <v>338</v>
       </c>
       <c r="F578" t="s">
         <v>386</v>
       </c>
       <c r="G578" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="H578" t="s">
         <v>878</v>
       </c>
       <c r="I578" t="s">
         <v>24</v>
       </c>
       <c r="J578" t="s">
         <v>25</v>
       </c>
       <c r="K578" t="s">
         <v>455</v>
       </c>
       <c r="L578" t="s">
         <v>78</v>
       </c>
       <c r="M578" t="s">
         <v>341</v>
       </c>
       <c r="P578" t="s">
         <v>90</v>
       </c>
       <c r="Q578" t="s">
         <v>73</v>
       </c>
       <c r="R578" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="579" spans="1:18">
       <c r="A579">
         <v>578</v>
       </c>
       <c r="B579" t="s">
         <v>18</v>
       </c>
       <c r="C579" t="s">
         <v>45</v>
       </c>
       <c r="E579" t="s">
         <v>395</v>
       </c>
       <c r="F579" t="s">
         <v>289</v>
       </c>
       <c r="G579" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="J579" t="s">
         <v>103</v>
       </c>
       <c r="L579" t="s">
         <v>78</v>
       </c>
       <c r="M579" t="s">
         <v>397</v>
       </c>
       <c r="P579" t="s">
         <v>291</v>
       </c>
       <c r="Q579" t="s">
         <v>718</v>
       </c>
       <c r="R579" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="580" spans="1:18">
       <c r="A580">
         <v>579</v>
       </c>
       <c r="B580" t="s">
         <v>83</v>
       </c>
       <c r="C580" t="s">
         <v>19</v>
       </c>
       <c r="E580" t="s">
         <v>183</v>
       </c>
       <c r="F580" t="s">
         <v>47</v>
       </c>
       <c r="G580" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="H580" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="I580" t="s">
         <v>168</v>
       </c>
       <c r="J580" t="s">
         <v>25</v>
       </c>
       <c r="K580" t="s">
         <v>299</v>
       </c>
       <c r="L580" t="s">
         <v>78</v>
       </c>
       <c r="M580" t="s">
         <v>187</v>
       </c>
       <c r="P580" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="Q580" t="s">
         <v>980</v>
       </c>
       <c r="R580" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="581" spans="1:18">
       <c r="A581">
         <v>580</v>
       </c>
       <c r="B581" t="s">
         <v>18</v>
       </c>
       <c r="C581" t="s">
         <v>45</v>
       </c>
       <c r="E581" t="s">
         <v>84</v>
       </c>
       <c r="F581" t="s">
         <v>240</v>
       </c>
       <c r="G581" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="H581" t="s">
         <v>203</v>
       </c>
       <c r="I581" t="s">
         <v>204</v>
       </c>
       <c r="J581" t="s">
         <v>25</v>
       </c>
       <c r="K581" t="s">
         <v>51</v>
       </c>
       <c r="L581" t="s">
         <v>88</v>
       </c>
       <c r="M581" t="s">
         <v>89</v>
       </c>
       <c r="P581" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="Q581" t="s">
         <v>664</v>
       </c>
       <c r="R581" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="582" spans="1:18">
       <c r="A582">
         <v>581</v>
       </c>
       <c r="B582" t="s">
         <v>32</v>
       </c>
       <c r="C582" t="s">
         <v>45</v>
       </c>
       <c r="E582" t="s">
         <v>113</v>
       </c>
       <c r="F582" t="s">
         <v>262</v>
       </c>
       <c r="G582" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="H582" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="I582" t="s">
         <v>24</v>
       </c>
       <c r="J582" t="s">
         <v>25</v>
       </c>
       <c r="K582" t="s">
         <v>38</v>
       </c>
       <c r="L582" t="s">
         <v>27</v>
       </c>
       <c r="M582" t="s">
         <v>118</v>
       </c>
       <c r="P582" t="s">
         <v>513</v>
       </c>
       <c r="Q582" t="s">
         <v>443</v>
       </c>
       <c r="R582" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="583" spans="1:18">
       <c r="A583">
         <v>582</v>
       </c>
       <c r="B583" t="s">
         <v>44</v>
       </c>
       <c r="C583" t="s">
         <v>19</v>
       </c>
       <c r="E583" t="s">
         <v>84</v>
       </c>
       <c r="F583" t="s">
         <v>85</v>
       </c>
       <c r="G583" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="J583" t="s">
         <v>197</v>
       </c>
       <c r="L583" t="s">
         <v>88</v>
       </c>
       <c r="M583" t="s">
         <v>89</v>
       </c>
       <c r="P583" t="s">
         <v>291</v>
       </c>
       <c r="Q583" t="s">
         <v>81</v>
       </c>
       <c r="R583" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="584" spans="1:18">
       <c r="A584">
         <v>583</v>
       </c>
       <c r="B584" t="s">
         <v>32</v>
       </c>
       <c r="C584" t="s">
         <v>45</v>
       </c>
       <c r="E584" t="s">
         <v>84</v>
       </c>
       <c r="F584" t="s">
         <v>771</v>
       </c>
       <c r="G584" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="J584" t="s">
         <v>95</v>
       </c>
       <c r="L584" t="s">
         <v>88</v>
       </c>
       <c r="M584" t="s">
         <v>89</v>
       </c>
       <c r="P584" t="s">
         <v>155</v>
       </c>
       <c r="Q584" t="s">
         <v>593</v>
       </c>
       <c r="R584" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="585" spans="1:18">
       <c r="A585">
         <v>584</v>
       </c>
       <c r="B585" t="s">
         <v>32</v>
       </c>
       <c r="C585" t="s">
         <v>19</v>
       </c>
       <c r="E585" t="s">
         <v>378</v>
       </c>
       <c r="F585" t="s">
         <v>245</v>
       </c>
       <c r="G585" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="H585" t="s">
         <v>517</v>
       </c>
       <c r="I585" t="s">
         <v>24</v>
       </c>
       <c r="J585" t="s">
         <v>25</v>
       </c>
       <c r="K585" t="s">
         <v>160</v>
       </c>
       <c r="L585" t="s">
         <v>39</v>
       </c>
       <c r="M585" t="s">
         <v>382</v>
       </c>
       <c r="P585" t="s">
         <v>127</v>
       </c>
       <c r="Q585" t="s">
         <v>593</v>
       </c>
       <c r="R585" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="586" spans="1:18">
       <c r="A586">
         <v>585</v>
       </c>
       <c r="B586" t="s">
         <v>18</v>
       </c>
       <c r="C586" t="s">
         <v>45</v>
       </c>
       <c r="E586" t="s">
         <v>1108</v>
       </c>
       <c r="F586" t="s">
         <v>75</v>
       </c>
       <c r="G586" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="H586" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="I586" t="s">
         <v>50</v>
       </c>
       <c r="J586" t="s">
         <v>25</v>
       </c>
       <c r="K586" t="s">
         <v>286</v>
       </c>
       <c r="L586" t="s">
         <v>52</v>
       </c>
       <c r="M586" t="s">
         <v>1110</v>
       </c>
       <c r="P586" t="s">
         <v>781</v>
       </c>
       <c r="Q586" t="s">
         <v>601</v>
       </c>
       <c r="R586" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="587" spans="1:18">
       <c r="A587">
         <v>586</v>
       </c>
       <c r="B587" t="s">
         <v>44</v>
       </c>
       <c r="C587" t="s">
         <v>19</v>
       </c>
       <c r="E587" t="s">
         <v>46</v>
       </c>
       <c r="F587" t="s">
         <v>638</v>
       </c>
       <c r="G587" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="H587" t="s">
         <v>733</v>
       </c>
       <c r="I587" t="s">
         <v>24</v>
       </c>
       <c r="J587" t="s">
         <v>25</v>
       </c>
       <c r="K587" t="s">
         <v>455</v>
       </c>
       <c r="L587" t="s">
         <v>52</v>
       </c>
       <c r="M587" t="s">
         <v>53</v>
       </c>
       <c r="P587" t="s">
         <v>97</v>
       </c>
       <c r="Q587" t="s">
         <v>574</v>
       </c>
       <c r="R587" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="588" spans="1:18">
       <c r="A588">
         <v>587</v>
       </c>
       <c r="B588" t="s">
         <v>18</v>
       </c>
       <c r="C588" t="s">
         <v>45</v>
       </c>
       <c r="E588" t="s">
         <v>378</v>
       </c>
       <c r="F588" t="s">
         <v>245</v>
       </c>
       <c r="G588" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="J588" t="s">
         <v>834</v>
       </c>
       <c r="L588" t="s">
         <v>39</v>
       </c>
       <c r="M588" t="s">
         <v>382</v>
       </c>
       <c r="P588" t="s">
         <v>513</v>
       </c>
       <c r="Q588" t="s">
         <v>574</v>
       </c>
       <c r="R588" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="589" spans="1:18">
       <c r="A589">
         <v>588</v>
       </c>
       <c r="B589" t="s">
         <v>32</v>
       </c>
       <c r="C589" t="s">
         <v>19</v>
       </c>
       <c r="E589" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="F589" t="s">
         <v>345</v>
       </c>
       <c r="G589" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="H589" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="I589" t="s">
         <v>24</v>
       </c>
       <c r="J589" t="s">
         <v>25</v>
       </c>
       <c r="K589" t="s">
         <v>38</v>
       </c>
       <c r="L589" t="s">
         <v>78</v>
       </c>
       <c r="M589" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="P589" t="s">
         <v>497</v>
       </c>
       <c r="Q589" t="s">
         <v>498</v>
       </c>
       <c r="R589" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="590" spans="1:18">
       <c r="A590">
         <v>589</v>
       </c>
       <c r="B590" t="s">
         <v>83</v>
       </c>
       <c r="C590" t="s">
         <v>45</v>
       </c>
       <c r="E590" t="s">
         <v>172</v>
       </c>
       <c r="F590" t="s">
         <v>970</v>
       </c>
       <c r="G590" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="H590" t="s">
         <v>406</v>
       </c>
       <c r="I590" t="s">
         <v>24</v>
       </c>
       <c r="J590" t="s">
         <v>25</v>
       </c>
       <c r="K590" t="s">
         <v>1079</v>
       </c>
       <c r="L590" t="s">
         <v>134</v>
       </c>
       <c r="M590" t="s">
         <v>176</v>
       </c>
       <c r="P590" t="s">
         <v>446</v>
       </c>
       <c r="Q590" t="s">
         <v>275</v>
       </c>
       <c r="R590" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="591" spans="1:18">
       <c r="A591">
         <v>590</v>
       </c>
       <c r="B591" t="s">
         <v>44</v>
       </c>
       <c r="C591" t="s">
         <v>19</v>
       </c>
       <c r="E591" t="s">
         <v>221</v>
       </c>
       <c r="F591" t="s">
         <v>310</v>
       </c>
       <c r="G591" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="J591" t="s">
         <v>95</v>
       </c>
       <c r="L591" t="s">
         <v>134</v>
       </c>
       <c r="M591" t="s">
         <v>226</v>
       </c>
       <c r="P591" t="s">
         <v>513</v>
       </c>
       <c r="Q591" t="s">
         <v>434</v>
       </c>
       <c r="R591" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="592" spans="1:18">
       <c r="A592">
         <v>591</v>
       </c>
       <c r="B592" t="s">
         <v>83</v>
       </c>
       <c r="C592" t="s">
         <v>19</v>
       </c>
       <c r="E592" t="s">
         <v>315</v>
       </c>
       <c r="F592" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="G592" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="H592" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="I592" t="s">
         <v>24</v>
       </c>
       <c r="J592" t="s">
         <v>25</v>
       </c>
       <c r="K592" t="s">
         <v>38</v>
       </c>
       <c r="L592" t="s">
         <v>52</v>
       </c>
       <c r="M592" t="s">
         <v>317</v>
       </c>
       <c r="P592" t="s">
         <v>163</v>
       </c>
       <c r="Q592" t="s">
         <v>759</v>
       </c>
       <c r="R592" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="593" spans="1:18">
       <c r="A593">
         <v>592</v>
       </c>
       <c r="B593" t="s">
         <v>18</v>
       </c>
       <c r="C593" t="s">
         <v>19</v>
       </c>
       <c r="E593" t="s">
         <v>33</v>
       </c>
       <c r="F593" t="s">
         <v>310</v>
       </c>
       <c r="G593" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="H593" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="I593" t="s">
         <v>24</v>
       </c>
       <c r="J593" t="s">
         <v>25</v>
       </c>
       <c r="K593" t="s">
         <v>1079</v>
       </c>
       <c r="L593" t="s">
         <v>39</v>
       </c>
       <c r="M593" t="s">
         <v>40</v>
       </c>
       <c r="P593" t="s">
         <v>1064</v>
       </c>
       <c r="Q593" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="R593" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="594" spans="1:18">
       <c r="A594">
         <v>593</v>
       </c>
       <c r="B594" t="s">
         <v>32</v>
       </c>
       <c r="C594" t="s">
         <v>19</v>
       </c>
       <c r="E594" t="s">
         <v>229</v>
       </c>
       <c r="F594" t="s">
         <v>240</v>
       </c>
       <c r="G594" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="H594" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="I594" t="s">
         <v>24</v>
       </c>
       <c r="J594" t="s">
         <v>25</v>
       </c>
       <c r="K594" t="s">
         <v>125</v>
       </c>
       <c r="L594" t="s">
         <v>161</v>
       </c>
       <c r="M594" t="s">
         <v>233</v>
       </c>
       <c r="P594" t="s">
         <v>509</v>
       </c>
       <c r="Q594" t="s">
         <v>244</v>
       </c>
       <c r="R594" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="595" spans="1:18">
       <c r="A595">
         <v>594</v>
       </c>
       <c r="B595" t="s">
         <v>622</v>
       </c>
       <c r="C595" t="s">
         <v>19</v>
       </c>
       <c r="E595" t="s">
         <v>84</v>
       </c>
       <c r="F595" t="s">
         <v>240</v>
       </c>
       <c r="G595" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="J595" t="s">
         <v>197</v>
       </c>
       <c r="L595" t="s">
         <v>88</v>
       </c>
       <c r="M595" t="s">
         <v>89</v>
       </c>
       <c r="P595" t="s">
         <v>303</v>
       </c>
       <c r="Q595" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="R595" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="596" spans="1:18">
       <c r="A596">
         <v>595</v>
       </c>
       <c r="B596" t="s">
         <v>83</v>
       </c>
       <c r="C596" t="s">
         <v>19</v>
       </c>
       <c r="E596" t="s">
         <v>84</v>
       </c>
       <c r="F596" t="s">
         <v>34</v>
       </c>
       <c r="G596" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="J596" t="s">
         <v>330</v>
       </c>
       <c r="L596" t="s">
         <v>88</v>
       </c>
       <c r="M596" t="s">
         <v>89</v>
       </c>
       <c r="P596" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="Q596" t="s">
         <v>306</v>
       </c>
       <c r="R596" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="597" spans="1:18">
       <c r="A597">
         <v>596</v>
       </c>
       <c r="B597" t="s">
         <v>83</v>
       </c>
       <c r="C597" t="s">
         <v>45</v>
       </c>
       <c r="E597" t="s">
         <v>33</v>
       </c>
       <c r="F597" t="s">
         <v>362</v>
       </c>
       <c r="G597" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="H597" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="I597" t="s">
         <v>24</v>
       </c>
       <c r="J597" t="s">
         <v>25</v>
       </c>
       <c r="K597" t="s">
         <v>657</v>
       </c>
       <c r="L597" t="s">
         <v>39</v>
       </c>
       <c r="M597" t="s">
         <v>40</v>
       </c>
       <c r="P597" t="s">
         <v>864</v>
       </c>
       <c r="Q597" t="s">
         <v>266</v>
       </c>
       <c r="R597" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="598" spans="1:18">
       <c r="A598">
         <v>597</v>
       </c>
       <c r="B598" t="s">
         <v>32</v>
       </c>
       <c r="C598" t="s">
         <v>45</v>
       </c>
       <c r="E598" t="s">
         <v>221</v>
       </c>
       <c r="F598" t="s">
         <v>1072</v>
       </c>
       <c r="G598" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="H598" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="I598" t="s">
         <v>68</v>
       </c>
       <c r="J598" t="s">
         <v>25</v>
       </c>
       <c r="K598" t="s">
         <v>1079</v>
       </c>
       <c r="L598" t="s">
         <v>134</v>
       </c>
       <c r="M598" t="s">
         <v>226</v>
       </c>
       <c r="P598" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="Q598" t="s">
         <v>292</v>
       </c>
       <c r="R598" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="599" spans="1:18">
       <c r="A599">
         <v>598</v>
       </c>
       <c r="B599" t="s">
         <v>32</v>
       </c>
       <c r="C599" t="s">
         <v>19</v>
       </c>
       <c r="E599" t="s">
         <v>421</v>
       </c>
       <c r="F599" t="s">
         <v>75</v>
       </c>
       <c r="G599" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="H599" t="s">
         <v>216</v>
       </c>
       <c r="I599" t="s">
         <v>68</v>
       </c>
       <c r="J599" t="s">
         <v>25</v>
       </c>
       <c r="K599" t="s">
         <v>958</v>
       </c>
       <c r="L599" t="s">
         <v>161</v>
       </c>
       <c r="M599" t="s">
         <v>424</v>
       </c>
       <c r="P599" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="Q599" t="s">
         <v>1107</v>
       </c>
       <c r="R599" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="600" spans="1:18">
       <c r="A600">
         <v>599</v>
       </c>
       <c r="B600" t="s">
         <v>44</v>
       </c>
       <c r="C600" t="s">
         <v>19</v>
       </c>
       <c r="E600" t="s">
         <v>229</v>
       </c>
       <c r="F600" t="s">
         <v>771</v>
       </c>
       <c r="G600" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="J600" t="s">
         <v>197</v>
       </c>
       <c r="L600" t="s">
         <v>161</v>
       </c>
       <c r="M600" t="s">
         <v>233</v>
       </c>
       <c r="P600" t="s">
         <v>331</v>
       </c>
       <c r="Q600" t="s">
         <v>597</v>
       </c>
       <c r="R600" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="601" spans="1:18">
       <c r="A601">
         <v>600</v>
       </c>
       <c r="B601" t="s">
         <v>622</v>
       </c>
       <c r="C601" t="s">
         <v>19</v>
       </c>
       <c r="E601" t="s">
         <v>221</v>
       </c>
       <c r="F601" t="s">
         <v>365</v>
       </c>
       <c r="G601" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="H601" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="I601" t="s">
         <v>24</v>
       </c>
       <c r="J601" t="s">
         <v>25</v>
       </c>
       <c r="K601" t="s">
         <v>657</v>
       </c>
       <c r="L601" t="s">
         <v>134</v>
       </c>
       <c r="M601" t="s">
         <v>226</v>
       </c>
       <c r="P601" t="s">
         <v>72</v>
       </c>
       <c r="Q601" t="s">
         <v>42</v>
       </c>
       <c r="R601" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="602" spans="1:18">
       <c r="A602">
         <v>601</v>
       </c>
       <c r="B602" t="s">
         <v>32</v>
       </c>
       <c r="C602" t="s">
         <v>45</v>
       </c>
       <c r="E602" t="s">
         <v>138</v>
       </c>
       <c r="F602" t="s">
         <v>34</v>
       </c>
       <c r="G602" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="J602" t="s">
         <v>148</v>
       </c>
       <c r="L602" t="s">
         <v>27</v>
       </c>
       <c r="M602" t="s">
         <v>144</v>
       </c>
       <c r="P602" t="s">
         <v>446</v>
       </c>
       <c r="Q602" t="s">
         <v>416</v>
       </c>
       <c r="R602" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="603" spans="1:18">
       <c r="A603">
         <v>602</v>
       </c>
       <c r="B603" t="s">
         <v>18</v>
       </c>
       <c r="C603" t="s">
         <v>45</v>
       </c>
       <c r="E603" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="F603" t="s">
         <v>970</v>
       </c>
       <c r="G603" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="J603" t="s">
         <v>787</v>
       </c>
       <c r="L603" t="s">
         <v>70</v>
       </c>
       <c r="M603" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="P603" t="s">
         <v>583</v>
       </c>
       <c r="Q603" t="s">
         <v>357</v>
       </c>
       <c r="R603" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="604" spans="1:18">
       <c r="A604">
         <v>603</v>
       </c>
       <c r="B604" t="s">
         <v>18</v>
       </c>
       <c r="C604" t="s">
         <v>45</v>
       </c>
       <c r="E604" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="F604" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="G604" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="J604" t="s">
         <v>95</v>
       </c>
       <c r="L604" t="s">
         <v>52</v>
       </c>
       <c r="M604" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="P604" t="s">
         <v>712</v>
       </c>
       <c r="Q604" t="s">
         <v>867</v>
       </c>
       <c r="R604" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="605" spans="1:18">
       <c r="A605">
         <v>604</v>
       </c>
       <c r="B605" t="s">
         <v>622</v>
       </c>
       <c r="C605" t="s">
         <v>45</v>
       </c>
       <c r="E605" t="s">
         <v>309</v>
       </c>
       <c r="F605" t="s">
         <v>629</v>
       </c>
       <c r="G605" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="H605" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="I605" t="s">
         <v>168</v>
       </c>
       <c r="J605" t="s">
         <v>25</v>
       </c>
       <c r="K605" t="s">
         <v>299</v>
       </c>
       <c r="L605" t="s">
         <v>161</v>
       </c>
       <c r="M605" t="s">
         <v>313</v>
       </c>
       <c r="P605" t="s">
         <v>199</v>
       </c>
       <c r="Q605" t="s">
         <v>112</v>
       </c>
       <c r="R605" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="606" spans="1:18">
       <c r="A606">
         <v>605</v>
       </c>
       <c r="B606" t="s">
         <v>44</v>
       </c>
       <c r="C606" t="s">
         <v>45</v>
       </c>
       <c r="E606" t="s">
         <v>213</v>
       </c>
       <c r="F606" t="s">
         <v>771</v>
       </c>
       <c r="G606" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="H606" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="I606" t="s">
         <v>68</v>
       </c>
       <c r="J606" t="s">
         <v>25</v>
       </c>
       <c r="K606" t="s">
         <v>540</v>
       </c>
       <c r="L606" t="s">
         <v>27</v>
       </c>
       <c r="M606" t="s">
         <v>218</v>
       </c>
       <c r="P606" t="s">
         <v>452</v>
       </c>
       <c r="Q606" t="s">
         <v>949</v>
       </c>
       <c r="R606" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="607" spans="1:18">
       <c r="A607">
         <v>606</v>
       </c>
       <c r="B607" t="s">
         <v>32</v>
       </c>
       <c r="C607" t="s">
         <v>19</v>
       </c>
       <c r="E607" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="F607" t="s">
         <v>1072</v>
       </c>
       <c r="G607" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="H607" t="s">
         <v>232</v>
       </c>
       <c r="I607" t="s">
         <v>24</v>
       </c>
       <c r="J607" t="s">
         <v>25</v>
       </c>
       <c r="K607" t="s">
         <v>657</v>
       </c>
       <c r="L607" t="s">
         <v>70</v>
       </c>
       <c r="M607" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="P607" t="s">
         <v>170</v>
       </c>
       <c r="Q607" t="s">
         <v>384</v>
       </c>
       <c r="R607" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="608" spans="1:18">
       <c r="A608">
         <v>607</v>
       </c>
       <c r="B608" t="s">
         <v>32</v>
       </c>
       <c r="C608" t="s">
         <v>19</v>
       </c>
       <c r="E608" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="F608" t="s">
         <v>771</v>
       </c>
       <c r="G608" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="H608" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="I608" t="s">
         <v>68</v>
       </c>
       <c r="J608" t="s">
         <v>25</v>
       </c>
       <c r="K608" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="L608" t="s">
         <v>52</v>
       </c>
       <c r="M608" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="P608" t="s">
         <v>420</v>
       </c>
       <c r="Q608" t="s">
         <v>514</v>
       </c>
       <c r="R608" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="609" spans="1:18">
       <c r="A609">
         <v>608</v>
       </c>
       <c r="B609" t="s">
         <v>44</v>
       </c>
       <c r="C609" t="s">
         <v>45</v>
       </c>
       <c r="E609" t="s">
         <v>113</v>
       </c>
       <c r="F609" t="s">
         <v>638</v>
       </c>
       <c r="G609" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="H609" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="I609" t="s">
         <v>24</v>
       </c>
       <c r="J609" t="s">
         <v>25</v>
       </c>
       <c r="K609" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="L609" t="s">
         <v>27</v>
       </c>
       <c r="M609" t="s">
         <v>118</v>
       </c>
       <c r="P609" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="Q609" t="s">
         <v>949</v>
       </c>
       <c r="R609" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="610" spans="1:18">
       <c r="A610">
         <v>609</v>
       </c>
       <c r="B610" t="s">
         <v>44</v>
       </c>
       <c r="C610" t="s">
         <v>45</v>
       </c>
       <c r="E610" t="s">
         <v>151</v>
       </c>
       <c r="F610" t="s">
         <v>85</v>
       </c>
       <c r="G610" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="H610" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="I610" t="s">
         <v>204</v>
       </c>
       <c r="J610" t="s">
         <v>25</v>
       </c>
       <c r="K610" t="s">
         <v>657</v>
       </c>
       <c r="L610" t="s">
         <v>70</v>
       </c>
       <c r="M610" t="s">
         <v>154</v>
       </c>
       <c r="P610" t="s">
         <v>219</v>
       </c>
       <c r="Q610" t="s">
         <v>688</v>
       </c>
       <c r="R610" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="611" spans="1:18">
       <c r="A611">
         <v>610</v>
       </c>
       <c r="B611" t="s">
         <v>18</v>
       </c>
       <c r="C611" t="s">
         <v>19</v>
       </c>
       <c r="E611" t="s">
         <v>194</v>
       </c>
       <c r="F611" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="G611" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="H611" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="I611" t="s">
         <v>24</v>
       </c>
       <c r="J611" t="s">
         <v>25</v>
       </c>
       <c r="K611" t="s">
         <v>299</v>
       </c>
       <c r="L611" t="s">
         <v>78</v>
       </c>
       <c r="M611" t="s">
         <v>198</v>
       </c>
       <c r="P611" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q611" t="s">
         <v>588</v>
       </c>
       <c r="R611" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="612" spans="1:18">
       <c r="A612">
         <v>611</v>
       </c>
       <c r="B612" t="s">
         <v>32</v>
       </c>
       <c r="C612" t="s">
         <v>45</v>
       </c>
       <c r="E612" t="s">
         <v>84</v>
       </c>
       <c r="F612" t="s">
         <v>34</v>
       </c>
       <c r="G612" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="H612" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="I612" t="s">
         <v>50</v>
       </c>
       <c r="J612" t="s">
         <v>25</v>
       </c>
       <c r="K612" t="s">
         <v>651</v>
       </c>
       <c r="L612" t="s">
         <v>88</v>
       </c>
       <c r="M612" t="s">
         <v>89</v>
       </c>
       <c r="P612" t="s">
         <v>90</v>
       </c>
       <c r="Q612" t="s">
         <v>394</v>
       </c>
       <c r="R612" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="613" spans="1:18">
       <c r="A613">
         <v>612</v>
       </c>
       <c r="B613" t="s">
         <v>32</v>
       </c>
       <c r="C613" t="s">
         <v>19</v>
       </c>
       <c r="E613" t="s">
         <v>84</v>
       </c>
       <c r="F613" t="s">
         <v>771</v>
       </c>
       <c r="G613" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="J613" t="s">
         <v>197</v>
       </c>
       <c r="L613" t="s">
         <v>88</v>
       </c>
       <c r="M613" t="s">
         <v>89</v>
       </c>
       <c r="P613" t="s">
         <v>291</v>
       </c>
       <c r="Q613" t="s">
         <v>112</v>
       </c>
       <c r="R613" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="614" spans="1:18">
       <c r="A614">
         <v>613</v>
       </c>
       <c r="B614" t="s">
         <v>83</v>
       </c>
       <c r="C614" t="s">
         <v>19</v>
       </c>
       <c r="E614" t="s">
         <v>84</v>
       </c>
       <c r="F614" t="s">
         <v>85</v>
       </c>
       <c r="G614" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="J614" t="s">
         <v>197</v>
       </c>
       <c r="L614" t="s">
         <v>88</v>
       </c>
       <c r="M614" t="s">
         <v>89</v>
       </c>
       <c r="P614" t="s">
         <v>325</v>
       </c>
       <c r="Q614" t="s">
         <v>637</v>
       </c>
       <c r="R614" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="615" spans="1:18">
       <c r="A615">
         <v>614</v>
       </c>
       <c r="B615" t="s">
         <v>32</v>
       </c>
       <c r="C615" t="s">
         <v>45</v>
       </c>
       <c r="E615" t="s">
         <v>421</v>
       </c>
       <c r="F615" t="s">
         <v>1091</v>
       </c>
       <c r="G615" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="H615" t="s">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="J615" t="s">
         <v>25</v>
       </c>
       <c r="K615" t="s">
         <v>381</v>
       </c>
       <c r="L615" t="s">
         <v>161</v>
       </c>
       <c r="M615" t="s">
         <v>424</v>
       </c>
       <c r="P615" t="s">
         <v>192</v>
       </c>
       <c r="Q615" t="s">
         <v>643</v>
       </c>
       <c r="R615" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="616" spans="1:18">
       <c r="A616">
         <v>615</v>
       </c>
       <c r="B616" t="s">
         <v>622</v>
       </c>
       <c r="C616" t="s">
         <v>45</v>
       </c>
       <c r="E616" t="s">
         <v>33</v>
       </c>
       <c r="F616" t="s">
         <v>195</v>
       </c>
       <c r="G616" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="H616" t="s">
         <v>87</v>
       </c>
       <c r="I616" t="s">
         <v>24</v>
       </c>
       <c r="J616" t="s">
         <v>25</v>
       </c>
       <c r="K616" t="s">
         <v>884</v>
       </c>
       <c r="L616" t="s">
         <v>39</v>
       </c>
       <c r="M616" t="s">
         <v>40</v>
       </c>
       <c r="P616" t="s">
         <v>136</v>
       </c>
       <c r="Q616" t="s">
         <v>946</v>
       </c>
       <c r="R616" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="617" spans="1:18">
       <c r="A617">
         <v>616</v>
       </c>
       <c r="B617" t="s">
         <v>32</v>
       </c>
       <c r="C617" t="s">
         <v>45</v>
       </c>
       <c r="E617" t="s">
         <v>421</v>
       </c>
       <c r="F617" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="G617" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="H617" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="I617" t="s">
         <v>168</v>
       </c>
       <c r="J617" t="s">
         <v>25</v>
       </c>
       <c r="K617" t="s">
         <v>651</v>
       </c>
       <c r="L617" t="s">
         <v>161</v>
       </c>
       <c r="M617" t="s">
         <v>424</v>
       </c>
       <c r="P617" t="s">
         <v>1064</v>
       </c>
       <c r="Q617" t="s">
         <v>73</v>
       </c>
       <c r="R617" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="618" spans="1:18">
       <c r="A618">
         <v>617</v>
       </c>
       <c r="B618" t="s">
         <v>83</v>
       </c>
       <c r="C618" t="s">
         <v>45</v>
       </c>
       <c r="E618" t="s">
         <v>338</v>
       </c>
       <c r="F618" t="s">
         <v>768</v>
       </c>
       <c r="G618" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="J618" t="s">
         <v>95</v>
       </c>
       <c r="L618" t="s">
         <v>78</v>
       </c>
       <c r="M618" t="s">
         <v>341</v>
       </c>
       <c r="P618" t="s">
         <v>119</v>
       </c>
       <c r="Q618" t="s">
         <v>281</v>
       </c>
       <c r="R618" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="619" spans="1:18">
       <c r="A619">
         <v>618</v>
       </c>
       <c r="B619" t="s">
         <v>622</v>
       </c>
       <c r="C619" t="s">
         <v>45</v>
       </c>
       <c r="E619" t="s">
         <v>309</v>
       </c>
       <c r="F619" t="s">
         <v>1091</v>
       </c>
       <c r="G619" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="H619" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="I619" t="s">
         <v>24</v>
       </c>
       <c r="J619" t="s">
         <v>25</v>
       </c>
       <c r="K619" t="s">
         <v>38</v>
       </c>
       <c r="L619" t="s">
         <v>161</v>
       </c>
       <c r="M619" t="s">
         <v>313</v>
       </c>
       <c r="P619" t="s">
         <v>1124</v>
       </c>
       <c r="Q619" t="s">
         <v>498</v>
       </c>
       <c r="R619" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="620" spans="1:18">
       <c r="A620">
         <v>619</v>
       </c>
       <c r="B620" t="s">
         <v>32</v>
       </c>
       <c r="C620" t="s">
         <v>45</v>
       </c>
       <c r="E620" t="s">
         <v>20</v>
       </c>
       <c r="F620" t="s">
         <v>1019</v>
       </c>
       <c r="G620" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="J620" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="L620" t="s">
         <v>27</v>
       </c>
       <c r="M620" t="s">
         <v>28</v>
       </c>
       <c r="P620" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="Q620" t="s">
         <v>137</v>
       </c>
       <c r="R620" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="621" spans="1:18">
       <c r="A621">
         <v>620</v>
       </c>
       <c r="B621" t="s">
         <v>32</v>
       </c>
       <c r="C621" t="s">
         <v>19</v>
       </c>
       <c r="E621" t="s">
         <v>92</v>
       </c>
       <c r="F621" t="s">
         <v>427</v>
       </c>
       <c r="G621" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="H621" t="s">
         <v>586</v>
       </c>
       <c r="I621" t="s">
         <v>24</v>
       </c>
       <c r="J621" t="s">
         <v>25</v>
       </c>
       <c r="K621" t="s">
         <v>657</v>
       </c>
       <c r="L621" t="s">
         <v>70</v>
       </c>
       <c r="M621" t="s">
         <v>96</v>
       </c>
       <c r="P621" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="Q621" t="s">
         <v>212</v>
       </c>
       <c r="R621" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="622" spans="1:18">
       <c r="A622">
         <v>621</v>
       </c>
       <c r="B622" t="s">
         <v>83</v>
       </c>
       <c r="C622" t="s">
         <v>45</v>
       </c>
       <c r="E622" t="s">
         <v>221</v>
       </c>
       <c r="F622" t="s">
         <v>230</v>
       </c>
       <c r="G622" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="H622" t="s">
         <v>203</v>
       </c>
       <c r="I622" t="s">
         <v>204</v>
       </c>
       <c r="J622" t="s">
         <v>25</v>
       </c>
       <c r="K622" t="s">
         <v>26</v>
       </c>
       <c r="L622" t="s">
         <v>134</v>
       </c>
       <c r="M622" t="s">
         <v>226</v>
       </c>
       <c r="P622" t="s">
         <v>365</v>
       </c>
       <c r="Q622" t="s">
         <v>574</v>
       </c>
       <c r="R622" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="623" spans="1:18">
       <c r="A623">
         <v>622</v>
       </c>
       <c r="B623" t="s">
         <v>18</v>
       </c>
       <c r="C623" t="s">
         <v>45</v>
       </c>
       <c r="E623" t="s">
         <v>309</v>
       </c>
       <c r="F623" t="s">
         <v>1091</v>
       </c>
       <c r="G623" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="H623" t="s">
         <v>821</v>
       </c>
       <c r="I623" t="s">
         <v>50</v>
       </c>
       <c r="J623" t="s">
         <v>25</v>
       </c>
       <c r="K623" t="s">
         <v>286</v>
       </c>
       <c r="L623" t="s">
         <v>161</v>
       </c>
       <c r="M623" t="s">
         <v>313</v>
       </c>
       <c r="P623" t="s">
         <v>687</v>
       </c>
       <c r="Q623" t="s">
         <v>434</v>
       </c>
       <c r="R623" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="624" spans="1:18">
       <c r="A624">
         <v>623</v>
       </c>
       <c r="B624" t="s">
         <v>32</v>
       </c>
       <c r="C624" t="s">
         <v>45</v>
       </c>
       <c r="E624" t="s">
         <v>213</v>
       </c>
       <c r="F624" t="s">
         <v>353</v>
       </c>
       <c r="G624" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="H624" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="I624" t="s">
         <v>24</v>
       </c>
       <c r="J624" t="s">
         <v>25</v>
       </c>
       <c r="K624" t="s">
         <v>642</v>
       </c>
       <c r="L624" t="s">
         <v>27</v>
       </c>
       <c r="M624" t="s">
         <v>218</v>
       </c>
       <c r="P624" t="s">
         <v>305</v>
       </c>
       <c r="Q624" t="s">
         <v>494</v>
       </c>
       <c r="R624" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="625" spans="1:18">
       <c r="A625">
         <v>624</v>
       </c>
       <c r="B625" t="s">
         <v>32</v>
       </c>
       <c r="C625" t="s">
         <v>19</v>
       </c>
       <c r="E625" t="s">
         <v>84</v>
       </c>
       <c r="F625" t="s">
         <v>240</v>
       </c>
       <c r="G625" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="J625" t="s">
         <v>834</v>
       </c>
       <c r="L625" t="s">
         <v>88</v>
       </c>
       <c r="M625" t="s">
         <v>89</v>
       </c>
       <c r="P625" t="s">
         <v>894</v>
       </c>
       <c r="Q625" t="s">
         <v>63</v>
       </c>
       <c r="R625" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="626" spans="1:18">
       <c r="A626">
         <v>625</v>
       </c>
       <c r="B626" t="s">
         <v>32</v>
       </c>
       <c r="C626" t="s">
         <v>45</v>
       </c>
       <c r="E626" t="s">
         <v>84</v>
       </c>
       <c r="F626" t="s">
         <v>85</v>
       </c>
       <c r="G626" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="J626" t="s">
         <v>95</v>
       </c>
       <c r="L626" t="s">
         <v>88</v>
       </c>
       <c r="M626" t="s">
         <v>89</v>
       </c>
       <c r="P626" t="s">
         <v>305</v>
       </c>
       <c r="Q626" t="s">
         <v>394</v>
       </c>
       <c r="R626" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="627" spans="1:18">
       <c r="A627">
         <v>626</v>
       </c>
       <c r="B627" t="s">
         <v>32</v>
       </c>
       <c r="C627" t="s">
         <v>45</v>
       </c>
       <c r="E627" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="F627" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="G627" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="H627" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="I627" t="s">
         <v>168</v>
       </c>
       <c r="J627" t="s">
         <v>25</v>
       </c>
       <c r="K627" t="s">
         <v>343</v>
       </c>
       <c r="L627" t="s">
         <v>70</v>
       </c>
       <c r="M627" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="P627" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="Q627" t="s">
         <v>601</v>
       </c>
       <c r="R627" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="628" spans="1:18">
       <c r="A628">
         <v>627</v>
       </c>
       <c r="B628" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="C628" t="s">
         <v>45</v>
       </c>
       <c r="E628" t="s">
         <v>20</v>
       </c>
       <c r="F628" t="s">
         <v>809</v>
       </c>
       <c r="G628" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="H628" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="I628" t="s">
         <v>168</v>
       </c>
       <c r="J628" t="s">
         <v>25</v>
       </c>
       <c r="K628" t="s">
         <v>217</v>
       </c>
       <c r="L628" t="s">
         <v>27</v>
       </c>
       <c r="M628" t="s">
         <v>28</v>
       </c>
       <c r="P628" t="s">
         <v>119</v>
       </c>
       <c r="Q628" t="s">
         <v>30</v>
       </c>
       <c r="R628" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="629" spans="1:18">
       <c r="A629">
         <v>628</v>
       </c>
       <c r="B629" t="s">
         <v>44</v>
       </c>
       <c r="C629" t="s">
         <v>19</v>
       </c>
       <c r="E629" t="s">
         <v>84</v>
       </c>
       <c r="F629" t="s">
         <v>85</v>
       </c>
       <c r="G629" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="J629" t="s">
         <v>197</v>
       </c>
       <c r="L629" t="s">
         <v>88</v>
       </c>
       <c r="M629" t="s">
         <v>89</v>
       </c>
       <c r="P629" t="s">
         <v>305</v>
       </c>
       <c r="Q629" t="s">
         <v>643</v>
       </c>
       <c r="R629" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="630" spans="1:18">
       <c r="A630">
         <v>629</v>
       </c>
       <c r="B630" t="s">
         <v>32</v>
       </c>
       <c r="C630" t="s">
         <v>19</v>
       </c>
       <c r="E630" t="s">
         <v>421</v>
       </c>
       <c r="F630" t="s">
         <v>970</v>
       </c>
       <c r="G630" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="H630" t="s">
         <v>124</v>
       </c>
       <c r="I630" t="s">
         <v>24</v>
       </c>
       <c r="J630" t="s">
         <v>25</v>
       </c>
       <c r="K630" t="s">
         <v>299</v>
       </c>
       <c r="L630" t="s">
         <v>161</v>
       </c>
       <c r="M630" t="s">
         <v>424</v>
       </c>
       <c r="P630" t="s">
         <v>72</v>
       </c>
       <c r="Q630" t="s">
         <v>357</v>
       </c>
       <c r="R630" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="631" spans="1:18">
       <c r="A631">
         <v>630</v>
       </c>
       <c r="B631" t="s">
         <v>32</v>
       </c>
       <c r="C631" t="s">
         <v>19</v>
       </c>
       <c r="E631" t="s">
         <v>33</v>
       </c>
       <c r="F631" t="s">
         <v>75</v>
       </c>
       <c r="G631" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="J631" t="s">
         <v>834</v>
       </c>
       <c r="L631" t="s">
         <v>39</v>
       </c>
       <c r="M631" t="s">
         <v>40</v>
       </c>
       <c r="P631" t="s">
         <v>628</v>
       </c>
       <c r="Q631" t="s">
         <v>363</v>
       </c>
       <c r="R631" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="632" spans="1:18">
       <c r="A632">
         <v>631</v>
       </c>
       <c r="B632" t="s">
         <v>44</v>
       </c>
       <c r="C632" t="s">
         <v>19</v>
       </c>
       <c r="E632" t="s">
         <v>92</v>
       </c>
       <c r="F632" t="s">
         <v>964</v>
       </c>
       <c r="G632" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="H632" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="I632" t="s">
         <v>142</v>
       </c>
       <c r="J632" t="s">
         <v>25</v>
       </c>
       <c r="K632" t="s">
         <v>651</v>
       </c>
       <c r="L632" t="s">
         <v>70</v>
       </c>
       <c r="M632" t="s">
         <v>96</v>
       </c>
       <c r="P632" t="s">
         <v>331</v>
       </c>
       <c r="Q632" t="s">
         <v>793</v>
       </c>
       <c r="R632" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="633" spans="1:18">
       <c r="A633">
         <v>632</v>
       </c>
       <c r="B633" t="s">
         <v>32</v>
       </c>
       <c r="C633" t="s">
         <v>45</v>
       </c>
       <c r="E633" t="s">
         <v>113</v>
       </c>
       <c r="F633" t="s">
         <v>970</v>
       </c>
       <c r="G633" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="H633" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="I633" t="s">
         <v>24</v>
       </c>
       <c r="J633" t="s">
         <v>25</v>
       </c>
       <c r="K633" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="L633" t="s">
         <v>27</v>
       </c>
       <c r="M633" t="s">
         <v>118</v>
       </c>
       <c r="P633" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="Q633" t="s">
         <v>366</v>
       </c>
       <c r="R633" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="634" spans="1:18">
       <c r="A634">
         <v>633</v>
       </c>
       <c r="B634" t="s">
         <v>32</v>
       </c>
       <c r="C634" t="s">
         <v>19</v>
       </c>
       <c r="E634" t="s">
         <v>421</v>
       </c>
       <c r="F634" t="s">
         <v>1091</v>
       </c>
       <c r="G634" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="J634" t="s">
         <v>787</v>
       </c>
       <c r="L634" t="s">
         <v>161</v>
       </c>
       <c r="M634" t="s">
         <v>424</v>
       </c>
       <c r="P634" t="s">
         <v>265</v>
       </c>
       <c r="Q634" t="s">
         <v>949</v>
       </c>
       <c r="R634" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="635" spans="1:18">
       <c r="A635">
         <v>634</v>
       </c>
       <c r="B635" t="s">
         <v>18</v>
       </c>
       <c r="C635" t="s">
         <v>19</v>
       </c>
       <c r="E635" t="s">
         <v>113</v>
       </c>
       <c r="F635" t="s">
         <v>768</v>
       </c>
       <c r="G635" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="H635" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="I635" t="s">
         <v>24</v>
       </c>
       <c r="J635" t="s">
         <v>25</v>
       </c>
       <c r="K635" t="s">
         <v>441</v>
       </c>
       <c r="L635" t="s">
         <v>27</v>
       </c>
       <c r="M635" t="s">
         <v>118</v>
       </c>
       <c r="P635" t="s">
         <v>62</v>
       </c>
       <c r="Q635" t="s">
         <v>314</v>
       </c>
       <c r="R635" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="636" spans="1:18">
       <c r="A636">
         <v>635</v>
       </c>
       <c r="B636" t="s">
         <v>32</v>
       </c>
       <c r="C636" t="s">
         <v>45</v>
       </c>
       <c r="E636" t="s">
         <v>1108</v>
       </c>
       <c r="F636" t="s">
         <v>368</v>
       </c>
       <c r="G636" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="H636" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="I636" t="s">
         <v>24</v>
       </c>
       <c r="J636" t="s">
         <v>25</v>
       </c>
       <c r="K636" t="s">
         <v>143</v>
       </c>
       <c r="L636" t="s">
         <v>52</v>
       </c>
       <c r="M636" t="s">
         <v>1110</v>
       </c>
       <c r="P636" t="s">
         <v>565</v>
       </c>
       <c r="Q636" t="s">
         <v>30</v>
       </c>
       <c r="R636" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="637" spans="1:18">
       <c r="A637">
         <v>636</v>
       </c>
       <c r="B637" t="s">
         <v>18</v>
       </c>
       <c r="C637" t="s">
         <v>45</v>
       </c>
       <c r="E637" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="F637" t="s">
         <v>537</v>
       </c>
       <c r="G637" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="H637" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="I637" t="s">
         <v>168</v>
       </c>
       <c r="J637" t="s">
         <v>25</v>
       </c>
       <c r="K637" t="s">
         <v>657</v>
       </c>
       <c r="L637" t="s">
         <v>52</v>
       </c>
       <c r="M637" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="P637" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="Q637" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="R637" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="638" spans="1:18">
       <c r="A638">
         <v>637</v>
       </c>
       <c r="B638" t="s">
         <v>32</v>
       </c>
       <c r="C638" t="s">
         <v>45</v>
       </c>
       <c r="E638" t="s">
         <v>315</v>
       </c>
       <c r="F638" t="s">
         <v>487</v>
       </c>
       <c r="G638" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="H638" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="I638" t="s">
         <v>50</v>
       </c>
       <c r="J638" t="s">
         <v>25</v>
       </c>
       <c r="K638" t="s">
         <v>441</v>
       </c>
       <c r="L638" t="s">
         <v>52</v>
       </c>
       <c r="M638" t="s">
         <v>317</v>
       </c>
       <c r="P638" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="Q638" t="s">
         <v>408</v>
       </c>
       <c r="R638" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="639" spans="1:18">
       <c r="A639">
         <v>638</v>
       </c>
       <c r="B639" t="s">
         <v>32</v>
       </c>
       <c r="C639" t="s">
         <v>45</v>
       </c>
       <c r="E639" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="F639" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="G639" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="H639" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="I639" t="s">
         <v>24</v>
       </c>
       <c r="J639" t="s">
         <v>25</v>
       </c>
       <c r="K639" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="L639" t="s">
         <v>70</v>
       </c>
       <c r="M639" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="P639" t="s">
         <v>390</v>
       </c>
       <c r="Q639" t="s">
         <v>949</v>
       </c>
       <c r="R639" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="640" spans="1:18">
       <c r="A640">
         <v>639</v>
       </c>
       <c r="B640" t="s">
         <v>18</v>
       </c>
       <c r="C640" t="s">
         <v>19</v>
       </c>
       <c r="E640" t="s">
         <v>20</v>
       </c>
       <c r="F640" t="s">
         <v>375</v>
       </c>
       <c r="G640" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="H640" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="I640" t="s">
         <v>204</v>
       </c>
       <c r="J640" t="s">
         <v>25</v>
       </c>
       <c r="K640" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="L640" t="s">
         <v>27</v>
       </c>
       <c r="M640" t="s">
         <v>28</v>
       </c>
       <c r="P640" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="Q640" t="s">
         <v>120</v>
       </c>
       <c r="R640" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="641" spans="1:18">
       <c r="A641">
         <v>640</v>
       </c>
       <c r="B641" t="s">
         <v>18</v>
       </c>
       <c r="C641" t="s">
         <v>45</v>
       </c>
       <c r="E641" t="s">
         <v>172</v>
       </c>
       <c r="F641" t="s">
         <v>310</v>
       </c>
       <c r="G641" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="H641" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="I641" t="s">
         <v>24</v>
       </c>
       <c r="J641" t="s">
         <v>25</v>
       </c>
       <c r="K641" t="s">
         <v>657</v>
       </c>
       <c r="L641" t="s">
         <v>134</v>
       </c>
       <c r="M641" t="s">
         <v>176</v>
       </c>
       <c r="P641" t="s">
         <v>436</v>
       </c>
       <c r="Q641" t="s">
         <v>793</v>
       </c>
       <c r="R641" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="642" spans="1:18">
       <c r="A642">
         <v>641</v>
       </c>
       <c r="B642" t="s">
         <v>83</v>
       </c>
       <c r="C642" t="s">
         <v>45</v>
       </c>
       <c r="E642" t="s">
         <v>584</v>
       </c>
       <c r="F642" t="s">
         <v>647</v>
       </c>
       <c r="G642" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="H642" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="I642" t="s">
         <v>24</v>
       </c>
       <c r="J642" t="s">
         <v>25</v>
       </c>
       <c r="K642" t="s">
         <v>160</v>
       </c>
       <c r="L642" t="s">
         <v>78</v>
       </c>
       <c r="M642" t="s">
         <v>587</v>
       </c>
       <c r="P642" t="s">
         <v>345</v>
       </c>
       <c r="Q642" t="s">
         <v>593</v>
       </c>
       <c r="R642" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="643" spans="1:18">
       <c r="A643">
         <v>642</v>
       </c>
       <c r="B643" t="s">
         <v>44</v>
       </c>
       <c r="C643" t="s">
         <v>19</v>
       </c>
       <c r="E643" t="s">
         <v>229</v>
       </c>
       <c r="F643" t="s">
         <v>638</v>
       </c>
       <c r="G643" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="H643" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="I643" t="s">
         <v>24</v>
       </c>
       <c r="J643" t="s">
         <v>25</v>
       </c>
       <c r="K643" t="s">
         <v>169</v>
       </c>
       <c r="L643" t="s">
         <v>161</v>
       </c>
       <c r="M643" t="s">
         <v>233</v>
       </c>
       <c r="P643" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="Q643" t="s">
         <v>81</v>
       </c>
       <c r="R643" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="644" spans="1:18">
       <c r="A644">
         <v>643</v>
       </c>
       <c r="B644" t="s">
         <v>32</v>
       </c>
       <c r="C644" t="s">
         <v>19</v>
       </c>
       <c r="E644" t="s">
         <v>378</v>
       </c>
       <c r="F644" t="s">
         <v>483</v>
       </c>
       <c r="G644" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="H644" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="I644" t="s">
         <v>24</v>
       </c>
       <c r="J644" t="s">
         <v>25</v>
       </c>
       <c r="K644" t="s">
         <v>69</v>
       </c>
       <c r="L644" t="s">
         <v>39</v>
       </c>
       <c r="M644" t="s">
         <v>382</v>
       </c>
       <c r="P644" t="s">
         <v>452</v>
       </c>
       <c r="Q644" t="s">
         <v>500</v>
       </c>
       <c r="R644" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="645" spans="1:18">
       <c r="A645">
         <v>644</v>
       </c>
       <c r="B645" t="s">
         <v>44</v>
       </c>
       <c r="C645" t="s">
         <v>19</v>
       </c>
       <c r="E645" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="F645" t="s">
         <v>365</v>
       </c>
       <c r="G645" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="H645" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="I645" t="s">
         <v>24</v>
       </c>
       <c r="J645" t="s">
         <v>25</v>
       </c>
       <c r="K645" t="s">
         <v>217</v>
       </c>
       <c r="L645" t="s">
         <v>52</v>
       </c>
       <c r="M645" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="P645" t="s">
         <v>712</v>
       </c>
       <c r="Q645" t="s">
         <v>391</v>
       </c>
       <c r="R645" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="646" spans="1:18">
       <c r="A646">
         <v>645</v>
       </c>
       <c r="B646" t="s">
         <v>32</v>
       </c>
       <c r="C646" t="s">
         <v>45</v>
       </c>
       <c r="E646" t="s">
         <v>221</v>
       </c>
       <c r="F646" t="s">
         <v>368</v>
       </c>
       <c r="G646" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="J646" t="s">
         <v>787</v>
       </c>
       <c r="L646" t="s">
         <v>134</v>
       </c>
       <c r="M646" t="s">
         <v>226</v>
       </c>
       <c r="P646" t="s">
         <v>430</v>
       </c>
       <c r="Q646" t="s">
         <v>164</v>
       </c>
       <c r="R646" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="647" spans="1:18">
       <c r="A647">
         <v>646</v>
       </c>
       <c r="B647" t="s">
         <v>622</v>
       </c>
       <c r="C647" t="s">
         <v>45</v>
       </c>
       <c r="E647" t="s">
         <v>378</v>
       </c>
       <c r="F647" t="s">
         <v>629</v>
       </c>
       <c r="G647" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="H647" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="I647" t="s">
         <v>204</v>
       </c>
       <c r="J647" t="s">
         <v>25</v>
       </c>
       <c r="K647" t="s">
         <v>381</v>
       </c>
       <c r="L647" t="s">
         <v>39</v>
       </c>
       <c r="M647" t="s">
         <v>382</v>
       </c>
       <c r="P647" t="s">
         <v>291</v>
       </c>
       <c r="Q647" t="s">
         <v>150</v>
       </c>
       <c r="R647" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="648" spans="1:18">
       <c r="A648">
         <v>647</v>
       </c>
       <c r="B648" t="s">
         <v>44</v>
       </c>
       <c r="C648" t="s">
         <v>45</v>
       </c>
       <c r="E648" t="s">
         <v>84</v>
       </c>
       <c r="F648" t="s">
         <v>353</v>
       </c>
       <c r="G648" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="H648" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="I648" t="s">
         <v>168</v>
       </c>
       <c r="J648" t="s">
         <v>25</v>
       </c>
       <c r="K648" t="s">
         <v>38</v>
       </c>
       <c r="L648" t="s">
         <v>88</v>
       </c>
       <c r="M648" t="s">
         <v>89</v>
       </c>
       <c r="P648" t="s">
         <v>72</v>
       </c>
       <c r="Q648" t="s">
         <v>578</v>
       </c>
       <c r="R648" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="649" spans="1:18">
       <c r="A649">
         <v>648</v>
       </c>
       <c r="B649" t="s">
         <v>32</v>
       </c>
       <c r="C649" t="s">
         <v>19</v>
       </c>
       <c r="E649" t="s">
         <v>33</v>
       </c>
       <c r="F649" t="s">
         <v>365</v>
       </c>
       <c r="G649" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="H649" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="I649" t="s">
         <v>24</v>
       </c>
       <c r="J649" t="s">
         <v>25</v>
       </c>
       <c r="K649" t="s">
         <v>125</v>
       </c>
       <c r="L649" t="s">
         <v>39</v>
       </c>
       <c r="M649" t="s">
         <v>40</v>
       </c>
       <c r="P649" t="s">
         <v>537</v>
       </c>
       <c r="Q649" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="R649" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="650" spans="1:18">
       <c r="A650">
         <v>649</v>
       </c>
       <c r="B650" t="s">
         <v>32</v>
       </c>
       <c r="C650" t="s">
         <v>45</v>
       </c>
       <c r="E650" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="F650" t="s">
         <v>1068</v>
       </c>
       <c r="G650" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="H650" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="I650" t="s">
         <v>24</v>
       </c>
       <c r="J650" t="s">
         <v>25</v>
       </c>
       <c r="K650" t="s">
         <v>657</v>
       </c>
       <c r="L650" t="s">
         <v>52</v>
       </c>
       <c r="M650" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="P650" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="Q650" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="R650" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="651" spans="1:18">
       <c r="A651">
         <v>650</v>
       </c>
       <c r="B651" t="s">
         <v>32</v>
       </c>
       <c r="C651" t="s">
         <v>45</v>
       </c>
       <c r="E651" t="s">
         <v>560</v>
       </c>
       <c r="F651" t="s">
         <v>970</v>
       </c>
       <c r="G651" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="H651" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="I651" t="s">
         <v>204</v>
       </c>
       <c r="J651" t="s">
         <v>25</v>
       </c>
       <c r="K651" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="L651" t="s">
         <v>27</v>
       </c>
       <c r="M651" t="s">
         <v>562</v>
       </c>
       <c r="P651" t="s">
         <v>119</v>
       </c>
       <c r="Q651" t="s">
         <v>171</v>
       </c>
       <c r="R651" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="652" spans="1:18">
       <c r="A652">
         <v>651</v>
       </c>
       <c r="B652" t="s">
         <v>32</v>
       </c>
       <c r="C652" t="s">
         <v>19</v>
       </c>
       <c r="E652" t="s">
         <v>395</v>
       </c>
       <c r="F652" t="s">
         <v>47</v>
       </c>
       <c r="G652" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="J652" t="s">
         <v>787</v>
       </c>
       <c r="L652" t="s">
         <v>78</v>
       </c>
       <c r="M652" t="s">
         <v>397</v>
       </c>
       <c r="P652" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="Q652" t="s">
         <v>306</v>
       </c>
       <c r="R652" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="653" spans="1:18">
       <c r="A653">
         <v>652</v>
       </c>
       <c r="B653" t="s">
         <v>32</v>
       </c>
       <c r="C653" t="s">
         <v>45</v>
       </c>
       <c r="E653" t="s">
         <v>560</v>
       </c>
       <c r="F653" t="s">
         <v>809</v>
       </c>
       <c r="G653" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="H653" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="I653" t="s">
         <v>24</v>
       </c>
       <c r="J653" t="s">
         <v>25</v>
       </c>
       <c r="K653" t="s">
         <v>1079</v>
       </c>
       <c r="L653" t="s">
         <v>27</v>
       </c>
       <c r="M653" t="s">
         <v>562</v>
       </c>
       <c r="P653" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="Q653" t="s">
         <v>597</v>
       </c>
       <c r="R653" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="654" spans="1:18">
       <c r="A654">
         <v>653</v>
       </c>
       <c r="B654" t="s">
         <v>83</v>
       </c>
       <c r="C654" t="s">
         <v>45</v>
       </c>
       <c r="E654" t="s">
         <v>221</v>
       </c>
       <c r="F654" t="s">
         <v>713</v>
       </c>
       <c r="G654" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="H654" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="I654" t="s">
         <v>24</v>
       </c>
       <c r="J654" t="s">
         <v>25</v>
       </c>
       <c r="K654" t="s">
         <v>1079</v>
       </c>
       <c r="L654" t="s">
         <v>134</v>
       </c>
       <c r="M654" t="s">
         <v>226</v>
       </c>
       <c r="P654" t="s">
         <v>127</v>
       </c>
       <c r="Q654" t="s">
         <v>275</v>
       </c>
       <c r="R654" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="655" spans="1:18">
       <c r="A655">
         <v>654</v>
       </c>
       <c r="B655" t="s">
         <v>83</v>
       </c>
       <c r="C655" t="s">
         <v>19</v>
       </c>
       <c r="E655" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="F655" t="s">
         <v>245</v>
       </c>
       <c r="G655" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="H655" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="I655" t="s">
         <v>24</v>
       </c>
       <c r="J655" t="s">
         <v>25</v>
       </c>
       <c r="K655" t="s">
         <v>657</v>
       </c>
       <c r="L655" t="s">
         <v>52</v>
       </c>
       <c r="M655" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="P655" t="s">
         <v>305</v>
       </c>
       <c r="Q655" t="s">
         <v>200</v>
       </c>
       <c r="R655" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="656" spans="1:18">
       <c r="A656">
         <v>655</v>
       </c>
       <c r="B656" t="s">
         <v>18</v>
       </c>
       <c r="C656" t="s">
         <v>19</v>
       </c>
       <c r="E656" t="s">
         <v>421</v>
       </c>
       <c r="F656" t="s">
         <v>970</v>
       </c>
       <c r="G656" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="H656" t="s">
         <v>174</v>
       </c>
       <c r="I656" t="s">
         <v>24</v>
       </c>
       <c r="J656" t="s">
         <v>25</v>
       </c>
       <c r="K656" t="s">
         <v>143</v>
       </c>
       <c r="L656" t="s">
         <v>161</v>
       </c>
       <c r="M656" t="s">
         <v>424</v>
       </c>
       <c r="P656" t="s">
         <v>345</v>
       </c>
       <c r="Q656" t="s">
         <v>171</v>
       </c>
       <c r="R656" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="657" spans="1:18">
       <c r="A657">
         <v>656</v>
       </c>
       <c r="B657" t="s">
         <v>32</v>
       </c>
       <c r="C657" t="s">
         <v>19</v>
       </c>
       <c r="E657" t="s">
         <v>100</v>
       </c>
       <c r="F657" t="s">
         <v>101</v>
       </c>
       <c r="G657" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="H657" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="I657" t="s">
         <v>68</v>
       </c>
       <c r="J657" t="s">
         <v>25</v>
       </c>
       <c r="K657" t="s">
         <v>1079</v>
       </c>
       <c r="L657" t="s">
         <v>27</v>
       </c>
       <c r="M657" t="s">
         <v>104</v>
       </c>
       <c r="P657" t="s">
         <v>345</v>
       </c>
       <c r="Q657" t="s">
         <v>494</v>
       </c>
       <c r="R657" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="658" spans="1:18">
       <c r="A658">
         <v>657</v>
       </c>
       <c r="B658" t="s">
         <v>32</v>
       </c>
       <c r="C658" t="s">
         <v>45</v>
       </c>
       <c r="E658" t="s">
         <v>84</v>
       </c>
       <c r="F658" t="s">
         <v>353</v>
       </c>
       <c r="G658" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="H658" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="I658" t="s">
         <v>248</v>
       </c>
       <c r="J658" t="s">
         <v>25</v>
       </c>
       <c r="K658" t="s">
         <v>38</v>
       </c>
       <c r="L658" t="s">
         <v>88</v>
       </c>
       <c r="M658" t="s">
         <v>89</v>
       </c>
       <c r="P658" t="s">
         <v>452</v>
       </c>
       <c r="Q658" t="s">
         <v>1066</v>
       </c>
       <c r="R658" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="659" spans="1:18">
       <c r="A659">
         <v>658</v>
       </c>
       <c r="B659" t="s">
         <v>83</v>
       </c>
       <c r="C659" t="s">
         <v>19</v>
       </c>
       <c r="E659" t="s">
         <v>172</v>
       </c>
       <c r="F659" t="s">
         <v>809</v>
       </c>
       <c r="G659" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="J659" t="s">
         <v>834</v>
       </c>
       <c r="L659" t="s">
         <v>134</v>
       </c>
       <c r="M659" t="s">
         <v>176</v>
       </c>
       <c r="P659" t="s">
         <v>239</v>
       </c>
       <c r="Q659" t="s">
         <v>500</v>
       </c>
       <c r="R659" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="660" spans="1:18">
       <c r="A660">
         <v>659</v>
       </c>
       <c r="B660" t="s">
         <v>32</v>
       </c>
       <c r="C660" t="s">
         <v>19</v>
       </c>
       <c r="E660" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="F660" t="s">
         <v>1072</v>
       </c>
       <c r="G660" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="J660" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="L660" t="s">
         <v>70</v>
       </c>
       <c r="M660" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="P660" t="s">
         <v>928</v>
       </c>
       <c r="Q660" t="s">
         <v>73</v>
       </c>
       <c r="R660" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="661" spans="1:18">
       <c r="A661">
         <v>660</v>
       </c>
       <c r="B661" t="s">
         <v>32</v>
       </c>
       <c r="C661" t="s">
         <v>45</v>
       </c>
       <c r="E661" t="s">
         <v>395</v>
       </c>
       <c r="F661" t="s">
         <v>1072</v>
       </c>
       <c r="G661" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="J661" t="s">
         <v>95</v>
       </c>
       <c r="L661" t="s">
         <v>78</v>
       </c>
       <c r="M661" t="s">
         <v>397</v>
       </c>
       <c r="P661" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="Q661" t="s">
         <v>137</v>
       </c>
       <c r="R661" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="662" spans="1:18">
       <c r="A662">
         <v>661</v>
       </c>
       <c r="B662" t="s">
         <v>32</v>
       </c>
       <c r="C662" t="s">
         <v>19</v>
       </c>
       <c r="E662" t="s">
         <v>584</v>
       </c>
       <c r="F662" t="s">
         <v>744</v>
       </c>
       <c r="G662" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="H662" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="I662" t="s">
         <v>24</v>
       </c>
       <c r="J662" t="s">
         <v>25</v>
       </c>
       <c r="K662" t="s">
         <v>826</v>
       </c>
       <c r="L662" t="s">
         <v>78</v>
       </c>
       <c r="M662" t="s">
         <v>587</v>
       </c>
       <c r="P662" t="s">
         <v>784</v>
       </c>
       <c r="Q662" t="s">
         <v>269</v>
       </c>
       <c r="R662" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="663" spans="1:18">
       <c r="A663">
         <v>662</v>
       </c>
       <c r="B663" t="s">
         <v>32</v>
       </c>
       <c r="C663" t="s">
         <v>45</v>
       </c>
       <c r="E663" t="s">
         <v>194</v>
       </c>
       <c r="F663" t="s">
         <v>368</v>
       </c>
       <c r="G663" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="J663" t="s">
         <v>95</v>
       </c>
       <c r="L663" t="s">
         <v>78</v>
       </c>
       <c r="M663" t="s">
         <v>198</v>
       </c>
       <c r="P663" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="Q663" t="s">
         <v>156</v>
       </c>
       <c r="R663" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="664" spans="1:18">
       <c r="A664">
         <v>663</v>
       </c>
       <c r="B664" t="s">
         <v>32</v>
       </c>
       <c r="C664" t="s">
         <v>19</v>
       </c>
       <c r="E664" t="s">
         <v>221</v>
       </c>
       <c r="F664" t="s">
         <v>558</v>
       </c>
       <c r="G664" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="H664" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="I664" t="s">
         <v>24</v>
       </c>
       <c r="J664" t="s">
         <v>25</v>
       </c>
       <c r="K664" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="L664" t="s">
         <v>134</v>
       </c>
       <c r="M664" t="s">
         <v>226</v>
       </c>
       <c r="P664" t="s">
         <v>846</v>
       </c>
       <c r="Q664" t="s">
         <v>63</v>
       </c>
       <c r="R664" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="665" spans="1:18">
       <c r="A665">
         <v>664</v>
       </c>
       <c r="B665" t="s">
         <v>83</v>
       </c>
       <c r="C665" t="s">
         <v>19</v>
       </c>
       <c r="E665" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="F665" t="s">
         <v>85</v>
       </c>
       <c r="G665" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="H665" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="I665" t="s">
         <v>248</v>
       </c>
       <c r="J665" t="s">
         <v>25</v>
       </c>
       <c r="K665" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="L665" t="s">
         <v>52</v>
       </c>
       <c r="M665" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="P665" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="Q665" t="s">
         <v>235</v>
       </c>
       <c r="R665" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="666" spans="1:18">
       <c r="A666">
         <v>665</v>
       </c>
       <c r="B666" t="s">
         <v>32</v>
       </c>
       <c r="C666" t="s">
         <v>19</v>
       </c>
       <c r="E666" t="s">
         <v>378</v>
       </c>
       <c r="F666" t="s">
         <v>483</v>
       </c>
       <c r="G666" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="H666" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="I666" t="s">
         <v>24</v>
       </c>
       <c r="J666" t="s">
         <v>25</v>
       </c>
       <c r="K666" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="L666" t="s">
         <v>39</v>
       </c>
       <c r="M666" t="s">
         <v>382</v>
       </c>
       <c r="P666" t="s">
         <v>446</v>
       </c>
       <c r="Q666" t="s">
         <v>318</v>
       </c>
       <c r="R666" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="667" spans="1:18">
       <c r="A667">
         <v>666</v>
       </c>
       <c r="B667" t="s">
         <v>18</v>
       </c>
       <c r="C667" t="s">
         <v>19</v>
       </c>
       <c r="E667" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="F667" t="s">
         <v>537</v>
       </c>
       <c r="G667" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="H667" t="s">
         <v>87</v>
       </c>
       <c r="I667" t="s">
         <v>24</v>
       </c>
       <c r="J667" t="s">
         <v>25</v>
       </c>
       <c r="K667" t="s">
         <v>441</v>
       </c>
       <c r="L667" t="s">
         <v>78</v>
       </c>
       <c r="M667" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="P667" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="Q667" t="s">
         <v>306</v>
       </c>
       <c r="R667" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="668" spans="1:18">
       <c r="A668">
         <v>667</v>
       </c>
       <c r="B668" t="s">
         <v>32</v>
       </c>
       <c r="C668" t="s">
         <v>45</v>
       </c>
       <c r="E668" t="s">
         <v>309</v>
       </c>
       <c r="F668" t="s">
         <v>236</v>
       </c>
       <c r="G668" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="J668" t="s">
         <v>95</v>
       </c>
       <c r="L668" t="s">
         <v>161</v>
       </c>
       <c r="M668" t="s">
         <v>313</v>
       </c>
       <c r="P668" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="Q668" t="s">
         <v>249</v>
       </c>
       <c r="R668" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="669" spans="1:18">
       <c r="A669">
         <v>668</v>
       </c>
       <c r="B669" t="s">
         <v>32</v>
       </c>
       <c r="C669" t="s">
         <v>45</v>
       </c>
       <c r="E669" t="s">
         <v>92</v>
       </c>
       <c r="F669" t="s">
         <v>230</v>
       </c>
       <c r="G669" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="H669" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="I669" t="s">
         <v>68</v>
       </c>
       <c r="J669" t="s">
         <v>25</v>
       </c>
       <c r="K669" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="L669" t="s">
         <v>70</v>
       </c>
       <c r="M669" t="s">
         <v>96</v>
       </c>
       <c r="P669" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="Q669" t="s">
         <v>156</v>
       </c>
       <c r="R669" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="670" spans="1:18">
       <c r="A670">
         <v>669</v>
       </c>
       <c r="B670" t="s">
         <v>32</v>
       </c>
       <c r="C670" t="s">
         <v>45</v>
       </c>
       <c r="E670" t="s">
         <v>213</v>
       </c>
       <c r="F670" t="s">
         <v>240</v>
       </c>
       <c r="G670" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="J670" t="s">
         <v>197</v>
       </c>
       <c r="L670" t="s">
         <v>27</v>
       </c>
       <c r="M670" t="s">
         <v>218</v>
       </c>
       <c r="P670" t="s">
         <v>254</v>
       </c>
       <c r="Q670" t="s">
         <v>91</v>
       </c>
       <c r="R670" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="671" spans="1:18">
       <c r="A671">
         <v>670</v>
       </c>
       <c r="B671" t="s">
         <v>32</v>
       </c>
       <c r="C671" t="s">
         <v>45</v>
       </c>
       <c r="E671" t="s">
         <v>46</v>
       </c>
       <c r="F671" t="s">
         <v>446</v>
       </c>
       <c r="G671" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="H671" t="s">
         <v>863</v>
       </c>
       <c r="I671" t="s">
         <v>204</v>
       </c>
       <c r="J671" t="s">
         <v>25</v>
       </c>
       <c r="K671" t="s">
         <v>884</v>
       </c>
       <c r="L671" t="s">
         <v>52</v>
       </c>
       <c r="M671" t="s">
         <v>53</v>
       </c>
       <c r="P671" t="s">
         <v>127</v>
       </c>
       <c r="Q671" t="s">
         <v>425</v>
       </c>
       <c r="R671" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="672" spans="1:18">
       <c r="A672">
         <v>671</v>
       </c>
       <c r="B672" t="s">
         <v>32</v>
       </c>
       <c r="C672" t="s">
         <v>45</v>
       </c>
       <c r="E672" t="s">
         <v>378</v>
       </c>
       <c r="F672" t="s">
         <v>21</v>
       </c>
       <c r="G672" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="J672" t="s">
         <v>95</v>
       </c>
       <c r="L672" t="s">
         <v>39</v>
       </c>
       <c r="M672" t="s">
         <v>382</v>
       </c>
       <c r="P672" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="Q672" t="s">
         <v>275</v>
       </c>
       <c r="R672" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="673" spans="1:18">
       <c r="A673">
         <v>672</v>
       </c>
       <c r="B673" t="s">
         <v>32</v>
       </c>
       <c r="C673" t="s">
         <v>19</v>
       </c>
       <c r="E673" t="s">
         <v>33</v>
       </c>
       <c r="F673" t="s">
         <v>427</v>
       </c>
       <c r="G673" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="J673" t="s">
         <v>197</v>
       </c>
       <c r="L673" t="s">
         <v>39</v>
       </c>
       <c r="M673" t="s">
         <v>40</v>
       </c>
       <c r="P673" t="s">
         <v>430</v>
       </c>
       <c r="Q673" t="s">
         <v>357</v>
       </c>
       <c r="R673" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="674" spans="1:18">
       <c r="A674">
         <v>673</v>
       </c>
       <c r="B674" t="s">
         <v>32</v>
       </c>
       <c r="C674" t="s">
         <v>19</v>
       </c>
       <c r="E674" t="s">
         <v>332</v>
       </c>
       <c r="F674" t="s">
         <v>744</v>
       </c>
       <c r="G674" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="J674" t="s">
         <v>197</v>
       </c>
       <c r="L674" t="s">
         <v>78</v>
       </c>
       <c r="M674" t="s">
         <v>337</v>
       </c>
       <c r="P674" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="Q674" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="R674" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="675" spans="1:18">
       <c r="A675">
         <v>674</v>
       </c>
       <c r="B675" t="s">
         <v>32</v>
       </c>
       <c r="C675" t="s">
         <v>19</v>
       </c>
       <c r="E675" t="s">
         <v>172</v>
       </c>
       <c r="F675" t="s">
         <v>93</v>
       </c>
       <c r="G675" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="J675" t="s">
         <v>787</v>
       </c>
       <c r="L675" t="s">
         <v>134</v>
       </c>
       <c r="M675" t="s">
         <v>176</v>
       </c>
       <c r="P675" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="Q675" t="s">
         <v>457</v>
       </c>
       <c r="R675" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="676" spans="1:18">
       <c r="A676">
         <v>675</v>
       </c>
       <c r="B676" t="s">
         <v>32</v>
       </c>
       <c r="C676" t="s">
         <v>19</v>
       </c>
       <c r="E676" t="s">
         <v>315</v>
       </c>
       <c r="F676" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="G676" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="J676" t="s">
         <v>95</v>
       </c>
       <c r="L676" t="s">
         <v>52</v>
       </c>
       <c r="M676" t="s">
         <v>317</v>
       </c>
       <c r="P676" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="Q676" t="s">
         <v>759</v>
       </c>
       <c r="R676" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="677" spans="1:18">
       <c r="A677">
         <v>676</v>
       </c>
       <c r="B677" t="s">
         <v>32</v>
       </c>
       <c r="C677" t="s">
         <v>45</v>
       </c>
       <c r="E677" t="s">
         <v>421</v>
       </c>
       <c r="F677" t="s">
         <v>970</v>
       </c>
       <c r="G677" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="H677" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="I677" t="s">
         <v>24</v>
       </c>
       <c r="J677" t="s">
         <v>25</v>
       </c>
       <c r="K677" t="s">
         <v>657</v>
       </c>
       <c r="L677" t="s">
         <v>161</v>
       </c>
       <c r="M677" t="s">
         <v>424</v>
       </c>
       <c r="P677" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="Q677" t="s">
         <v>391</v>
       </c>
       <c r="R677" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="678" spans="1:18">
       <c r="A678">
         <v>677</v>
       </c>
       <c r="B678" t="s">
         <v>32</v>
       </c>
       <c r="C678" t="s">
         <v>19</v>
       </c>
       <c r="E678" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="F678" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="G678" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="H678" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="I678" t="s">
         <v>24</v>
       </c>
       <c r="J678" t="s">
         <v>25</v>
       </c>
       <c r="K678" t="s">
         <v>1079</v>
       </c>
       <c r="L678" t="s">
         <v>52</v>
       </c>
       <c r="M678" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="P678" t="s">
         <v>62</v>
       </c>
       <c r="Q678" t="s">
         <v>664</v>
       </c>
       <c r="R678" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="679" spans="1:18">
       <c r="A679">
         <v>678</v>
       </c>
       <c r="B679" t="s">
         <v>18</v>
       </c>
       <c r="C679" t="s">
         <v>45</v>
       </c>
       <c r="E679" t="s">
         <v>46</v>
       </c>
       <c r="F679" t="s">
         <v>65</v>
       </c>
       <c r="G679" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="H679" t="s">
         <v>406</v>
       </c>
       <c r="I679" t="s">
         <v>24</v>
       </c>
       <c r="J679" t="s">
         <v>25</v>
       </c>
       <c r="K679" t="s">
         <v>38</v>
       </c>
       <c r="L679" t="s">
         <v>52</v>
       </c>
       <c r="M679" t="s">
         <v>53</v>
       </c>
       <c r="P679" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="Q679" t="s">
         <v>578</v>
       </c>
       <c r="R679" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="680" spans="1:18">
       <c r="A680">
         <v>679</v>
       </c>
       <c r="B680" t="s">
         <v>32</v>
       </c>
       <c r="C680" t="s">
         <v>45</v>
       </c>
       <c r="E680" t="s">
         <v>1108</v>
       </c>
       <c r="F680" t="s">
         <v>310</v>
       </c>
       <c r="G680" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="H680" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="I680" t="s">
         <v>168</v>
       </c>
       <c r="J680" t="s">
         <v>25</v>
       </c>
       <c r="K680" t="s">
         <v>299</v>
       </c>
       <c r="L680" t="s">
         <v>52</v>
       </c>
       <c r="M680" t="s">
         <v>1110</v>
       </c>
       <c r="P680" t="s">
         <v>219</v>
       </c>
       <c r="Q680" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="R680" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="681" spans="1:18">
       <c r="A681">
         <v>680</v>
       </c>
       <c r="B681" t="s">
         <v>32</v>
       </c>
       <c r="C681" t="s">
         <v>19</v>
       </c>
       <c r="E681" t="s">
         <v>84</v>
       </c>
       <c r="F681" t="s">
         <v>85</v>
       </c>
       <c r="G681" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="J681" t="s">
         <v>197</v>
       </c>
       <c r="L681" t="s">
         <v>88</v>
       </c>
       <c r="M681" t="s">
         <v>89</v>
       </c>
       <c r="P681" t="s">
         <v>155</v>
       </c>
       <c r="Q681" t="s">
         <v>473</v>
       </c>
       <c r="R681" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="682" spans="1:18">
       <c r="A682">
         <v>681</v>
       </c>
       <c r="B682" t="s">
         <v>83</v>
       </c>
       <c r="C682" t="s">
         <v>45</v>
       </c>
       <c r="E682" t="s">
         <v>719</v>
       </c>
       <c r="F682" t="s">
         <v>139</v>
       </c>
       <c r="G682" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="H682" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="I682" t="s">
         <v>68</v>
       </c>
       <c r="J682" t="s">
         <v>25</v>
       </c>
       <c r="K682" t="s">
         <v>657</v>
       </c>
       <c r="L682" t="s">
         <v>78</v>
       </c>
       <c r="M682" t="s">
         <v>722</v>
       </c>
       <c r="P682" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="Q682" t="s">
         <v>702</v>
       </c>
       <c r="R682" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="683" spans="1:18">
       <c r="A683">
         <v>682</v>
       </c>
       <c r="B683" t="s">
         <v>32</v>
       </c>
       <c r="C683" t="s">
         <v>19</v>
       </c>
       <c r="E683" t="s">
         <v>1108</v>
       </c>
       <c r="F683" t="s">
         <v>438</v>
       </c>
       <c r="G683" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="H683" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="I683" t="s">
         <v>24</v>
       </c>
       <c r="J683" t="s">
         <v>25</v>
       </c>
       <c r="K683" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="L683" t="s">
         <v>52</v>
       </c>
       <c r="M683" t="s">
         <v>1110</v>
       </c>
       <c r="P683" t="s">
         <v>969</v>
       </c>
       <c r="Q683" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="R683" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="684" spans="1:18">
       <c r="A684">
         <v>683</v>
       </c>
       <c r="B684" t="s">
         <v>18</v>
       </c>
       <c r="C684" t="s">
         <v>45</v>
       </c>
       <c r="E684" t="s">
         <v>584</v>
       </c>
       <c r="F684" t="s">
         <v>368</v>
       </c>
       <c r="G684" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="H684" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="I684" t="s">
         <v>68</v>
       </c>
       <c r="J684" t="s">
         <v>25</v>
       </c>
       <c r="K684" t="s">
         <v>69</v>
       </c>
       <c r="L684" t="s">
         <v>78</v>
       </c>
       <c r="M684" t="s">
         <v>587</v>
       </c>
       <c r="P684" t="s">
         <v>452</v>
       </c>
       <c r="Q684" t="s">
         <v>357</v>
       </c>
       <c r="R684" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="685" spans="1:18">
       <c r="A685">
         <v>684</v>
       </c>
       <c r="B685" t="s">
         <v>32</v>
       </c>
       <c r="C685" t="s">
         <v>45</v>
       </c>
       <c r="E685" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="F685" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="G685" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="H685" t="s">
         <v>492</v>
       </c>
       <c r="I685" t="s">
         <v>50</v>
       </c>
       <c r="J685" t="s">
         <v>25</v>
       </c>
       <c r="K685" t="s">
         <v>884</v>
       </c>
       <c r="L685" t="s">
         <v>39</v>
       </c>
       <c r="M685" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="P685" t="s">
         <v>155</v>
       </c>
       <c r="Q685" t="s">
         <v>514</v>
       </c>
       <c r="R685" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="686" spans="1:18">
       <c r="A686">
         <v>685</v>
       </c>
       <c r="B686" t="s">
         <v>44</v>
       </c>
       <c r="C686" t="s">
         <v>19</v>
       </c>
       <c r="E686" t="s">
         <v>33</v>
       </c>
       <c r="F686" t="s">
         <v>1068</v>
       </c>
       <c r="G686" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="H686" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="I686" t="s">
         <v>24</v>
       </c>
       <c r="J686" t="s">
         <v>25</v>
       </c>
       <c r="K686" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="L686" t="s">
         <v>39</v>
       </c>
       <c r="M686" t="s">
         <v>40</v>
       </c>
       <c r="P686" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="Q686" t="s">
         <v>1026</v>
       </c>
       <c r="R686" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="687" spans="1:18">
       <c r="A687">
         <v>686</v>
       </c>
       <c r="B687" t="s">
         <v>32</v>
       </c>
       <c r="C687" t="s">
         <v>19</v>
       </c>
       <c r="E687" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="F687" t="s">
         <v>1072</v>
       </c>
       <c r="G687" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="J687" t="s">
         <v>95</v>
       </c>
       <c r="L687" t="s">
         <v>70</v>
       </c>
       <c r="M687" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="P687" t="s">
         <v>127</v>
       </c>
       <c r="Q687" t="s">
         <v>266</v>
       </c>
       <c r="R687" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="688" spans="1:18">
       <c r="A688">
         <v>687</v>
       </c>
       <c r="B688" t="s">
         <v>44</v>
       </c>
       <c r="C688" t="s">
         <v>19</v>
       </c>
       <c r="E688" t="s">
         <v>172</v>
       </c>
       <c r="F688" t="s">
         <v>970</v>
       </c>
       <c r="G688" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="H688" t="s">
         <v>440</v>
       </c>
       <c r="I688" t="s">
         <v>24</v>
       </c>
       <c r="J688" t="s">
         <v>25</v>
       </c>
       <c r="K688" t="s">
         <v>69</v>
       </c>
       <c r="L688" t="s">
         <v>134</v>
       </c>
       <c r="M688" t="s">
         <v>176</v>
       </c>
       <c r="P688" t="s">
         <v>251</v>
       </c>
       <c r="Q688" t="s">
         <v>128</v>
       </c>
       <c r="R688" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="689" spans="1:18">
       <c r="A689">
         <v>688</v>
       </c>
       <c r="B689" t="s">
         <v>32</v>
       </c>
       <c r="C689" t="s">
         <v>19</v>
       </c>
       <c r="E689" t="s">
         <v>229</v>
       </c>
       <c r="F689" t="s">
         <v>34</v>
       </c>
       <c r="G689" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="H689" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="I689" t="s">
         <v>68</v>
       </c>
       <c r="J689" t="s">
         <v>25</v>
       </c>
       <c r="K689" t="s">
         <v>299</v>
       </c>
       <c r="L689" t="s">
         <v>161</v>
       </c>
       <c r="M689" t="s">
         <v>233</v>
       </c>
       <c r="P689" t="s">
         <v>446</v>
       </c>
       <c r="Q689" t="s">
         <v>867</v>
       </c>
       <c r="R689" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="690" spans="1:18">
       <c r="A690">
         <v>689</v>
       </c>
       <c r="B690" t="s">
         <v>622</v>
       </c>
       <c r="C690" t="s">
         <v>45</v>
       </c>
       <c r="E690" t="s">
         <v>138</v>
       </c>
       <c r="F690" t="s">
         <v>139</v>
       </c>
       <c r="G690" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="H690" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="I690" t="s">
         <v>24</v>
       </c>
       <c r="J690" t="s">
         <v>25</v>
       </c>
       <c r="K690" t="s">
         <v>26</v>
       </c>
       <c r="L690" t="s">
         <v>27</v>
       </c>
       <c r="M690" t="s">
         <v>144</v>
       </c>
       <c r="P690" t="s">
         <v>331</v>
       </c>
       <c r="Q690" t="s">
         <v>1026</v>
       </c>
       <c r="R690" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="691" spans="1:18">
       <c r="A691">
         <v>690</v>
       </c>
       <c r="B691" t="s">
         <v>32</v>
       </c>
       <c r="C691" t="s">
         <v>19</v>
       </c>
       <c r="E691" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="F691" t="s">
         <v>537</v>
       </c>
       <c r="G691" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="J691" t="s">
         <v>95</v>
       </c>
       <c r="L691" t="s">
         <v>78</v>
       </c>
       <c r="M691" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="P691" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="Q691" t="s">
         <v>597</v>
       </c>
       <c r="R691" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="692" spans="1:18">
       <c r="A692">
         <v>691</v>
       </c>
       <c r="B692" t="s">
         <v>83</v>
       </c>
       <c r="C692" t="s">
         <v>45</v>
       </c>
       <c r="E692" t="s">
         <v>84</v>
       </c>
       <c r="F692" t="s">
         <v>353</v>
       </c>
       <c r="G692" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="J692" t="s">
         <v>95</v>
       </c>
       <c r="L692" t="s">
         <v>88</v>
       </c>
       <c r="M692" t="s">
         <v>89</v>
       </c>
       <c r="P692" t="s">
         <v>72</v>
       </c>
       <c r="Q692" t="s">
         <v>699</v>
       </c>
       <c r="R692" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="693" spans="1:18">
       <c r="A693">
         <v>692</v>
       </c>
       <c r="B693" t="s">
         <v>83</v>
       </c>
       <c r="C693" t="s">
         <v>45</v>
       </c>
       <c r="E693" t="s">
         <v>151</v>
       </c>
       <c r="F693" t="s">
         <v>93</v>
       </c>
       <c r="G693" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="H693" t="s">
         <v>67</v>
       </c>
       <c r="I693" t="s">
         <v>68</v>
       </c>
       <c r="J693" t="s">
         <v>25</v>
       </c>
       <c r="K693" t="s">
         <v>69</v>
       </c>
       <c r="L693" t="s">
         <v>70</v>
       </c>
       <c r="M693" t="s">
         <v>154</v>
       </c>
       <c r="P693" t="s">
         <v>72</v>
       </c>
       <c r="Q693" t="s">
         <v>688</v>
       </c>
       <c r="R693" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="694" spans="1:18">
       <c r="A694">
         <v>693</v>
       </c>
       <c r="B694" t="s">
         <v>32</v>
       </c>
       <c r="C694" t="s">
         <v>45</v>
       </c>
       <c r="E694" t="s">
         <v>194</v>
       </c>
       <c r="F694" t="s">
         <v>75</v>
       </c>
       <c r="G694" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="H694" t="s">
-        <v>1730</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1731</v>
       </c>
       <c r="J694" t="s">
         <v>25</v>
       </c>
       <c r="K694" t="s">
         <v>286</v>
       </c>
       <c r="L694" t="s">
         <v>78</v>
       </c>
       <c r="M694" t="s">
         <v>198</v>
       </c>
       <c r="P694" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="Q694" t="s">
         <v>643</v>
       </c>
       <c r="R694" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="695" spans="1:18">
       <c r="A695">
         <v>694</v>
       </c>
       <c r="B695" t="s">
         <v>44</v>
       </c>
       <c r="C695" t="s">
         <v>19</v>
       </c>
       <c r="E695" t="s">
         <v>92</v>
       </c>
       <c r="F695" t="s">
         <v>427</v>
       </c>
       <c r="G695" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="H695" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="I695" t="s">
         <v>24</v>
       </c>
       <c r="J695" t="s">
         <v>25</v>
       </c>
       <c r="K695" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="L695" t="s">
         <v>70</v>
       </c>
       <c r="M695" t="s">
         <v>96</v>
       </c>
       <c r="P695" t="s">
         <v>155</v>
       </c>
       <c r="Q695" t="s">
         <v>519</v>
       </c>
       <c r="R695" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="696" spans="1:18">
       <c r="A696">
         <v>695</v>
       </c>
       <c r="B696" t="s">
         <v>32</v>
       </c>
       <c r="C696" t="s">
         <v>45</v>
       </c>
       <c r="E696" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="F696" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="G696" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="H696" t="s">
         <v>517</v>
       </c>
       <c r="I696" t="s">
         <v>24</v>
       </c>
       <c r="J696" t="s">
         <v>25</v>
       </c>
       <c r="K696" t="s">
         <v>657</v>
       </c>
       <c r="L696" t="s">
         <v>52</v>
       </c>
       <c r="M696" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="P696" t="s">
         <v>554</v>
       </c>
       <c r="Q696" t="s">
         <v>949</v>
       </c>
     </row>
     <row r="697" spans="1:18">
       <c r="A697">
         <v>696</v>
       </c>
       <c r="B697" t="s">
         <v>44</v>
       </c>
       <c r="C697" t="s">
         <v>45</v>
       </c>
       <c r="E697" t="s">
         <v>1108</v>
       </c>
       <c r="F697" t="s">
         <v>970</v>
       </c>
       <c r="G697" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="H697" t="s">
         <v>216</v>
       </c>
       <c r="I697" t="s">
         <v>68</v>
       </c>
       <c r="J697" t="s">
         <v>25</v>
       </c>
       <c r="K697" t="s">
         <v>958</v>
       </c>
       <c r="L697" t="s">
         <v>52</v>
       </c>
       <c r="M697" t="s">
         <v>1110</v>
       </c>
       <c r="P697" t="s">
         <v>554</v>
       </c>
       <c r="Q697" t="s">
         <v>675</v>
       </c>
       <c r="R697" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="698" spans="1:18">
       <c r="A698">
         <v>697</v>
       </c>
       <c r="B698" t="s">
         <v>32</v>
       </c>
       <c r="C698" t="s">
         <v>45</v>
       </c>
       <c r="E698" t="s">
         <v>395</v>
       </c>
       <c r="F698" t="s">
         <v>629</v>
       </c>
       <c r="G698" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="H698" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="I698" t="s">
         <v>24</v>
       </c>
       <c r="J698" t="s">
         <v>25</v>
       </c>
       <c r="K698" t="s">
         <v>299</v>
       </c>
       <c r="L698" t="s">
         <v>78</v>
       </c>
       <c r="M698" t="s">
         <v>397</v>
       </c>
       <c r="P698" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="Q698" t="s">
         <v>91</v>
       </c>
       <c r="R698" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="699" spans="1:18">
       <c r="A699">
         <v>698</v>
       </c>
       <c r="B699" t="s">
         <v>32</v>
       </c>
       <c r="C699" t="s">
         <v>45</v>
       </c>
       <c r="E699" t="s">
         <v>395</v>
       </c>
       <c r="F699" t="s">
         <v>75</v>
       </c>
       <c r="G699" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="H699" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="I699" t="s">
         <v>168</v>
       </c>
       <c r="J699" t="s">
         <v>25</v>
       </c>
       <c r="K699" t="s">
         <v>38</v>
       </c>
       <c r="L699" t="s">
         <v>78</v>
       </c>
       <c r="M699" t="s">
         <v>397</v>
       </c>
       <c r="P699" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="Q699" t="s">
         <v>146</v>
       </c>
       <c r="R699" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="700" spans="1:18">
       <c r="A700">
         <v>699</v>
       </c>
       <c r="B700" t="s">
         <v>32</v>
       </c>
       <c r="C700" t="s">
         <v>19</v>
       </c>
       <c r="E700" t="s">
         <v>229</v>
       </c>
       <c r="F700" t="s">
         <v>865</v>
       </c>
       <c r="G700" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="H700" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="I700" t="s">
         <v>24</v>
       </c>
       <c r="J700" t="s">
         <v>25</v>
       </c>
       <c r="K700" t="s">
         <v>657</v>
       </c>
       <c r="L700" t="s">
         <v>161</v>
       </c>
       <c r="M700" t="s">
         <v>233</v>
       </c>
       <c r="P700" t="s">
         <v>72</v>
       </c>
       <c r="Q700" t="s">
         <v>244</v>
       </c>
       <c r="R700" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="701" spans="1:18">
       <c r="A701">
         <v>700</v>
       </c>
       <c r="B701" t="s">
         <v>44</v>
       </c>
       <c r="C701" t="s">
         <v>45</v>
       </c>
       <c r="E701" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="F701" t="s">
         <v>744</v>
       </c>
       <c r="G701" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="H701" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="I701" t="s">
         <v>168</v>
       </c>
       <c r="J701" t="s">
         <v>25</v>
       </c>
       <c r="K701" t="s">
         <v>299</v>
       </c>
       <c r="L701" t="s">
         <v>52</v>
       </c>
       <c r="M701" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="P701" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="Q701" t="s">
         <v>281</v>
       </c>
       <c r="R701" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="702" spans="1:18">
       <c r="A702">
         <v>701</v>
       </c>
       <c r="B702" t="s">
         <v>44</v>
       </c>
       <c r="C702" t="s">
         <v>19</v>
       </c>
       <c r="E702" t="s">
         <v>84</v>
       </c>
       <c r="F702" t="s">
         <v>85</v>
       </c>
       <c r="G702" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="H702" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="I702" t="s">
         <v>24</v>
       </c>
       <c r="J702" t="s">
         <v>25</v>
       </c>
       <c r="K702" t="s">
         <v>69</v>
       </c>
       <c r="L702" t="s">
         <v>88</v>
       </c>
       <c r="M702" t="s">
         <v>89</v>
       </c>
       <c r="P702" t="s">
         <v>188</v>
       </c>
       <c r="Q702" t="s">
         <v>416</v>
       </c>
       <c r="R702" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="703" spans="1:18">
       <c r="A703">
         <v>702</v>
       </c>
       <c r="B703" t="s">
         <v>83</v>
       </c>
       <c r="C703" t="s">
         <v>19</v>
       </c>
       <c r="E703" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="F703" t="s">
         <v>240</v>
       </c>
       <c r="G703" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="H703" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="I703" t="s">
         <v>50</v>
       </c>
       <c r="J703" t="s">
         <v>25</v>
       </c>
       <c r="K703" t="s">
         <v>160</v>
       </c>
       <c r="L703" t="s">
         <v>52</v>
       </c>
       <c r="M703" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="P703" t="s">
         <v>188</v>
       </c>
       <c r="Q703" t="s">
         <v>81</v>
       </c>
       <c r="R703" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="704" spans="1:18">
       <c r="A704">
         <v>703</v>
       </c>
       <c r="B704" t="s">
         <v>83</v>
       </c>
       <c r="C704" t="s">
         <v>45</v>
       </c>
       <c r="E704" t="s">
         <v>584</v>
       </c>
       <c r="F704" t="s">
         <v>629</v>
       </c>
       <c r="G704" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="H704" t="s">
         <v>1024</v>
       </c>
       <c r="I704" t="s">
         <v>24</v>
       </c>
       <c r="J704" t="s">
         <v>25</v>
       </c>
       <c r="K704" t="s">
         <v>51</v>
       </c>
       <c r="L704" t="s">
         <v>78</v>
       </c>
       <c r="M704" t="s">
         <v>587</v>
       </c>
       <c r="P704" t="s">
         <v>951</v>
       </c>
       <c r="Q704" t="s">
         <v>702</v>
       </c>
       <c r="R704" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="705" spans="1:18">
       <c r="A705">
         <v>704</v>
       </c>
       <c r="B705" t="s">
         <v>83</v>
       </c>
       <c r="C705" t="s">
         <v>45</v>
       </c>
       <c r="E705" t="s">
         <v>172</v>
       </c>
       <c r="F705" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="G705" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="J705" t="s">
         <v>197</v>
       </c>
       <c r="L705" t="s">
         <v>134</v>
       </c>
       <c r="M705" t="s">
         <v>176</v>
       </c>
       <c r="P705" t="s">
         <v>373</v>
       </c>
       <c r="Q705" t="s">
         <v>193</v>
       </c>
       <c r="R705" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="706" spans="1:18">
       <c r="A706">
         <v>705</v>
       </c>
       <c r="B706" t="s">
         <v>32</v>
       </c>
       <c r="C706" t="s">
         <v>45</v>
       </c>
       <c r="E706" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="F706" t="s">
         <v>283</v>
       </c>
       <c r="G706" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="H706" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="I706" t="s">
         <v>50</v>
       </c>
       <c r="J706" t="s">
         <v>25</v>
       </c>
       <c r="K706" t="s">
         <v>657</v>
       </c>
       <c r="L706" t="s">
         <v>70</v>
       </c>
       <c r="M706" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="P706" t="s">
         <v>305</v>
       </c>
       <c r="Q706" t="s">
         <v>81</v>
       </c>
       <c r="R706" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="707" spans="1:18">
       <c r="A707">
         <v>706</v>
       </c>
       <c r="B707" t="s">
         <v>32</v>
       </c>
       <c r="C707" t="s">
         <v>19</v>
       </c>
       <c r="E707" t="s">
         <v>395</v>
       </c>
       <c r="F707" t="s">
         <v>289</v>
       </c>
       <c r="G707" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="J707" t="s">
         <v>197</v>
       </c>
       <c r="L707" t="s">
         <v>78</v>
       </c>
       <c r="M707" t="s">
         <v>397</v>
       </c>
       <c r="P707" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="Q707" t="s">
         <v>408</v>
       </c>
       <c r="R707" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="708" spans="1:18">
       <c r="A708">
         <v>707</v>
       </c>
       <c r="B708" t="s">
         <v>32</v>
       </c>
       <c r="C708" t="s">
         <v>45</v>
       </c>
       <c r="E708" t="s">
         <v>172</v>
       </c>
       <c r="F708" t="s">
         <v>1072</v>
       </c>
       <c r="G708" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="J708" t="s">
         <v>95</v>
       </c>
       <c r="L708" t="s">
         <v>134</v>
       </c>
       <c r="M708" t="s">
         <v>176</v>
       </c>
       <c r="P708" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="Q708" t="s">
         <v>281</v>
       </c>
       <c r="R708" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="709" spans="1:18">
       <c r="A709">
         <v>708</v>
       </c>
       <c r="B709" t="s">
         <v>44</v>
       </c>
       <c r="C709" t="s">
         <v>45</v>
       </c>
       <c r="E709" t="s">
         <v>194</v>
       </c>
       <c r="F709" t="s">
         <v>809</v>
       </c>
       <c r="G709" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="H709" t="s">
         <v>627</v>
       </c>
       <c r="I709" t="s">
         <v>204</v>
       </c>
       <c r="J709" t="s">
         <v>25</v>
       </c>
       <c r="K709" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="L709" t="s">
         <v>78</v>
       </c>
       <c r="M709" t="s">
         <v>198</v>
       </c>
       <c r="P709" t="s">
         <v>509</v>
       </c>
       <c r="Q709" t="s">
         <v>457</v>
       </c>
       <c r="R709" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="710" spans="1:18">
       <c r="A710">
         <v>709</v>
       </c>
       <c r="B710" t="s">
         <v>32</v>
       </c>
       <c r="C710" t="s">
         <v>45</v>
       </c>
       <c r="E710" t="s">
         <v>74</v>
       </c>
       <c r="F710" t="s">
         <v>294</v>
       </c>
       <c r="G710" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="J710" t="s">
         <v>197</v>
       </c>
       <c r="L710" t="s">
         <v>78</v>
       </c>
       <c r="M710" t="s">
         <v>79</v>
       </c>
       <c r="P710" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="Q710" t="s">
         <v>581</v>
       </c>
       <c r="R710" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="711" spans="1:18">
       <c r="A711">
         <v>710</v>
       </c>
       <c r="B711" t="s">
         <v>32</v>
       </c>
       <c r="C711" t="s">
         <v>19</v>
       </c>
       <c r="E711" t="s">
         <v>584</v>
       </c>
       <c r="F711" t="s">
         <v>744</v>
       </c>
       <c r="G711" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="J711" t="s">
         <v>197</v>
       </c>
       <c r="L711" t="s">
         <v>78</v>
       </c>
       <c r="M711" t="s">
         <v>587</v>
       </c>
       <c r="P711" t="s">
         <v>784</v>
       </c>
       <c r="Q711" t="s">
         <v>73</v>
       </c>
       <c r="R711" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="712" spans="1:18">
       <c r="A712">
         <v>711</v>
       </c>
       <c r="B712" t="s">
         <v>83</v>
       </c>
       <c r="C712" t="s">
         <v>45</v>
       </c>
       <c r="E712" t="s">
         <v>221</v>
       </c>
       <c r="F712" t="s">
         <v>647</v>
       </c>
       <c r="G712" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="H712" t="s">
         <v>432</v>
       </c>
       <c r="I712" t="s">
         <v>24</v>
       </c>
       <c r="J712" t="s">
         <v>25</v>
       </c>
       <c r="K712" t="s">
         <v>540</v>
       </c>
       <c r="L712" t="s">
         <v>134</v>
       </c>
       <c r="M712" t="s">
         <v>226</v>
       </c>
       <c r="P712" t="s">
         <v>373</v>
       </c>
       <c r="Q712" t="s">
         <v>363</v>
       </c>
       <c r="R712" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="713" spans="1:18">
       <c r="A713">
         <v>712</v>
       </c>
       <c r="B713" t="s">
         <v>83</v>
       </c>
       <c r="C713" t="s">
         <v>45</v>
       </c>
       <c r="E713" t="s">
         <v>213</v>
       </c>
       <c r="F713" t="s">
         <v>353</v>
       </c>
       <c r="G713" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="H713" t="s">
         <v>631</v>
       </c>
       <c r="I713" t="s">
         <v>204</v>
       </c>
       <c r="J713" t="s">
         <v>25</v>
       </c>
       <c r="K713" t="s">
         <v>38</v>
       </c>
       <c r="L713" t="s">
         <v>27</v>
       </c>
       <c r="M713" t="s">
         <v>218</v>
       </c>
       <c r="P713" t="s">
         <v>127</v>
       </c>
       <c r="Q713" t="s">
         <v>929</v>
       </c>
       <c r="R713" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="714" spans="1:18">
       <c r="A714">
         <v>713</v>
       </c>
       <c r="B714" t="s">
         <v>32</v>
       </c>
       <c r="C714" t="s">
         <v>45</v>
       </c>
       <c r="E714" t="s">
         <v>113</v>
       </c>
       <c r="F714" t="s">
         <v>85</v>
       </c>
       <c r="G714" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="H714" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="I714" t="s">
         <v>24</v>
       </c>
       <c r="J714" t="s">
         <v>25</v>
       </c>
       <c r="K714" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="L714" t="s">
         <v>27</v>
       </c>
       <c r="M714" t="s">
         <v>118</v>
       </c>
       <c r="P714" t="s">
         <v>127</v>
       </c>
       <c r="Q714" t="s">
         <v>306</v>
       </c>
       <c r="R714" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="715" spans="1:18">
       <c r="A715">
         <v>714</v>
       </c>
       <c r="B715" t="s">
         <v>83</v>
       </c>
       <c r="C715" t="s">
         <v>19</v>
       </c>
       <c r="E715" t="s">
         <v>437</v>
       </c>
       <c r="F715" t="s">
         <v>85</v>
       </c>
       <c r="G715" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="H715" t="s">
         <v>440</v>
       </c>
       <c r="I715" t="s">
         <v>24</v>
       </c>
       <c r="J715" t="s">
         <v>25</v>
       </c>
       <c r="K715" t="s">
         <v>642</v>
       </c>
       <c r="L715" t="s">
         <v>52</v>
       </c>
       <c r="M715" t="s">
         <v>442</v>
       </c>
       <c r="P715" t="s">
         <v>155</v>
       </c>
       <c r="Q715" t="s">
         <v>867</v>
       </c>
       <c r="R715" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="716" spans="1:18">
       <c r="A716">
         <v>715</v>
       </c>
       <c r="B716" t="s">
         <v>44</v>
       </c>
       <c r="C716" t="s">
         <v>45</v>
       </c>
       <c r="E716" t="s">
         <v>113</v>
       </c>
       <c r="F716" t="s">
         <v>122</v>
       </c>
       <c r="G716" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="J716" t="s">
         <v>95</v>
       </c>
       <c r="L716" t="s">
         <v>27</v>
       </c>
       <c r="M716" t="s">
         <v>118</v>
       </c>
       <c r="P716" t="s">
         <v>436</v>
       </c>
       <c r="Q716" t="s">
         <v>946</v>
       </c>
       <c r="R716" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="717" spans="1:18">
       <c r="A717">
         <v>716</v>
       </c>
       <c r="B717" t="s">
         <v>282</v>
       </c>
       <c r="C717" t="s">
         <v>45</v>
       </c>
       <c r="E717" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="F717" t="s">
         <v>713</v>
       </c>
       <c r="G717" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="H717" t="s">
         <v>503</v>
       </c>
       <c r="I717" t="s">
         <v>24</v>
       </c>
       <c r="J717" t="s">
         <v>25</v>
       </c>
       <c r="K717" t="s">
         <v>26</v>
       </c>
       <c r="L717" t="s">
         <v>78</v>
       </c>
       <c r="M717" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="P717" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="Q717" t="s">
         <v>408</v>
       </c>
       <c r="R717" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="718" spans="1:18">
       <c r="A718">
         <v>717</v>
       </c>
       <c r="B718" t="s">
         <v>83</v>
       </c>
       <c r="C718" t="s">
         <v>45</v>
       </c>
       <c r="E718" t="s">
         <v>584</v>
       </c>
       <c r="F718" t="s">
         <v>647</v>
       </c>
       <c r="G718" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="H718" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="I718" t="s">
         <v>1159</v>
       </c>
       <c r="J718" t="s">
         <v>25</v>
       </c>
       <c r="K718" t="s">
         <v>286</v>
       </c>
       <c r="L718" t="s">
         <v>78</v>
       </c>
       <c r="M718" t="s">
         <v>587</v>
       </c>
       <c r="P718" t="s">
         <v>497</v>
       </c>
       <c r="Q718" t="s">
         <v>702</v>
       </c>
       <c r="R718" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="719" spans="1:18">
       <c r="A719">
         <v>718</v>
       </c>
       <c r="B719" t="s">
         <v>32</v>
       </c>
       <c r="C719" t="s">
         <v>45</v>
       </c>
       <c r="E719" t="s">
         <v>213</v>
       </c>
       <c r="F719" t="s">
         <v>771</v>
       </c>
       <c r="G719" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="J719" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="L719" t="s">
         <v>27</v>
       </c>
       <c r="M719" t="s">
         <v>218</v>
       </c>
       <c r="P719" t="s">
         <v>291</v>
       </c>
       <c r="Q719" t="s">
         <v>555</v>
       </c>
       <c r="R719" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="720" spans="1:18">
       <c r="A720">
         <v>719</v>
       </c>
       <c r="B720" t="s">
         <v>18</v>
       </c>
       <c r="C720" t="s">
         <v>19</v>
       </c>
       <c r="E720" t="s">
         <v>421</v>
       </c>
       <c r="F720" t="s">
         <v>970</v>
       </c>
       <c r="G720" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="J720" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="L720" t="s">
         <v>161</v>
       </c>
       <c r="M720" t="s">
         <v>424</v>
       </c>
       <c r="P720" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="Q720" t="s">
         <v>318</v>
       </c>
       <c r="R720" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="721" spans="1:18">
       <c r="A721">
         <v>720</v>
       </c>
       <c r="B721" t="s">
         <v>32</v>
       </c>
       <c r="C721" t="s">
         <v>19</v>
       </c>
       <c r="E721" t="s">
         <v>172</v>
       </c>
       <c r="F721" t="s">
         <v>365</v>
       </c>
       <c r="G721" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="H721" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="I721" t="s">
         <v>24</v>
       </c>
       <c r="J721" t="s">
         <v>25</v>
       </c>
       <c r="K721" t="s">
         <v>884</v>
       </c>
       <c r="L721" t="s">
         <v>134</v>
       </c>
       <c r="M721" t="s">
         <v>176</v>
       </c>
       <c r="P721" t="s">
         <v>155</v>
       </c>
       <c r="Q721" t="s">
         <v>946</v>
       </c>
       <c r="R721" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="722" spans="1:18">
       <c r="A722">
         <v>721</v>
       </c>
       <c r="B722" t="s">
         <v>32</v>
       </c>
       <c r="C722" t="s">
         <v>45</v>
       </c>
       <c r="E722" t="s">
         <v>421</v>
       </c>
       <c r="F722" t="s">
         <v>386</v>
       </c>
       <c r="G722" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="J722" t="s">
         <v>95</v>
       </c>
       <c r="L722" t="s">
         <v>161</v>
       </c>
       <c r="M722" t="s">
         <v>424</v>
       </c>
       <c r="P722" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="Q722" t="s">
         <v>156</v>
       </c>
       <c r="R722" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="723" spans="1:18">
       <c r="A723">
         <v>722</v>
       </c>
       <c r="B723" t="s">
         <v>622</v>
       </c>
       <c r="C723" t="s">
         <v>45</v>
       </c>
       <c r="E723" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="F723" t="s">
         <v>404</v>
       </c>
       <c r="G723" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="J723" t="s">
         <v>95</v>
       </c>
       <c r="L723" t="s">
         <v>39</v>
       </c>
       <c r="M723" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="P723" t="s">
         <v>415</v>
       </c>
       <c r="Q723" t="s">
         <v>408</v>
       </c>
       <c r="R723" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="724" spans="1:18">
       <c r="A724">
         <v>723</v>
       </c>
       <c r="B724" t="s">
         <v>32</v>
       </c>
       <c r="C724" t="s">
         <v>19</v>
       </c>
       <c r="E724" t="s">
         <v>437</v>
       </c>
       <c r="F724" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="G724" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="J724" t="s">
         <v>197</v>
       </c>
       <c r="L724" t="s">
         <v>52</v>
       </c>
       <c r="M724" t="s">
         <v>442</v>
       </c>
       <c r="P724" t="s">
         <v>1060</v>
       </c>
       <c r="Q724" t="s">
         <v>694</v>
       </c>
       <c r="R724" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="725" spans="1:18">
       <c r="A725">
         <v>724</v>
       </c>
       <c r="B725" t="s">
         <v>32</v>
       </c>
       <c r="C725" t="s">
         <v>19</v>
       </c>
       <c r="E725" t="s">
         <v>157</v>
       </c>
       <c r="F725" t="s">
         <v>487</v>
       </c>
       <c r="G725" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="H725" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="I725" t="s">
         <v>24</v>
       </c>
       <c r="J725" t="s">
         <v>25</v>
       </c>
       <c r="K725" t="s">
         <v>51</v>
       </c>
       <c r="L725" t="s">
         <v>161</v>
       </c>
       <c r="M725" t="s">
         <v>162</v>
       </c>
       <c r="P725" t="s">
         <v>600</v>
       </c>
       <c r="Q725" t="s">
         <v>597</v>
       </c>
       <c r="R725" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="726" spans="1:18">
       <c r="A726">
         <v>725</v>
       </c>
       <c r="B726" t="s">
         <v>83</v>
       </c>
       <c r="C726" t="s">
         <v>19</v>
       </c>
       <c r="E726" t="s">
         <v>138</v>
       </c>
       <c r="F726" t="s">
         <v>195</v>
       </c>
       <c r="G726" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="J726" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="L726" t="s">
         <v>27</v>
       </c>
       <c r="M726" t="s">
         <v>144</v>
       </c>
       <c r="P726" t="s">
         <v>163</v>
       </c>
       <c r="Q726" t="s">
         <v>137</v>
       </c>
       <c r="R726" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="727" spans="1:18">
       <c r="A727">
         <v>726</v>
       </c>
       <c r="B727" t="s">
         <v>32</v>
       </c>
       <c r="C727" t="s">
         <v>45</v>
       </c>
       <c r="E727" t="s">
         <v>138</v>
       </c>
       <c r="F727" t="s">
         <v>310</v>
       </c>
       <c r="G727" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="H727" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="I727" t="s">
         <v>50</v>
       </c>
       <c r="J727" t="s">
         <v>25</v>
       </c>
       <c r="K727" t="s">
         <v>657</v>
       </c>
       <c r="L727" t="s">
         <v>27</v>
       </c>
       <c r="M727" t="s">
         <v>144</v>
       </c>
       <c r="P727" t="s">
         <v>390</v>
       </c>
       <c r="Q727" t="s">
         <v>511</v>
       </c>
       <c r="R727" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="728" spans="1:18">
       <c r="A728">
         <v>727</v>
       </c>
       <c r="B728" t="s">
         <v>32</v>
       </c>
       <c r="C728" t="s">
         <v>45</v>
       </c>
       <c r="E728" t="s">
         <v>378</v>
       </c>
       <c r="F728" t="s">
         <v>483</v>
       </c>
       <c r="G728" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
       <c r="H728" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="I728" t="s">
         <v>168</v>
       </c>
       <c r="J728" t="s">
         <v>25</v>
       </c>
       <c r="K728" t="s">
         <v>651</v>
       </c>
       <c r="L728" t="s">
         <v>39</v>
       </c>
       <c r="M728" t="s">
         <v>382</v>
       </c>
       <c r="P728" t="s">
         <v>894</v>
       </c>
       <c r="Q728" t="s">
         <v>718</v>
       </c>
       <c r="R728" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="729" spans="1:18">
       <c r="A729">
         <v>728</v>
       </c>
       <c r="B729" t="s">
         <v>44</v>
       </c>
       <c r="C729" t="s">
         <v>19</v>
       </c>
       <c r="E729" t="s">
         <v>138</v>
       </c>
       <c r="F729" t="s">
         <v>353</v>
       </c>
       <c r="G729" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="H729" t="s">
         <v>1021</v>
       </c>
       <c r="I729" t="s">
         <v>24</v>
       </c>
       <c r="J729" t="s">
         <v>25</v>
       </c>
       <c r="K729" t="s">
         <v>441</v>
       </c>
       <c r="L729" t="s">
         <v>27</v>
       </c>
       <c r="M729" t="s">
         <v>144</v>
       </c>
       <c r="P729" t="s">
         <v>430</v>
       </c>
       <c r="Q729" t="s">
         <v>91</v>
       </c>
       <c r="R729" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="730" spans="1:18">
       <c r="A730">
         <v>729</v>
       </c>
       <c r="B730" t="s">
         <v>18</v>
       </c>
       <c r="C730" t="s">
         <v>19</v>
       </c>
       <c r="E730" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="F730" t="s">
         <v>537</v>
       </c>
       <c r="G730" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="J730" t="s">
         <v>95</v>
       </c>
       <c r="L730" t="s">
         <v>78</v>
       </c>
       <c r="M730" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="P730" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="Q730" t="s">
         <v>718</v>
       </c>
       <c r="R730" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="731" spans="1:18">
       <c r="A731">
         <v>730</v>
       </c>
       <c r="B731" t="s">
         <v>32</v>
       </c>
       <c r="C731" t="s">
         <v>45</v>
       </c>
       <c r="E731" t="s">
         <v>213</v>
       </c>
       <c r="F731" t="s">
         <v>353</v>
       </c>
       <c r="G731" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="H731" t="s">
         <v>1049</v>
       </c>
       <c r="I731" t="s">
         <v>24</v>
       </c>
       <c r="J731" t="s">
         <v>25</v>
       </c>
       <c r="K731" t="s">
         <v>351</v>
       </c>
       <c r="L731" t="s">
         <v>27</v>
       </c>
       <c r="M731" t="s">
         <v>218</v>
       </c>
       <c r="P731" t="s">
         <v>513</v>
       </c>
       <c r="Q731" t="s">
         <v>200</v>
       </c>
       <c r="R731" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="732" spans="1:18">
       <c r="A732">
         <v>731</v>
       </c>
       <c r="B732" t="s">
         <v>32</v>
       </c>
       <c r="C732" t="s">
         <v>19</v>
       </c>
       <c r="E732" t="s">
         <v>194</v>
       </c>
       <c r="F732" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="G732" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="H732" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="I732" t="s">
         <v>24</v>
       </c>
       <c r="J732" t="s">
         <v>25</v>
       </c>
       <c r="K732" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="L732" t="s">
         <v>78</v>
       </c>
       <c r="M732" t="s">
         <v>198</v>
       </c>
       <c r="P732" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="Q732" t="s">
         <v>416</v>
       </c>
       <c r="R732" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="733" spans="1:18">
       <c r="A733">
         <v>732</v>
       </c>
       <c r="B733" t="s">
         <v>83</v>
       </c>
       <c r="C733" t="s">
         <v>45</v>
       </c>
       <c r="E733" t="s">
         <v>213</v>
       </c>
       <c r="F733" t="s">
         <v>240</v>
       </c>
       <c r="G733" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="J733" t="s">
         <v>834</v>
       </c>
       <c r="L733" t="s">
         <v>27</v>
       </c>
       <c r="M733" t="s">
         <v>218</v>
       </c>
       <c r="P733" t="s">
         <v>254</v>
       </c>
       <c r="Q733" t="s">
         <v>511</v>
       </c>
       <c r="R733" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="734" spans="1:18">
       <c r="A734">
         <v>733</v>
       </c>
       <c r="B734" t="s">
         <v>32</v>
       </c>
       <c r="C734" t="s">
         <v>19</v>
       </c>
       <c r="E734" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="F734" t="s">
         <v>345</v>
       </c>
       <c r="G734" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="H734" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="I734" t="s">
         <v>24</v>
       </c>
       <c r="J734" t="s">
         <v>25</v>
       </c>
       <c r="K734" t="s">
         <v>343</v>
       </c>
       <c r="L734" t="s">
         <v>78</v>
       </c>
       <c r="M734" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="P734" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="Q734" t="s">
         <v>128</v>
       </c>
       <c r="R734" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="735" spans="1:18">
       <c r="A735">
         <v>734</v>
       </c>
       <c r="B735" t="s">
         <v>83</v>
       </c>
       <c r="C735" t="s">
         <v>45</v>
       </c>
       <c r="E735" t="s">
         <v>465</v>
       </c>
       <c r="F735" t="s">
         <v>483</v>
       </c>
       <c r="G735" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="J735" t="s">
         <v>95</v>
       </c>
       <c r="L735" t="s">
         <v>52</v>
       </c>
       <c r="M735" t="s">
         <v>467</v>
       </c>
       <c r="P735" t="s">
         <v>155</v>
       </c>
       <c r="Q735" t="s">
         <v>498</v>
       </c>
       <c r="R735" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="736" spans="1:18">
       <c r="A736">
         <v>735</v>
       </c>
       <c r="B736" t="s">
         <v>622</v>
       </c>
       <c r="C736" t="s">
         <v>19</v>
       </c>
       <c r="E736" t="s">
         <v>33</v>
       </c>
       <c r="F736" t="s">
         <v>195</v>
       </c>
       <c r="G736" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="J736" t="s">
         <v>377</v>
       </c>
       <c r="L736" t="s">
         <v>39</v>
       </c>
       <c r="M736" t="s">
         <v>40</v>
       </c>
       <c r="P736" t="s">
         <v>93</v>
       </c>
       <c r="Q736" t="s">
         <v>793</v>
       </c>
       <c r="R736" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="737" spans="1:18">
       <c r="A737">
         <v>736</v>
       </c>
       <c r="B737" t="s">
         <v>32</v>
       </c>
       <c r="C737" t="s">
         <v>19</v>
       </c>
       <c r="E737" t="s">
         <v>1108</v>
       </c>
       <c r="F737" t="s">
         <v>195</v>
       </c>
       <c r="G737" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="J737" t="s">
         <v>377</v>
       </c>
       <c r="L737" t="s">
         <v>52</v>
       </c>
       <c r="M737" t="s">
         <v>1110</v>
       </c>
       <c r="P737" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="Q737" t="s">
         <v>498</v>
       </c>
       <c r="R737" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="738" spans="1:18">
       <c r="A738">
         <v>737</v>
       </c>
       <c r="B738" t="s">
         <v>32</v>
       </c>
       <c r="C738" t="s">
         <v>45</v>
       </c>
       <c r="E738" t="s">
         <v>172</v>
       </c>
       <c r="F738" t="s">
         <v>245</v>
       </c>
       <c r="G738" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="H738" t="s">
         <v>203</v>
       </c>
       <c r="I738" t="s">
         <v>204</v>
       </c>
       <c r="J738" t="s">
         <v>25</v>
       </c>
       <c r="K738" t="s">
         <v>299</v>
       </c>
       <c r="L738" t="s">
         <v>134</v>
       </c>
       <c r="M738" t="s">
         <v>176</v>
       </c>
       <c r="P738" t="s">
         <v>119</v>
       </c>
       <c r="Q738" t="s">
         <v>269</v>
       </c>
       <c r="R738" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="739" spans="1:18">
       <c r="A739">
         <v>738</v>
       </c>
       <c r="B739" t="s">
         <v>622</v>
       </c>
       <c r="C739" t="s">
         <v>19</v>
       </c>
       <c r="E739" t="s">
         <v>378</v>
       </c>
       <c r="F739" t="s">
         <v>629</v>
       </c>
       <c r="G739" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="H739" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="I739" t="s">
         <v>24</v>
       </c>
       <c r="J739" t="s">
         <v>25</v>
       </c>
       <c r="K739" t="s">
         <v>38</v>
       </c>
       <c r="L739" t="s">
         <v>39</v>
       </c>
       <c r="M739" t="s">
         <v>382</v>
       </c>
       <c r="P739" t="s">
         <v>583</v>
       </c>
       <c r="Q739" t="s">
         <v>42</v>
       </c>
       <c r="R739" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="740" spans="1:18">
       <c r="A740">
         <v>739</v>
       </c>
       <c r="B740" t="s">
         <v>83</v>
       </c>
       <c r="C740" t="s">
         <v>45</v>
       </c>
       <c r="E740" t="s">
         <v>378</v>
       </c>
       <c r="F740" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="G740" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="H740" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="I740" t="s">
         <v>68</v>
       </c>
       <c r="J740" t="s">
         <v>25</v>
       </c>
       <c r="K740" t="s">
         <v>441</v>
       </c>
       <c r="L740" t="s">
         <v>39</v>
       </c>
       <c r="M740" t="s">
         <v>382</v>
       </c>
       <c r="P740" t="s">
         <v>583</v>
       </c>
       <c r="Q740" t="s">
         <v>929</v>
       </c>
       <c r="R740" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="741" spans="1:18">
       <c r="A741">
         <v>740</v>
       </c>
       <c r="B741" t="s">
         <v>18</v>
       </c>
       <c r="C741" t="s">
         <v>45</v>
       </c>
       <c r="E741" t="s">
         <v>421</v>
       </c>
       <c r="F741" t="s">
         <v>970</v>
       </c>
       <c r="G741" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="H741" t="s">
         <v>132</v>
       </c>
       <c r="I741" t="s">
         <v>50</v>
       </c>
       <c r="J741" t="s">
         <v>25</v>
       </c>
       <c r="K741" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="L741" t="s">
         <v>161</v>
       </c>
       <c r="M741" t="s">
         <v>424</v>
       </c>
       <c r="P741" t="s">
         <v>497</v>
       </c>
       <c r="Q741" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="R741" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="742" spans="1:18">
       <c r="A742">
         <v>741</v>
       </c>
       <c r="B742" t="s">
         <v>32</v>
       </c>
       <c r="C742" t="s">
         <v>19</v>
       </c>
       <c r="E742" t="s">
         <v>92</v>
       </c>
       <c r="F742" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="G742" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="H742" t="s">
         <v>440</v>
       </c>
       <c r="I742" t="s">
         <v>24</v>
       </c>
       <c r="J742" t="s">
         <v>25</v>
       </c>
       <c r="K742" t="s">
         <v>299</v>
       </c>
       <c r="L742" t="s">
         <v>70</v>
       </c>
       <c r="M742" t="s">
         <v>96</v>
       </c>
       <c r="P742" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="Q742" t="s">
         <v>670</v>
       </c>
       <c r="R742" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="743" spans="1:18">
       <c r="A743">
         <v>742</v>
       </c>
       <c r="B743" t="s">
         <v>32</v>
       </c>
       <c r="C743" t="s">
         <v>19</v>
       </c>
       <c r="E743" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="F743" t="s">
         <v>768</v>
       </c>
       <c r="G743" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="H743" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="I743" t="s">
         <v>24</v>
       </c>
       <c r="J743" t="s">
         <v>25</v>
       </c>
       <c r="K743" t="s">
         <v>1079</v>
       </c>
       <c r="L743" t="s">
         <v>39</v>
       </c>
       <c r="M743" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="P743" t="s">
         <v>899</v>
       </c>
       <c r="Q743" t="s">
         <v>643</v>
       </c>
       <c r="R743" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="744" spans="1:18">
       <c r="A744">
         <v>743</v>
       </c>
       <c r="B744" t="s">
         <v>32</v>
       </c>
       <c r="C744" t="s">
         <v>45</v>
       </c>
       <c r="E744" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="F744" t="s">
         <v>438</v>
       </c>
       <c r="G744" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="H744" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="I744" t="s">
         <v>50</v>
       </c>
       <c r="J744" t="s">
         <v>25</v>
       </c>
       <c r="K744" t="s">
         <v>441</v>
       </c>
       <c r="L744" t="s">
         <v>52</v>
       </c>
       <c r="M744" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="P744" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="Q744" t="s">
         <v>408</v>
       </c>
       <c r="R744" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="745" spans="1:18">
       <c r="A745">
         <v>744</v>
       </c>
       <c r="B745" t="s">
         <v>32</v>
       </c>
       <c r="C745" t="s">
         <v>19</v>
       </c>
       <c r="E745" t="s">
         <v>221</v>
       </c>
       <c r="F745" t="s">
         <v>1068</v>
       </c>
       <c r="G745" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="H745" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="I745" t="s">
         <v>24</v>
       </c>
       <c r="J745" t="s">
         <v>25</v>
       </c>
       <c r="K745" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="L745" t="s">
         <v>134</v>
       </c>
       <c r="M745" t="s">
         <v>226</v>
       </c>
       <c r="P745" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="Q745" t="s">
         <v>536</v>
       </c>
       <c r="R745" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="746" spans="1:18">
       <c r="A746">
         <v>745</v>
       </c>
       <c r="B746" t="s">
         <v>83</v>
       </c>
       <c r="C746" t="s">
         <v>19</v>
       </c>
       <c r="E746" t="s">
         <v>1108</v>
       </c>
       <c r="F746" t="s">
         <v>85</v>
       </c>
       <c r="G746" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="H746" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="I746" t="s">
         <v>24</v>
       </c>
       <c r="J746" t="s">
         <v>25</v>
       </c>
       <c r="K746" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="L746" t="s">
         <v>52</v>
       </c>
       <c r="M746" t="s">
         <v>1110</v>
       </c>
       <c r="P746" t="s">
         <v>804</v>
       </c>
       <c r="Q746" t="s">
         <v>318</v>
       </c>
       <c r="R746" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="747" spans="1:18">
       <c r="A747">
         <v>746</v>
       </c>
       <c r="B747" t="s">
         <v>44</v>
       </c>
       <c r="C747" t="s">
         <v>45</v>
       </c>
       <c r="E747" t="s">
         <v>84</v>
       </c>
       <c r="F747" t="s">
         <v>771</v>
       </c>
       <c r="G747" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="H747" t="s">
         <v>767</v>
       </c>
       <c r="I747" t="s">
         <v>168</v>
       </c>
       <c r="J747" t="s">
         <v>25</v>
       </c>
       <c r="K747" t="s">
         <v>826</v>
       </c>
       <c r="L747" t="s">
         <v>88</v>
       </c>
       <c r="M747" t="s">
         <v>89</v>
       </c>
       <c r="P747" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="Q747" t="s">
         <v>702</v>
       </c>
       <c r="R747" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="748" spans="1:18">
       <c r="A748">
         <v>747</v>
       </c>
       <c r="B748" t="s">
         <v>32</v>
       </c>
       <c r="C748" t="s">
         <v>45</v>
       </c>
       <c r="E748" t="s">
         <v>421</v>
       </c>
       <c r="F748" t="s">
         <v>368</v>
       </c>
       <c r="G748" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="H748" t="s">
         <v>818</v>
       </c>
       <c r="I748" t="s">
         <v>168</v>
       </c>
       <c r="J748" t="s">
         <v>25</v>
       </c>
       <c r="K748" t="s">
         <v>455</v>
       </c>
       <c r="L748" t="s">
         <v>161</v>
       </c>
       <c r="M748" t="s">
         <v>424</v>
       </c>
       <c r="P748" t="s">
         <v>127</v>
       </c>
       <c r="Q748" t="s">
         <v>326</v>
       </c>
       <c r="R748" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="749" spans="1:18">
       <c r="A749">
         <v>748</v>
       </c>
       <c r="B749" t="s">
         <v>18</v>
       </c>
       <c r="C749" t="s">
         <v>19</v>
       </c>
       <c r="E749" t="s">
         <v>221</v>
       </c>
       <c r="F749" t="s">
         <v>558</v>
       </c>
       <c r="G749" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="H749" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="I749" t="s">
         <v>24</v>
       </c>
       <c r="J749" t="s">
         <v>25</v>
       </c>
       <c r="K749" t="s">
         <v>343</v>
       </c>
       <c r="L749" t="s">
         <v>134</v>
       </c>
       <c r="M749" t="s">
         <v>226</v>
       </c>
       <c r="P749" t="s">
         <v>412</v>
       </c>
       <c r="Q749" t="s">
         <v>288</v>
       </c>
       <c r="R749" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="750" spans="1:18">
       <c r="A750">
         <v>749</v>
       </c>
       <c r="B750" t="s">
         <v>32</v>
       </c>
       <c r="C750" t="s">
         <v>19</v>
       </c>
       <c r="E750" t="s">
         <v>221</v>
       </c>
       <c r="F750" t="s">
         <v>365</v>
       </c>
       <c r="G750" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="H750" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="I750" t="s">
         <v>24</v>
       </c>
       <c r="J750" t="s">
         <v>25</v>
       </c>
       <c r="K750" t="s">
         <v>884</v>
       </c>
       <c r="L750" t="s">
         <v>134</v>
       </c>
       <c r="M750" t="s">
         <v>226</v>
       </c>
       <c r="P750" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="Q750" t="s">
         <v>867</v>
       </c>
       <c r="R750" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="751" spans="1:18">
       <c r="A751">
         <v>750</v>
       </c>
       <c r="B751" t="s">
         <v>32</v>
       </c>
       <c r="C751" t="s">
         <v>45</v>
       </c>
       <c r="E751" t="s">
         <v>172</v>
       </c>
       <c r="F751" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="G751" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="J751" t="s">
         <v>95</v>
       </c>
       <c r="L751" t="s">
         <v>134</v>
       </c>
       <c r="M751" t="s">
         <v>176</v>
       </c>
       <c r="P751" t="s">
         <v>951</v>
       </c>
       <c r="Q751" t="s">
         <v>63</v>
       </c>
       <c r="R751" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="752" spans="1:18">
       <c r="A752">
         <v>751</v>
       </c>
       <c r="B752" t="s">
         <v>32</v>
       </c>
       <c r="C752" t="s">
         <v>45</v>
       </c>
       <c r="E752" t="s">
         <v>92</v>
       </c>
       <c r="F752" t="s">
         <v>427</v>
       </c>
       <c r="G752" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="H752" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="I752" t="s">
         <v>50</v>
       </c>
       <c r="J752" t="s">
         <v>25</v>
       </c>
       <c r="K752" t="s">
         <v>299</v>
       </c>
       <c r="L752" t="s">
         <v>70</v>
       </c>
       <c r="M752" t="s">
         <v>96</v>
       </c>
       <c r="P752" t="s">
         <v>628</v>
       </c>
       <c r="Q752" t="s">
         <v>498</v>
       </c>
       <c r="R752" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="753" spans="1:18">
       <c r="A753">
         <v>752</v>
       </c>
       <c r="B753" t="s">
         <v>83</v>
       </c>
       <c r="C753" t="s">
         <v>45</v>
       </c>
       <c r="E753" t="s">
         <v>151</v>
       </c>
       <c r="F753" t="s">
         <v>310</v>
       </c>
       <c r="G753" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="H753" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="I753" t="s">
         <v>50</v>
       </c>
       <c r="J753" t="s">
         <v>25</v>
       </c>
       <c r="K753" t="s">
         <v>299</v>
       </c>
       <c r="L753" t="s">
         <v>70</v>
       </c>
       <c r="M753" t="s">
         <v>154</v>
       </c>
       <c r="P753" t="s">
         <v>155</v>
       </c>
       <c r="Q753" t="s">
         <v>482</v>
       </c>
       <c r="R753" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="754" spans="1:18">
       <c r="A754">
         <v>753</v>
       </c>
       <c r="B754" t="s">
         <v>32</v>
       </c>
       <c r="C754" t="s">
         <v>19</v>
       </c>
       <c r="E754" t="s">
         <v>84</v>
       </c>
       <c r="F754" t="s">
         <v>353</v>
       </c>
       <c r="G754" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="H754" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="I754" t="s">
         <v>68</v>
       </c>
       <c r="J754" t="s">
         <v>25</v>
       </c>
       <c r="K754" t="s">
         <v>38</v>
       </c>
       <c r="L754" t="s">
         <v>88</v>
       </c>
       <c r="M754" t="s">
         <v>89</v>
       </c>
       <c r="P754" t="s">
         <v>291</v>
       </c>
       <c r="Q754" t="s">
         <v>702</v>
       </c>
       <c r="R754" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="755" spans="1:18">
       <c r="A755">
         <v>754</v>
       </c>
       <c r="B755" t="s">
         <v>83</v>
       </c>
       <c r="C755" t="s">
         <v>19</v>
       </c>
       <c r="E755" t="s">
         <v>221</v>
       </c>
       <c r="F755" t="s">
         <v>558</v>
       </c>
       <c r="G755" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="H755" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="I755" t="s">
         <v>50</v>
       </c>
       <c r="J755" t="s">
         <v>25</v>
       </c>
       <c r="K755" t="s">
         <v>657</v>
       </c>
       <c r="L755" t="s">
         <v>134</v>
       </c>
       <c r="M755" t="s">
         <v>226</v>
       </c>
       <c r="P755" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="Q755" t="s">
         <v>699</v>
       </c>
       <c r="R755" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="756" spans="1:18">
       <c r="A756">
         <v>755</v>
       </c>
       <c r="B756" t="s">
         <v>18</v>
       </c>
       <c r="C756" t="s">
         <v>45</v>
       </c>
       <c r="E756" t="s">
         <v>138</v>
       </c>
       <c r="F756" t="s">
         <v>744</v>
       </c>
       <c r="G756" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="J756" t="s">
         <v>95</v>
       </c>
       <c r="L756" t="s">
         <v>27</v>
       </c>
       <c r="M756" t="s">
         <v>144</v>
       </c>
       <c r="P756" t="s">
         <v>938</v>
       </c>
       <c r="Q756" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="R756" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="757" spans="1:18">
       <c r="A757">
         <v>756</v>
       </c>
       <c r="B757" t="s">
         <v>18</v>
       </c>
       <c r="C757" t="s">
         <v>45</v>
       </c>
       <c r="E757" t="s">
         <v>33</v>
       </c>
       <c r="F757" t="s">
         <v>1072</v>
       </c>
       <c r="G757" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="H757" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="I757" t="s">
         <v>142</v>
       </c>
       <c r="J757" t="s">
         <v>25</v>
       </c>
       <c r="K757" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="L757" t="s">
         <v>39</v>
       </c>
       <c r="M757" t="s">
         <v>40</v>
       </c>
       <c r="P757" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="Q757" t="s">
         <v>212</v>
       </c>
       <c r="R757" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="758" spans="1:18">
       <c r="A758">
         <v>757</v>
       </c>
       <c r="B758" t="s">
         <v>18</v>
       </c>
       <c r="C758" t="s">
         <v>45</v>
       </c>
       <c r="E758" t="s">
         <v>421</v>
       </c>
       <c r="F758" t="s">
         <v>1091</v>
       </c>
       <c r="G758" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="H758" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="I758" t="s">
         <v>24</v>
       </c>
       <c r="J758" t="s">
         <v>25</v>
       </c>
       <c r="K758" t="s">
         <v>356</v>
       </c>
       <c r="L758" t="s">
         <v>161</v>
       </c>
       <c r="M758" t="s">
         <v>424</v>
       </c>
       <c r="P758" t="s">
         <v>1097</v>
       </c>
       <c r="Q758" t="s">
         <v>156</v>
       </c>
       <c r="R758" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="759" spans="1:18">
       <c r="A759">
         <v>758</v>
       </c>
       <c r="B759" t="s">
         <v>32</v>
       </c>
       <c r="C759" t="s">
         <v>45</v>
       </c>
       <c r="E759" t="s">
         <v>84</v>
       </c>
       <c r="F759" t="s">
         <v>353</v>
       </c>
       <c r="G759" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="J759" t="s">
         <v>330</v>
       </c>
       <c r="L759" t="s">
         <v>88</v>
       </c>
       <c r="M759" t="s">
         <v>89</v>
       </c>
       <c r="P759" t="s">
         <v>72</v>
       </c>
       <c r="Q759" t="s">
         <v>189</v>
       </c>
       <c r="R759" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="760" spans="1:18">
       <c r="A760">
         <v>759</v>
       </c>
       <c r="B760" t="s">
         <v>32</v>
       </c>
       <c r="C760" t="s">
         <v>19</v>
       </c>
       <c r="E760" t="s">
         <v>138</v>
       </c>
       <c r="F760" t="s">
         <v>289</v>
       </c>
       <c r="G760" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="H760" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="I760" t="s">
         <v>24</v>
       </c>
       <c r="J760" t="s">
         <v>25</v>
       </c>
       <c r="K760" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="L760" t="s">
         <v>27</v>
       </c>
       <c r="M760" t="s">
         <v>144</v>
       </c>
       <c r="P760" t="s">
         <v>305</v>
       </c>
       <c r="Q760" t="s">
         <v>150</v>
       </c>
       <c r="R760" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="761" spans="1:18">
       <c r="A761">
         <v>760</v>
       </c>
       <c r="B761" t="s">
         <v>32</v>
       </c>
       <c r="C761" t="s">
         <v>45</v>
       </c>
       <c r="E761" t="s">
         <v>84</v>
       </c>
       <c r="F761" t="s">
         <v>771</v>
       </c>
       <c r="G761" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="H761" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="I761" t="s">
         <v>204</v>
       </c>
       <c r="J761" t="s">
         <v>25</v>
       </c>
       <c r="K761" t="s">
         <v>299</v>
       </c>
       <c r="L761" t="s">
         <v>88</v>
       </c>
       <c r="M761" t="s">
         <v>89</v>
       </c>
       <c r="P761" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="Q761" t="s">
         <v>235</v>
       </c>
       <c r="R761" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="762" spans="1:18">
       <c r="A762">
         <v>761</v>
       </c>
       <c r="B762" t="s">
         <v>44</v>
       </c>
       <c r="C762" t="s">
         <v>19</v>
       </c>
       <c r="E762" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="F762" t="s">
         <v>289</v>
       </c>
       <c r="G762" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="H762" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="I762" t="s">
         <v>24</v>
       </c>
       <c r="J762" t="s">
         <v>25</v>
       </c>
       <c r="K762" t="s">
         <v>1079</v>
       </c>
       <c r="L762" t="s">
         <v>52</v>
       </c>
       <c r="M762" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="P762" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="Q762" t="s">
         <v>150</v>
       </c>
       <c r="R762" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="763" spans="1:18">
       <c r="A763">
         <v>762</v>
       </c>
       <c r="B763" t="s">
         <v>32</v>
       </c>
       <c r="C763" t="s">
         <v>45</v>
       </c>
       <c r="E763" t="s">
         <v>213</v>
       </c>
       <c r="F763" t="s">
         <v>85</v>
       </c>
       <c r="G763" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="H763" t="s">
         <v>863</v>
       </c>
       <c r="I763" t="s">
         <v>204</v>
       </c>
       <c r="J763" t="s">
         <v>25</v>
       </c>
       <c r="K763" t="s">
         <v>884</v>
       </c>
       <c r="L763" t="s">
         <v>27</v>
       </c>
       <c r="M763" t="s">
         <v>218</v>
       </c>
       <c r="P763" t="s">
         <v>90</v>
       </c>
       <c r="Q763" t="s">
         <v>292</v>
       </c>
       <c r="R763" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="764" spans="1:18">
       <c r="A764">
         <v>763</v>
       </c>
       <c r="B764" t="s">
         <v>32</v>
       </c>
       <c r="C764" t="s">
         <v>19</v>
       </c>
       <c r="E764" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="F764" t="s">
         <v>310</v>
       </c>
       <c r="G764" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="J764" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="L764" t="s">
         <v>52</v>
       </c>
       <c r="M764" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="P764" t="s">
         <v>54</v>
       </c>
       <c r="Q764" t="s">
         <v>793</v>
       </c>
       <c r="R764" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="765" spans="1:18">
       <c r="A765">
         <v>764</v>
       </c>
       <c r="B765" t="s">
         <v>32</v>
       </c>
       <c r="C765" t="s">
         <v>19</v>
       </c>
       <c r="E765" t="s">
         <v>92</v>
       </c>
       <c r="F765" t="s">
         <v>427</v>
       </c>
       <c r="G765" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="H765" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="I765" t="s">
         <v>68</v>
       </c>
       <c r="J765" t="s">
         <v>25</v>
       </c>
       <c r="K765" t="s">
         <v>651</v>
       </c>
       <c r="L765" t="s">
         <v>70</v>
       </c>
       <c r="M765" t="s">
         <v>96</v>
       </c>
       <c r="P765" t="s">
         <v>1060</v>
       </c>
       <c r="Q765" t="s">
         <v>932</v>
       </c>
       <c r="R765" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="766" spans="1:18">
       <c r="A766">
         <v>765</v>
       </c>
       <c r="B766" t="s">
         <v>83</v>
       </c>
       <c r="C766" t="s">
         <v>45</v>
       </c>
       <c r="E766" t="s">
         <v>1102</v>
       </c>
       <c r="F766" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="G766" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
       <c r="H766" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I766" t="s">
         <v>168</v>
       </c>
       <c r="J766" t="s">
         <v>25</v>
       </c>
       <c r="K766" t="s">
         <v>38</v>
       </c>
       <c r="L766" t="s">
         <v>27</v>
       </c>
       <c r="M766" t="s">
         <v>1105</v>
       </c>
       <c r="P766" t="s">
         <v>938</v>
       </c>
       <c r="Q766" t="s">
         <v>451</v>
       </c>
       <c r="R766" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="767" spans="1:18">
       <c r="A767">
         <v>766</v>
       </c>
       <c r="B767" t="s">
         <v>32</v>
       </c>
       <c r="C767" t="s">
         <v>19</v>
       </c>
       <c r="E767" t="s">
         <v>332</v>
       </c>
       <c r="F767" t="s">
         <v>1019</v>
       </c>
       <c r="G767" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
       <c r="H767" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
       <c r="I767" t="s">
         <v>50</v>
       </c>
       <c r="J767" t="s">
         <v>25</v>
       </c>
       <c r="K767" t="s">
         <v>1079</v>
       </c>
       <c r="L767" t="s">
         <v>78</v>
       </c>
       <c r="M767" t="s">
         <v>337</v>
       </c>
       <c r="P767" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="Q767" t="s">
         <v>205</v>
       </c>
       <c r="R767" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="768" spans="1:18">
       <c r="A768">
         <v>767</v>
       </c>
       <c r="B768" t="s">
         <v>32</v>
       </c>
       <c r="C768" t="s">
         <v>19</v>
       </c>
       <c r="E768" t="s">
         <v>172</v>
       </c>
       <c r="F768" t="s">
         <v>375</v>
       </c>
       <c r="G768" t="s">
-        <v>1856</v>
+        <v>1857</v>
+      </c>
+      <c r="H768" t="s">
+        <v>1858</v>
+      </c>
+      <c r="I768" t="s">
+        <v>142</v>
       </c>
       <c r="J768" t="s">
-        <v>377</v>
+        <v>25</v>
+      </c>
+      <c r="K768" t="s">
+        <v>1079</v>
       </c>
       <c r="L768" t="s">
         <v>134</v>
       </c>
       <c r="M768" t="s">
         <v>176</v>
       </c>
       <c r="P768" t="s">
         <v>199</v>
       </c>
       <c r="Q768" t="s">
         <v>574</v>
       </c>
       <c r="R768" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="769" spans="1:18">
       <c r="A769">
         <v>768</v>
       </c>
       <c r="B769" t="s">
         <v>44</v>
       </c>
       <c r="C769" t="s">
         <v>45</v>
       </c>
       <c r="E769" t="s">
         <v>84</v>
       </c>
       <c r="F769" t="s">
         <v>240</v>
       </c>
       <c r="G769" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="H769" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="I769" t="s">
         <v>248</v>
       </c>
       <c r="J769" t="s">
         <v>25</v>
       </c>
       <c r="K769" t="s">
         <v>51</v>
       </c>
       <c r="L769" t="s">
         <v>88</v>
       </c>
       <c r="M769" t="s">
         <v>89</v>
       </c>
       <c r="P769" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="Q769" t="s">
         <v>357</v>
       </c>
       <c r="R769" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="770" spans="1:18">
       <c r="A770">
         <v>769</v>
       </c>
       <c r="B770" t="s">
         <v>32</v>
       </c>
       <c r="C770" t="s">
         <v>19</v>
       </c>
       <c r="E770" t="s">
         <v>421</v>
       </c>
       <c r="F770" t="s">
         <v>809</v>
       </c>
       <c r="G770" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="H770" t="s">
         <v>680</v>
       </c>
       <c r="I770" t="s">
         <v>24</v>
       </c>
       <c r="J770" t="s">
         <v>25</v>
       </c>
       <c r="K770" t="s">
         <v>1079</v>
       </c>
       <c r="L770" t="s">
         <v>161</v>
       </c>
       <c r="M770" t="s">
         <v>424</v>
       </c>
       <c r="P770" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="Q770" t="s">
         <v>300</v>
       </c>
       <c r="R770" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="771" spans="1:18">
       <c r="A771">
         <v>770</v>
       </c>
       <c r="B771" t="s">
         <v>18</v>
       </c>
       <c r="C771" t="s">
         <v>19</v>
       </c>
       <c r="E771" t="s">
         <v>84</v>
       </c>
       <c r="F771" t="s">
         <v>333</v>
       </c>
       <c r="G771" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="H771" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="I771" t="s">
         <v>24</v>
       </c>
       <c r="J771" t="s">
         <v>25</v>
       </c>
       <c r="K771" t="s">
         <v>642</v>
       </c>
       <c r="L771" t="s">
         <v>88</v>
       </c>
       <c r="M771" t="s">
         <v>89</v>
       </c>
       <c r="P771" t="s">
         <v>518</v>
       </c>
       <c r="Q771" t="s">
         <v>835</v>
       </c>
       <c r="R771" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="772" spans="1:18">
       <c r="A772">
         <v>771</v>
       </c>
       <c r="B772" t="s">
         <v>18</v>
       </c>
       <c r="C772" t="s">
         <v>19</v>
       </c>
       <c r="E772" t="s">
         <v>113</v>
       </c>
       <c r="F772" t="s">
         <v>240</v>
       </c>
       <c r="G772" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="H772" t="s">
         <v>586</v>
       </c>
       <c r="I772" t="s">
         <v>24</v>
       </c>
       <c r="J772" t="s">
         <v>25</v>
       </c>
       <c r="K772" t="s">
         <v>343</v>
       </c>
       <c r="L772" t="s">
         <v>27</v>
       </c>
       <c r="M772" t="s">
         <v>118</v>
       </c>
       <c r="P772" t="s">
         <v>219</v>
       </c>
       <c r="Q772" t="s">
         <v>675</v>
       </c>
       <c r="R772" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="773" spans="1:18">
       <c r="A773">
         <v>772</v>
       </c>
       <c r="B773" t="s">
         <v>32</v>
       </c>
       <c r="C773" t="s">
         <v>19</v>
       </c>
       <c r="E773" t="s">
         <v>378</v>
       </c>
       <c r="F773" t="s">
         <v>310</v>
       </c>
       <c r="G773" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="J773" t="s">
         <v>95</v>
       </c>
       <c r="L773" t="s">
         <v>39</v>
       </c>
       <c r="M773" t="s">
         <v>382</v>
       </c>
       <c r="P773" t="s">
         <v>1076</v>
       </c>
       <c r="Q773" t="s">
         <v>137</v>
       </c>
       <c r="R773" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="774" spans="1:18">
       <c r="A774">
         <v>773</v>
       </c>
       <c r="B774" t="s">
         <v>44</v>
       </c>
       <c r="C774" t="s">
         <v>19</v>
       </c>
       <c r="E774" t="s">
         <v>560</v>
       </c>
       <c r="F774" t="s">
         <v>1068</v>
       </c>
       <c r="G774" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="H774" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="I774" t="s">
         <v>24</v>
       </c>
       <c r="J774" t="s">
         <v>25</v>
       </c>
       <c r="K774" t="s">
         <v>299</v>
       </c>
       <c r="L774" t="s">
         <v>27</v>
       </c>
       <c r="M774" t="s">
         <v>562</v>
       </c>
       <c r="P774" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="Q774" t="s">
         <v>150</v>
       </c>
       <c r="R774" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="775" spans="1:18">
       <c r="A775">
         <v>774</v>
       </c>
       <c r="B775" t="s">
         <v>32</v>
       </c>
       <c r="C775" t="s">
         <v>45</v>
       </c>
       <c r="E775" t="s">
         <v>172</v>
       </c>
       <c r="F775" t="s">
         <v>438</v>
       </c>
       <c r="G775" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="H775" t="s">
         <v>132</v>
       </c>
       <c r="I775" t="s">
         <v>50</v>
       </c>
       <c r="J775" t="s">
         <v>25</v>
       </c>
       <c r="K775" t="s">
         <v>286</v>
       </c>
       <c r="L775" t="s">
         <v>134</v>
       </c>
       <c r="M775" t="s">
         <v>176</v>
       </c>
       <c r="P775" t="s">
         <v>80</v>
       </c>
       <c r="Q775" t="s">
         <v>416</v>
       </c>
       <c r="R775" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="776" spans="1:18">
       <c r="A776">
         <v>775</v>
       </c>
       <c r="B776" t="s">
         <v>18</v>
       </c>
       <c r="C776" t="s">
         <v>45</v>
       </c>
       <c r="E776" t="s">
         <v>221</v>
       </c>
       <c r="F776" t="s">
         <v>365</v>
       </c>
       <c r="G776" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="H776" t="s">
         <v>838</v>
       </c>
       <c r="I776" t="s">
         <v>50</v>
       </c>
       <c r="J776" t="s">
         <v>25</v>
       </c>
       <c r="K776" t="s">
         <v>657</v>
       </c>
       <c r="L776" t="s">
         <v>134</v>
       </c>
       <c r="M776" t="s">
         <v>226</v>
       </c>
       <c r="P776" t="s">
         <v>325</v>
       </c>
       <c r="Q776" t="s">
         <v>128</v>
       </c>
       <c r="R776" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="777" spans="1:18">
       <c r="A777">
         <v>776</v>
       </c>
       <c r="B777" t="s">
         <v>18</v>
       </c>
       <c r="C777" t="s">
         <v>45</v>
       </c>
       <c r="E777" t="s">
         <v>395</v>
       </c>
       <c r="F777" t="s">
         <v>1072</v>
       </c>
       <c r="G777" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="H777" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="I777" t="s">
         <v>24</v>
       </c>
       <c r="J777" t="s">
         <v>25</v>
       </c>
       <c r="K777" t="s">
         <v>651</v>
       </c>
       <c r="L777" t="s">
         <v>78</v>
       </c>
       <c r="M777" t="s">
         <v>397</v>
       </c>
       <c r="P777" t="s">
         <v>928</v>
       </c>
       <c r="Q777" t="s">
         <v>384</v>
       </c>
       <c r="R777" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="778" spans="1:18">
       <c r="A778">
         <v>777</v>
       </c>
       <c r="B778" t="s">
         <v>18</v>
       </c>
       <c r="C778" t="s">
         <v>45</v>
       </c>
       <c r="E778" t="s">
         <v>113</v>
       </c>
       <c r="F778" t="s">
         <v>207</v>
       </c>
       <c r="G778" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="H778" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="I778" t="s">
         <v>68</v>
       </c>
       <c r="J778" t="s">
         <v>25</v>
       </c>
       <c r="K778" t="s">
         <v>343</v>
       </c>
       <c r="L778" t="s">
         <v>27</v>
       </c>
       <c r="M778" t="s">
         <v>118</v>
       </c>
       <c r="P778" t="s">
         <v>684</v>
       </c>
       <c r="Q778" t="s">
         <v>593</v>
       </c>
       <c r="R778" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="779" spans="1:18">
       <c r="A779">
         <v>778</v>
       </c>
       <c r="B779" t="s">
         <v>44</v>
       </c>
       <c r="C779" t="s">
         <v>19</v>
       </c>
       <c r="E779" t="s">
         <v>229</v>
       </c>
       <c r="F779" t="s">
         <v>240</v>
       </c>
       <c r="G779" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="H779" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="I779" t="s">
         <v>24</v>
       </c>
       <c r="J779" t="s">
         <v>25</v>
       </c>
       <c r="K779" t="s">
         <v>642</v>
       </c>
       <c r="L779" t="s">
         <v>161</v>
       </c>
       <c r="M779" t="s">
         <v>233</v>
       </c>
       <c r="P779" t="s">
         <v>497</v>
       </c>
       <c r="Q779" t="s">
         <v>482</v>
       </c>
       <c r="R779" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="780" spans="1:18">
       <c r="A780">
         <v>779</v>
       </c>
       <c r="B780" t="s">
         <v>32</v>
       </c>
       <c r="C780" t="s">
         <v>45</v>
       </c>
       <c r="E780" t="s">
         <v>221</v>
       </c>
       <c r="F780" t="s">
         <v>245</v>
       </c>
       <c r="G780" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="H780" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="I780" t="s">
         <v>68</v>
       </c>
       <c r="J780" t="s">
         <v>25</v>
       </c>
       <c r="K780" t="s">
         <v>125</v>
       </c>
       <c r="L780" t="s">
         <v>134</v>
       </c>
       <c r="M780" t="s">
         <v>226</v>
       </c>
       <c r="P780" t="s">
         <v>819</v>
       </c>
       <c r="Q780" t="s">
         <v>946</v>
       </c>
       <c r="R780" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="781" spans="1:18">
       <c r="A781">
         <v>780</v>
       </c>
       <c r="B781" t="s">
         <v>44</v>
       </c>
       <c r="C781" t="s">
         <v>45</v>
       </c>
       <c r="E781" t="s">
         <v>84</v>
       </c>
       <c r="F781" t="s">
         <v>771</v>
       </c>
       <c r="G781" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="J781" t="s">
         <v>95</v>
       </c>
       <c r="L781" t="s">
         <v>88</v>
       </c>
       <c r="M781" t="s">
         <v>89</v>
       </c>
       <c r="P781" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="Q781" t="s">
         <v>384</v>
       </c>
       <c r="R781" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="782" spans="1:18">
       <c r="A782">
         <v>781</v>
       </c>
       <c r="B782" t="s">
         <v>32</v>
       </c>
       <c r="C782" t="s">
         <v>45</v>
       </c>
       <c r="E782" t="s">
         <v>378</v>
       </c>
       <c r="F782" t="s">
         <v>362</v>
       </c>
       <c r="G782" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="H782" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="I782" t="s">
         <v>168</v>
       </c>
       <c r="J782" t="s">
         <v>25</v>
       </c>
       <c r="K782" t="s">
         <v>38</v>
       </c>
       <c r="L782" t="s">
         <v>39</v>
       </c>
       <c r="M782" t="s">
         <v>382</v>
       </c>
       <c r="P782" t="s">
         <v>62</v>
       </c>
       <c r="Q782" t="s">
         <v>193</v>
       </c>
       <c r="R782" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="783" spans="1:18">
       <c r="A783">
         <v>782</v>
       </c>
       <c r="B783" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="C783" t="s">
         <v>45</v>
       </c>
       <c r="E783" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="F783" t="s">
         <v>744</v>
       </c>
       <c r="G783" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="H783" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="I783" t="s">
         <v>168</v>
       </c>
       <c r="J783" t="s">
         <v>25</v>
       </c>
       <c r="K783" t="s">
         <v>411</v>
       </c>
       <c r="L783" t="s">
         <v>52</v>
       </c>
       <c r="M783" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="P783" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="Q783" t="s">
         <v>146</v>
       </c>
       <c r="R783" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="784" spans="1:18">
       <c r="A784">
         <v>783</v>
       </c>
       <c r="B784" t="s">
         <v>32</v>
       </c>
       <c r="C784" t="s">
         <v>45</v>
       </c>
       <c r="E784" t="s">
         <v>84</v>
       </c>
       <c r="F784" t="s">
         <v>771</v>
       </c>
       <c r="G784" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="H784" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="I784" t="s">
         <v>68</v>
       </c>
       <c r="J784" t="s">
         <v>25</v>
       </c>
       <c r="K784" t="s">
         <v>343</v>
       </c>
       <c r="L784" t="s">
         <v>88</v>
       </c>
       <c r="M784" t="s">
         <v>89</v>
       </c>
       <c r="P784" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="Q784" t="s">
         <v>73</v>
       </c>
       <c r="R784" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="785" spans="1:18">
       <c r="A785">
         <v>784</v>
       </c>
       <c r="B785" t="s">
         <v>44</v>
       </c>
       <c r="C785" t="s">
         <v>19</v>
       </c>
       <c r="E785" t="s">
         <v>33</v>
       </c>
       <c r="F785" t="s">
         <v>1091</v>
       </c>
       <c r="G785" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="H785" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="I785" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="J785" t="s">
         <v>25</v>
       </c>
       <c r="K785" t="s">
         <v>441</v>
       </c>
       <c r="L785" t="s">
         <v>39</v>
       </c>
       <c r="M785" t="s">
         <v>40</v>
       </c>
       <c r="P785" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="Q785" t="s">
         <v>498</v>
       </c>
       <c r="R785" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="786" spans="1:18">
       <c r="A786">
         <v>785</v>
       </c>
       <c r="B786" t="s">
         <v>32</v>
       </c>
       <c r="C786" t="s">
         <v>19</v>
       </c>
       <c r="E786" t="s">
         <v>221</v>
       </c>
       <c r="F786" t="s">
         <v>647</v>
       </c>
       <c r="G786" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="H786" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="I786" t="s">
         <v>24</v>
       </c>
       <c r="J786" t="s">
         <v>25</v>
       </c>
       <c r="K786" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="L786" t="s">
         <v>134</v>
       </c>
       <c r="M786" t="s">
         <v>226</v>
       </c>
       <c r="P786" t="s">
         <v>305</v>
       </c>
       <c r="Q786" t="s">
         <v>42</v>
       </c>
       <c r="R786" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="787" spans="1:18">
       <c r="A787">
         <v>786</v>
       </c>
       <c r="B787" t="s">
         <v>18</v>
       </c>
       <c r="C787" t="s">
         <v>45</v>
       </c>
       <c r="E787" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="F787" t="s">
         <v>970</v>
       </c>
       <c r="G787" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="H787" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="I787" t="s">
         <v>1159</v>
       </c>
       <c r="J787" t="s">
         <v>25</v>
       </c>
       <c r="K787" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="L787" t="s">
         <v>39</v>
       </c>
       <c r="M787" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="P787" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="Q787" t="s">
         <v>702</v>
       </c>
       <c r="R787" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="788" spans="1:18">
       <c r="A788">
         <v>787</v>
       </c>
       <c r="B788" t="s">
         <v>32</v>
       </c>
       <c r="C788" t="s">
         <v>45</v>
       </c>
       <c r="E788" t="s">
         <v>151</v>
       </c>
       <c r="F788" t="s">
         <v>771</v>
       </c>
       <c r="G788" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="J788" t="s">
         <v>95</v>
       </c>
       <c r="L788" t="s">
         <v>70</v>
       </c>
       <c r="M788" t="s">
         <v>154</v>
       </c>
       <c r="P788" t="s">
         <v>628</v>
       </c>
       <c r="Q788" t="s">
         <v>416</v>
       </c>
       <c r="R788" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="789" spans="1:18">
       <c r="A789">
         <v>788</v>
       </c>
       <c r="B789" t="s">
         <v>32</v>
       </c>
       <c r="C789" t="s">
         <v>45</v>
       </c>
       <c r="E789" t="s">
         <v>194</v>
       </c>
       <c r="F789" t="s">
         <v>744</v>
       </c>
       <c r="G789" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="H789" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="I789" t="s">
         <v>248</v>
       </c>
       <c r="J789" t="s">
         <v>25</v>
       </c>
       <c r="K789" t="s">
         <v>657</v>
       </c>
       <c r="L789" t="s">
         <v>78</v>
       </c>
       <c r="M789" t="s">
         <v>198</v>
       </c>
       <c r="P789" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="Q789" t="s">
         <v>494</v>
       </c>
       <c r="R789" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="790" spans="1:18">
       <c r="A790">
         <v>789</v>
       </c>
       <c r="B790" t="s">
         <v>32</v>
       </c>
       <c r="C790" t="s">
         <v>19</v>
       </c>
       <c r="E790" t="s">
         <v>229</v>
       </c>
       <c r="F790" t="s">
         <v>85</v>
       </c>
       <c r="G790" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="H790" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="I790" t="s">
         <v>50</v>
       </c>
       <c r="J790" t="s">
         <v>25</v>
       </c>
       <c r="K790" t="s">
         <v>38</v>
       </c>
       <c r="L790" t="s">
         <v>161</v>
       </c>
       <c r="M790" t="s">
         <v>233</v>
       </c>
       <c r="P790" t="s">
         <v>305</v>
       </c>
       <c r="Q790" t="s">
         <v>1101</v>
       </c>
       <c r="R790" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="791" spans="1:18">
       <c r="A791">
         <v>790</v>
       </c>
       <c r="B791" t="s">
         <v>44</v>
       </c>
       <c r="C791" t="s">
         <v>45</v>
       </c>
       <c r="E791" t="s">
         <v>194</v>
       </c>
       <c r="F791" t="s">
         <v>122</v>
       </c>
       <c r="G791" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
       <c r="H791" t="s">
         <v>410</v>
       </c>
       <c r="I791" t="s">
         <v>168</v>
       </c>
       <c r="J791" t="s">
         <v>25</v>
       </c>
       <c r="K791" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="L791" t="s">
         <v>78</v>
       </c>
       <c r="M791" t="s">
         <v>198</v>
       </c>
       <c r="P791" t="s">
         <v>344</v>
       </c>
       <c r="Q791" t="s">
         <v>91</v>
       </c>
       <c r="R791" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="792" spans="1:18">
       <c r="A792">
         <v>791</v>
       </c>
       <c r="B792" t="s">
         <v>32</v>
       </c>
       <c r="C792" t="s">
         <v>19</v>
       </c>
       <c r="E792" t="s">
         <v>378</v>
       </c>
       <c r="F792" t="s">
         <v>483</v>
       </c>
       <c r="G792" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="H792" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="I792" t="s">
         <v>204</v>
       </c>
       <c r="J792" t="s">
         <v>25</v>
       </c>
       <c r="K792" t="s">
         <v>125</v>
       </c>
       <c r="L792" t="s">
         <v>39</v>
       </c>
       <c r="M792" t="s">
         <v>382</v>
       </c>
       <c r="P792" t="s">
         <v>543</v>
       </c>
       <c r="Q792" t="s">
         <v>366</v>
       </c>
       <c r="R792" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="793" spans="1:18">
       <c r="A793">
         <v>792</v>
       </c>
       <c r="B793" t="s">
         <v>282</v>
       </c>
       <c r="C793" t="s">
         <v>45</v>
       </c>
       <c r="E793" t="s">
         <v>221</v>
       </c>
       <c r="F793" t="s">
         <v>647</v>
       </c>
       <c r="G793" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
       <c r="H793" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="I793" t="s">
         <v>24</v>
       </c>
       <c r="J793" t="s">
         <v>25</v>
       </c>
       <c r="K793" t="s">
         <v>884</v>
       </c>
       <c r="L793" t="s">
         <v>134</v>
       </c>
       <c r="M793" t="s">
         <v>226</v>
       </c>
       <c r="P793" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="Q793" t="s">
         <v>874</v>
       </c>
       <c r="R793" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="794" spans="1:18">
       <c r="A794">
         <v>793</v>
       </c>
       <c r="B794" t="s">
         <v>83</v>
       </c>
       <c r="C794" t="s">
         <v>19</v>
       </c>
       <c r="E794" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="F794" t="s">
         <v>487</v>
       </c>
       <c r="G794" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="H794" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="I794" t="s">
         <v>248</v>
       </c>
       <c r="J794" t="s">
         <v>25</v>
       </c>
       <c r="K794" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="L794" t="s">
         <v>39</v>
       </c>
       <c r="M794" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="P794" t="s">
         <v>513</v>
       </c>
       <c r="Q794" t="s">
         <v>244</v>
       </c>
       <c r="R794" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="795" spans="1:18">
       <c r="A795">
         <v>794</v>
       </c>
       <c r="B795" t="s">
         <v>32</v>
       </c>
       <c r="C795" t="s">
         <v>45</v>
       </c>
       <c r="E795" t="s">
         <v>378</v>
       </c>
       <c r="F795" t="s">
         <v>368</v>
       </c>
       <c r="G795" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="H795" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="I795" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="J795" t="s">
         <v>25</v>
       </c>
       <c r="K795" t="s">
         <v>356</v>
       </c>
       <c r="L795" t="s">
         <v>39</v>
       </c>
       <c r="M795" t="s">
         <v>382</v>
       </c>
       <c r="P795" t="s">
         <v>373</v>
       </c>
       <c r="Q795" t="s">
         <v>482</v>
       </c>
       <c r="R795" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="796" spans="1:18">
       <c r="A796">
         <v>795</v>
       </c>
       <c r="B796" t="s">
         <v>44</v>
       </c>
       <c r="C796" t="s">
         <v>19</v>
       </c>
       <c r="E796" t="s">
         <v>608</v>
       </c>
       <c r="F796" t="s">
         <v>93</v>
       </c>
       <c r="G796" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="H796" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="I796" t="s">
         <v>24</v>
       </c>
       <c r="J796" t="s">
         <v>25</v>
       </c>
       <c r="K796" t="s">
         <v>455</v>
       </c>
       <c r="L796" t="s">
         <v>52</v>
       </c>
       <c r="M796" t="s">
         <v>611</v>
       </c>
       <c r="P796" t="s">
         <v>543</v>
       </c>
       <c r="Q796" t="s">
         <v>1101</v>
       </c>
       <c r="R796" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="797" spans="1:18">
       <c r="A797">
         <v>796</v>
       </c>
       <c r="B797" t="s">
         <v>32</v>
       </c>
       <c r="C797" t="s">
         <v>45</v>
       </c>
       <c r="E797" t="s">
         <v>421</v>
       </c>
       <c r="F797" t="s">
         <v>970</v>
       </c>
       <c r="G797" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
       <c r="H797" t="s">
         <v>492</v>
       </c>
       <c r="I797" t="s">
         <v>50</v>
       </c>
       <c r="J797" t="s">
         <v>25</v>
       </c>
       <c r="K797" t="s">
         <v>441</v>
       </c>
       <c r="L797" t="s">
         <v>161</v>
       </c>
       <c r="M797" t="s">
         <v>424</v>
       </c>
       <c r="P797" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="Q797" t="s">
         <v>588</v>
       </c>
       <c r="R797" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="798" spans="1:18">
       <c r="A798">
         <v>797</v>
       </c>
       <c r="B798" t="s">
         <v>32</v>
       </c>
       <c r="C798" t="s">
         <v>45</v>
       </c>
       <c r="E798" t="s">
         <v>1102</v>
       </c>
       <c r="F798" t="s">
         <v>386</v>
       </c>
       <c r="G798" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
       <c r="H798" t="s">
         <v>406</v>
       </c>
       <c r="I798" t="s">
         <v>24</v>
       </c>
       <c r="J798" t="s">
         <v>25</v>
       </c>
       <c r="K798" t="s">
         <v>299</v>
       </c>
       <c r="L798" t="s">
         <v>27</v>
       </c>
       <c r="M798" t="s">
         <v>1105</v>
       </c>
       <c r="P798" t="s">
         <v>214</v>
       </c>
       <c r="Q798" t="s">
         <v>244</v>
       </c>
       <c r="R798" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="799" spans="1:18">
       <c r="A799">
         <v>798</v>
       </c>
       <c r="B799" t="s">
         <v>83</v>
       </c>
       <c r="C799" t="s">
         <v>45</v>
       </c>
       <c r="E799" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="F799" t="s">
         <v>353</v>
       </c>
       <c r="G799" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="H799" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="I799" t="s">
         <v>168</v>
       </c>
       <c r="J799" t="s">
         <v>25</v>
       </c>
       <c r="K799" t="s">
         <v>343</v>
       </c>
       <c r="L799" t="s">
         <v>70</v>
       </c>
       <c r="M799" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="P799" t="s">
         <v>554</v>
       </c>
       <c r="Q799" t="s">
         <v>434</v>
       </c>
       <c r="R799" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="800" spans="1:18">
       <c r="A800">
         <v>799</v>
       </c>
       <c r="B800" t="s">
         <v>18</v>
       </c>
       <c r="C800" t="s">
         <v>19</v>
       </c>
       <c r="E800" t="s">
         <v>458</v>
       </c>
       <c r="F800" t="s">
         <v>970</v>
       </c>
       <c r="G800" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
       <c r="H800" t="s">
         <v>454</v>
       </c>
       <c r="I800" t="s">
         <v>168</v>
       </c>
       <c r="J800" t="s">
         <v>25</v>
       </c>
       <c r="K800" t="s">
         <v>657</v>
       </c>
       <c r="L800" t="s">
         <v>134</v>
       </c>
       <c r="M800" t="s">
         <v>461</v>
       </c>
       <c r="P800" t="s">
         <v>365</v>
       </c>
       <c r="Q800" t="s">
         <v>182</v>
       </c>
       <c r="R800" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="801" spans="1:18">
       <c r="A801">
         <v>800</v>
       </c>
       <c r="B801" t="s">
         <v>18</v>
       </c>
       <c r="C801" t="s">
         <v>45</v>
       </c>
       <c r="E801" t="s">
         <v>151</v>
       </c>
       <c r="F801" t="s">
         <v>365</v>
       </c>
       <c r="G801" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="J801" t="s">
         <v>95</v>
       </c>
       <c r="L801" t="s">
         <v>70</v>
       </c>
       <c r="M801" t="s">
         <v>154</v>
       </c>
       <c r="P801" t="s">
         <v>928</v>
       </c>
       <c r="Q801" t="s">
         <v>363</v>
       </c>
       <c r="R801" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="802" spans="1:18">
       <c r="A802">
         <v>801</v>
       </c>
       <c r="B802" t="s">
         <v>32</v>
       </c>
       <c r="C802" t="s">
         <v>19</v>
       </c>
       <c r="E802" t="s">
         <v>113</v>
       </c>
       <c r="F802" t="s">
         <v>245</v>
       </c>
       <c r="G802" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="J802" t="s">
         <v>197</v>
       </c>
       <c r="L802" t="s">
         <v>27</v>
       </c>
       <c r="M802" t="s">
         <v>118</v>
       </c>
       <c r="P802" t="s">
         <v>446</v>
       </c>
       <c r="Q802" t="s">
         <v>574</v>
       </c>
       <c r="R802" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="803" spans="1:18">
       <c r="A803">
         <v>802</v>
       </c>
       <c r="B803" t="s">
         <v>32</v>
       </c>
       <c r="C803" t="s">
         <v>45</v>
       </c>
       <c r="E803" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="F803" t="s">
         <v>1091</v>
       </c>
       <c r="G803" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="H803" t="s">
         <v>586</v>
       </c>
       <c r="I803" t="s">
         <v>24</v>
       </c>
       <c r="J803" t="s">
         <v>25</v>
       </c>
       <c r="K803" t="s">
         <v>884</v>
       </c>
       <c r="L803" t="s">
         <v>70</v>
       </c>
       <c r="M803" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="P803" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="Q803" t="s">
         <v>146</v>
       </c>
       <c r="R803" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="804" spans="1:18">
       <c r="A804">
         <v>803</v>
       </c>
       <c r="B804" t="s">
         <v>32</v>
       </c>
       <c r="C804" t="s">
         <v>45</v>
       </c>
       <c r="E804" t="s">
         <v>157</v>
       </c>
       <c r="F804" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="G804" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="H804" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="I804" t="s">
         <v>24</v>
       </c>
       <c r="J804" t="s">
         <v>25</v>
       </c>
       <c r="K804" t="s">
         <v>686</v>
       </c>
       <c r="L804" t="s">
         <v>161</v>
       </c>
       <c r="M804" t="s">
         <v>162</v>
       </c>
       <c r="P804" t="s">
         <v>565</v>
       </c>
       <c r="Q804" t="s">
         <v>675</v>
       </c>
       <c r="R804" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="805" spans="1:18">
       <c r="A805">
         <v>804</v>
       </c>
       <c r="B805" t="s">
         <v>32</v>
       </c>
       <c r="C805" t="s">
         <v>45</v>
       </c>
       <c r="E805" t="s">
         <v>138</v>
       </c>
       <c r="F805" t="s">
         <v>139</v>
       </c>
       <c r="G805" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
       <c r="H805" t="s">
         <v>640</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="J805" t="s">
         <v>25</v>
       </c>
       <c r="K805" t="s">
         <v>286</v>
       </c>
       <c r="L805" t="s">
         <v>27</v>
       </c>
       <c r="M805" t="s">
         <v>144</v>
       </c>
       <c r="P805" t="s">
         <v>1135</v>
       </c>
       <c r="Q805" t="s">
         <v>874</v>
       </c>
       <c r="R805" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="806" spans="1:18">
       <c r="A806">
         <v>805</v>
       </c>
       <c r="B806" t="s">
         <v>32</v>
       </c>
       <c r="C806" t="s">
         <v>19</v>
       </c>
       <c r="E806" t="s">
         <v>157</v>
       </c>
       <c r="F806" t="s">
         <v>487</v>
       </c>
       <c r="G806" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="H806" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="I806" t="s">
         <v>711</v>
       </c>
       <c r="J806" t="s">
         <v>25</v>
       </c>
       <c r="K806" t="s">
         <v>1079</v>
       </c>
       <c r="L806" t="s">
         <v>161</v>
       </c>
       <c r="M806" t="s">
         <v>162</v>
       </c>
       <c r="P806" t="s">
         <v>1097</v>
       </c>
       <c r="Q806" t="s">
         <v>112</v>
       </c>
       <c r="R806" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="807" spans="1:18">
       <c r="A807">
         <v>806</v>
       </c>
       <c r="B807" t="s">
         <v>32</v>
       </c>
       <c r="C807" t="s">
         <v>45</v>
       </c>
       <c r="E807" t="s">
         <v>584</v>
       </c>
       <c r="F807" t="s">
         <v>430</v>
       </c>
       <c r="G807" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
       <c r="J807" t="s">
         <v>95</v>
       </c>
       <c r="L807" t="s">
         <v>78</v>
       </c>
       <c r="M807" t="s">
         <v>587</v>
       </c>
       <c r="P807" t="s">
         <v>628</v>
       </c>
       <c r="Q807" t="s">
         <v>275</v>
       </c>
       <c r="R807" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="808" spans="1:18">
       <c r="A808">
         <v>807</v>
       </c>
       <c r="B808" t="s">
         <v>32</v>
       </c>
       <c r="C808" t="s">
         <v>19</v>
       </c>
       <c r="E808" t="s">
         <v>64</v>
       </c>
       <c r="F808" t="s">
         <v>47</v>
       </c>
       <c r="G808" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
       <c r="H808" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="I808" t="s">
         <v>24</v>
       </c>
       <c r="J808" t="s">
         <v>25</v>
       </c>
       <c r="K808" t="s">
         <v>143</v>
       </c>
       <c r="L808" t="s">
         <v>70</v>
       </c>
       <c r="M808" t="s">
         <v>71</v>
       </c>
       <c r="P808" t="s">
         <v>155</v>
       </c>
       <c r="Q808" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="R808" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="809" spans="1:18">
       <c r="A809">
         <v>808</v>
       </c>
       <c r="B809" t="s">
         <v>32</v>
       </c>
       <c r="C809" t="s">
         <v>19</v>
       </c>
       <c r="E809" t="s">
         <v>1102</v>
       </c>
       <c r="F809" t="s">
         <v>21</v>
       </c>
       <c r="G809" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="J809" t="s">
         <v>393</v>
       </c>
       <c r="L809" t="s">
         <v>27</v>
       </c>
       <c r="M809" t="s">
         <v>1105</v>
       </c>
       <c r="P809" t="s">
         <v>497</v>
       </c>
       <c r="Q809" t="s">
         <v>306</v>
       </c>
       <c r="R809" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="810" spans="1:18">
       <c r="A810">
         <v>809</v>
       </c>
       <c r="B810" t="s">
         <v>44</v>
       </c>
       <c r="C810" t="s">
         <v>19</v>
       </c>
       <c r="E810" t="s">
         <v>92</v>
       </c>
       <c r="F810" t="s">
         <v>34</v>
       </c>
       <c r="G810" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="H810" t="s">
         <v>545</v>
       </c>
       <c r="I810" t="s">
         <v>24</v>
       </c>
       <c r="J810" t="s">
         <v>25</v>
       </c>
       <c r="K810" t="s">
         <v>411</v>
       </c>
       <c r="L810" t="s">
         <v>70</v>
       </c>
       <c r="M810" t="s">
         <v>96</v>
       </c>
       <c r="P810" t="s">
         <v>41</v>
       </c>
       <c r="Q810" t="s">
         <v>652</v>
       </c>
       <c r="R810" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="811" spans="1:18">
       <c r="A811">
         <v>810</v>
       </c>
       <c r="B811" t="s">
         <v>18</v>
       </c>
       <c r="C811" t="s">
         <v>45</v>
       </c>
       <c r="E811" t="s">
         <v>250</v>
       </c>
       <c r="F811" t="s">
         <v>271</v>
       </c>
       <c r="G811" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="J811" t="s">
         <v>834</v>
       </c>
       <c r="L811" t="s">
         <v>70</v>
       </c>
       <c r="M811" t="s">
         <v>253</v>
       </c>
       <c r="P811" t="s">
         <v>305</v>
       </c>
       <c r="Q811" t="s">
         <v>269</v>
       </c>
       <c r="R811" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="812" spans="1:18">
       <c r="A812">
         <v>811</v>
       </c>
       <c r="B812" t="s">
         <v>32</v>
       </c>
       <c r="C812" t="s">
         <v>19</v>
       </c>
       <c r="E812" t="s">
         <v>84</v>
       </c>
       <c r="F812" t="s">
         <v>240</v>
       </c>
       <c r="G812" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="J812" t="s">
         <v>834</v>
       </c>
       <c r="L812" t="s">
         <v>88</v>
       </c>
       <c r="M812" t="s">
         <v>89</v>
       </c>
       <c r="P812" t="s">
         <v>254</v>
       </c>
       <c r="Q812" t="s">
         <v>164</v>
       </c>
       <c r="R812" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="813" spans="1:18">
       <c r="A813">
         <v>812</v>
       </c>
       <c r="B813" t="s">
         <v>32</v>
       </c>
       <c r="C813" t="s">
         <v>45</v>
       </c>
       <c r="E813" t="s">
         <v>378</v>
       </c>
       <c r="F813" t="s">
         <v>490</v>
       </c>
       <c r="G813" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="J813" t="s">
         <v>148</v>
       </c>
       <c r="L813" t="s">
         <v>39</v>
       </c>
       <c r="M813" t="s">
         <v>382</v>
       </c>
       <c r="P813" t="s">
         <v>72</v>
       </c>
       <c r="Q813" t="s">
         <v>949</v>
       </c>
       <c r="R813" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="814" spans="1:18">
       <c r="A814">
         <v>813</v>
       </c>
       <c r="B814" t="s">
         <v>622</v>
       </c>
       <c r="C814" t="s">
         <v>45</v>
       </c>
       <c r="E814" t="s">
         <v>84</v>
       </c>
       <c r="F814" t="s">
         <v>452</v>
       </c>
       <c r="G814" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="J814" t="s">
         <v>603</v>
       </c>
       <c r="L814" t="s">
         <v>88</v>
       </c>
       <c r="M814" t="s">
         <v>89</v>
       </c>
       <c r="P814" t="s">
         <v>72</v>
       </c>
       <c r="Q814" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="815" spans="1:18">
       <c r="A815">
         <v>814</v>
       </c>
       <c r="B815" t="s">
         <v>32</v>
       </c>
       <c r="C815" t="s">
         <v>45</v>
       </c>
       <c r="E815" t="s">
         <v>92</v>
       </c>
       <c r="F815" t="s">
         <v>75</v>
       </c>
       <c r="G815" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
       <c r="J815" t="s">
         <v>95</v>
       </c>
       <c r="L815" t="s">
         <v>70</v>
       </c>
       <c r="M815" t="s">
         <v>96</v>
       </c>
       <c r="P815" t="s">
         <v>543</v>
       </c>
       <c r="Q815" t="s">
         <v>473</v>
       </c>
       <c r="R815" t="s">
         <v>82</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">